--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -54,7715 +54,7715 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/533/533_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A REFORMA DO ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA, COM UMA PINTURA MODERNA QUE EXALTE A BELEZA DO PRÉDIO. HÁ MUITO QUE O ESTÁDIO MUNICIPAL NÃO RECEBE NENHUMA MELHORIA. A REFORMA DESTE PATRIMÔNIO É UMA FORMA DE ADEQUAR O ESTABELECIMENTO ESPORTIVO ÀS NORMAS DA FEDERAÇÃO ESPORTIVA.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/544/544_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENVIADO AO PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: A REESTRUTURAÇÃO DO SETOR DE TRIBUTAÇÃO DA PREFEITURA MUNICIPAL, OBSERVANDO A LEI DE RESPONSABILIDADE FISCAL E ATENDENDO AO PRINCÍPIO DA PROFISSIONALIZAÇÃO DO SETOR PARA SEU PERFEITO FUNCIONAMENTO, ATENDENDO AS SEGUINTE DIRETRIZES: URBANIZAÇÃO DOS LOTEAMENTOS DO MUNICIPIO QUE AINDA SE ENCONTRAM COM DENOMINAÇÃO DE ÁREA RURAL; ADEQUAÇÃO DO SETOR DE TRIBUTAÇÃO PARA TRANSPAR~ENCIA DAS AÇÕES </t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/543/543_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/543/543_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO E DE OBRAS PROCEDA À ELABORAÇÃO DE UM PROJETO, COM ORIENTAÇÃO DE ARQUITETO E ENGENHEIRO, PARA REMODELAÇÃO DO TERMINAL RODOVIÁRIO DE ESPERA FELIZ, PROCEDENDO COM AS SEGUINTES BENFEITORIAS: REFORMA DOS BANHEIROS; CRIAÇÃO DE UMA SALA DE APOIO AOS PASSAGEIROS COM CADEIRAS DE DESCANÇO, TELEVISOR E DVD PARA APRESENTAÇÃO DE PAISAGENS DO MUNICÍPIO; CRIAÇÃO DE UM GUARDA-VOLUMES; MELHORIA NO ESTACIONAMENTO DOS TÁXIS, COLOCANDO TOLDOS PARA PROTEÇÃO DOS VEÍCULOS E PASSAGEIROS COM ILUMINAÇÃO E UMA CABINE PARA TELEFONE.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/542/542_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DO SECRETÁRIO MUNICIPAL DA SAÚDE, VIABILIZE JUNTO AO PROGRAMA SAÚDE DA FAMÍLIA (PSF), A INCLUSÃO DO PROJETO DO TRATAMENTO FISIOTERAPÊUTICO, ATRAVÉS DE PROFISSIONAIS DA ÁREA DE FISIOTERAPIA.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/541/541_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO DETERMINE O CUMPRIMENTO DA LEI MUNICIPAL QUE TRATA DA QUESTÃO DO VOLUME DE SOM DE VEÍCULOS QUE FAZEM SONORIZAÇÃO (EM DECIBÉIS), PROMOVENDO A FISCALIZAÇÃO CONTROLADORA DO SOM, E OBSERVANDO NA EXPEDIÇÃO O ALVARÁ MUNICIPAL.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/537/537_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE AGRICULTURA, VIABILIZE UMA INDÚSTRIA MUNICIPAL OU UMA ASSOCIAÇÃO DE PRODUTORES, UTILIZANDO O GRÃO DO CAFÉ E DA MAMONA COMO MATÉRIA PRIMA DO BIODIESEL.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/536/536_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/536/536_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE UMA LICITAÇÃO PARA CRIAÇÃO DE UMA LINHA DE ÔNIBUS CIRCULAR NO CENTRO URBANO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/535/535_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A RECUPERAÇÃO DA RUA JOÃO VIEIRA DA COSTA, QUE É MAIS DO QUE UMA NECESSIDADE URGENTE. POIS COM AS CHUVAS DOS ÚTIMOS A SITUAÇÃO DA MENCIONADA RUA PIOROU. O QUE JÁ ESTAVA RUIM FICOU PIOR AINDA.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/534/534_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENDE BUSQUE JUNTO AO SEDEC, CURSOS DE CAPACITAÇÃO PARA COORDENADORES MUNICIPAIS DA DEFESA CIVIL, INCLUSIVE PARA POSSIBILITAR A CRIAÇÃO DE UMA ESCOLA DE DEFESA CIVIL.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/532/532_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE A AQUISIÇÃO DE UM CAMINHÃO PIPA PARA ATENDIMENTO DA DEMANDA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/531/531_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL ESTUDE UMA FORMA DE TIRAR OS CIDADÃOS QUE ESTÃO PRATICAMENTE MORANDO NA RODOVIÁRIA E PRAÇA CIRA ROSA E LEVÁ-LOS PARA UM ABRIGO ADEQUADO.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/530/530_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE OBRAS, VIABILIZE A RENOVAÇÃO DA PINTURA DE FAIXA DE TRAVESSIA DE SEGURANÇA DO PEDESTRE NO CENTRO DA CIDADE ONDE FUNCIONA O SEMÁFORO E EM TODOS OS CRUZAMENTOS DE TRÁFEGO INTENSO, POIS A FAIXA JÁ ESTÁ QUASE TODA APAGADA DEVIDO A ÉPOCA EM QUE FORA PINTADA, E AINDA, A COLOCAÇÃO DE PLACAS DE ADVERTÊNCIA AOS MOTORISTAS SOBRE A PREFERÊNCIA DO PEDESTRE.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/529/529_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A CONTRATAÇÃO DE UM GEÓLOGO, OU QUE FAÇA CONVÊNIO COM UMA UNIVERSIDADE PARA ESTUDO DO SOLO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/528/528_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO, PROVIDENCIE COM URGÊNCIA A ELABORAÇÃO DE UM NOVO PLANO DE CARGOS E SALÁRIOS OBSERVANDO UM CONOGRAMA DE PROGRESSÃO NA CARREIRA DO FUNCIONALISMO, QUER SEJA HORIZONTAL OU VERTICAL, A PROGRESSÃO. MAS, DE FORMA QUE O FUNCIONÁRIO POSSA CRESCER NO CARGO ESCOLHIDO COMO FORMA DE VALORIZAÇÃO DO FUNCIONÁRIO, O ESTATUTO DO SERVIÇO PÚBLICO, E O CÓDIGO DE POSTURA E DE OBRAS.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/527/527_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: REVITALIZAÇÃO E REFORMA DA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/526/526_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA RESPONSÁVEL, ENTRE EM CONTATO COM O MINISTÉRIO DA CULTURA E SECRETARIA DE ESTADO DA CULTURA E VIABILIZEM A CONFECÇÃO DE UM PROJETO DECONSTRUÇÃO DE UM TEATRO MUNICIPAL EM ESPERA FELIZ COM RECURSOS DA UNIÃO E DO ESTADO E PARCERIA COM A PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/525/525_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, VIABILIZE JUNTO AO SENHOR ALDO LUIZ GULART, RESPONSÁVEL PELO CENTRO DE GESTÃO AMBIENTAL, EM PARCERIA COM O AGRICULTOR, A INSTALAÇÃO DE UM PROGRAMA DE INCENTIVO AO REFLORESTAMENTO ÀS MARGENS DE RODOVIAS, ESTRADAS, RIOS E CORREGOS COM MADEIRA DE LEI, ÁRVORES FRUTÍFERAS E MEDICINAIS.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/524/524_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DAS SECRETARIAS COMPETENTES, ELABOREM UM PROJETO DE INTENÇÃO RELATIVO AO TRATAMENTO DO ESGOTAMENTO SANITÁRIO, E BUSQUEM PARCERIA JUNTO À UNIVERSIDADE FLUMINENCE ATRAVÉS DO PROJETO MANAGÉ PARA A VIAVILIZAÇÃO DO TRATAMENTO DE ESGOTO DA CIDADE DE ESPERA FELIZ, ATRAVÉS DE MECANISMOS SUSTENTÁVEIS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/523/523_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE, PROVIDENCIE UMA CAMPANHA DE PREVENÇÃO E CONTROLE DA HIPERTENSÃO ARTERIAL, OBJETIVANDO TAMBÉM, LEVAR ESSA CAMPANHA ATÉ AS ESCOLAS E INFORMANDO SOBRE OS PROBLEMAS COMO A OBESIDADE COMO A OBESIDADE PODEM PROVOCAR NO INDIVÍDUO. INCENTIVAR AINDA O CONTROLE POR PARTE DE TODOS OS CIDADÃO, PRINCIPALMENTE OS QUE TEM HISTÓRICO FAMILIAR, POIS QUANDO APROXIMA DO INVERNO, HÁ UMA TENDENCIA NO ALMENTO DE CASOS DE HIPERTENÇÃO QUE PODEM LEVAR O INDIVÍDUO A SERIOS PROBLEMAS, COMO DERRAME, ETC.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/522/522_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA, TÃO LOGO SEJAM INICIADAS AS OBRAS DE PAVIMENTAÇÃO ASFÁLTICA DA ESTRADA DO PARAÍSO, DE UM PORTAL COM OS DIZERES DE BOAS VINDAS À COMUNIDADE DA REGIÃO DO PARAÍSO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/588/588_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, OBSERVE O SEU QUADRO DE FUNCIONÁRIOS, E REESTABELEÇA A FUNÇÃO DE UM FISCAL PARA SERVIÇOS CONCERNENTES ÀS SUAS ATRIBUIÇÕES A SABER: A) FISCALIZAR AS RUAS QUANTO A ENTULHOS, LIXO E MATO; B) FISCALIZAR A QUESTÃO DE FALTA DE LÂMPADAS POR MOTIVO DE ESTAREM QUEIMADAS OU QUEBRADAS; C) FISCALIZAR OBSTRUÇÕES EM CALÇADAS EM RUA.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/586/586_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS DEVIDOS LEVANTAMENTOS NA PONTE DE LIGAÇÃO DA RUA MAJOR PEREIRA, NAS PROXIMIDADES DA PRAÇA DA BANDEIRA, OBSERVANDO AINDA, QUE É ACONSELHÁVEL A CONVOCAÇÃO DA DEFESA CIVIL E QUE SE VERIFIQUE AS ESTRUTURAS, PELO MOTIVO DE ESTAR APRESENTANDO PROBLEMAS ESTRUTURAIS VISÍVEIS, E QUE A REFORMA DA REFERIDA PONTE CONTEMPLE O ALARGAMENTO NA MEDIDA DA RUA.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/584/584_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL APROVEITE A ÁREA ONDE FICAVA LOCALIZADA A PINGUELA DO RIO SÃO SEBASTIÃO, QUE LIGAVA A AVENIDA ARTHUR BINA À AVENIDA JOÃO VIEIRA E CONSTRUA UMA PRAÇA NO LOCAL.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/583/583_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A CONSTRUÇÃO DE UM CANIL MUNICIPAL COM OBJETIVO DE SANITARISMO E SEGURANÇA À SAÚDE DA POPULAÇÃO COMO FORMA EFETIVA DE CONTROLAR A PROLIFERAÇÃO DE CÃES SOLTOS PELAS RUAS DA CIDADE. OBJETIVANDO AINDA, QUE A EQUIPE DESTE CANIL FAÇA UM TRABALHO DE PREVENÇÃO E ORIENTAÇÃO ÀS FAMÍLIAS QUE TEM CÃES.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/581/581_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A ILUMINAÇÃO DAS PONTES DA CIDADE; ISTO, PARA MAIOR SEGURANÇA DOS NOSSOS CIDADÃOS E PARA ATÉ MESMO, EMBELEZAMENTO DE NOSSSA CIDADE, DESPERTANDO ASSIM A SUA CARACTERÍSTICA TURÍSTICA.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/579/579_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXEUCTIVO MUNICIPAL ATRAVÉS DAS SECRETARIAS DE AGRICULTURA E MEIO AMBIENTE ATRAVÉS DE PARCERIA COM O CENTRO DE GESTÃO AMBIENTAL QUE TEM CONHECIMENTO DO CUTIVO DE ELCALÍPTO DA ESPÉCIE "CITRIODORA" PARA QUE SEJA INCREMENTADA A SUA PRODUÇÃO NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/578/578_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: QUE O EXECUTIVO MUNICIPAL OFICIE A OI (EMPRESA TELEFÔNICA), SOLICITANDO A COLOCAÇÃO DE TELEFONES PÚBLICOS (ORELHÕES) NO CAICEF E NA VILA PRÓXIMA AO MATADOURO MUNICIPAL.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/576/576_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO CELEBRE CONVÊNIOS COM UNIVERSIDADES E CURSOS DE EXTENÇÃO E PÓS-GRADUAÇÃO PARA ATENDIMENTO DOS PROFESSORES NA CEDE DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/574/574_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM A REORGANIZAÇÃO DO SETOR DE PESSOAL DA PREFEITURA MUNICIPAL COM VISTAS A MODERNIAÇÃO, RAPIDEZ, TRANPARENCIA E EFICIÊNCIA DOS SERVIÇOS PRESTADOS PELA ADMINISTRAÇÃO PÚBLICA AO SEU QUADRO DE FUNCIONÁRIOS. QUE O SETOR ESTEJA ATENTO NO ATO DA ADMISSÃO QUANTO AS CERTIDÕES DE ANTECEDENTES DO FUNCIONÁRIO, OU SEJA, TER RESGISTRADO SO LOCAIS TRABALHADOS PELO FUNCIONÁRIO ANTERIORMENTE DE FORMA A FACILITAR A CONTAGEM DO TEMPO INCLUSIVE PARA BENEFÍCIOS; QUE O SETOR FAÇA OS DEVIDOS LEVANTAMENTOS PARA CONTRATAÇÃO DE DIREITO À APOSENTADORIA, E AOS BENEFÍCIOS E DIREITOS A QUE TIVER DIREITO COMO LICENÇA MÉDICA, QUINQUÊNIO, FÉRIAS, INSALUBRIDADE, E OUTROS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/571/571_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: QUE O EXECUTIVO MUNICIPAL PROVIDENCIE ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO UM PROJETO PARA A CRIAÇÃO DE UMA BANDA MARCIAL MUSICAL.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/569/569_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A CONSTRUÇÃO DA PONTE SOBRE O CÓRREGO AREIA BRANCA NA RUA HENRIQUE GRIPP FILHO, PRÓXIMO À LOTERIA.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/567/567_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE BUSQUE O FINANCIAMENTO E/OU CONVÊNIO COM A COHAB PARA AQUISIÇÃO DO TERRENO PARA CONSTRUÇÃO DE CASA POPULARES, OBSERVANDO: ESCOLHA DE TERRENO NA ÁREA URBANA DE FÁCIL ACESSO E FORA DE ENCOSTAS E MARGENS DE RIO; ESCOLHA DE TERRENO NA ÁREA RUARAL PARA QUE O HOMEM DO CAMPO CONTINUE NO CAMPO, PERTO DE SEU HABITAT E SEUS FAMILIARES.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/565/565_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: CONSTRUÇÃO DE ESTACIONAMENTO NA PRAÇA DA BANDEIRA, SUBSTITUINDO OS CANTEIROS. OBSERVANDO QUE DEVE MANTER AS ÁRVORES COMO FORMA DE MOSTRAR RESPEITO ÀS LEIS E À VIDA.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/564/564_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: REFORMA DO PRÉDIO DA PREFEITURA E CONSTRUÇÃO DE RAMPA DE ACESSO E/OU ELEVADOR DE ACESSO ATENDENDO À LEGISLAÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/563/563_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: CRIAÇÃO DO PROCON EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/562/562_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: REVISÃO SALARIAL DO FUNCIONÁRIO PÚBLICO MUNICIPAL, COM ANÁLISE DE POSSIBILIDADE DE CORREÇÃO DAS PERDAS SALARIAIS DECORRENTES DO NÃO REPASSE DE AUMENTOS NOS GOVERNOS ANTERIORES.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/561/561_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO PARA ENFRENTAMENTO DA CRISE, EM ESPECIAL ALGUMAS PARTICULARES DA NOSSA CIDADE, E OBJETIVANDO MELHOR ATENDIMENTO DO CONTRIBUINTE ESPERAFELICENSE. APRESENTANDO DIVERSAS PROPOSITURAS AO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/559/559_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: DISTRIBUIÇÃO DE RECURSOS DO FUNDEB PARA OS PROFESSORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/558/558_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL O SEGUINTE REQUERIMENTO: AMPLIAÇÃO DE 40 CM NA CALÇADA DA RUA FIORAVANTE PADULA, INICIANDO NO HOTEL MONTANHÊS ATÉ A LOJA TAVARES.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/557/557_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLÁUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: REESTRUTURAÇÃO DO CENTRO URBANO DA CIDADE COM A CONSTRUÇÃO DE QUIOSQUES PADRONIZADOS NO LUGAR DOS TRAILLERS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/556/556_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM A SECRETARIA DE EDUCAÇÃO À DISTÂNCIA (SEED/MEC), PARA ANÁLISES, ESTUDOS E VIABILIDADE DE INSTALAÇÃO DE UM POLO DE APOI PRESENCIAL, CONFORME O PROJETO DO SISTEMA UNIVERSIDADE ABERTA DO BRASIL, À DISPOSIÇÃO DOS DIRIGENTES DE MUNICÍPIOS, ESTADOS E DO DESTRITO FEDERAL, E, ASSIM PROCEDER COM O LEVANTAMENTO BÁSICOS INICIAIS PARA OFERTA DE EDUCAÇÃO SUPERIOR PÚBLICA E GRATUITA.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/555/555_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ELABORA UM PROJETO DE CRIAÇÃO DE UM BOSQUE NO TERRENO DA PREFITURA MUNICIPAL NO MORRO ONDE FUNCIONAM AS EMPRESAS TELEMIG, COPASA, TELEMAR E ONDE JÁ EXISTE UM ATRATIVO TURÍSTICO CULTURAL E RELIGIOSO QUE É O CRUZEIRO. UM BOSQUE NOS MOLDES DE UM PARQUE, DESTINADO AO LAZER, MEDITAÇÃO, ORAÇÃO E CAMINHADA. </t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/554/554_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLÁUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL A SEGUINTE INDICAÇÃO: CRIAÇÃO DE UM SETOR DE CONTROLADORIA MUNICIPAL.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/553/553_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICPAL E O PODER LEGISLATIVO MUNICIPAL PROVIDENCIEM A REALIZAÇÃO DA FESTA DE COMEMORAÇÃO DO ANIVERSÁRIO DA CIDADE NO PARQUE DE EXPOSIÇÕES COM REALIZAÇÃO DA TRADICIONAL HOMENAGEM DOS TÍTULOS CIDADÃOS ESPERAFELICENSE E CIDADÃOS HONORÁRIOS, E AINDA, AMPLIANDO COM REALIZAÇÃO DE SHOWS MUSICAIS. INICIANDO O DIA FESTIVO COM A BANDA MARCIAL DA POLÍCIA MILITAR, TORNEIOS ESPORTIVOS, SHOWS PIROTÉCNICOS, CAVALGADA, ATRAÇÕES INFANTIS, E OUTROS EVENTOS QUE INALTEÇAM ESTA DATA TÃO IMPORTANTE PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/552/552_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SUA SECRETARIA DE EDUCAÇÃO E AÇÃO SOCIAL PROMOVA UM PROJETO PARA QUE AS CRECHES MUNICIPAIS FUNCIONEM TODOS OS MESES. CONSIDERANDO QUE EM CERTOS PERÍODOS AS CRECHES ENTRAM EM FÉRIAS, PODER-SE-IA INCLUIR UM PROJETO PARA QUE ATRAVÉS DE VOLUNTÁRIOS SE PROCEDA A ABERTURA DAS CRECHES EM TODOS OS MESES, GARANTINDO O SAGRADO DIREITO DE FÉRIAS DOS FUNCIONÁRIOS E PROPORCIONANDO AS PESSOAS ATENDIDAS O DIREITO DE PODER TRABALHAR E PARA ISSO, QUE SE COLOQUEM A DISPOSIÇÃO DAS MÃES VOLUNTÁRIAS, CERTOS TRATAMENTOS PARA QUE POSSAM COLABORAR COM A COMUNIDADE DE FORMA EFICIENTE E SEGURA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/551/551_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SUA SECRETARIA DE ADMINISTRAÇÃO, PROVIDENCIE COM URGÊNCIA A ELABORAÇÃO DE UM NOVO PLANO DE CARGOS E SALÁRIOS OBSERVANDO UM CONOGRAMA DE PROGRASSÃO NA CARREIRA DO FUNCIONALISMO, QUE SEJA VERTICAL OU HORIZONTAL A PROGRESSÃO, MAS DE FORMA QUE O FUNCIONÁRIO POSSA CRESCER NO CARGO ESCOLHIDO DE FORMA A VALORIZAR O FUNCIONÁRIO, O ESTATUTO DO SERVIDOR PÚBLICO, E O CÓDIGO DE POSTURA E DE OBRAS.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/550/550_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DE SUA SECRETARIA DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO, PRMOOVA NA COMUNIDADE DE ESPERA FELIZ, A IMPLANTAÇÃO DE UM PROVEDOR DE INTERNET CAPAZ DE ATENDER AOS USUÁRIOS DO MUNICÍPIO DE FORMA RESPONSÁVEL E EFICAZ. QUE O EXECUTIVO VIABILIZE UM ESTUDO JUNTO A OUTROS PROVEDORES DE FORMA A PROPORCIONAR AO CIDADÃO ESPERAFELICENSE SERVIÇOS DE OUTRAS EMPRESAS.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/549/549_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/548/548_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE UM PROJETO PARA INFORMATIZAÇÃO DE TODAS AS ESCOLAS MUNICIPAIS E COM INTERNET, COM PROGRAMAS ABERTOS À COMUNIDADES.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/547/547_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE ATRAVÉS DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO, RECURSOS NECESSÁRIOS PARA A ADOAÇÃO DE MATERIAL ESCOLAR PARA AS CRIANÇAS CARENTES.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL ATRAVÉS DA SECRETARIA COMPETENTE PROMOVA A CONSTRUÇÃO DE UMA PISTA DE SKATE NA ÁREA DE LAZER, E QUE SE CONVIDEM OS JOVENS SKATISTAS PARA SUGESTÃO DO MODELO DA PISTA.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL BUSQUE CONVENIOS E PARCERIAS PARA A PAVIMENTAÇÃO ASFÁLTICA DO PEQUENO TRECHO DA DIVISA DE ESTADO ENTRE MINAS GERAIS E ESPÍRITO SANTO (POSTO FISCAL), COM REFERENCIA AO PEQUENO TRECHO DE 300 METROS QUE FICA INTRASITÁVEL NO PERÍODO DE CHUVAS.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E FAZENDA PROMOVA CONVÊNIOS PARA A AQUISIÇÃO DE TRATORES AGRICULA PARA ATENDIMENTO AOS PEQUENOS PRODUTORES DO MUNICÍPIOM A EXEMPLO DE QUE FORA FEITO AOS PRODUTORES DA REGIÃO DE SÃOGONÇALO NA LEGISLATURA PASSADA EM QUE A CÂMARA DESTINOU SOBRA DO ORÇAMENTO PARA ESSE FIM.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL PROVIDENCIE A SEGUINTE INDICAÇÃO: CONSTRUÇÃO DE UMA RAMPA DE ACESSO À CÂMARA MUNICIPAL E/OU ELEVADOR DE ACESSO.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL BUSQUE PARCERIA COM A PREFEITURA DE CAIANA PARA A PAVIMENTAÇÃO DO CAMPO DE AVIAÇÃO DAQUELE MUNICIPIO, POR SE TRATAR DE UMA FORMA DE PROMOÇÃO DO DESENVOLVIMENTO TURÍSTICO E ECONOMICO DA REGIÃO.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS ESTUDOS NECESSÁRIOS E PROVIDENCIE EM CARÁTER DE URGÊNCIA A LEGALIZAÇÃO DO BAIRRO SANTA CECÍLIA E FORNECIMENTO DE ESCRITURA PARA REGULARIZAÇÃO DOS CONTRIBUINTES E SUAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE  OEXECUTIVO MUNICIPAL EM CARATER DE URGÊNCIA, PROVIDENCIE O CALÇAMENTO DA RUA DE ACESSO AO MORRO DO WALTAIR, VIA SUBIDA LATERAL DA RUA RAIMUNDA FILOMENA DE AMORIM.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE ESTUDOS OBJETIVANDO A CRIAÇÃO DE UMA GUARDA MINICIPAL PARA PRESTAÇÃO DE SERVIÇOS DE SEGURANÇA NOS PATRIMÔNIOS PÚBLICOS, BEM COMO, ATRAVÉS DE TREINAMENTO ESPECIALIZADO, PARA SERVIR A FISCALIZAÇÃO DO TRÂNSITO.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE JUNTO A EMPRESA RESPONSÁVEL A COLOCAÇÃO DE HIDRANTES NAS PROXIMIDADES DOS BANCO DO BRASIL, HOTEL MONTANHÊS, HOTEL PICO DA BANDEIRA, POSTOS DE GASOLINA, HOSPITAL, EDUCANDÁRIO SACRAMENTINO, IGREJAS.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DO MEIO AMBIENTE TOME AS MEDIDAS NECESSÁRIAS PARA QUE O ATERRO SANITÁRIO SEJA ENQUADRADO DENTRO DAS NORMAS AMBIENTAIS VIGENTE.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS A REALÇÃO DOS SECRETÁRIOS MINICIPAIS E DIRETORES MUNICIPAI, FUNCIONÁRIOS EM CARGOS COMISSIONADOS E SEUS RESPECTIVOS SALÁRIOS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE PROVIDENCIE A CONTRATAÇÃO DE PROFISIONAIS PARA O MAPEAMENTO DO MUNICÍPIO DE ESPERA FELIZ, OBESERVANDO A REGIÃO DO DESTRITO CEDE COM IDENTIFICAÇÃO DOS LOTEAMENTOS, DAS RUAS DA REGIÃO CENTRAL E RUAS PERIFÉRICAS COM IDENTIFICAÇÃO DO ZONEAMENTO, COM OBSERVAÇÃO AINDA DO DESTRITO DE SÃO JOSÉ DA PEDRA MENINA E SEU MAPEAMENTO, OBSERVANDO OS SEUS POVOADOS, E MAPEANDO ESTRADAS PRINCIPAIS E SECUNDÁRIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE CULTURA FAÇA OS DEVIDOS CONTATOS COM OS ORGANIZADORES DO PROJETO MINAS AO LUAR, E PROVIDENCIE A SUA EXIBIÇÃO MAIS UMA VEZ EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA, FAÇA UM LEVANTAMENTO NO MUNICÍPIO DE ESPERA FELIZ COM OS DADOS DE TODAS AS PROPRIEDADES RURAIS E QUE SE ENCAMINHE O RESULTADO A CÂMARA DE VEREADORES.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DA CULTURA DO MUNICIPIO, ENTRE EM CONTATO COM A "TELE MÁGICA CINE GRÁTIS" PATROCINADA PELA GERDAU, EVENTOS AO LUAR, LIBERTAR E IDEAR, PARA QUE O CINEMA INTINERANTE SEJA EXIBIDO EM ESPERA FELIZ, UMA VEZ QUE ESSE PROJETO É SEMPRE REALIZADO EM PRAÇA PÚBLICA COM O APOIO DA SECRETARIA DA CULTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS ONDE SE ENCONTRAM OS BENS ADQUIRIDOS PELAS ADMINISTRAÇÕES PASSADAS PARA A FORMAÇÃO DO MUSEU MUNICIPAL E AINDA, QUE SE DIGNE A ATUAL ADMINISTRAÇÃO NA FORMA DE UMA EQUIPE PARA EFETIVAÇÃO DA CRIAÇÃO DO MUSEU.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE VIABILIZA JUNTO AOS PSF'S, ÀS ESCOLAS, IGRJAS, CLUBES E SOCIEDADE EM GERAL, UMA CAMPANHA DE PREVENÇÃO CONTRA A DENGUE.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS LEVANTAMENTOS DOS TERRENOS BALDIOS E DETERMINE A LIMPEZA DOS MESMOS.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, TOME AS SEGUINTES PROVIDENCIAS NOS CEMITÉRIOS MUNICIPAIS: A AMPLIAÇÃO DO CEMITÉRIO SÃO JOÃO BATISTA NA ÁREA ADQUIRIDA NO GOVERNO PASSADO; MAPEAMENTO DOS CEMITÉRIOS, ORGANIZANDO-OS EM QUADRAS E NUMERAÇÃO DOS TÚMULOS COM IDENTIFICAÇÃO; CONSTRUÇÃO DE TÚMULOS VERTICAIS TEMPORÁRIOS (GAVETAS); CALÇAMENTO DAS VIAS DE ACESSO AOS TÚMULOS; CONSTRUÇÃO DE ESCADARIAS E RAMPAS NO CEMITÉRIO SAO FRANCISCO DE ASSIS E PLANTIO DE GRAMAS A FIM DE SE EVITAR EROSÃO E DESTRUIÇÃO DOS TÚMULOS; MANUTENÇÃO PERIÓDICA COM FISCALIZAÇÃO E PROIBIÇÃO DE VENDA DE TÚMULOS POR PARTICULARES OU FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/653/653_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/653/653_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A REFORMA DOS PRÉDIOS ONDE FUNCIONAM AS SECRETERIAS DO MEIO AMBIENTE, ESPORTE, AGRICULTURA, CONSELHO TUTELAR E EMATER, IEF.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ESPORTES INCENTIVE A PRÁTICA DAS DIVERSAS MODALIDADES ESPORTIVAS COMO VÔLEI, PETECA, NATAÇÃO KARATÊ, ETC.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA PÚBLICA COM UM MINI PARQUE INFANTIU NO BAIRRO VALE DO SOL II.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE SER FEITO UM CÔMODO NA COMUNIDADE DO SÃO GONÇALO PARA GUARDAR O REFRIGERADOR DE LEITE DA COMUNIDADE.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR UMA GUARITA DE ÔNIBUS NA EXCRUZILHADA DA BARRA DO TABOÃO QUE LIGA ESPERA FELIZ, DIVINO E TABOÃO.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE PATROLAR E CASCALHAR AS ESTRADAS DAS COMUNIDADES DO SÃO JOÃO DA FARINHA, TABOÃO, SÃO GONÇALO, ANGOLA, CÓRREGO GRANDE, CRUZEIRO, SÃO SEBASTIÃO, SANTA CLARA, NOSSA SENHORA DE LOURDES, MARINHO, VENTANIA, PREGUIÇA E BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UM VESTUÁRIO NO CAMPO DE FUTEBOL DA COMUNIDADE DA BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UM POSTO DE SAÚDE NA COMUNIDADE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UM SALÃO COMUNITÁRIO NA COMUNIDADE DO SÃO GONÇALO.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UM VESTUÁRIO NO CAMPO DE FUTEBOL DA COMUNIDADE DO TABOÃO.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ILUMINAR E FAZER A COBERTURA DA QUADRA DE ESPORTES QUE FICA LOCALIZADA NA COMUNIDADE DO BAIRRO JOÃO CLARO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ILUMINAR E FAZER UMA COBERTURA NA QUADRA DE ESPORTES QUE FICA LOCALIZADA NA COMUNIDADE DO ÂNGOLA.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ILUMINAR E FAZER UMA COBERTURA NA QUADRA DE ESPORTES QUE FICA LOCALIZADA NA COMUNIDADE DO MARINHO.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA VEJA A VIABILIDADE DE CONTRATAR MÉDICOS OBSTRETAS.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OMPETENTE VEJA A VIABILIDADE DE COLOCAR ÁGUA NA COMUNIDADE DO SÃO GONÇALO, SENDO CONDUZIDA EM TUBOS DE PVC DE 3/4 E PODENDO A ÁGUA SER RETIRADA DA PROPRIEDADE DO SENHOR JOAQUIM SILVESTRE DA CRUZ.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/610/610_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA VEJA A VIABILIDADE DE REFORMAR E ATIVAR O POÇO QUE FICA LOCALIZADO NA PRAÇA CIRA ROSA, COLOCANDO PEIXES ORNAMENTAIS.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/609/609_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE REFORMAR OS VANHEIROS DA RODOVIÁRIA EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/608/608_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR ÁGUA NA COMUNIDADE DA BOA ESPERANÇA, SENDO CONDUZIDA EM TUBO DE PVC DE 40 MILIMETROS E PODENDO A ÁGUA SER RETIRADA DA PROPRIEDADE DO SENHOR JOSÉ CLÁUDIO MORAES.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/607/607_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA POLIESPORTIVA NAS PROXIMIDADES DA ESCOLA MUNICIPAL QUE FICA LOCALIZADA NA COMUNIDADE DE NOSSA SENHORA DAS LOURDES.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/606/606_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR MEIO-FIO NO TRECHO DO ASFALTO EXISTENTE NA COMUNIDADE DO SÃO GONÇALO.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/605/605_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CALÇAR O TRECHO LOCALIZADO NA COMUNIDADE DO TABOÃO QUE TEM INÍCIO NA QUADRA DE ESPORTES E FINALIZA NO SALÃO COMUNITÁRIO.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/604/604_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA POLIESPORTIVA NAS PROXIMIDADES DA ESCOLA MUNICIPAL QUE FICA LOCALIZADA NA COMUNIDADE SANTA CLARA.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/603/603_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/603/603_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONCEBER UMA SUBVENÇÃO SOCIAL À ASSOCIAÇÃO DO PEQUENOS PRODUTORES DO SETOR SÃO GONÇALO PARA CUSTEAR A DESPESACOM O TRANSPORTE DO LEITE.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR O CONCELHO MUNICIPAL DA JUVENTUDE.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PINTAR OS MEIO FIOS DA CIDADE DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRVÉS DA SECRETARIA COMPETENTE DENTRO DAS NORMAS LEGAIS, FISCALIZE O IMÓVEL QUE FICA LOCALIZADO ENTRE AS RUAS RIMUNDA FILOMENA DE AMORIM E RUA CAPITÃO JOSÉ CARLOS DE SOUZA, PRÓXIMO À ROTATÓRIA ALÍ EXISTENTE.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/647/647_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/647/647_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, CRIE UM CENTRO DE INFORMAÇÕES TURÍSTICAS NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DA CRIAÇÃO DE UMA FABRICA DE PRODUTOS DE LIMPEZA PARA ATENDIMENTO ÀS CRECHES, AZILOS, ESCOLAS E OUTRAS INSTITUIÇÕES.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL REALIZE A PROVIDENCIAÇÃO DE NOVAS LIXEIRAS NAS VIAS PÚBLICAS DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE TRABALHO E AÇÃO SOCIAL PROVIDENCIE A CRIAÇÃO DE UM SERVIÇO DE OFERTA DE VAGAS DE EMPREGO NO MUNICÍPIO DE ESPERA FELIZ, OU PARCERIA COM O SINE.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DA CRIAÇÃO DE UMA PADARIA COMUNITÁRIA PARA ATENDIMENTO ÀS CHECHES, ASILOS E ESCOLAS UTILIZANDO A SOJA COMO MEIO DE PRODUÇÃO.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE CONVÊNIO COM O GOVERNO FEDERAL PARA AQUISIÇÃO DE RECURSOS PARA ATENDIMENTO AOS PRODUTORES DE CAFÉ DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ATRAVÉS DA SECRETARIA DO TRABALHO E AÇÃO SOCIAL PROVIDENCIE UM CONVÊNIO COM O SENAI/SENAC PARA FORMAÇÃO E CAPACITAÇÃO PROFISSIONAL DOS CIDADÃOS ESPERAFELICENSES.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DA CRIAÇÃO DE UMA FÁBRICA DE MACARRÃO PARA ATENDIMENTO ÀS CRECHES, ASILOS, E ESCOLAS.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL EM PARCERIA COM AS IGREJAS DO MUNICIPIO PROMOVA UMA GRANDE COMEMORAÇÃO DO DIA DA BÍBLIA COM A REALIZAÇÃO DE UM SHOW GOSPEL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE FAZER UMA LIMPEZA GERAL NA COMUNIDADE DO SÃO GONÇALO, REALIZANDO SERVIÇOS DE VARRIÇÃO, LAVAGEM DE VIA ASFÁLTICA, CAPINAÇÃO, JARDINAGEM, COLETA DE ENTULHOS, ALÉM DE SER CONSTRUIDO MEIO FIO NA VIA ASFALTADA DA CIDADE.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE TRABALHO E AÇÃO SOCIAL PROVIDENCIE UM ESQUEMA EM PARCERIA COM ENTIDADES CIVIS, RELIGIOSAS, MILITAR E JUDICIARIA PARA ORGANIZAÇÃO DO DIA DA CIDADANIA.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE CRIAR UMA LEI QUE ESTABELEÇA UM CONVÊNIO ENTRE O EXECUTIVO MUNICIPAL E OS FEIRANTES DA FEIRA MUNICIPAL, ESTIPULANDO UM VALOR "X" MENSAL, E DOANDO EM FORMA DE TICTE, PARA OS FUNCIONÁRIOS MUNICIPAIS COMPRAREM NA FEIRA MUNICIPAL.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA DE ESPORTES NA COMUNIDADE DO AREAL.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA DE ESPORTES NA COMUNIDADE DO PEDRA NEGRA.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE SER CONSTRUÍDA UMA QUADRA DE ESPORTES NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE SEREM REALIZADOS MUTIRÕES DE LIMPEZA NOS BAIRROS VALE DO SOL I E II E NO BAIRRO DO WALTAIR, E APÓS DISPONIBILIZAR FUNCIONÁRIOS PARA MANUTENÇÃO DIÁRIA.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE SEREM CONSTRUIDAS CAIXAS RECEPITORAS DE ÁGUA, NAS CABECEIRAS DO BEIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE SEREM CALÇADAS AS RUAS DOS BAIRROS VALE DO SOL I E II.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,VEJA A VIABILIDADE DE SER FEITO UM MINI PARQUE NA PRAÇA LOCALIZADA EM FRENTE AO CAMPESTRE CLUB DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER CULTIVADO UM JARDIM NO TREVO QUE FICA ENTRE OS BAIRROS SANTA INÊS E VALE DO SOL, NAS PROXIMIDADES DA COOPERATIVA.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECULTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR OU TRANSFERIR DE ENDEREÇO O POSTO DE SAÚDE (ANEXO DA ANTIGA RODOVIÁRIA) PARA OUTRA LOCALIDADE E QUE SEJA CONSTRUÍDO NO LOCAL UMA PRAÇA PÚBLICA.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVES DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UMA QUADRA POLIESPORTIVA NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE REFORMAR O CAMPO DE AREIA DO BAIRRO JOÃO CLARO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE SER REALIZADO UM MUTIRÃO DE LIMPEZA NO BAIRRO JOÃO CLARO.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA CAPELA MORTUÁRIA NA COMUNIDADE DO SÃO GONÇALO.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MURAR E ILUMINAR O CEMITÉRIO QUE FICA LOCALIZADO NA COMUNIDADE DO SÃO GONÇALO.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE VEJA A VIABILIDADE DE CONSTRUIR UM MURO DE ARRIMO PARA CONTENÇÃO DO RIO SÃO JO~SOA E UM CALÇADÃO COM QUIOSQUES NA AVENIDA ARTHUR BINA DA SILVA, INICIANDO NAS PROXIMIDADES DO POSTO TERRA BRANCA E FINALIZANDO NA PONTE DA RUA NOVA.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SOLUCIONAR O PROBLEMA DO TRÂNSITO NA RUA JOSÉ GRILLO.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A ÁREA DE LAZER DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TIRAR AS PLACAS DE ESTACIONAMENTO PROIBIDO DA AVENIDA ROQUE FERREIRA DE CASTRO  NAS PROXIMIDADES DA MARCO LOJA ATÉ O POSTO TERRA BRANCA.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RECUPERAR OS BURACOS EXISTENTES NOS BAIRROS, PRINCIPALMENTE NA RUA DA COOPERATIVA E NOS BAIRROS VALE DO SOL I E II.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM ESTACIONAMENTO NAS PROXIMIDADES DA PRAÇA DA BANDEIRA, NAS RUAS PARALELAS QUE DÃO ACESSO AO RESTAURANTE BOI NA BRASA, SENDO A QUE DESCE ONDE FICA A LOJA MULTI ITENS E A QUE SOBE ONDE FICA O SALÃO DO RAIMUNDO CABELEIREIRO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE TAMPAR OS BURACOS EXISTENTES NAS RUAS DO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE SAÚDE PROCEDA COM A REFORMA DO PRÉDIO DO LABORATÓRIO MUNICIPAL HENRIQUE BENELLI.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE CRIE UM PROJETO DE LEI REFERENTE A CONSERVAÇÃO DAS ÁGUAS OU RECUPERAÇÃO DAS NASCENTES, PRESTANDO APOIO FINANCEIRO AOS PROPRIETÁRIOS RURAIS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA UMA COBERTURA NO PONTO DE TÁXI QUE FICA LOCALIZADO EM FREENTE AO TERMINAL RODOVIÁRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UM ESTACIONAMENTO PRIVATIVO PARA MOTO EM LOCAL ESPECÍFICO.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR TRANSPOTE ESCOLAR PARA ATENDER A COMUNIDADE DO SÃO DOMINGOS E COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA DE ESPORTES NA FORQUILHA DO RIO.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA DE ESPORTES NA COMUNIDADE DO CÓRREGO GRANDE.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UM POSTO DE SAÚDE  NA COMUNIDADEDO CORREGO GRANDE.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE RESGATAR A LOCALIZAÇÃO DOS IMÓVEIS DA ZONA URBANA DA COMUNIDADE DO SÃO JOSÉ, ATRAVÉS DE ACESSORIA JURÍDICA.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER MELHORIAS NA INFRAESTRUTURA DO LOTEAMENTO NOVO DA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE GARANTIR A COMUNIDADE ACESSO GRATUÍTO A INTERNET.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CRIAR UMA BRINQUEDOTECA PARA ATENDER ÀS ESCOLAS DO SÃO JOSÉ, SÃO DOMINGOS E PARAÍSO.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/697/697_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/697/697_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE SOLUCIONAR A QUESTÃO DO CORREIO NA COMUNIDADE DO SÃO JOSÉ, SENDO QUE NO MOMENTO ESTÁ FUNCIONANDO TODOS OS TRABALHOS DO CORREIO DENTRO DO POSTO DE SAÚDE DA COMUNIDADE.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE IMPLANTAR UM PROGRAMA DE PREVENÇÃO À SAÚDE BUCAL NA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE NAS RUAS PRINCIPAIS DA COMUNIDADE DE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ASFALTAR OU CALÇAR O TRECHO QUE FICA ENTRE A TORREFAÇÃO E A OMUNIDADE DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR UMA TORRE DE TELEFONIA CELULAR NO DESTRITO DE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE MELHORAR A QUALIDADE DA ENERGIA ELÉTRICA DO DESTRITO DE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE FAZER UMA VARANDFA PARA O POSTO DE SAÚDE DA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE REFORMAR E CONSTRUIR VESTUÁRIOS NA QUADRA DE ESPORTES LOCALIZADA NA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA CAPELA MORTUÁRIA NA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE SER FEITA UMA REDE PLUVIAL NA RUA 20 DE OUTUBRO, LOCALIZADA NA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CONSTRUIR UMA CRECHE NA COMUNIDADE DO SÃO JOSÉ DA PEDRA MENINA.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CALÇAR A PRAÇA DA IGRAJA DA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE DRENAR A ÁGUA QUE SAI DO TRATAMENTO DE ESGOTO DA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ASFALTAR A ESTRADA QUE DÁ ACESSO À COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE REFORMAR A ESCOLA FAZENDA PARAÍSO NA COMUNIDADE DE SÃO JOSÉ.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE TERMINAR A OBRA DO POSTO DE SAÚDE DA COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE VER A SITUAÇÃO DA ÁGUA DA COPASA NO MORRO DO CEMITÉRIO (RUA MANOEL MOURA FILHO).</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE AMPLIAR E MURAR O CEMITÉRIO DA COMUNIDADE DO SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS PROVIDENCIE COM RECURSOS PRÓPRIOS OU EM PARCERIA COM O DER O RECUPERAMENTO DE TODA EXTENÇÃO DA RUA CARANGOLA E RUA DOUTOR JOSÉ PAIXÃO.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DE PARCERIA OU COM RECURSOS PRÓPRIOS COLOQUE UM RELÓGIO DIGITAL NO CENTRO DA CIDADE, PODENDO SER PRÓXIMO AO CALÇADÃO OU NA PRAÇA CIRA ROSA.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROCEDA COM A COLOCAÇÃO DE SINALIZAÇÃO  DE ADVERTENCIA DE LIMITE DE VELOCIDADE EM TODAS AS ESCOLAS DO MUNICÍPIO SEJAM RURAIS OU URBANAS, INCLUSIVE COM PINTURAS DE FAIXA DE TRAVESSIA DE PEDESTRES E ÁRA DE DESEMBARQUE DOS ESTUDANTES E COLOCAÇÃO DE REDUTORES DE VELOCIDADE PINTADOS EM PRETO E AMARELO.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE  FAÇA OS ESTUDOS E ADOTE OS PROCEDIMENTOS NECESSÁRIOS PARA IMPLANTAÇÃO DO PLANO DIRETOR NO MUNICIPIO DE  ESPERA FELIZ.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE FAÇA OS DEVIDOS ESTUDOS E PARCERIAS COM AS INSTITUIÇÕES PÚBLICAS E PRIVADAS PARA UMA CAMPANHA JUNTO AS ESCOLAS QUANTO AO PROBLEMA DE VISÃO ENFRENTADO POR CRIANÇAS E JOVENS. PROCEDENDO AINDA COM A CONTRATAÇÃO DE UM OFTAMOLOGISTA PARA CONSUTAS GRATUITAS NAS ESCOLAS.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS LEVANTAMENTOS NECESSÁRIOS PARA REGULARIZAÇÃO DO TRANSITO NA TRAVESSIA DA PONTE MARCIONÍLIO EURO CARLOS (PRÓXIMA Á RUA NOVA).</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS DEVIDOS ESTUDOS PARA O REAJUSTE SALARIAL DO FUNCIONALISMO.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE FAÇA OS DEVIDOS CONTRATOS COM O GOVERNO FEDERAL PARA CRIAÇÃO E IMPLANTAÇÃO DE UMA FAMÁCIA POPULAR EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROCEDA COM OS ESTUDOS NECESSÁRIOS PARA CRIAÇÃO DE UMA USINA DE TRIAGEM E COMPOSTAGEM DE LIXO.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROCEDA COM A ELABORAÇÃO DE UM NOVO CÓDIGO DE OBRAS E POTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO FAÇA OS ESTUDOS NECESSÁRIOS PARA UM ALMENTO REAL NOS SALÁRIOS DO FUNCIONALISMO.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE  PROCEDA A UM ESTUDO JUNTO A CEMIG PARA RETIRADA DO POSTE QUE ESTÁ PRATICAMENTE NO MEIO DA RUA FILOMENA DE AMORIM PRÓXIMO AO CRUZAMENTO COM A RUA CAPITÃO JOSÉ CARLOS DE SOUZA.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROCEDA COM OS ESTUDOS NECESSÁRIOS PARA CONSTRUÇÃO DE UMA CRECHE NO BAIRRO JOÃO DO ROQUE NO TERRENO DE PROPRIEDADE DA PREFEITURA LOCALIZADO AO LADO DO POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECISÃO DO TRIBUNAL DE CONTAS DE MINAS GERAIS QUE ADOTOU MEDIDA DE RESPONSABILIZAR QUEM MEXE COM DINHEIRO PÚBLICO E QUEM TEM QUE PRESTAR CONTAS, QUE NÃO É O ÓRGÃO E SIM A PESSOA. PASSANDO A SER RESPONSABILIZADO O PREFEITO E OS SECRETÁRIOS.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE PLANEJAMENTO, OBRAS E MEIO AMBIENTE PROVIDENCIE UM MULTIRÃO, TIPO FORÇA TAREFA PARA TRABALHO DE RECUPERAÇÃO DE ESTRADAS E LIMPEZA DAS RUAS DA CIDADE, COM PINTURAS DE MEIO FIO, PODA DE ÁRVORES, ETC.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VAJA A VIABILIDADE DE RECUPERAR A CALÇADA DA RUA DOM CARLOTO, PRINCIPALMENTE NAS PROXIMIDADES DA RESIDENCIA DO SR. BRAZ GRILLO, ONDE O ACESSO ESTÁ PERIGOSO. </t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAMENTO DE UMA SOLICIATAÇÃO AO GOVERNO FEDERAL ATRAVÉS DO MINISTÉRIO DAS CIDADES, PARA ANALIZAR A POSSIBILIDADE DE QUE SEJA IMPLANTADO EM ESPERA FELIZ O PROGRAMA DE ATENDIMENTO HABITACIONAL.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VAJA A VIABILIDADE DE FAZER UMA CAMPANHA PARA RETIRAR OS CÃES QUE ESTÃO VAGANDO PELAS VIAS DA CIDADE E TAMBÉM IMPLANTAR UMA ASSOCIAÇÃO QUE RECOLHA E CUIDE DOS ANIMAIS.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VAJA A VIABILIDADE DE ADQUIRIR CAÇAMBAS PARA SEREM COLOCADAS EM PONTOS ESTRATÉGICOS PARA A COLOCAÇÃO DE ENTULHOS.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVE&amp;#180;S DA SECRETARIA COMPETENTE VAJA A VIABILIDADE DE IGUALAR O BUEIRO DA RUA ALVARO DE SÁ BARBOSA, NAS PROXIMIDADES DA RESIDÊNCIA DE NÚMERO 220.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVE&amp;#180;S DA SECRETARIA COMPETENTE VAJA A VIABILIDADE DE COLOCAR QUEBRA MOLAS NA AVENIDA JAYME TOLEDO, INICIANDO NAS PROXIMIDADES DA RESIDENCIA DOS PAIS DO EX-VEREADOR ANTÔNIO DÉCIO ATÉ O FINAL DA RETA.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR O PROGRAMA CESTA CHEIA DA AGRICULTURA FAMILIAR VISANDI MELHORIAS PARA FAMÍLIAS CARANTES E AUTOMETICAMENTE BENEFICIANDO OS PRODUTORES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER PROVIDENCIADO EM REGIME DE URGÊNCIA A AQUISIÇÃO DE UM TERRENO PARA A INSTALAÇÃO DA AGÊNCIA DO INSS EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA FÁBRICA DE DOCES DE BANANA NA COMUNIDADE DO SÃO GONÇALO, COM TODOS OS EQUIPAMENTOS NECESSÁRIOS A PRODUÇÃO.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE BUSCAR PARCEIROS PARA REFLORESTAR AS MARGENS DO RIO SÃO JOÃO E CAPARAÓ COM VEGETAÇÃO ADEQUADA AO CLIMA E REPOVOAR COM ALEVINOS O LOGO DOS LEITOS DOS RIOS.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA CAMPANHA PERMANENTE DE ARBORIZAÇÃO DAS RUAS, PRAÇAS, E JARDINS DO MUNICIPIO.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR UM VEÍCULO PARA ATENDER AOS FUNCIONARIOS DO NASF I.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COMPRAR UMA MOTOCICLETA PARA FAZER A ENTREGA DOS MEDICAMENTOS CONTROLADOS NAS RESIDÊNCIAS DOS PACIENTES.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO FAÇA OS DEVIDOS ESTUDOS E LEVANTAMENTOS DE UM NOVO CONCURSO PÚBLICO PARA PREENCHIMENTO DE VAGAS NO QUADRO DE FUNCIONÁRIOS DA PREFEITURA, OBJETIVANDO TRANSPARENCIA E ZELO COM A ADMINISTRAÇÃO.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE PROVIDENCIE ATRAVÉS DE PROFISSIONAIS DA ÁREA DE PAISAGISSMO, MEIO AMBIENTE, INFRA ESTRUTURA, URBANISMO, COM A CONTRATAÇÃO DE EMPRESAS ESPECIALIZADAS PARA O SERVIÇO DE QUALIDADE NA AVNIDA JAYME TOLEDO COM SUA TOTAL REMODELAÇÃO.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE, JUNTAMENTE COM A SECRETARIA DE OBRAS FAÇA OS DEVIDOS LEVANTAMENTOS E ESTUDOS PARA REVITALIZAÇÃO DO CINTURÃO VERDE DA CIDADE.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#180;QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ASSISTENCIA SOCIAL E TRABALHO PROVIDENCIE OS ESTUDOS NECESSÁRIOS E FAÇA OS DEVIDOS CONTATOS COM O GOVERNO FEDERAL PARA RECADASTRAMENTO DOS INTEGRANTES DO PROGRAMA BOLSA FAMÍLIA.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO FAÇA OS DEVIDOS ESTUDOS QUANTO A ARRECADAÇÃO MUNICIPAL E VEJA A POSSIBILIDADE DA EFETUAÇÃO DE COMPRA DE CAMINHÕES NOVOS PARA ATENDIMENTO À DEMANDA DA SECRETARIA DE OBRAS, AGRICULTURA E MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO ENTRE EM CONTATO COM A PRESIDÊNCIA DA CAIXA ECONÔMICA FEDERAL E PROMOVA NEGOCIAÇÃO PARA INSTALAÇÃO DE UM POSTO AVANÇADO NA SEDE DO MUNICÍPIO E CÂMARA DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO E CULTURA FAÇA OS ESTUDOS NECESSÁRIOS PARA A CRIAÇÃO DO MOMENTO CULTURAL NA SEDE DA PRAÇA CIRA ROSA DE ASSIS, PARA REVITALIZAR A PRAÇA.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER REVISTO O SISTEMA DE DISPOSIÇÃO FINAL DE RESÍDUOS SÓLIDOS NO ATERRO MUNICIPAL.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVER AS DIÁRIAS DOS SERVIDORES MUNICIPAIS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONCEDER INSALUBRIDADE PARA OS AGENTES DE SERVIÇOS GERAIS QUE TRABALHAM NA ÁREA DA SAÚDE.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE EQUIPARAR O SALÁRIO DO PROFESSOR DE EDUCAÇÃO FÍSICA AO DOS OUTROS PROFISSIONAIS DO NASF I.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE O MAIS RÁPIDO POSSÍVEL A DOCUMENTAÇÃO NECESSÁRIA PARA O EDITAL PARA SELEÇÃO DE PATROCÍNIOS SOCIAIS E DOAÇÕES REGULAMENTO 2009.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A COLOCAÇÃO DE PLACAS NO INÍCIO DAS ESTRADAS QUE DÃO ACESSO AS COMUNIDADES DO MUNICÍPIO, INDICANDO O NOME DE CADA COMUNIDADE, E TAMBÉM NA ENTRADA COM O SEU DEVIDO NOME.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A COLOCAÇÃO DE PLACAS COM IDENTIFICAÇÃO DOS NOMES EM TODAS AS RUAS E BAIRROS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/853/853_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/853/853_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE,  VEJA A VIABILIDADE DE CALÇAR, MELHORAR A ILUMINAÇÃO E COLOCAR PLACAS COM IDENTIFICAÇÃO DOS NOMES DA RUA DONA DONÁRIA OU PROJETADA (COMO É CONHECIDA) E RUA CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/854/854_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/854/854_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PRIORIZAR O ATENDIMENTO AS PESSOAS IDOSAS E GESTANTES NA ÁREA DE SAÚDE.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/855/855_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/855/855_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR TRÊS QUEBRA MOLAS NO INÍIO DA ESTRADA DE CHÃO QUE LIGA ESPERA FELIZ A SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/856/856_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/856/856_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR O FUNDO MUNICIPAL OU ESTADUAL DE HABILITAÇAÕ DE INTERESSE SOCIAL - FHIS, E A INSTITUIÇÃO DO CONCELHO GESTOR DO FHIS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/857/857_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/857/857_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE EDIFICAR PATAÇÕES NA PRAÇA CIRA ROSA DE ASSIS EM DIREÇÃO A RUA MAJOR PEREIRA E PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/858/858_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/858/858_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PONTE DE CIMENTO NA RUA LEOPOLDINA DO AMARAL LIGANDO-A AO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/859/859_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/859/859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALAÇR A RUA JONAS AMARAL E FAZER UM VAZANTE PARA ESCOAMENTO DA ÁGUA NESTA DEVIDA RUA (PERTO DO VIVEIRO DO SENHOR DENEIR TULER)._x000D_
 </t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/860/860_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/860/860_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ILUMINAR A QUADRA DE ESPORTES DO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/861/861_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/861/861_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM QUBRA MOLAS NA RUA CARMELITA AMARAL TÁVORA.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/862/862_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/862/862_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR O CHAFARIZ DA PRÇA CIRA ROSA DE ASSIS.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/863/863_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/863/863_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PONTE OU ATÉ MESMO UMA PINGUELA LIGANDO A RUA PAULO BUTERS AO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/864/864_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/864/864_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FIRMAR CONVÊNIOS COM ENTIDADES PARA DAR SUPORTE AOS PRODUTORES DO MUNICÍPIO, PRINCIPALMENTE OS QUE ENQUADRAM NA AGRICULTURA FAMILIAR PARA FAZEREM ANÁLISE DE SOLO NAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/865/865_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/865/865_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA POSSIBILIDADE DA CEMIG COLOCAR UM POSTE NA RUA MANOEL FRAUCHES, NAS PROXIMIDADES DO Nº 155.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/866/866_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/866/866_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA POSSIBILIDADE DE COLOCAR TRÊS QUEBRA MOLAS NA RUA ÁLVARO DE SÁ BARBOSA.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/867/867_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/867/867_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA POSSIBILIDADE DE TERMINAR A RUA GOVERNADOR BIAS FORTES E APÓS, FAZER O CALÇAMENTO.</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/868/868_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/868/868_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE LIMPAR OS BUEIROS DA RUA ROQUE FERREIRA DE CASTRO E TAMBÉM COLOCAR MAIS BUEIROS, SENDO QUE OS EXISTENTES NÃO ESTÃO DANDO VAZÃO.</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/869/869_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/869/869_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AS RESIDÊNCIAS SITUADAS EM CIMA DO CÓRREGO AREIA BRANCA.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/870/870_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/870/870_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TERMINAR A OBRA DO POSTO DE SAÚDE DO CÓRREGO DO MARINHO PARA DAR INÍCIO AO FUNCIONAMENTO, ATENDENDO AOS MORADORES DA REGIÃO.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>OSMAR GOMES, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/871/871_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/871/871_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER GESTÔES JUNTO ÀS EMPRESAS DE TRANSPORTE PÚBLICO PARA CONCEDER PASSES PARA ALUNOS E PROFESSORES EM DIAS ÚTEIS E EM HORÁRIO ESCOLAR.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/872/872_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/872/872_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA TOME AS MEDIDAS NECESSÁRIAS PARA QUE O PROGRAMA LUZ PARA TODOS CHEGUE A TODAS AS PROPRIEDADES, TENDO EM VISTA QUE DIVERSAS PROPRIEDADES CONTINUAM AGUARDANDO O BENEFÍCIO ESTIMULADO PELO GOVERNO FEDERAL.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/873/873_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/873/873_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, BUSQUE UMA FOME DE SE CRIAR UM SEGURO DE VIDA PARA SERVIDORES DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/874/874_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/874/874_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, FAÇA OS ESTUDOS NECESSÁRIOS PARA QUE ESPERA FELIZ SEJA INCLUIDA NO PROGRAMA CIDADE DIGITAL, E BUSQUE PARCERIAS COM O MINISTÉRIO DE COMUNICAÇÃO AATRAVÉS DO MINISTRO HÉLI COSTA E COM A SECRETARIA DE COMUNICAÇÃO DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/875/875_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/875/875_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DO MEIO AMBIENTE PROMOVA UM TRABALHO ATRAVÉS DE UM PROJETO DISCUTIDO COM OS PROPRIETÁRIOS RURAIS PARA RECUPERAÇÃO DE NASCENTES NAS PROPRIEDADES.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/876/876_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/876/876_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA FAÇA UM PROGRAM DE INCENTIVO JUNTAMENTE AOS PRORPIETÁRIOS RURAIS DO MUNICÍPIO PARA QUE CONHEÇAM O MERCADO DE OVINOS E CAPRINOS, E VEJAM A POSSIBILIDADE DE INVESTIMENTO NESTE SETOR.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/877/877_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/877/877_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A QUADRA DE ESPORTES DA CHAVE.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/878/878_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/878/878_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ILUMINAR O CAMPO DE FUTEBOL DA COMUNIDADE DA CHAVE.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/879/879_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/879/879_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR DOIS QUEBRA MOLAS EM FRENTE AO COLÉGIO DA PONTE DOS MACACOS.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/880/880_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/880/880_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR GUARDA-MÃOS NAS PONTES DA COMUNIDADE DO SÃO SEBASTIÃO DA BARRA, PONTE DOS MACACOS E PONTE DO CÓRREGO DO BOM FIM.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/881/881_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/881/881_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE EXPLODIR UMA PEDRA LOCALIZADA DENTRO DO RIA SÃO JOÃO, EMBAIXO DA PONTE CONHECIDA COMO PONTE DO HOMERO (PERTO DO ESTADUAL)._x000D_
 </t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CORTAR OU PODAR A ÁRVORE QUE FICA SITUADA ENTRE O PRÉDIO DO CONHECIDO ANTONIO VALADÃO E O POSTO TERRA BRANCA.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE VOLTAR A ATENDER A COMUNIDADE DO TABOÃO COM A AMBULÂNCIA.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE ARRUMAR A REDE ESGOTO DA RUA MANOEL FRAUCHES, A QUAL ESTÁ SEMPRE ENTUPIDA.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE INSERIR NA GRADE CURRICULAR DO ENSINO MUNICIPAL UMA DISCIPLINA SOBRE TÉCNICAS AGROPECUÁRIAS,</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CONSTRUIR UMA PONTE DE CIMENTO NA PONTE DOS MACACOS, NO LOCAL DETERMINADO PELA COMUNIDADE.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CONSTRUIR UMA PONTE DE CIMENTO NO CÓRREGO DO INVEJADO, PRÓXIMO A CAPELA DA COMUNIDADE DO CRUZEIRO.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE FAZER UM MANILHAMENTO EXTRA NO CÓRREGO AREIA BRENCA, INICIANDO EM FRENTE A QUATRO RODAS E FINALIZANDO NA RUA ROQUE FERREIRA DE CASTRO, PARA TER UMA OPÇÃO A MAIS DE ESCOAMENTO DAS ÁGUAS PLUVIAIS, SENDO QUE A REDE DE ESGOTO EXISTENTE NÃO ESTÁ COMPORTANDO.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE RETIRAR E MUDAR DE LUGAR UM POSTE QUE ESTÁ POSICIONADO NA RUA JOSÉ GRILLO EM FRENTE A AOTU SHOW, SENDO QUE ESTÁ POSICIONADO FORA DA CALÇADA, NO MEIO DA VIA PÚBLICA, OCASIONANDO TRANSTORNOS AOS MOTORISTAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE COSTRUIR UMA QUADRA DE ESPORTES NA COMUNIDADE DO SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE RECONSTRUIR A RUA MACLÓVIS MURILO LOPES QUE FICA LOCALIZADA DEPOIS DA PONTE DO HOMERO, NAS PROXIMIDADES DA RESIDÊNCIA DO TOTI DENTISTA.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA DE VEREADORES PROVIDENCIE OS ESTUDOS NECESSÁRIOS PARA QUE O PROJETO DE RESOLUÇÃO Nº 138/2005: "CRIA NO ÂMBITO MUNICIPAL A CÂMARA MIRIM", ENTRE EM VIGOR.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE SE INFORMAR E PEDIR PROVIDENCIAS AO ÓRGÃO QUE É RESPONSÁVEL, PARA FAZER UMA NOVA TAMPA PARA COLOCAR EM CIMA DO BURACO QUE SE ENCONTRA NA CALÇADA EM FRENTE AO FÓRUM AMADO GRIPP, TENDO EM VISTA QUE A TAMPA ANTIGA ESTRAGOU, DEIXANDO EM ABERTO UM BURACO.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE REALIZAR UM TRABLHO GERAL DE LIMPEZA COMO CAPINAÇÃO, DEDETIZAÇÃO E RETIRADAS DE ENTULHOS NO DEPÓSITO DE PNEUS LOCALIZADO NA VILA KLEBIN.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE REALIZAR UM SERVIÇO GERAL DE LIPESA DENTRO DOS VEÍCULOS NO DEPÓSITO ONDE FICAM OS VEÍCULOS E MOTOS IRREGULARES DETIDOS PELA POLÍCIA MILITAR, LOCALIZADOS NAS PROXIMIDADES DO SÍTIO DO ELÓI, AFIM DE EVITAR DOENÇAS TRANSMITIDAS POR INSETOS, PRINCIPALMENTE A DENGUE.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE REALIZAR UMA PINTURA E UMA COLOCAÇÃO DE TELA ESPORTIVA NA QUADRA DE ESPORTES DA COMUNIDADE DO VARGEM ALEGRE.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/818/818_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/818/818_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE REALIZAR UM TRABALHO GERAL DE LIMPEZA NA RUA JUREMA E APROVEITANDO O ENSEJO QUE SEJAM COLOCADOS LATÕES DE LIXO.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/819/819_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/819/819_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CONFECCIONAR UM CARTÃO DE IDENTIFICAÇÃO, COTENDO O NOME E O SETOR DE TRABALHO PARA OS SERVIDORES DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/820/820_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/820/820_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE COLOCAR PISO E COBERTURA NA QUDRA DE ESPORTES DA COMUNIDADE DA CHAVE.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/821/821_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/821/821_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CONSTRUIR UMA QUADRA DE ESPORTES NA COMUNIDADE DO SÃO FELIPE.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/822/822_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/822/822_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE CONSTRUIR O TERMINAL RODOVIÁRIO DE ESPERA FELIZ PRÓXIMO A FUTURA SEDE DO INSS.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/823/823_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/823/823_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A CRIAÇÃO DE UM FESTIVAL DE MÚSICA COM POEMAS, POESIA E TEATRO, RESGATANDO ASSIM VALORES CULTURAIS. APROVEITANDO O ENSEJO SUGIRO O NOME DE FESTFELIZ E QUE SEJA REALIZADO NA DATA DE 20 DE NOVEMBRO.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/824/824_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/824/824_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A CRIAÇÃO DO MUSEU MUNICIPAL, SENDO SUGERIDO QUE APÓS SUA CRIAÇÃO SEJA COLOCADO O NOME DE MUSEU VITOR MARIANO.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/826/826_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/826/826_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A LIMPEZA DO CÓRREGO DO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/830/830_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/830/830_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CÂMARA MUNICIPAL, DISPONIBILIZE EM REGIME DE URGÊNCIA UMA SALA NO LEGISLATIVO MUNICIPAL PARA OS VEREADORES E AS COMISSÕES SE REUNIREM PARA ESTUDAREM E ANALIZAREM AS PROPOSIÇÕES QUE TRAMITAM NO LEGISLATIVO, PASSANDO ASSIM OS DEVIDOS PARECERES.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/827/827_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/827/827_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, PARA MUDAR DE LOCAL OS EXAMES DE CARTEIRA DE HABILITAÇÃO QUE SÃO REALIZADOS NO SEMINÁRIO, SENDO TRANSFERIDOS PARA O PARQUE DE ESPOSIÇÕES.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/831/831_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/831/831_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVOMUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA PROVIDENCIE UM PROJETO JUNTO AOS PRODUTORES RURAIS DE NOSSO MUNICÍPIO PARA PRODUÇÃO LIVRE DE PESTICIDAS, E AINDA ELABORAR UM CERTIFICADO INDICATIVO DOS COMÉRCIOS QUE TRABALHAM COM PRODUTOS QUE NÃO SE SABE A ORIGEM , OU DO CEASA, OBSERVANDO NO CERTIFICADO OS PRODUTOS ORGÂNICOS E LIVRES DE PESTICIDAS.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/832/832_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/832/832_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A TRANSFERENCIA DA SECRETARIA DE AÇÃO SOCIAL PARA UM OUTRO LOCAL DEVIDO AS PÉSSIMAS CONDIÇÕES DO PRÉDIO ONDE VEM FUNCIONANDO.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/833/833_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/833/833_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA UM ESTUDO E ELABORE UM PROJETO DE AÇÃO PARA MELHORAR A ILUMINAÇÃO PÚBLICA DAS RUAS DA CIDADE DAS VIAS PÚBLICAS NAS COMUNIDADES DA ZONA RURAL, E AINDA, EM PARCERIA COM O SERVIÇO LINHA VERDE DA CEMIG PARA PODA E CORTE DE ÁRVORES QUE ESTEJAM PREJUDICANDO A ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/834/834_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/834/834_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVER A SITUAÇÃO DO TRATAMENTO DE ESGOTO DA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/835/835_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/835/835_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ACELERAR O RPOJETO QUE IRÁ CELEBRAR O CONVÊNIO COM A CAIXA ECONÔMICA FEDERAL - PROJETO MINHA CASA MINHA VIDA, DO GOVERNO FEDERAL, PARA ATENDERMOS COM URGÊNCIA A POPULAÇÃO CARENTE DE ESPERA FELIZ COM MORADIAS PRÓPRIAS.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/836/836_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/836/836_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL CUMPRA A LEI MUNICIPAL DE FIXAR NAS ENTIDADES QUE RECEBEM RECURSOS DA PREFEITURA, FAIXA OU PLACA COM OS DIZERES: "ESTA ENTIDADE MANTÉM CONVÊNIO COM A PREFEITURA MUNICIPAL DE ESPERA FELIZ."</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/837/837_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/837/837_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA COMUNIQUE AOS PRODUTORES DE CAFÉ DO MUNICÍPIO SOBRE A LIBERAÇÃO DE RECURSOS PELO FUNCAFÉ PARA OPERAÇÕES DE CUSTEIO E COLHEITA, COM PORTARIA JÁ PUBLICADA NO DIÁRIO OFICIAL DA UNIÃO.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/838/838_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/838/838_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DETERMINE A CONFECÇÃO DE FAIXAS ADESIVAS PARA AFIXAÇÃO NOS VEÍCULOS DA PREFEITURA COM OS DIZERES: "A SERVIÇO DA PREFEITURA MUNICIPAL DE ESPERA FELIZ".</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/839/839_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/839/839_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL BUSQUE UMA PARCERIA COM O SINDICATO DOS TRABALHADORES RURAIS E COM O SINDICATO DOS PRODUTORES PARA REALIZAÇÃO DE PROJETOS CORRESPONDENTES A SUAS ÁREAS DE ATUAÇÃO, OU SEJA, JUNTO AOS PRODUTORES E AOS TRABALHADORES.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/840/840_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/840/840_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO PREFEITO MUNICIPAL QUE ATRAVÉS DA SECRETARIA COMPETENTE, BUSQUE ADQUIRIR UM TERRENO E QUE SE FAÇA A INFRA-ESTRUTURA NECESSÁRIA PARA QUE POSSA SER UTILIZADO NAS CONSTRUÇÕES DE CASAS, CASO A PREFEITURA VENHA ADERIR AO PROJETO MINHA CASA MINHA VIDA, E ASSINAR CONVÊNIO COM A CAIXA ECONÔMICA FEDERAL.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/841/841_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/841/841_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA PROVIDENCIE UM PROJETO DE RESOLUÇÃO PARA CRIAÇÃO DIPLOMA DE HONRA AO MÉRITO, A SER CONCEDIDO AOS PROFESSORES DE ESPERA FELIZ QUE TENHAM SE DESTACADO NA LUTA EM PROL DO DESENVOLVIMENTO EDUCACIONAL E DO MUNICÍPIO EM COMEMORAÇÃO AO DIA DO PROFESSOR EM 15 DE PUTUBRO.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/842/842_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/842/842_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ENTRE EM CONTATO COM O VEREADOR ELIAS MURAD DA CIDADE DE BELO HORIZONTE, O QUAL JÁ EXERCEU O CARGO DE DEPUTADO ESTADUAL, PARA UM DEBATE (PALESTRA) NA CIDADE DE ESPERA FELIZ, COMO SUGESTÃO NO GINÁSIO POLIESPORTIVO E SOBRE O TEMA "MALEFÍCIOS DO USO DAS DROGAS".</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/843/843_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/843/843_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA PROVIDENCIE UMA REFORMULAÇÃO DO SISTEMA DE INTERNET DA CASA, AUMENTANDO A VELOCIDADE DO SISTEMA E ADEQUANDO O EQUIPAMENTO (MICROCOMPUTADORES) A REALIDADE DO SISTEMA.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM PONTE DE TABULÃO ARMCO NA FAZENDA ENCANTADA, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR ZIQUE.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UM TUBULÃO ARMCO NA COMUNIDADE DO TABOÃO, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR GILMAR PINHEIRO, SUBSTITUINDO A PONTE DE MADEIRA EXISTENTE.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UM TUBULÃO ARMCO NA COMUNIDADE DO TABOÃO, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JAIR PORTES, SUBSTITUINDO A PONTE DE MADEIRA EXISTENTE.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR DOIS TUBULÕES ARMCO NA COMUNIDADE DO MARINHO, SENDO UMA NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JOSÉ CARLOS HERDY E O OUTRO NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR ONOFRE PILLER, SUBSTITUINDO AS PONTES DE MADEIRA EXISTENTES.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UM TUBULÃO ARMCO NA COMUNIDADE DO ANGOLA, NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR FRANCISCO FERRAZ, SUBSTITUINDO A PONTE DE MADEIRA EXISTENTE.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR DOIS TUBULÕES ARMCO NA BARRA DO TABOÃO, SENDO UM NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR CARLOS ANTERO, E OUTRO NA DIREÇÃO DO TABOÃO NAS PROXIMIDADES DO SENHOR ELCIO DE FREITAS, SUBSTITUINDO AS PONTES DE MADEIRA EXISTENTES.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR DOIS TUBULÕES ARMCO NA COMUNIDADE BOA ESPERANÇA SENDO UM NAS PROXIMIDADES DA VENDA DO UILSON E O OUTRO NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR JOSÉ CLAUDIO MORAES, SUBSTITUINDO AS PONTES DE MADEIRA EXISTENTES.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INTAALR UM TUBULÃO ARMCO NA COMUNIDADE DO CÓRREGO GRANDE, NAS PROXIMIDADES DA IGREJA, SUBSTITUINDO A PONTE DE MADEIRA EXISTENTE.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONTRATAR ASSISTENTE SOCIAL E PSICÓLOGO PARA ATENDER AS ESCOLAS DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O SEBRAE PARA QUE ELE POSSA DESENVOLVER PROJETOS QUE DEEM UM SUPORTE AO TURISMO DE NOSSO MUNICÍPIO, MELHORANDO A INFRA ESTRUTURA FÍSICA O QUE VIRÁ ATENDER OS TURISTAS COM UM SERVIÇO DE QUALIDADE.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SOLICITAR AO NOBRE DEPUTADO PAULO ABI AKEL A AQUISIÇÃO DE UMA SPLINTER PARA A ASSOCIAÇÃO DE DEFICIENTES FÍSICOS DE ESPERA FELIZ E TAMBÉM SOLICITAR ATRAVÉS DO DEPUTADO BRÁULIO BRAZ A DOAÇÃO DE UMA COZINHA SEMI-INDUSTRIAL PARA A DEVIDA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ALUGAR, CONSTRUIR OU CEDER UM ESPAÇO PARA ASSOCIAÇÃO DE DEFICIENTES FÍSICOS DE ESPERA FELIZ, ONDE SERÃO CONFECCIONADAS FRAUDAS ESTAMPADAS, CAMISAS E ATÉ MESMO SER APROVEITADO PARA FUNCIONAR UMA ESCOLA DE COMPUTAÇÃO.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR O CONCELHO MUNICIPAL DE DIREITOD DA MULHER - CMDM.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR TUBULÃO ARMCO NO CÓRREGO DO PAIOL, SUBSTITUINDO A PONTE DE MADEIRA EXISTENTE.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR LATÕES DE LIXO NO BAIRRO DO MORRO DO WALTAIR.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PATROLAR AS ESTRADAS DA COMUNIDADE DO SÃO FELIPE, INCLUSIVE A QUE DÁ ACESSO A FAZENDO DO FELIPE FUMIAN, ONDE CIRCULA LINHA DE ÔNIBUS ESCOLAR.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA COPASA CAPITAR ÁGUA LIMPA SEM CONTAMINAÇÃO QUÍMICA NO PARQUE NACIONAL DA FAZENDA MOINHO GRANDE.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/828/828_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/828/828_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE BUSCAR RECURSOS ATRAVÉS DE CONVÊNIOS PARA QUE SEJA CONSTRUIDA UMA REDE COLETORA DE ESGOTO NO MUNICÍPIO, INICIANDO DO BAIRRO JOÃO CLARA E FINALIZANDO NO LIMITE COM O MUNICÍPIO DE CAIANA, NAS PROXIMIDADES DA ENTRADA DO CHALÉ, E APROVEITANDO O ENSEJO QUE SEJA FEITA UMA ESTAÇÃO DE TRATAMENTO DE ESGOTO.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/829/829_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/829/829_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE ENTRAR EM CONTATO COM A PROPRIETÁRIA DA LOJA STILLUS PARA QUE A CALÇADA DA LOJA SEJA LIBERADA, TENDO EM VISTA QUE A MESMA ESTÁ CHEIA DE ENTULHOS, QUE IMPEDEM OS PEDESTRES DE CIRCULAREM NA CALÇADA, TENDO QUE TRANSITAREM NA CALÇADA.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR QUEBRA MOLAS NA ESTRADA QUE LIGA ESPERA FELIX A CAIANA NAS PROXIMIDADES DO MATADOURO MUNICIPAL E TAMBÉM EM FRENTE A CRECHE CAICEF.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR AS RUAS EXISTENTES NA VILA KLABIM.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/779/779_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/779/779_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA COZINHA NO PARQUE DE EXPOSIÇÕES DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE POSICIONAR DA FORMA CORRETA O POSTE QUE FICA LOCALIZADO NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA, PRÓXIMO A CONSTRUÇÃO DA SENHORA IRINÉIA, TENDO VISTA QUE ENCONTR-SE NA VIA PÚBLICA.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/781/781_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/781/781_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR GUARDA MÃO NA PONTE QUE LIGA O BAIRRO SANTA INÊS AO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A CAPELA MORTUÁRIA DO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA E UM PLAY GROUND COM BRINQUEDOS NO LOCAL ONDE EXISTE ATUALMENTE UMA QUADRA DE AREIA (DO LADO DA CRECHE) E QUE SEJA FEITA UMA NOVA QUADRA DE AREIA AO LADO DA QUADRA DE ESPORTES NO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR O DESEMTUPIMENTO DO BUEIRO DA RUA DAVID GOMES, NO BAIRRO JOÃO CLARA, VISANDO O CORRETO ESCOAMENTO DAS PAGUAS DAS ACHUVAS.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CORTAR A ÁRVORE QUE ESTÁ LOCALIZADA NA RUA ALTO CAPARAÓ, EM REGIME DE URGÊNCIA, TENDO EM VISTA QUE A RAIZ ESTÁ LEVANTANDO TODO O CALÇAMENTO.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA SAMPAIO, QUE TEM INÍCIO NA RUA ALTO CAPARAÓ.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ALVARO REZENDE CITUADA NO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DORMIRIO DOS SANTOS SITUADA NO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TODAS AS RUAS DO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/945/945_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/945/945_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ALAIR MAGALHÃES QUE FICA PTÓXIMA AO OURO VERDE CAFÉ.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/946/946_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/946/946_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE POSICIONAR DE FORMA CORRETA O POSTE QUE ESTÁ SITUADO NA RUA PASTOR ANANIAS LOPES, NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/947/947_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/947/947_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO A ÁRVORE QUE CAIU E ESTÁ PENDURADA NO BARRANCO QUE FICA EM FRENTE A RESIDÊNCIA DO CAPITÃO VANI.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/948/948_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/948/948_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA LUIZ GERALDELI, NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/949/949_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/949/949_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR E ILUMINAR A RAIA DE MAIA EXISTENTE NO BAIRRO JOÃO CLARA NA RUA CAPARAÓ.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/950/950_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/950/950_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE BUSCAR JUNTO AO SEBRAE OU OUTRA ENTIDADE, INFORMAÇÕES PARA A CRIAÇÃO DE RÃS NO MUNICÍPIO, DANDO SUPORTEM APOIO E ESTÍMULO AOS PRODUTORES, ALMENTANDO ASSIM A RENDA DA AGRICULTURA FAMILIAR EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/951/951_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/951/951_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA MOLAS OU REDUTORES DE VELOCIDADE NA RUA CIRA ROSA DE ASSIS, EM FRENTE A RESIDÊNCIA DO SENHOR JOSÉ ILÁRIO, PRÓXIMO AO ASILO.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/952/952_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/952/952_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE BUSCAR RECURSOS PARA CONSTRUÇÃO DE FOSSAS SÉPTICAS EM LOCAIS PROPÍCIOS NA ÁREA RURAL.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/953/953_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/953/953_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER A REPOSIÇÃO SALARIAL DOS SERVIDORES MUNICIPAIS, ENQUANTO NÃO É ELABORADO O PLANO DE CARREIRA DOS FUNCIONÁRIO.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/954/954_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/954/954_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAREM MEIOS PARA OS PROFESSORES DA ÁREA MUNICIPAL FAZEREM CURSOS DE CAPACITAÇAO, TENDO EM VISTA QUE A EDUCAÇÃO É A CÉLULA MATER DA SOCIEDADE E POR ISSO A GRANDE NECESSIDADE DOS EDUCADORES ESTAREM SEMPRE BUSCANDO INFORMAÇÕES E APRIORANDO SEUS CONHECIMENTO.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/955/955_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/955/955_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA MOBILIZAÇÃO JUNTO COM A SECRETARIA COM PANFLETOS, FOLDERS, INFORMATIVOS, CONSIENTIZANDO A POPULAÇÃO PARA QUE NÃO COLOQUE ENTULHOS E MATERIAIS DE CONSTRUÇÃO NAS CALÇADAS E VIAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/959/959_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/959/959_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MELHORAR O ATENDIMENTO DOS PSF'S DO MUNICÍPIO E APROVEITANDO O ENSEJO AQUISIÇÃO DE MAIS UM VEÍCULO PARA ATENDER A REGIÃO DO DESTRITO DO SÃO JOSÉ.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/956/956_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/956/956_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA QUE FICA LOCALIZADA POR CIMA DA DELEGACIA OU MESMO ENSAIBRAR OU REALIZAR UMA OPERAÇÃO TAPA BURACO, TENDO VISTO QUE NÃO ESTÁ TENDO COM OTRANSITAR NESTE TRECHO.</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/960/960_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/960/960_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENCANAR ÁGUA POTÁVEL NAS RESIDÊNCIAS DA COMUNIDADE DA FORQUILHA DO RIO.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/961/961_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/961/961_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A QUADRA DE ESPORTES DA COMUNIDADE DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/958/958_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/958/958_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DADA CIÊNCIA AOS NOBRES COMPANHEIROS DA CÂMARA DE VEREADORES DA IMPORTÂNCIA DO BOM PROCEDIMENTO DOS EDIS NO EXERCÍCIO DO MANDATO, FAZENDO DESTA CASA DE LEIS, UMA CASA DIFERENTE DAS DEMAIS NOTICIADAS NOS MEIOS DE COMUNICAÇÃO.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/957/957_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/957/957_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM POSTO DE SAÚDE NA COMUNIDADE DO AREAL.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/962/962_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/962/962_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA PINTURA NAS SOMBRINHAS QUE FICAM LOCALIZADAS EM CIMA DAS MESINHAS DE JOGOS DO CALÇADÃO DO CENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/963/963_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/963/963_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO BUSCANDO PARCERIAS COM A EMATER, IEF E OUTRAS ENTIDADES, PARA IMPLANTAREM TAMQUES REDE PARA CRIAÇÃO DE PEIXES NAS PROPRIEDADES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/964/964_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/964/964_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TER UM ACOMPANHAMENTO TÉCNICO AGROPECUÁRIO NAS PROPRIEDADES DA COMUNIDADE DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/965/965_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/965/965_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR PROJETOS QUE TANGEM A CULTURA E O ESPORTE NAS COMUNIDADES DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/966/966_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/966/966_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA ESTRADA QUE LIGA ESPERA FELIZ AO PARAÍSO, NAS PROXIMIDADES DA ESCOLA DA VARGEM ALEGRE.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/967/967_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/967/967_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALAÇR E ILUMINAR A RUA VANDERLEI CASSIMIRO CAMPOS, NO MORRO DO WALTAIR.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/968/968_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/968/968_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR JUNTAMENTE COM UM ARQUITETO UMA FORMA DE COLOCAR UM CORRIMÃO COM TELA DE PROTEÇÃO NA CALÇADA QUE FICA LOCALIZADA NO CANTEIRO CENTRAL DA RUA FIORAVANTE PADULA INICIANDO EM FRENTE A LOJA TAVARES E FINALIZANDO NO RETORNO QUE FICA LOCALIZADO PRÓXIMO A ACADEMIA ALÉM DO CORPO.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/969/969_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/969/969_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR UM PROGRAM DE COMPENSAÇÃO AMBIENTAL OU ECOCRÉDITO, ETC. NO MUNICÍPIO DE ESPRRA FELIZ.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/970/970_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/970/970_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR UMA BIBLIOTECA AMBULANTE NO MUNICÍPIO, PARA PROPORCIONAR ACESSO AO MUNDO DO CONHECIMENTO, INFORMAÇÃO, COMUNICAÇÃO, DA EXPRESSÃO HUMANA ATRAVÉS DA PALAVRA ESCRITA.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/971/971_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/971/971_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DIVUGAR DE FORMA RESUMIDA A PRESTAÇÃO DE CONTAS DA PREFEITURA MUNICIPAL EM LOCAL PÚBLICO, ATRAVÉS DE AUTDOOR OU OUTRO MEIO PUBLICITÁRIO EXTERIOR.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/972/972_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/972/972_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE NO CÓRREGO DO CUSTÓDIO, PRÓXIMO A PROPRIEDADE DO SENHOR CLÁUDIO TEIXEIRA NA COMUNIDADE DO TABOÃO POR TUBULÃO ARMCO.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/973/973_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/973/973_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR UM PORTAL VIA INTERNET INFORMANDO OS GASTOS REALIZADOS PELA PREFEITURA MUNICIPAL, PERMITINDO ASSIM QUE OS MUNÍCIPES POSSAM ACOMPANHAR DIARIAMENTE A SITUAÇÃO DO EXECUTIVO. APROVEITANDO O ENSEJO SUGIRO O NOME DE PORTAL TRANSPARÊNCIA.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/882/882_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/882/882_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PARTICIPAÇÃO TAMBPEM DA SECRETARIA DO MEIO AMBIENTE DIVIDINDO A RESPONSABILIDADE E FISCALIZANDO O TRATAMENTO DE ESGOTO DO DESTRITO DE SÃO JOSÉ DA PEDRA MENINA QUE ATUALMENTE ESTÁ SOB A RESPONSABILIDADE DA VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/883/883_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/883/883_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SEREM TOMADAS PROVIDÊNCIAS URGENTES EM RELAÇÃO A: CONSTRUÇÃO DA RUA VENDERLEI CASSIMIRO CAMPOS, BAIRRO DO WALTAIR, AO LADO DO Nº 140; LIMPAR O ESPAÇO QUE ESTÁ SUJO; AVERIGUAR O COMODO DA REFERIDA CONSTRUÇÃO, TENDO EM VISTA QUE TEM UMA PARTE ABERTA E ESTÁ CHEIA DE PNEUS.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/923/923_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/923/923_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM DEGRAU NA CALÇADA DO CANTEIRO CENTRAL DA RUA FIORAVANTE PADULA, EM FRENTE A LOJA DUJUCA E EM FRENTE A PAPELÂNDIA, TENDO EM VISTA A ALTURA ELEVADA E A DIFICULDADE DOS PEDESTRES ATRAVESSAREM.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/924/924_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/924/924_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, REALIZE AS SEGUINTES AÇÕES: FISCALIZAÇÃO REFERENTE AO DEVIDO CUMPRIMENTO DO DISPOSTO NO ART. 99 DA LEI ORGÂNICA; PROMOVA A DEVIDA CONCIENTIZAÇÃO DE TODOS AQUELES QUE EXPLORAM OS BENS/ESPAÇOS PÚBLICOS EM ESPECIAL OS TRAILERS, PARA QUE AO FINAL DE CADA DIA DE TRABALHO REALIZEM UMA LIMPEZA AO REDOR DO LOCAL.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/925/925_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/925/925_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL TOME PROVIDÊNCIAS URGENTES EM RELAÇÃO AO TRAILLER QUE FICA LOCALIZADO NO INÍCIO DA AVENIDA JAIME TOLEDO, NA CALÇADA DO EDUCANDÁRIO SACRAMENTINO.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/926/926_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/926/926_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE NA RODOVIA BR 482 QUE DÁ ACESSO AO ESPÍRITO SANTO, NO TRECHO COMPREENDIDO ENTRE O PÓRTICO AGOSTINHO PATRUS ATÉ A ESTRADA DA RUA PIO XII OU MESMO SE NÃO FOR COMPETÊNCIA DO EXECUTIVO MUNICIPAL SOLICITAR AO DER QUE TOME AS DEVIDAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/927/927_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/927/927_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA COM O DER A VIABILIDADE DE LIBERAR A MARGEM DA RODOVIA BR 482, NO BAIRRO JOÃO CLARA, PARA CONSTRUÇÃO DE CASA POPULARES.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/928/928_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/928/928_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER IMPLANTADO NA SECRETARIA MUNICIPAL DE SAÚDE DO MUNICÍPIO O MÉTODO DE TRATAMENTO A POPULAÇÃO, ATRAVÉS DE TERAPIAS NATURAIS COMO HOMEOPATIAS E OUTROS.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/929/929_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/929/929_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER ESTENDIDO A TODOS OS MOTORISTAS E OPERADORES DA REDE DE SERVIDORES MUNICIPAIS A GRATIFICAÇÃO DE R$450,00, TENDO VISTO A DEFASAGEM DO SALÁRIO DO FUNCIONÁRIO PÚBLICO.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/930/930_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/930/930_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA CANALETANA BR 482, INICIANDO NA ENTRADA DO BAIRRO DO WALTAIR ATÉ A PONTE QUE FICA LOCALIZADA NA ENTRADA DA PEDREIRA FLORESTA.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/931/931_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/931/931_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ABIR A ESTRADA QUE DÁ ACESSO AO AUTO DAS TRÊS CRUZES, NAS PROXIMIDADES DO SÍTIO DO CINÉSIO.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/932/932_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/932/932_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA PADRE JOÃO E A VILA JOÃO SERAFIM DE SOZA, LOCALIZADAS NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/933/933_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/933/933_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI QUE CONCEDA AOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE RECEBEM APENAS UM SALÁRIO MÍNIMO, UM PERCENTUAL A TÍTULO DE ABONO PARA QUE SEUS VENCIMENTOS NÃO FIQUEM ABAIXO DO SALÁRIO MÍNIMO NACIONAL, USANDO PARA TAL DE DATAÇÃO ORÇAMENTÁRIA PRÓPRIA.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/934/934_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/934/934_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAÇÃO DE DOIS BUEIROS, CINCO POSTES DE ILUMINAÇÃO E TAMBÉM SEJA FEITA LIMPEZA URBANA DIARIAMENTE NO ANEL RODOVIÁRIO PRÓXIMO A CARROCERIA DO LÚCIO.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/935/935_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/935/935_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SE PRONUNCIE A RESPEITO DE ESTUDO PARA VIABILIZAR RECURSOS JUNTO AO MINISTÉRIO DA SAÚDE E SECRETARIA MUNICIAPL DE SAÚDE PARA TROCA DE TODA A FROTA DE VEÍCULOS DA SAÚDE INCLUINDO AS AMBULÂNCIAS. E AINDA QUE SE VEJA A POSSIBILIDADE DE LEILOAR OS VEÍCULOS ANTIGOS.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/936/936_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/936/936_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ESTUDADO JUNTO AO BANCO DO BRASIL A COLOCAÇÃO DE UM CAIXA ELETRÔNICO DENTRO DO PRÉDIO DA PREFEITURA MUNICIPAL, A SER UZADO NO HORÁRIO DE ATENDIMENTO AO PÚBLICO DA PREFEITURA.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/937/937_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/937/937_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO FAÇA UMA SALA ESPECIAL PARA FORMAÇÃO CONTINUADA DE PROFESSORES NO PRÉDIO DA SECRETARIA, UTILIZANDO DE RECURSOS DO FUNDEB, E DESTA FORMA NÃO CRIANDO DESPESAS NOVAS PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/974/974_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/974/974_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO PROMOVA OS ESTUDOS NECESSÁRIOS E A CRIAÇÃO DE UMA COMISSÃO PERMANENTE DE CAPACITAÇÃO DOS FUNCIONÁRIOS DAS DIVERSAS SECRETARIAS DO MUNICÍPIOS.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1034/1034_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1034/1034_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUEIRO AO PREFEITO MUNICIPAL SE POSICIONAR DIANTE DO FATO DA VIOLÊNCIA CONTRA A MULHER, E ADOTAR MEDIDAS DE PARCERIA PARA CRIAÇÃO DE UM CENTRO PARA ATENDIMENTO Á MULHER VÍTIMA DE VIOLÊNCIA  COM BASE NA LEI MARIA DA PENHA.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1035/1035_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1035/1035_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA MUNICIPAL DE AGRICULTURA TRABALHE JUNTO AOS AGROPECUARISTAS E PSICULTORES A INSERÇÃO DA PRÁTICA DA AGRICULTURA DEVERSIFICADA EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1036/1036_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1036/1036_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO TOME AS MEDIDAS DE CAUTELA E DE FORMA PREVENTIVA VEREFIQUE ANTES DA CONTRATAÇÃO DE SHOWS A SERIEDADE DAS EMPRESAS E SUA DOCUMENTAÇÃO PARA NÃO CAIR EM GOLPES DE EMPRESAS FANTASMAS.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1037/1037_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1037/1037_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM A CEMIG E SOLICITE A MANUTENÇÃO CONSTANTE DAS LUMINÁRIAS DOS POSTES DO CENTRO DA CIDADE, ONDE SÃO MAIORES E OFERECEM PERIGO A POPULAÇÃO.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1038/1038_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1038/1038_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E CULTURA AVALIEM AS SEGUINTES PROPOSTAS PARA O DESENVOLVIMENTO SUSTENTÁVEL: INFRA ESTRUTURA URBANA E RURAL; APROVEITAMENTO DOS ESPAÇOS PROPÍCIOS A EXPLORAÇÃO TURÍSTICA; SERVIÇOS ESPECIALIZADOS NO ATENDIEMNTO AO TURISMO; CRIAÇÃO DA AGÊNCIA TURÍSTICA MUNICIPAL; EXPLORAÇÃO DO TURISMO RELIGIOSO, SOCIAL, ESPORTIVO E DA ÁREA DO AGRONÉGOCIO; CRIAÇÃO DE ATRAÇÕES TURÍSTICAS; E INCENTIVO A REALIZAÇÃO DO MOMENTO CULTURAL.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/887/887_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/887/887_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTÔNIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL, SEJA ENCAMINHADO SO PREFEITO MUNICIPAL PARA QUE O EXECUTIVO PROVIDENCIE OS SERVIOS DE INFRE-ESTRUTURA E URBANIZAÇÃO DO TRECHO DA RUA CAIANA ATRÁS DA ÁREA DE LAZER, PROVIDENCIANDO O MANILHAMENTO PARA ESCOAMENTO DA ÁGUA, CALÇAMENTO E ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/888/888_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/888/888_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER QUE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL INDICAÇÃO PARA QUE O EXECUTIVO PROVIDENCIE O CALÇAMENTO DA RUA OSCAR MANOEL DP AMARAL E OTACILIO CARLOS DO AMARAL.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/889/889_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/889/889_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO OCM A CEMIG E VEJA A POSSIBILIDADE DE DOAÇÃO DE EQUIPAMENTOS PARA O HOSPITAL DE ESPERA FELIZ, CONFORME RECEBEU A CASA DE CARIDADE DE CARANGOLA OS EQUIPAMENTOS DE AUTOCLAVES ATRAVÉS DE RECURSOS PROVENIENTES DO PROGRAMA DE ELETRICIDADE ENERGÉTICA DA AGÊNCIA NACIONAL DE ENERGIA ELÉTRICA.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/890/890_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/890/890_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A SECRETARIA DE OBRAS PROVIDENCIE A LIMPESA DO FINAL DA RUA GOVERNADOR BIAS FORTES, PROCEDENDO COM AMPLIAÇÃO DA LARGURA DO FINAL DA RUA, SAIBRANDO E CONTENÇÃO DAS A&amp;#180;GUAS DA CHUVA EVITANDO EROSÃO, ISSO, ATÉ PROVIDENCIAR O CALÇAMENTO.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/891/891_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/891/891_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR ESTUDOS JUNTO A SECRETARIA DE EDUCAÇÃO E CULTURA, SECRETARIA DE OBRAS E SECRETARIA DE ADMINISTRAÇÃO E PLANEJAMENTO PARA A CONSTRUÇÃO DE UM CORETO MUNICIPAL NA PRAÇA DA BANDEIRA NOS MOLDES DO ANTIGO CORETO.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/908/908_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/908/908_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O ESTUDO NECESSÁRIO PARA O TRATAMENTO DA ÁRVORE DA PRAÇA DA BANDEIRA JÁ QUE A MESMA É PATROMÔNIO TOMBADO POR LEI. INDICO AINDA QUE SE RECORRA A UM BIOLÓGO PARA QUE SEJA FEITO TODO ESFORÇO NECESSÁRIO PARA SALVAR ESTA CENTENÁRIA ÁRVORE, E CASO NÃO SEJA POSSÍVEL QUE SE VERIFIQUE OUTRA ESPÉCIE PARA SER PLANTADA NO LOCAL.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/909/909_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/909/909_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE NA COMUNIDADE DO SÃO SEBASTIÃO CONHCEIDA COMO PONTE DO CARLINHO XAVIER, POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/910/910_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/910/910_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE CONHECIDA COMO PONTE DOS MACACOS, POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/911/911_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/911/911_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE CONHECIDA COMO PONTE DA DONA EVA (ESPOSA DO FALECIDO LUCAS), POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/912/912_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/912/912_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE NO SÍTIO DO PAIOL, POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/914/914_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/914/914_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CÂMARA DE VEREADORES VIABILIZE OS ESTUDOS E A VIABILIDADE DA CRIAÇÃO DA COMISSÃO DE ÉTICA DESTA CASA LEGISLATIVA.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/913/913_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/913/913_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR OS ACABAMENTOS FINAIS DA OBRA DA PRAÇA DA COMUNIDADE DO PARAÍSO QUE FOI INICIADA PELA SEMENGE.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/915/915_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/915/915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PINTAR A QUADRA DO POLIESPORTIVO JOSÉ ERASMO DE OLIVEIRA E APROVEITANDO O ENSEJO, SUBSTITUIR OU CONCERTAR O BEBEDOURO EXISTENTE. </t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/916/916_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/916/916_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE NA COMUNIDADE DO CRUZEIRO, CONHECIDA COMO PONTE DO CARLINHO XAVIER, POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/917/917_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/917/917_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA EXISTENTE NA COMUNIDADE OD CRUZEIRO, PRÓXIMO AO TEMPLO DA ASSEMBLÉIA DE DEUS, POR PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/918/918_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/918/918_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PADRONIZAR AS CORES QUE SÃO PINTADAS NOS IMÓVEIS DO PATRIMÔNIO PÚBLICO, SENDO SUGERIDO AS CORES DA BANDEIRA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/919/919_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/919/919_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI ONDE DISPORÁ SOBRE A CONCESSÃO DE COMBUSTÍVEL PARA SERVIDORES QUE UTILIZAM CARROS PARTICULARES A SERVIÇO DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/920/920_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/920/920_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI ONDE SERÁ PRESTADO AUXÍLIO FINANCEIRO EM COMBUSTÍVEL PARA TRATAMENTO FORA DA SEDE DO MUNICÍPIO (TFD) AOS USUÁRIOS DO SUS/ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/921/921_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/921/921_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROVIDENCIAR OS ESTUDOS NECESSÁRIOS PARA CRIAÇÃO DE UMA ACADEMIA AO AR LIVRE COM A DISPONIBILIZAÇÃO DE PROFESSOR DE EDUCAÇÃO FÍSICA PARA ORIENTAÇÃO E TREINO DOS INTERESSADOS.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/922/922_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/922/922_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ATRAVÉS DE PARCERIAS COM ENTIDADES DESPORTISTAS, ELABORAR UM PROJETO DE INCENTIVO A PRATICA DE OUTRAS MODALIDADES ESPORTIVAS, PELOS JOVENS E CIDADÃOS ESPERAFELICENSES, COMO SUGESTÃO NATAÇÃO, CICLISMO, ATLETISMO, ETC.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/884/884_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/884/884_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DETERMINAR AO DEPARTAMENTO DE ENGENHARIA E ARQUITETURA A ELABORA DE PROJETO PARA CONSTRUÇÃO DE UM CALÇADÃO NA BEIRA-RIO.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/885/885_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/885/885_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER OS ESTUDOS NECESSÁRIOS AFIM DE CRIAR UMA HORTA COMUNITÁRIA NO MUNICÍPIO DE ESPERA FELIZ, SUGERINDO O LOCAL PRÓXIMO A BARRAGEM AO NA KLABIM.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/886/886_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/886/886_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE E DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO PROVIDENCIEM COM URGÊNCIA OS ESTUDOS NECESSÁRIOS PARA A EFETIVAÇÃO DO PISO SALARIAL DE R$930,00, JÁ APTOVADO PELA COMISSÃO DE ASSUNTOS ECONÔMICOS (CAE) PARA OS AGENTE COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATE A ENDEMIAS COM FORMAÇÃO PROFISSIONAL EM NIVEL MÉDIO.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/938/938_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/938/938_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UMA REDE DE ESGOTO NA RUA LAURA GOMES FERRAZ, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/939/939_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/939/939_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR DOIS POSTES NA RUA LAURA GOMES FERRAZ, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/846/846_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/846/846_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE PROMOVER A DOAÇÃO DAS CASAS POPULARES LOCALIZADAS NO VALE DO SOL, CEDIDAS A VARIOS MUNÍCIPES, COM A TRANSFERENCIA DEFINITIVA DO DOMÍNIO EM FAVOR DAQUELAS PESSOAS.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/940/940_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/940/940_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONCEDER DIÁRIAS AOS CONSELHEIROS REPRESENTANTES DA SOCIEDADE CIVIL QUE NÃO TEM REMUNERAÇÃO, EM ESPECIAL AOS REPRESENTANTES DO CMDRS, PARA AJUDAR A COBRIR AS DESPESAS NECESSÁRIAS, QUANDO TEM QUE DESLOCAR-SE PARA PARTICIPAREM DAS REUNIÕES DO CONSELHO.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/845/845_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/845/845_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE INSTALAR UMA REDE DE ESGOTO NA RUA AMÉRICO SOBRINHO, NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/847/847_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/847/847_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE ELABORE UM ESTUDO SOBRE A CRIAÇÃO DE UM SERVIÇO DE SUGESTÕES, RECLAMAÇÕES E DENUNCIAS REFERENTES AOS ATOS DOS PODERES EXECUTIVO E LEGISLATIVO ATRAVÉS DE UM DISK DENÚNCIA POR UM NÚMERO TELEFONICO GRATUITO.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/844/844_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/844/844_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE ESPECIFICAR A FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS DO EXECUTIVO MUNICIPAL, CONFORME DISCRIMINADO: FUNCIONÁRIO EFETIVO; FUNCIONÁRIO CONTRATADO, FUNCION&amp;#180;SRIOS EM COMISSÃO; FUNCIONÁRIOS APOSENTADOS OU INATIVOS; PENSIONISTAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/848/848_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/848/848_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, PROMOVA OS TRABALHOS NECESSÁRIOS PARA REVITALIZAÇÃO DA ÁREA DE LAZER COM COLOCAÇÃO DE NOVOS BRINQUEDOS, ARBORIZAÇÃO, CRIAÇÃO DA PRAÇA DE ALIMENTAÇÃO, PALCO PARA SHOWS E TEATROS E INCENTIVOS DE VISITAÇÃO DE ESCOLAS E OUTRAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/849/849_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/849/849_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROMOVA OS ESTUDOS NECESSÁRIOS PARA A CRIAÇÃO DE UM DEPARTAMENTO ESPECÍFICO PARA ADMINISTRAÇÃO DE CEMITÉRIOS MUNICIPAIS COM OBSERVAÇÃO DE IMEDIATO, EM CARÁTER DE URGÊNCIA, PROVIDENCIAR OBRAS DE RECUPERAÇÃO DOS CEMITÉRIOS MUNICIPAIS DA ZONA URBANA.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/850/850_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/850/850_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE CONSTRUIR UMA PASSARELA NA BEIRA RIO - AVENIDA ARTUR BINA DANDO ACESSO PARA A AVENIDA JOÃO VIEIRA DA COSTA, SENDO CONSTRUIDA EM FRENTE À RUA GUSTAVO MANOEL CONCOLATO.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/851/851_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/851/851_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE PROTEGER A NASCENTE DO BAIRRO JOÃO CLARA E MELHORAR O ACESSO PARA AS PESSOAS BUSCAREM A ÁGUA, TENDO EM VISTA QUE O LOCAL ESTÁ PERIGOSO PARA TRANSITAR.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/852/852_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/852/852_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE CONSTRUIR DOIS QUEBRA MOLAS NA RUA LUCAS ALVES DA SILVA.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/978/978_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/978/978_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR DOIS QUEBRA MOLAS NA AVENIDA ARTUR BINA DA SILVA.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/979/979_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/979/979_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SE CONTRUIR TRÊS QUEBRA MOLAS NA RUA ÁLVARO DE SÁ BARBOSA.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/981/981_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/981/981_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR UM TRECHO DE APROXIMADAMENTE 50 METROS LOCALIZADO NO DESTRITO DE SÃO JOSÉ, NA RUA ADENIR COSTA AMORIM.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/986/986_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/986/986_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE VERIFICAR A SITUAÇÃO DO PONTILHÃO QUE DÁ ACESSO AO MUNICÍPIO DE CAIANA, TENDO VISTO QUE ESTÁ NECESSITADO URGENTE DE UMA REFORMA.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/977/977_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/977/977_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTE VEREADOR, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SENHOR RAFAEL PAULO NUNES SANTOS PARA RECEBER O TÍTULO DE CIDADÃO ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1033/1033_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1033/1033_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL TRABALHE A POSSIBILIDADE DE ADQUIRIR UM NOVO APARELHO DE DOSAGEM DE EXAMES PARA A SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1032/1032_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1032/1032_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXECUTIVO MUNICIPAL QUE FAÇA OS ESTUDOS NECESSÁRIOS PARA AGILIZAÇÃO E ADEQUAÇÃO DOS SERVIÇOS DA VIGILÂNCIA SANITÁRIA E EPIDEMIOLÓGICA DESSE MUNICÍPIO.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/991/991_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/991/991_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR O CAPS-AD (CENTRO DE ATENÇÃO PSICOSSOCIAL A USUÁRIOS DE SUBSTÂNCIAS PSICOATIVAS - ÁLCOOL E DROGAS) - PARA PRESTAR ATENDIMENTO A PESSOAS COM TRANSTORNOS E SEUS FAMILIARES.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/992/992_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/992/992_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR QUATRO QUEBRA MOLAS NA RUA ANA PAIXÃO DE SOUZA, BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/976/976_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/976/976_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REESTRUTURAR AS DUAS PONTES QUE LIGAM A COMUNIDADE DO PARAÍSO À PEDRA MENINA, TENDO VISTO QUE É UMA PONTE MUITO EXTREITA, ESTÁ CEDENDO E HÁ GRANDE NECESSIDADE DE COLOCAR CORRIMÕES.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1031/1031_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1031/1031_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO ELABORE UMA CAMPANHA DE INCENTIVO À CONCIENTIZAÇÃO DA IMPORTÂNCIA DO PAGAMENTO DO IPTU.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1030/1030_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1030/1030_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL CONTATE A DEFESA CIVIL PARA ELABORAR UM PLANO DE EMERGÊNCIA VISANDO A APROXIMAÇÃO DO PERÍODO DE CHUVAS, PODENDO ENTRAR EM CONTATO COM A SEDESE.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM ESTUDOS DA ÁREA ADIMINISTRATIVA E VIABILIZE UM PROJETO DE LEI REGULARIZANDO A SITUAÇÃO FUNCIONAL DOS SERVIDORES MUNICIPAIS EFETIVOS INCLUSIVECOM ELABORAÇÃO DE PLANOS DE CARREIRA E DE CARGOS E SALÁRIOS.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE EM OBSERVAÇÃO À SITUAÇÃO ADMINISTRATIVA DOS CEMITÉRIOS MUNICIPAIS, DE OFÍCIO DETERMINE O EXECUTIVO MUNICIPAL A CRIAÇÃO DO DEPARTAMENTO DE ADMINISTRAÇÃO DOS CEMITÉRIOS.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, EM OBSERVAÇÃO AO SETOR DE TRIBUTAÇÃO E FICALIZAÇÃO DA PREFEITURA MUNICIPAL TOME AS DEVIDAS ATITUDES PARA COM ESSE SETOR.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, EM POSSE DO PLANO DIRETOR DESSE MUNICÍPIO, DETERMINE UMA COMISSÃO ESPECIAL PARA ANALISAR ESTE DOCUMENTO E COLOCA-LO EM PRÁTICA.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM A DETERMINAÇÃO DE RETIRADA DE DOIS POSTES DA CEMIG DA VIA PÚBLICA, DA RUA FILOMENA DE AMORIM E BAIRRO SANTA INÊS.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/985/985_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/985/985_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS DE SINALIZAÇÃO E/OU REDUTORES DE VELOCIADE NAS PROXIMIDADES DO CRUZAMENTO QUE FICA NA RUA JOSÉ GRILLO.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/997/997_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/997/997_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONCEDER UMA MOÇÃO DE APLAUSOS INDIVIDUAL AOS PROFESSORES APOSENTADOS DA REDE MUNICIPAL E ESTADUAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/980/980_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/980/980_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA NILTON FERREIRA DE CASTRO, LOCALIZADA NO BAIRRO DO ROQUE, E SE NÃO FOR POSSÍVEL O CALÇAMENTO NO MOMENTO QUE SEJA RETIRADA A ENXURRADA QUE PASSA PELA RUA E JOGAR SAIBRO NA RUA.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/996/996_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/996/996_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A ÁREA DE LAZER QUE SE ENCONTRA EM SITUAÇÃO PRECÁRIA.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/995/995_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/995/995_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM BUEIRO ARMCO NA ENTRADA DO BAIRRO DO ROQUE, NAS PROXIMIDADES DO INÍCIO DAS MANILHAS.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE ENTRE EM CONTATO O MAIS RÁPIDO POSSÍVEL COM AS EMPRESAS OI E CEMIGPARA QUE A NOSSA CIDADE SEJA INCLUIDA PRIORITARIAMENTE PARA O PROJETO DE INTERNET MAIS RÁPIDA E EFICIENTE QUE DEVE SER IMPLANTADO A PARTIR DE 2010.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DIANTE DAS DIFICULDADES ADMINISTRATIVAS ANINCIADAS, PROMOVA UM MUTIRÃO PARA LIMPEZA DA CIDADE.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA JUNTAMENTE COM A PREFEITURA MUNICIPAL DETERMINE UMA COMISSÃO ESPECIAL PARA ELABORAÇÃO DE UM NOVO CÓDIGO DE POSTURAS VIÁVEL E APLICÁVEL NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/994/994_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/994/994_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DESPORTIVO E ENCAMINHAR A SEEJ.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/993/993_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/993/993_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR PROJETOS E ENVIAR AO INSTITUTO DE TERRAS DO ESTADO DE MINAS GERAIS, QUE ESTÁ COM O PROGRAMA CIDADADANIA NO CAMPO.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/983/983_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/983/983_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MUDAR DE LOCAL O POSTE QUE ESTÁ LOCALIZADO NA ESQUINA DA RUA PADRE JOÃO COM A RUA MARIA VEIGA, TENDO VISTO QUE ESTÁ FORA DA CALÇADA, POSICIONADO NA RUA ATRAPALHANDO OS VEÍCULOS E OIS PEDESTRES.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/982/982_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/982/982_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PONTE DE CIMENTO NA MARIA VEIGA QUE DÁ ACESSO AO PSF DO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/990/990_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/990/990_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INTERCEDER JUNTO AO DER PARA REGULARIZAR OS TERRENOS PRÓXIMOS AO PONTILHÃO, NA SAÍDA PARA CAIANA.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/989/989_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/989/989_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ESPORTES, VEJA A VIABILIDADE DE PROMOVER, POR OCASIÃO DA EXPOSIÇÃO AGROPECUÁRIA, UMA MEIA MARATONA, COMO FORMA DE INCENTIVAR O ESPORTE E FOMENTAR O TURISMO.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/988/988_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/988/988_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSERIR O SERVIÇO DE ASSISTENCIA SOCIAL NA EDUCAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/987/987_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/987/987_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR CINCO LOTES PARA CONSTRUÇÃO DE UM ESPAÇO ESPORTIVO PARA AS CRIANÇAS DO BAIRRO VALE DO SOL II.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/984/984_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/984/984_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A VIAÇÃO ITAPÃ TURISMO E A VIAÇÃO NOSSA SENHORA DE FÁTIMA PARA REALIZAREM VENDA DE PASSAGENS NO TERMINAL RODOVIÁRIO, APROVEITANDO OS GUICHÊS EXISTENTES.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO PROVIDENCIE UM ESTUDO E A CRIAÇÃO DO DESTRITO DE SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, PROMOVA OS ESTUDOS NECESSÁRIOS PARA A IMPLANTAÇÃO DO SISTEMA DE ESGOTO NO MUNICÍPIO DE ESPERRA FELIZ.</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, EM ATENÇÃO A SEÇÃO DOIS DA LEI ORGÂNICA MUNICIPAL QUE TRATA DAS ATRIBUIÇÕES DO PREFEITO, FAÇA PBSERVAR O ART. 66 - COMPETE O PREFEITO ENTRE OUTRAS ATRIBUIÇÕES OS ITENS III E XIII DO CITADO ARTIGO.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1054/1054_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1054/1054_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, ADMINISTRAÇÃO, SAÚDE, MEIO AMBIENTE, CULTRA E ESPORTE ELABOREM UM CRONOGRAMA DE EVENTOS E FESTAS DA CIDADE.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/998/998_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/998/998_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CASA DE LEIS AVALIE O DOCUMENTO, COM PARECER DA ASSEMBLÉIA JURÍDICA QUE MEDIANTE A EXISTENCIA DE UM PROJETO DE RESOLUÇÃO DA MESA DIRETORA INSTITUI O PAGAMENTO DE DIÁRIAS REALIZADAS PELOS VEREADORES AOS FUNCIONÁRIOS DA CÃMARA.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1001/1001_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1001/1001_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA ANALISADO O DOCUMENTO PELA MESA DIRETORA E PELA COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA, E REDAÇÃO COM PARECER DA ASSEMBLEIA JURÍDICA, OBSERVANDO OS VÁRIOS QUESTIONAMENTOS DO MINISTÉRIO PÚBLICO SOBRE PAGAMENTO DO 13º.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1000/1000_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1000/1000_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAR UMA CARTILHA DOBRE DIREITOS DO CONSUMIDOR E DISTRIBUIR PARA A POPULAÇÃO, QUE TEM INTERESSE NO ASSUNTO E VEM COBRANDO A CRIAÇÃO DO PROCON EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/999/999_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/999/999_texto_integral.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR NA CÂMARA DE VERADORES O SISTEMA DE INCLUSÃO DIGITAL, E TENDO ACESSO AO SINAL DIGITAL POSSOBILITAR UM CANAL DE RETRANSMIÇÃO, INCLUSIVE COM GERAÇÃO DE UM CANAL DE TV LOCAL PELA TV CÂAMARA</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1039/1039_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1039/1039_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA IMPLANTAÇÃO DO SISTEMA DE TRANSMISSÃO AO VIVO DAS REUNIÕES DA CÂMARA VIA SISTEMA DE INTERNET.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1040/1040_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1040/1040_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO E MEIO AMBIENTE, ELABOREM UM PROJETO DE RECUPERAÇÃO E MANUTENÇÃO DAS MATAS CILIARES.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/400/400_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE ASSOCIAR O MUNICÍPIO DE ESPERA FELIZ À AMM &amp;#8211; ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS, O QUE PODE COOPERAR COM O PROCESSO ADMINISTRATIVO DESTA CIDADE PELA EXPERIÊNCIA  DESTA ASSOCIAÇÃO E ATÉ MESMO PARA QUE ESPERA FELIZ ESTEJA NO CONTEXTO DE CIDADES QUE BUSCAM O AMPARO EM ENTIDADES RESPEITADAS.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1041/1041_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1041/1041_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE AGRICULTURA E MEIO AMBIENTE TRABALHE A DIEIA DE SE UTILIZAR A PLANTAÇÃO DE IPÊS NO PROCESSO DE RECUPERAÇÃO DA ÁREA DEGRADA.</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1042/1042_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1042/1042_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA FAÇA LEVANTAMENTOS E ESTUDOS SOBRE A NOVA VARIEDADE DE BATATA-DOCE EXTRA.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1045/1045_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1045/1045_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTOAL, QUE SEJA ANALISADO PELA MESA DIRETORA, COMISSÃO DE JUSTIÇAE REDAÇÃO E PELA ASSESSORIA JURIDICA O MODELO DE LEI MUNICIPAL QUE REGULAMENTA A COCESSÃO DE DIÁRIAS DE VIAGENS NO ÂMBITO DA ADMINISTRAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1046/1046_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1046/1046_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DEASTA CASA DE LEIS ADOTE O SISTEMA DE PROTOCOLIZAÇÃO VIA RELÓGIO, COM IMPRESSÃO DE HORA, DATA, E NUMERAÇÃO DO DOCUMENTO.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1047/1047_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1047/1047_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, ESTUDE A VIABILIDADE DE DOAÇÃO DO TERRENO DA PREFEITURA AO LADO DO PSF HARMINIA, NO BAIRRO DO ROQUE, PARA A INSTITUIÇÃO LELECO PARA CRIANÇAS, PARA CONSTRUÇÃO DA SUA SEDE OFICIAL.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1048/1048_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1048/1048_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL POR DETERMINAÇÃO DO EXCELENTÍSSIMO PREFEITO PARA ADERIR A GRANDE MOBILIZAÇÃO QUE AS PREFEITURAS DE TODO O PAÍS ESTÃO PROGRAMANDO PARA O DIA 23 DE OUTUBRO, PARA EXPOR A POPULAÇÃO AS MAZELAS VIVIDAS PELA ADMINISTRAÇÃO DIANTE DA ESCASEZ DE RECURSOS ACENTUADA.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1008/1008_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1008/1008_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA ESCOLA ESTADUAL FAZENDA CÓRREGO GRANDE.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1014/1014_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1014/1014_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE VERIFICAR E TOMAR AS DEVIDAS PROVIDÊNCIAS EM RELAÇÃO AS CASAS QUE FICAM LOCALIZADAS NA RUA MANOEL MOURA FILHO.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1044/1044_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1044/1044_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ANALISAR A ÁGUA QUE É BEBIDA PELOS ALUNOS DAS ESCOLAS MUNICIPAIS E SE POSSÍVEL COLOCAR BEBEDOUROS, FILTROS E CONSTRUIR REFEITÓRIOS.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1043/1043_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1043/1043_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INCLUIR NAS ESCOLAS MUNICIPAIS A DISCIPLINA DE EDUCAÇÃO NO TRÂNSITO.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1029/1029_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1029/1029_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O MEC OU SECRETARIA DE ADUCAÇÃO DO ESTADO DE MINAS GERAIS PARA SE INTEIRAR DO PROJETO MINAS EUCAÇÃO E VIABILIZAR A INTEGRAÇÃO DO MUNICÍPIO, COM A FINALIDADE DE OFERECER AS ESCOLAS MUNICIPAIS AULA EM TEMPO INTEGRAL.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1028/1028_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1028/1028_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INCLUIR NAS ESCOLAS MUNICIPAIS UMA DISCIPLINA DE ARTES, ONDE SERÃO TRABALHADOS CONTEÚDO COMO MÚSICA, DANÇA, TEATRO, ETC.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1027/1027_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1027/1027_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RETIRAR A ESCADA NA RUA CARANGOLA NAS PROXIMIDADES DA RESIDENCIA DA SILVANA DA PADARIA, TENDO VISTO QUE DESMANCHARAM A CASA DEIXANDO A ESCADA QUE ESTÁ EM RISCO DE CAIR.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1026/1026_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1026/1026_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RETIRAR OS BUEIROS QUE FICAM LOCALIZADOS NA ANTIGA LINHA FÉRREA QUE LIGA ESPERA FELIZ À CAPARAÓ, TENDO VISTO QUE ELES ATRAVESSAM A PISTA E SÃO MUITO ALTOS, E VEM DANIFICANDO OS VEÍCULOS QUE TRANSITAM POR ESSA VIA.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1022/1022_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1022/1022_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR POSTES NO BAIRRO DENOMINADO BAIRRO ZINE, QUE FICA LOCALIZADO ATRÁS DA CASA DE MATERIAIS DE CONSTRUÇÃO CONSTRULAR.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1052/1052_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1052/1052_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE O FECHAMENTO DA ÁREA DO CEMITÉRIO SÃO JOÃO BATISTA COM A TELA DE ALAMBRADO 14.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1053/1053_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1053/1053_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO VIABILIZE ESTUDOS JUNTO A SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO PARA AQUISIÇÃO DE BRINQUEDOS INFLÁVEIS PARA ATENDIMENTO AS DIVERSAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1021/1021_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1021/1021_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE AMPLIAR O CEMITÉRIO SÃO JOÃO BATISTA, APROVEITANDO O ESPAÇO EXISTENTE ONDE SERIA CONSTRUIDO A CAPELA MORTUÁRIA, TENDO VISTO QUE CABERÁ APROXIMADAMENTE 100 TÚMULOS.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1020/1020_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1020/1020_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM POSTE DE ILUMINAÇÃO NA RUA HORÁCIOALBERTO DA SILVA, NO BAIRRO GERALDO RAMOS.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/975/975_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/975/975_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVES DA SECRETARIA DO MEIO AMBIENTE, APROVEITE O PERÍODO CHUVOSO PROPICIO PARA PLANTAÇOES E PROVIDENCIE, O REFLORESTAMENTO DO MORRO DO CRUZEIRO.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1013/1013_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1013/1013_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR DOIS POSTES DE ILUMINAÇÃO NA RUA PAULO DUARTE COUTINHO, NO BAIRRO SANTA INÊS.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1017/1017_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1017/1017_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA DA COMUNIDADE DO SÃO DOMINGOS E CÓRREGO DO BREJO, POR UMA PONTE DE CIMENTO.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1025/1025_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1025/1025_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE SINALIZAÇÃO EM FRENTE AO SEMINÁRIO, INFORMANDO A PARADA DE ÔNIBUS COLETIVO.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1051/1051_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1051/1051_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE AGRICULTURA PROVIDENCIE ESTUDOS PARA A IMPLANTAÇÃO DO PROJETO DE INSEMINAÇÃO ARTIFICIAL DO REBANHO COM ORIENTAÇÃO DA EMATER.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1007/1007_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1007/1007_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA MOLAS OU REDUTORES DE VELOCIDADE EM FRENTE AO MERCADO COMERCIAL PICO DA BANDEIRA (MERCADO DA MERQUINHA) NA ESTRADA DO PARAÍSO.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1016/1016_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1016/1016_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR OS PRANCHÕES DA PONTE DA COMUNIDADE DO CÓREGO GRANDE, QUE FICA NAS PROXIMIDADES DA PROPRIEDADE DO SENHOR IZAIAS.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1010/1010_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1010/1010_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CEDER UM ENGENHEIRO PARA QUE ELE ELABORE UM PROJETO CONSTANDO AS NECESSIDADES DA ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA, TENDO VISTA QUE A ESCOLA DEPENDE DESSE PROJETO PARA RECEBER RECURSOS DO ESTADO PARA SUA REFORMA.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1049/1049_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1049/1049_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ADOTE UMA MEDIDA CONTÁBEL SIMPLES, A DE PLANEJAR O PAGAMENTO DAS OBRIGAÇÕES CONTRATADAS E A PARTIR DAÍ , O EXECULTIVO VOLTAR A TER CRÉDITO NO COMÉRCIO LOCAL.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1050/1050_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1050/1050_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE COM URGÊNCIA UMA SOLUÇÃO PARA RETIRADA DE UMA TENDA QUE FUNCIONA PARA VENDA DE BEBIDA ALCOÓLICA NO INÍCIO DA AVENIDA JAYME TOLEDO AO LADO DO EDUCANDÁRIO SACRAMENTINO.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1012/1012_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1012/1012_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA LIMPEZA GERAL NAS RUAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1015/1015_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1015/1015_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE APROVEITAR AS VIGAS QUE FORAM RETIDAS DA PONTE DA FAZENDA DO SENHOR MANOEL JORDÃO PARA FAZER UMA PONTE DE CIMENTO NA FORQUILHA DO RIO, SUBSTITUINDO A EXISTENTE QUE É DE MADEIRA.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1004/1004_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1004/1004_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM PARQUE DE ESPORTES RADICAIS NO TERRENO QUE PERTENCE AO EXECUTIVO MUNICIPAL, LOCALIZADO NA BARRAGEM.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1009/1009_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1009/1009_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM QUEBRA MOLAS NA RUA JAIR DE SOUZA CASTRO, LOGO APÓS A PONTE QUE EXISTE NESSA RUA, TENDO VISTO QUE JÁ EXISTEM DOIS QUEBRA MOLAS NESTA RUA, MAS SENDO UMA RUA EXTENSA NECESSITA DE MAIS UM.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1019/1019_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1019/1019_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR ALTERNATIVAS PARA PEQUENOS E MÉDOS PRODUTORES RURAIS NO MUNICÍPIO, INCENTIVANDO O HOMEM DO CAMPO COM SUPORTE.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1018/1018_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1018/1018_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM ESTUDO JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO PARA INCLUSÃO NA GRADE CURRÍCULAR DAS ESCOLAR UMA DISCIPLINA SOBRE SEGURANÇA PÚBLICA E TRÂNSITO.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1011/1011_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1011/1011_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA PINTURA NOS QUEBRA MOLAS DO MUNICÍPIO E A MANUTENÇÃO DAS PLACAS DE TRÂNSITO DAS VIAS PÚBLICAS.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1024/1024_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1024/1024_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DE IMPLANTAÇÃO DE CURSOS TÉCNICOS E PROFISSIONALIZANTES PARA CAPACITAÇÃO DOS FUTUROS PROFISSIONAIS, FUNCIONÁRIOS E EMPRESÁRIOS DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1006/1006_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1006/1006_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROMOVER UMA FEIRA DE CIÊNCIAS EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1005/1005_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1005/1005_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NO MUNICÍPIO ATRAVÉS DE ESCOLAS, SECRETARIA DA CULTURA, BIBLIOTECA MUNICIPAL, PROJETOS QUE ESTIMULEM A LEITURA.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1002/1002_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1002/1002_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COMPRAR OU DESAPROPRIAR CINCO LOTES NO BAIRRO VALE DO SO II, PARA QUE SEJA DESTINADO AO ESPORTE E LAZER.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1023/1023_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1023/1023_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI INSTITUINDO A CRIAÇÃO DE CURSINHOS GRATUITOS QUE DEEM SUPORTE PARA ALUNOS QUE IRÃO REALIZAR A PROVA DO ENEM, CONCURSOS, VESTIBULARES, DIRECIONADO AOS ALUNOS DA REDE PÚBLICA.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1003/1003_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1003/1003_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR UMA ESCOLAAGROTÉCNICA NA REGIÃO DO PARAÍSO.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/906/906_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/906/906_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA INTERVENSÃO JUDICIÁRIA, COM O OBJETIVO DE SOLUCIONAR O PROBLEMA DAS RUAS ASFALTADAS NO ANO DE 2004, CUJO O ASFALTO PRATICAMENTE NÃO EXISTE MAIS, CAUSANDO SÉRIOS PROBLEMAS AOS MORADORES.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/900/900_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/900/900_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM AS OPERADORAS DE CELULAR E VER A POSSIBILIDADE DE INSTALAR UMA TORRE OU ATÉ MESMO ESPELHO DE OPERADORA NA REGIÃO DO PARAÍSO, QUE ENGLOBA AS COMUNIDADES DA FORQUILHA DO RIO, PARAÍSO, SÃO DOMINGOS, SÃO JOSÉ, FÁTIMA E CÓRREGO GRANDE.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/897/897_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/897/897_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR E AMPLIAR A ESCOLA LINA GIANETTI GRILLO, QUE FICA LICALIZADA NO CÓRREGO AREIA BRANCA.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/904/904_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/904/904_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE JOGAR ENTULHOS NA ESTRADA QUE DÁ ACESSO AO CHALÉ, PRÓXIMO AO CHALEÁRIO DO ANTÔNIO E ENSAIBRAR OUTROS TRECHOS DESTA ESTRADA QUE ESTÃO EM SITUAÇÃO CRÍTICA.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/905/905_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/905/905_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR MANILHAS NO BAIRRO VALE DO SOL, PRÓXIMO AO BAR DO GLEIBSON, ONDE EXISTE UMA PASSAGEM DE ENXURRADAS.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/903/903_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/903/903_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA VISTORIA NAS CABECEIRAS DA PONTE QUE DÁ ACESSO A ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA, PELO MOTIVO DE ESTAR CEDENDO.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/902/902_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/902/902_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NO BAIRRO DO WALTAIR, COLOCANDO MAIS LATÕES DE LIXO E TAMBÉM PROVIDENCIANDO A DESOBSTRUÇÃO DO TRILHO QUE LIGA O BAIRRO A RUA ERNESTO GRILLO.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/907/907_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/907/907_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, MEIO AMBIENTE E AÇÃO SOCIAL ENTREM EM CONTATO COM O BANCO NACIONAL DE DESENVOLVIMENTO SOCIAL PARA OBSERVAÇÃO AO FINANCIAMENTO DESTE BANCO A RECICLAGEM QUE DE ACORDO COM A FALA DO PRESIDENTE DA REPÚBLICA, ANUNCIOU A LIBERAÇÃO DE RECURSOS NA ORDEM DE 225 MILHÕES DE REAIS NOS PRÓXIMOS DOIS ANOS PARA FIANCIAMENTO DE RECICLAGEM PARA CONSTRUÇÃO DE GALPÕES DE TRATAMENTO DE RESÍDUOS.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/894/894_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/894/894_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR E FAZER MELHORIAS NO ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA E NO GINÁSIO POLIESPORTIVO JOSÉ ERASMO DE OLIVEIRA.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/895/895_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/895/895_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UMA PISTA DE ATLETISMO AO REDOR DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/893/893_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/893/893_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM CENTRO DE EDUCAÇÃO FÍSICA NA ÁREA DE LAZER COM A IMPLANTAÇÃO DE UMA ACADEMIA AO AR LIVRE, PISCINA, PISTA DE BICICLETA, DANÇA, AERÓBICA, ETC.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/901/901_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/901/901_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MELHORAR A SUBIDA QUE DÁ ACESSO A QUATRO CASAS LOCALIZADAS NAS PROXIMIDADES DO ANTIGO MATADOURO MUNICIPAL.</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/899/899_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/899/899_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTINUAR A REFORMA DA CHAMINÉ QUE FICA LOCALIZADA NA ESTRADA QUE LIGA ESPERA FELIZ AO PARAÍSO E AINDA SUGERE QUE SEJA FIXADA UMA PLACA COM O NOME DO SENHOR ANTÔNIO DA SILVA BARBOSA (MAIS CONHECIDO COMO TONICO) E TAMBÉM A DATA DE MARÇO DE 1957, ANO EM QUE FOI CONSTRUIDA ESSA CHAMINÉ.</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/898/898_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/898/898_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO AO POSTO DE SAÚDE DA COMUNIDADE DO SÃO DOMINGOS, TENDO EM VISTA QUE ESTÁ HAVENDO INFILTRÇÕES NA LAJE E AS PAREDES ESTÃO MOFANDO.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/892/892_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/892/892_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO A LADEIRA TROPICAL, CONFORME COMBINADO ANTERIORMENTE COM O EXCENLENTÍSSIMO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/896/896_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/896/896_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RELIGAR O CHAFARIZ DA PRAÇA CIRA ROSA DE ASSIS.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/941/941_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/941/941_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR LATÕES DE LIXO NA COMUNIDADE PEDRA NEGRA, OU SE NÃO FOR POSSÍVEL NO MOMENTO QUE OS CAMINHÕES DE LIXO PASSEM NA COMUNIDADE RECOLHENDO O LIXO DE 15 EM 15 DIAS.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/942/942_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/942/942_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PATROLAR AS ESTRADAS DE TODO O SETOR SÃO GONÇALO. CASO NÃO SEJA POSSÍVEL NO MOMENTO QUE SEJAM ENSAIBRADAS E CASCALHADAS, TENDO VISTO QUE SE APROXIMA O PERÍODO DE CHUVAS.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/943/943_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/943/943_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONTINUAR A REFORMA DA CHAMINÉ QUE FICA LOCALIZADA NA ESTRADA QUE LIGA ESPERA FELIZ AO PARAÍSO.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/944/944_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/944/944_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM QUEBRA MOLAS OU REDUTOR DE VELOCIDADE EM FRENTE A RESIDÊNCIA DO MUNÍCIPE PAULINHO, QUE FICA LOCALIZADA NA RUA RAIMUNDA FILOMENA DE AMORIM.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/825/825_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/825/825_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR INTERMÉDIO DA SECRETARIA COMPETENTE, VIABILIZE A CONSTRUÇÃO DE UMA PONTE DE CIMENTO NO CÓRREGO DO BOIADEIRO.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SENHOR SEBASTIÃO GOMES PARA RECEBER O TÍTULO DE CIDADÃO ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DE ODETE OLIVEIRA, PARA RECEBER O TÍTULO DE CIDADÃ ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DE PAULO MACHADO FILHO, PARA RECEBER O TÍTULO DE CIDADÃO ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DE MARCELLO VICTOR DUQUE, PARA RECEBER O TÍTULO DE CIDADÃO ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SENHORA MERILDA DE SOUZA LACERDA, PARA RECEBER O TÍTULO DE CIDADÃ ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME JOSÉ RENATO LUGÃO RODRIGUES, PARA RECEBER O TÍTULO DE CIDADÃO HONORÁRIO, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SARGENTO ARLINDO HENRIQUE GAMA, PARA RECEBER O TÍTULO DE CIDADÃO ESPERAFELICENSE, EM 17 DE DEZEMBRO DE 2009.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/560/560_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE REVEJA JUNTAMENTE COM A DIRETORIA DO HOSPITAL DE ESPERA FELIZ UMA FORMA EFICIENTE DE GARANTIR UM PRONTO SOCORRO DEVIDAMENTE EQUIPADO E COM MÉDICOS REGISTRADOR 24 HORAS DIA. PARA ISSO SEGUIREMOS AS SEGUINTES PROVIDÊNCIAS: REVISÃO DO REPASSE AO HOSPITAL OBESERVANDO QUE HOUVE ALMENTO DA DEMANDA; VIABILIDADE DE REPASSES DE MUNICÍPIOS CIRCUVIZINHOS NECESSÁRIOS E SUFICIENTES PARA ATENDER ÁS SUA NECESSIDADES; DISPONIBILIDADE DE MÉDICOS PARA ACOMPANHAMENTO AO ESTAGIÁRIOS.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ANA PAULA MARINHO RÚBIO.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À IGREJA PRESBITERIANA DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À NILCÉIA BASTOS SERENO.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA JOSÉ HÉLIO DE SOUZA.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A PARÓQUIA DE SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A ASSOCIAÇÃO COMERCIAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PARA OS ORGANIZADORE E DIRETORES DA COPA VIDA. </t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR RÔMULO DE PAULA LOPES FRANKLIN.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CASAL JOSÉ PINHEIRO DE LIMA E MARIA ABREU DE LIMA.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS AO CAPITÃO ROGÉRIO FERNANDES PEREIRA. </t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR EDMÁRIO MIRANDA.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A AUTO SHOW MULTIMARCAS.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO VICE-PREFEITO RONALDO MACHADO.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SERVIDOR PÚBLICO DERLY RODRIGUES.</t>
   </si>
   <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR ANTÔNIO DÉCIL DE SOUZA.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR HÉLIO RÚBIO FARIA.</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1566/1566_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1566/1566_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A ECOSOL.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1565/1565_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1565/1565_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À MARIA DAS GRAÇAS GRILLO MOREIRA.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EMPREENDEDORA LETÍCIA DO ROSÁRIO FARIA CARLOS.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ESCOLA CRISTÃ ARCA DE NOÉ.</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA ZILMA THOMAS SA SILVA.</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À QUADRILHA XODOZINHO.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR FÁBIO VICTER GRIPP.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR OLAVO GOMES DA SILVA.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À CONFERÊNCIA DIVINO ESPÍRITO SANTO.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À CONFERÊNCIA SÃO JOSÉ DA SOCIEDADE DE SÃO VICENTE DE PAULO.</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1596/1596_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1596/1596_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ASSOCIAÇÃO TERAVIDA.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR MARLENIO SCHUENK DE CASTRO.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA HÉLIA GRILLO.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À  SENHORA CATARINA AMÉLIA RIBEIRO NUNES BARBOSA.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SADU GONÇALVES GOMES.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR GABRIEL GOMES NOGUEIRA.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR PAULO TEIXEIRA DA SILVA.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EMPRESA SAMARCO.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA RUDACY DA NATIVIDADE ALVES FARIA.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À COOFELIZ.</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SEBASTIÃO BATISTA RODRIGUES.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR MARCO ANTÔNIO RIZZI ROCHA.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR OSCALDO JOSÉ FUMIAN.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA CECÍLIA MARIA DE LACERDA.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DIONÁSIO LEANDRO.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1609/1609_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1609/1609_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À NEUZA DE SOUZA RÚBIO.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1608/1608_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1608/1608_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À LUZIA MOREIRA.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1607/1607_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1607/1607_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO VEREADOR ANTÔNIO CLÁUDIO VALENTIM DA SILVA.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CASAL JOÃO PEREIRA BRUM E ILMA DA PENHA PILER BRUM.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR ROBERTO CARLOS LOPES DE LIMA.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1604/1604_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1604/1604_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CASAL JOÃO PORTES DA SILVA E IRACY FRAGOSO SILVA.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CLUB ARCA DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1603/1603_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1603/1603_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA ESTELA HEITOR.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1619/1619_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1619/1619_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR CARLOS ROBERTO COSTA.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1618/1618_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1618/1618_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR JOSÉ DIRCEU GOMES.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SEBASTIÃO JOSÉ FRANCO.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SENHORA VIVIANE DA SILVA DE OLIVEIRA.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1621/1621_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1621/1621_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR PAULO BETTOROCKFELLER MOREIRA BRAGA.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR LUIZ FERNANDO LUGÃO.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DOUTORA FABIANA CRISTINA CUNHA DE LIMA BRUM.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1620/1620_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1620/1620_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À DOUTORA CRISTIANE CAMPOS AMORIM BARONY.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR JOSÉ PAULO SANTOS.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO JOVEM EMPRESÁRIO PEDRO JARDEL CABRAL VIDAL.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1631/1631_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1631/1631_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PROFESSOR PAULO MOREIRA DA SILVA.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1630/1630_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1630/1630_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À JOSÉ ANTÔNIO CÚGULA GUEDES.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1629/1629_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1629/1629_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR EDUARDO ANTÔNIO GRILLO GALVANO.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À PROFESSORA PATRÍCIA THOMAZ VERLY.</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS PRODUTORES RURAIS DA ASSOCIAÇÃO DO SÃO GONÇALO E DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO JORNALISTA ALBINO NEVES.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR LUCIMAR DE CASTRO.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CASAL DR. MAURÍCIO PADILHA E PROFESSORA CARLA MARUSA PADILHA.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS FARMÁCEUTICOS DOUTOR HILÁRIO GROSSI OLIVEIRA E DOUTORA PATRÍCIA MINARDI MITRE.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS MEMBROS DO GRUPO DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS APOSENTADOS DA POLÍCIA MILITAR.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À SEMENGE.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PREFEITO MUNICIPAL DE MEDINA, SENHOR JOSELHO ROSA MACHADO.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AA SENHORAS NORMINDA LESSA E TEREZINHA RIZZ.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1640/1640_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1640/1640_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A DERETORIA E FUNCIONÁRIOS DO ASILO E LAR SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1639/1639_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1639/1639_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR FLÁVIO SCHWENK DE CASTRO.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR WELBER ROSEMBERG FERNANDES.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR SILVANIR MOREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1636/1636_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1636/1636_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS PROFESSORES DE CAPOEIRA DALCI JÚNIOR ALVES E RENATO MUNIZ.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
     <t>Robinho Lacerda, LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PROFESSOR FABIANO SOUZA.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CHAVE FUTEBOL CLUB.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SÃO JOSÉ FUTEBOL CLUB.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SENHOR ZENITH OLIVEIRA CAMILO.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2184/2184_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2184/2184_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA. FICA DENOMINADA PRAÇA PADRE JÉSUS MOREIRA DE REZENDE, A PRAÇA EXISTENTE NA COMUNIDADE DO VALE DO SOL I</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2183/2183_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2183/2183_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. FICA DENOMINADA RUA MALVINO GONÇALVES BORGES, A ATUAL RUA PROJETADA, QUE SE INICIA NA RUA PEDRO TOLEDO E FINALIZA NA RUA JOSÉ MOREIRA DE LACERDA.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2182/2182_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2182/2182_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. FICA DENOMINADA RUA DELETH HORTÊNCIA DE AZEVEDO, A ATUAL RUA B DO BAIRRO VALE DO SOL I , QUE SE INICIA NA RUA C E FINALIZA NA RUA PROJETADA DO BAIRRO</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2181/2181_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2181/2181_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. FICA DENOMINADA RUA JOÃO DOMINGOS LEAL, A ATUAL RUA C DO BAIRRO VALE DO SOL I, QUE INICIA-SE NA PRAÇA PROJETADA DO BAIRRO VALE DO SOL I, QUE SE INICIA NA PRAÇA PROJETADA DO BAIRRO  E FINALIZA NA RUA JOSÉ MOREIRA DE LACERDA</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2185/2185_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2185/2185_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. FICA DENOMINADA RUA IZALTINA FERREIRA DA SILVA, A ATUAL AVENIDA A DO BAIRRO VALE DO SOL I, QUE SE INICIA NA RUA PRAÇA PROJETADA.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2186/2186_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2186/2186_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA. FICA DECLARADA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MORADORES DO BAIRRO VALE DO SOL E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, MILTON DO SINDICATO, OSMAR GOMES, OZIEL GOMES, Robinho Lacerda, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2187/2187_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2187/2187_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PRESIDENTE DA CÂMARA MUNICIPAL DE ESPERA FELIZ A TRANSFERIR PARA O MUNICÍPIO O IMÓVEL QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. FICA AUTORIZADO AO PRESIDENTE DA CÂMARA À DOAÇÃO PARA O MUNICÍPIO DA ÁREA DE TERRENO URBANO, QUE SE ENCONTRA EM NOME DA CÂMARA.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2188/2188_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2188/2188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. FICA DENOMINADA RUA HILDA ARAÚJO CAMPOS, A RUA B, QUE SE INICIA NA RUA RAIMUNDA FILOMENA DE AMORIM </t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2189/2189_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2189/2189_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISCIPLINA A AUTORIZAÇÃO PARA TRANSPORTE DE TRABALHADORES RURAIS DO MUNICÍPIO DE ESPERA FELIZ </t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, OSMAR GOMES, Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVOGA O ARTIGO 3º DA RESOLUÇÃO Nº 154/2008.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA E BENEMÉRITA, DE ESPERAFELICENSE AUSENTE, E MOÇÕES EM FORMATO DE DIPLOMAS E OFÍCIOS.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1666/1666_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1666/1666_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE HONRARIA A MULHER ESPERAFELICENSE NO DIA NACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1665/1665_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1665/1665_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE HONRARIA A MULHER ESPERAFELICENSE NO DIA INTERNACIONAL DA MULHER.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1664/1664_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1664/1664_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA INSERVÍVEL O BEM DO PATRIMÔNIO DO LEGISLATIVO E AUTORIZA A DOAÇÃO AO PODER EXECUTIVO.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1663/1663_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1663/1663_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA DOTAÇÃO PARA O EXERCÍCIO FINANCEIRO DE 2010 DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1662/1662_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1662/1662_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O ESPAÇO CULTURAL DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO E ESPERAFELICENSE AS PESSOAS QUE SE ESPECIFICA.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/426/426_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DETERMINE À SECRETPARIA COMPETENTE QUE INFORME A ESTA CASA DE LEIS QUAIS SÃO OS MEMBROS DA DEFESA CIVIL DO MUNICÍPIO DE ESPERA FELIZ, E CASO NÃO EXISTA UMA COMISSÃO, QUE SEJA CRIADA IMEDIATAMENTE, DANDO CIÊNCIA A ESTA CASA DE LEIS E TAMBÉM A POPULAÇÃO. POIS, DE ACORDO COM PRONUNCIAMENTO DO SR. GOVERNADOR DE MINAS GERAIS, AÉCIO NEVES, TODOS OS MUNICÍPIOS DEVEM ENCAMINHAR DE IMEDIATO OS ATOS DE CONSTITUIÇÃO DA DEFESA CIVIL QUE DEVEM ESTAR LEGAI PARA O RECEBIMENTO DE RECURSOS DISPONÍVEIS PARA DANOS CAUSADOS PELAS ENCHENTES E CHUVAS INTENSAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/425/425_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL ATRVÉS DA SECRTÁRIA COMPETENTE E DE SEUS REPRESENTANTES LEGAIS PROVIDENCIE E ENCAMINHE A ESSA CASA DE LEIS CÓPIAS DOS DOCUMENTOS A SEGUIR RELACIONADOS PARA ANÁLISE E CONHECIMENTO DA SITUAÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL: 1º - RESTOS A PAGAR SOBRE A FOLHA DE PAGAMENTO DE TODO O FUNCIONALISMO; 2º - RESTOS A PAGAR COM FORNECEDORES; 3º - CONVÊNIOS SELEBRADOS EM ANDAMENTO E PENDENTES DE QUALQUER SITUAÇÃO; 4º - CERTIDÕES: INSS E FGTS; 5º - DÉBITO COM A COPASA E A CEMIG; 6º - RESTOS A PAGAR E SITUAÇÃO DO INSTITUTO DE PREVIDÊNCIA DOS FUNCIONÁRIOS DO MUNICÍPIO; 7º - RESTOS A RECEBER COM REFERÊNCIAS A IPTU, REPASSES DO ESTADO E DA UNIÃO, ENTRE OUTROS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/424/424_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA: EMENTA: PESAR PELO FALECIMENTO DO JOVEM BRUNO DE SOUZA CABRAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/423/423_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA: EMENTA: PESAR PELO FALECIMENTO DA JOVEM SRTª RAYANE DE SOUZA AUGUSTO DE OLIVEIRA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/422/422_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA: EMENTA: PESAR PELO FALECIMENTO DO SR. JOÃO LANES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/421/421_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA: EMENTA: PESAR PELO FALECIMENTO DO SENHOR ROBSON COUTINHO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/420/420_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA: EMENTA: PESAR PELO FALECIMENTO DA SRª GERALDA ALMEIDA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/428/428_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REUQER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DE TODOS OS CONTRATOS REALIZADOS NO MÊS DE JANEIRO DE 2009, REFERENTES AO TRANPORTE ESCOLAR.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/429/429_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, A PEDIDO DA COMUNIDADE SANTA ROSA DE LIMA, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UM RELAÇÃO DOS TERRENOS QUE PERTENCEM AO EXECUTIVO MUNICIPAL, LOCALIZADOS NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/506/506_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS, INFORMAÇÕES E DOCUMENTOS EXISTENTES REFERENTES A DOAÇÃO DOS IMÓVEIS URBANOS LOCALIZADOS NO BAIRRO SANTA CECPÍLIA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/499/499_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE VEM JUSTIFICAR A SUA AUSENCIA NA ÚLTIMA SESSÃO EXTRAORDINÉRIA, CONSIDERANDO QUE TEVE QUE ATENDER SITUAÇÃO DE EMERGÊNCIA E CALAMIDADE PÚBLICA COM O AUXÍLIO DE VÁRIAS PESSOAS DA NOSSA COMUNIDADE, TORNANDO IMPOSSÍVEL MINHA PRESENÇA NA CITADA REUNIÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/419/419_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA ESTUDADO COM A SECRETÁRIA DESTA CASA E A COMISSÃO COMPETENTE, O RETORNO DAS REUNIÕES INTINERANTES PELOS SEGUINTES MOTIVOS: A REALIZAÇÃO DE REUNIÕES INTINERANTES NO MUNICÍPIO É UMA FORMA DE LEVAR PARA PERTO DO CIDADÃO, PRINCIPALMENTE DA ÁREA RURAL, O CONHECIMENTO E A POSSIBILIDADE DE PARTICIPAR DAS REUNIÕES DO PODER LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/418/418_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL TOME AS MEDIDAS CABÍVEIS E NECESSÁRIAS EM CARÁTER DE URGÊNCIA PARA A CONCLUSÃO DAS OBRAS DA CAPELA MORTUÁRIA INICIADA NO A NO DE 2008, NO GOVERNO ANTERIOR DEVIDO À IMPORTÂNCIA DA OBRA NO ATENDIMENTO DE SERVIÇOS DE VELAMENTOS DE CADÁVERES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/507/507_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLANÁRIO, SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL QUE SEJA ENVIADO A ESTA CASA DE LEIS, INFORMAÇÕES E/OU DOCUMENTOS EXISTENTES, REFERENTES AO ANDAMENTO DO PROCESSO DE ASFALTAMENTO REAKIZADO NA GESTÃO 2001-2004, NA AVENIDA JOÃO VIEIRA DA COSTA (BEIRA RIO), BAIRRO VALE DO SOL E RUA DR. JOSÉ PAIXÃO (RUA DO CAMPESTRE).</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/496/496_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES E/OU DOCUMENTOS EXISTENTES REFERENTES AO MOTIVO DE NÃO TER TERMINADO A PONTE DO TATI, LOCALIZADA NA COMUNIDADE DO SÃO JOSÉ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/430/430_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REUQER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO DE TODOS OS VEÍCULOS PERTENCENTES A PREFEITURA MUNICIPAL, INCLUINDO CAMINHÕES, TRATORES, PATROLAS, VEÍCULOS EM GERAL, COM SUAS REFERIDAS PLACAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/431/431_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DA FOLHA DE PAGAMENTO REFERENTES AOS MESES DE DEZEMBRO DE 2008 E JANEIRO DE 2009, BEM COMO SEJAM ENCAMINHADOS A PARTIR DA PRESENTE DATA, CÓPIAS DA FOLHA DE PAGAMENTO REFERENTE A CADA MÊS SUBSEQUENTE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/432/432_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS TODA A RECEITA DO EXECUTIVO MUNICIPAL, BEM COMO: RECEITA PRÓPRIA (IPVA, ICMS, IPTU, ETC.); REPASSE DO GOVERNO FEDERAL; REPASSE DO GOVERNO ESTADUAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/417/417_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIONAL, QUE O SR. PRESIDENTE DESTA CASA DE LEIS TOME A SEGUINTE PROVIDÊNCIA:_x000D_
 1 - EMENTA: PESAR PELO FALECIMENTO DA SRª ORCANDA ANDRADE PATRÚS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/501/501_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS O MOTIVO DO TELECENTRO COMUNITÁRIO IOLANDA LABATTI NÃO ESTAR ATENDENDO A COMUNIDADE, SENDO QUE OS EQUIPAMENTOS JÁ ESTÃO INSTALADOS NA CASA DA CULTURA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/416/416_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONFORME APROVAÇÃOPELA CÂMARA MUNICIPAL NA LEGISLATURA PASSADA, O DIA DO ESPERAFELICENSE AUSENTE, COMEMORADO NA SEXTA-FEIRA DA EXPOSIÇÃO AGROPECUÁRIA, PASSOU A FAZER PARTE DO CALENDÁRIO DE EVENTOS DESTA CASA DE LEIS EM PARCERIA COM O JORNAL "O ESPERAFELICENSE", SOB A DIREÇÃO DO SR. PAULO ROBERTO DE SOUZA, QUE HÁ ANOS VINHA PRESTANDO ESSA HOMENAGEM ATRAVÉS DO SEU JORNAL SEM O RECONHECIMENTO DO LEGISLATIVO, ASSIM, QUE NESTE ANO, QUE A FESTIVIDADE SEJA COMEMORADA COM A PRESENÇA DE TODOS OS VEREADORES EM SEÇÃO ESPECIAL DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/415/415_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETÁRIA COMPETENTE OU DE COMISSÃO ESPECIAL, FAÇA OS DEVIDOS LEVANTAMENTOS SOBRE A LEGALIDADE E DOCUMENTAÇÃO DE TODOS OS IMÓVEIS DA PREFEITURA MUNICIPAL COMPREENDENDO:_x000D_
 TERRENOS DE ESCOLA;_x000D_
 TERRENOS DE POSTO DE SAÚDE;_x000D_
 PRAÇAS;_x000D_
 QUADRAS DE ESPORTE;_x000D_
 LOTES AVULSO, ETC.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/414/414_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO ELABORE UM PROJETO DE VALORIZAÇÃO DOS CIDADÃOS (ÃS) QUE NOMEIAM OS LOGRADOUROS PÚBLICOS COMO PRAÇAS, RUAS, AVENIDAS, E OUTROS, INCENTIVANDO A PESQUISA PELOS ALUNOS SOBRE ESSAS PESSOAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/413/413_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM O DER E TOME AS MEDIDAS NECESSÁRIAS PARA QUE COLOQUE REDUTORES DE VELOCIDADE E PLACAS DE AVISO DE PERIGO NAS IMEDIAÇÕES DA CURVA DA BARRAGEM NA BR SENTIDO ESPERA FELIZ/DORES DO RIO PRETO POR SER UM LOCAL COM REGISTRO DE ALTOS ÍNDICES DE ACIDENTES, SOBRETUDO, FATAIS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/412/412_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, POR ORDEM DO EXMº PREFEITO MUNICIPAL, ADIRA COM O MOVIMENTO ACERTADO COM OS PRESIDENTES DAS ASSOCIAÇÕES DAS CIDADES DAS MICRORREGIÕES DE MINAS GERAIS EM 15 DE ABRIL, TODAS AS PREFEITURAS MINEIRAS VÃO FECHAR AS PORTAS E MANTERÃO EM FUNCIONAMENTO SOMENTE OS SERVIÇOS ESSENCIAIS, COMO UM GRITO DE SOCCORRO AO GOVERNO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/411/411_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OBSERVE A SITUAÇÃO DO MUNICÍPIO DE ESPERA FELIZ NÃO ESTAR INCLÍDO ENTRE AS CIDADE QUE SERÃO ATENDIDAS PELO PROGRAMA DO GOVERNO FEDERAL E BUSQUE MEIOS ALTERNATIVOS PARA QUE O MUNICÍPIO POSSA ATENDER A POPULAÇÃO CARENTE, E BUSCANDO, POR EXEMPLO, O INTERMÉDIO DA CHOAB.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/518/518_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS O CUMPRIMENTO DAS CONDIÇÕES DA DOAÇÃO DO IMÓVEL PERTENCENTE A KLABIN.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/433/433_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE MENSALMENTE A ESTA CASA DE LEIS UMA CÓPIA DA PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL, CONTANDO A PARTIR DO MÊS DE JANEIRO DE 2009.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/517/517_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS CÓPIAS DOS DOCUMENTOS DOS MOTORISTAS DA SAÚDE, REFERENTE AO CORRENTE ANO, BEM COMO AS CÓPIAS DAS CARTEIRAS DOS MOTORISTAS CONTRATADOS. </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/434/434_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REUQER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO OA SR. PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS MENSALMENTE OS VALORES REPASSADOS A CADA SECRETÁRIA E DEPARTAMENTO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/438/438_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA MUNICIPAL DE VEREADORES INSTRUA O SETOR DE CONTABILIDADE DA CASA, PARA PROCEDER A CONFECÇÃO DE BALANCETES MENSAIS DA CÂMARA MUNICIPAL COM AS ENTRADAS E SAÍDAS, DISCRIMINANDO ITEM POR ITEM. PROCEDENDO COM UMA LISTAGEM DE SALÁRIOS PAGOS, DESPESAS COM TELEFONE, ÁGUA, LUZ, DIÁRIAS NIMINATIVAS DISCRIMINANDO O DESTINO DAS VIAGENS, O OBJETIVO, OS CUSTOS, OS RESULTADOS E COM RELATÓRIO CIRCUNSTANCIADO PARA CONHECIMENTO DOS VEREADORES E DA SOCIEDADE, SERVIÇOS DE INTERNET, CONTADOR, CANTINA, GRÁFICAS, FORNECEDORES, E OUTROS PRESTADORES DE SERVIÇOS, ETC.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/439/439_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL, ALOÍSIO BARBOSA, REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL INFORMAR A ESTA CASA DE LEIS  NO PRAZO LEGAL E TOTAL DE INVESTIMENTOS EFETUADOS NESTE MUNICÍPIO PELA COPASA, MEDIANTE PROCESSO CONTRATUAL REALIZADO NO GOVERNO DO EX-PREFEITO TARCÍSIO QUANDO DA PRORROGAÇÃO DE SUAS ATIVIDADES NO TRATAMENTO E FORNECIMENTO DE ÁGUA NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/440/440_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ESTUDADO PELA MESA DIRETORA DESTA CASA DE LEIS E CRIADO UM PROJETO PARA NORMATIZAR A CONFERÊNCIA DE TÍTULOS NA MODALIDADE "MONÇÃO DE APLAUSOS".</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/441/441_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL, ALOÍSIO BARBOSA, REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL INFORMAR A ESTA CASA DE LEIS NO PRAZO LEGAL O TOTAL DE RECURSOS CONSTANTES EM CAIXA REFERENTES À TAXA DE ILUMINAÇÃO PUBLICA PAGAS NAS CONTAS DE LUZ DA CEMIG, E O VALOR DEPOSITADO TODO MÊS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/442/442_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM SA SILVA REQUER, APÓS TRMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO PARA QUE A COPASA - MG PROVIDENCIE A LIMPEZA E A CONSERVAÇÃO DA ESTAÇÃO DE TRATAMENTO DE ÁGUA DA CIDADE DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/443/443_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA ESTUDADA E CONVOCADA UMA AUDIÊNCIA PUBLICA NA ÁREA DE SEGURANÇA PARA UMA ESTRATÉGIA DE AÇÃO NA COMUNIDADE ESPERAFELICENSE A FIM DE UMA CONVIVÊNCIA HARMÔNICA ENTRE SOCIEDADE, PODERES CONSTITUÍDOS E FORÇA POLICIAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/444/444_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VERADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL DETERMINAR À SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO MEDIDA DE CUTELA NO USO DO PATRIMÔNIO PÚBLICO POR PARTE DE TERCEIROS NA REALIZAÇÃO DE EVENTOS PARTICULARES COM FINS LUCRATIVOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/445/445_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VERADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL,QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL O SEGUINTE REQUERIMENTO: 1) QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETÁRIA COMPETENTE, JUNTE INFORMAÇÃO JUNTO AO PODER JUDICIÁRIO SOBRE QUAIS PESSOAS EXERCEM A FUNÇÃO DE COMISSÁRIOS DE MENORES NA CIDADE, E SE ELES RECEBEM ALGUMA AJUDA DO JUDICIÁRIO, E AINDA O TELEFONE DE CONTATO COM OS COMISSÁRIOS. 2) QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE EXISTE ALGUMA PARCERIA ENTRE JUDICIÁRIO E EXECUTIVO PARA O EXERCICIO DESTA FUNÇÃO , UMA VEZ QUE DE ACORDO COM INFORMAÇÕES OS COMISSÁRIOS LOCAIS NÃO PERCEBEM VENCIMENTOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/446/446_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VERADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL,QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DE ALERTAR O CHEFE DO EXECUTIVO MUNICIPAL SOBRE LIMITE DE GASTOS COM FOLHA DE PESSOAL QUE DE ACORDO COM RÁPIDA OBSERVAÇÃO NA FOLHA DE PAGAMENTO HOUVE UTRAPASSAGEM DO LIMITE DE GASTOS ESTIPULADO PELA LEI DE RESPONSABILIDADE FISCAL, E DE QUE O EXECUTIVO INFORME A ESTA CASA DE LEIS QUAIS MEDIDAS ESTÃO SENDO TOMADAS PARA EVITAR UM COLAPSO NA ADMINISTRAÇÃO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/447/447_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VERADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TRAMITAÇÃO REGIMENTAL,QUE SEJA ENCAMINHADO AO SR, PREFEITO MUNICIPAL REUQERIMENTO NO SENTIDO DE: 1) TOMAR MEDIDAS JUNTO AOS PROPRIETÁRIOS DOS ESTABELECIMENTOS COMERCIAIS E RESIDÊNCIAS PARA PROVIDENCIAREM A QUESTÃO AS CALÇADAS EM RELAÇÃO AO USO PELOS DEFICIENTES FÍSICOS, USUÁRIOS DE CARRINHOS DE BÊBES E PESSOAS IDOSAS. 2) MEDIDAS TAMBPEM NO SENTIDO DE MELHOR PREPARAR OS ESTACIONAMENTOS EXCLUSIVOS PARA DEFICIENTES, POIS, QUANDO UM CARRO PARA AO LADO DO CARRO DE UM DEFICIENTE NO ESTACIONAMENTO IMPEDE SUA SAÍDA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/448/448_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL,QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REUQERIMENTO PARA INFORMAÇÕES SOBRE A SITUAÇÃO DO SIAT/SEF, E SOLICITANDO SUA POSIÇÃO E AÇÃO DA MANUTENÇÃO DO SERVIÇO EM ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/449/449_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL,AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA ENCAMINHADO OFÍCIO AO JUÍZ ELEITORAL DESTA COMARCA A FIM DE SABER COMO FUNCIONARÁ A SITUAÇÃO DO COEFICIENTE E PROPORCIONALIDADE DE VOTOS PARA A COMPOSIÇÃO DESTA CASA DE LEIS COM 11 VEREADORES CONFORME ESTÁ SENDO NOTICIADO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/450/450_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O MUNICÍPIO FAÇA OS DEVIDOS ESTUDOS E LEVANTAMENTO NECESSÁRIO JUNTO ÀS REPARTIÇÕES FEDERAL E ESTADUAL PARA AQUISIÇÃO DE NOVOS ÔNIBUS ESCOLARES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/435/435_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA CÓPIA DA RELAÇÃO DE TODOS OS VEÍCULOS AGREGADOS A PREFEITURA MUNICIPAL, INCLUINDO AS PLACAS DOS VEÍCULOS E O NOME DOS PROPRIETÁRIOS (CONTRATO).</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/451/451_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA ESCLARECIDO PORQUE ATÉ O PRESENTE MOMENTO NÃO FORAM REPASSADOS OS EMPENHOS REFERENTES ÀS DIÁRIAS PARA ASSINATURA DESTE VEREADOR, TENDO EM VISTA QUE JÁ ESTAMOS NO MÊS DE MAIO. REUQER AINDA DISCRIMINAÇÃO DE GASTOS EM DIÁRIAS, PAGAMENTO DE COMBUSTÍVEL, ALUGUEL DE VEÍCULOS, ESTADIA EM DIÁRIAS. REUQER AINDA, QUE SEJAM DISCRIMINADAS AS DIÁRIAS FUTURAS, PAGAMENTOS DE PASSAGEM, ESTADIAS EM HOTÉIS, PAGAMENTO DE COMBUSTÍVEL COM INFORMAÇÃO NO EMPENHO SOBRE O OBJETIVO E DESTINO DA VIAGEM.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/452/452_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, AO SR. PRESIDENTE DA CÂMARA MUNICIPAL QUE SEJA ENCAMINHADO À ASSEMBLEIA LEGISLATIVA DE MINAS GERAIS OFÍCIO DE AGRADECIMENTO E PARABENIZAÇÃO PELO PROCESSO DO BOM DESENVOLVIMENTO DO CURSO E PELAS NOVAS MEDIDAS DE ASSINATURA DA LISTA DE PRESENÇA NO INÍCIO E NO FINAL DE CADA TURNO DE ATIVIDADE , BEM COMO PELA EXIGÊNCIA MINÍMA DE 80% DE PARTICIPAÇÃO NO CURSO PARA RECEBIMENTO DE CERTIFICAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/436/436_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REUQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS ONDE SÃO ABASTECIDOS OS VEÍCULOS QUE PERTENCEM A PREFEITURA MUNICIPAL E OS VEÍCULOS AGREGADOS À PREFEITURA, E SE FOI FEITO O PROCESSO DE LICITAÇÃO DE DEVIDO ABASTECIMENTO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/453/453_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TAMITAÇÃO REGIMENTAL, QUE O SR.PRESIDENTE DESTA CASA DE LEIS  ENVIE AO PODER EXECUTIVO MUNICIPAL, REQUERIMENTO PARA O CHEFE DO EXECUTIVO MUNICIPAL, PREFEITO ALOÍSIO BARBOSA, SE PRONUNCIE SE É DO INTERESSE DA ADMINISTRAÇÃO A CRIAÇÃO DO PROCON NESSE MUNICÍPIO, SUGESTÃO JÁ FEITA AO EXECUTIVO ATRAVÉS DA INDICAÇÃO DE Nº 35/2009, APROVADA POR ESTA CASA DE LEIS E ENVIADA AO EXECUTIVO, E ISTO NO TEMPO REGIMENTAL CONFORME ESTABELECIDO EM LEI. CADO NÃO HAJA INTERESSE DO PREFEITO MUNICIPAL QUE A CÂMARA MUNICIPAL PROMOVA OS ESTUDOS NECESSÁRIOS E ASUMA A CRIAÇÃO SO PROCON CONFORME JÁ VEM OCCORENDO EM DIVERSAS OUTRAS CIDADES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/454/454_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL ATRAVÉS DA SECRETÁRIA MUNICIPAL DE SAÚDE REQUERIMENTO PARA QUE A SECRETÁRIA SE PRONUNCIE DIANTE DA FALTA DE MÉDICOS NOS PSF'S DA CIDADE E O QUE ESTÁ SENDO FEITO PARA SANAR O PROBLEMA, E NO TOCANTE AO REPASSE FEDERAL DE RECURSOS, SE A VERBA PARA OS MÉDICOS ESTÁ SENDO DEPOSITADA E CASO ESTEJA COMO ESTÁ SENDO APLICADA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/455/455_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL ESVIAR A ESTA CASA DE LEIS O RESULTADO DA LICITAÇÃO DE AQUISIÇÃO DE COMBUSTÍVEL PELA PREFEITURA MUNICIPAL E PROMOVER A VIABILIDADE DE INDICAÇÃO DE UM FUNCIONÁRIO RESPONSÁVEL PELO ABASTECIMENTO E SER O RESPONSÁVEL PELA ASSINATURA DA NORA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETÁRIA MUNICIPAL DE ADMINISTRAÇÃO PROMOVER OS ESTUDOS NECESSÁRIOS E A CRIAÇÃO DE UMA COMISSÃO PERMANENTE DE CAPACITAÇÃO DOS FUNCIONÁRIOS DAS DIVERSAS SECRETÁRIAS DO MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/457/457_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TAMITAÇÃO REGIMENTAL, SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETÁRIA MUNICIPAL DE EDUCAÇÃO PARA CRIAÇÃO DE UMA SALA ESPECIAL PARA FORMAÇÃO CONTINUADA DE PROFESSORES NO PRÉDIO DA SECRETÁRIA, USANDO DE RECURSO DO FUNDEB E DESTA FORMA NÃO CRIANDO DESPESAS NOVAS PARA O MUNICÍPIO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/458/458_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA REQUER, APÓS TAMITAÇÃO REGIMENTAL, QUE O SR. PREFEITO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE OS PROCEDIMENTOS LEGAIS ADOTADOS PARA MANUTENÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL MO BANCO DO BRASIL, INFORMANDO AINDA, SE FORA FEITO PREGÃO PÚBLICO OU OUTRA MODALIDADE. AINDA INFORMANDO QUAL A VANTAGEM OFERECIDA À COMUNIDADE PELA INSTITUÍÇÃO. </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/459/459_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>DIANTE DA PROBLEMÁTICA QUE ENVOLVE A MULHER MUITAS VEZES DISCRIMINADA, HUMILHADA E VIOLENTADA E DEVIDO A FALTA DE ESTRUTURA EM NOSSA COMUNIDADE QUE ATENDE A MULHERES ESPECÍFICAMENTE, COMO A DELEGACIA DA MULHER E ASSOCIAÇÕES DO GÊNERO, REQUERO AO PREFEITO MUNICIPAL SE POSICIONAR DIANTE DESSE FATO , PODENDO ADOTAR A MEDIDA DE PARCERIA PARA CRIAÇÃO DE UM CENTRO DE ATENDIMENTO A MULHER VITIMA DE VIOLÊNCIA COM BASE NA LEI MARIA DA PENHA, PARCERIA ESTA QUE DEVERÁ SER AVALIADA COM O JUDÍCIÁRIO, MINISTÉRIO PÚBLICO, DEFENSORIA PUBLICA, ENTRE OUTRAS INSTITUÍÇÕES, ALÉM DO ATENDIMENTO PSICOSSOCIAL, VISANDO COIBIR A VIOLÊNCIA CONTRA AS MULHERES E DAR SUPORTE AS MEMAS PARA QUE NÃO CONTINUEM CALADAS DIANTE DA VIOLÊNCIA MUITAS VEZES OCULTAS EM SEUS LARES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/460/460_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DE INFORMAR A ESTA CASA DE LEIS  A SITUAÇÃO ADMINISTRATIVA DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/461/461_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DE ENCAMINHAR A ESTA CASA LEGISLATIVA RELATÓRIO CIRCUNSTANCIADO DOS REPASSAS DO GOVERNO FEDERAL E ESDUAL , DISCRIMINANDO ITEM POR ITEM, MÊS A MÊS, ISSO, MEDIANTE A INFORMAÇÃO DE DIMINUIÇÃO DOS REPASSES , E PARA CONHECIMENTO DO LEGISLATIVO DA REAL SITUAÇÃO  ECONÔMICA QUE SE ENCONTRA O MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/462/462_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REUQERIMENRO NO SENTIDO DO EXECUTIVO MUNICIPAL SE PRONUNCIAR A RESPEITO DO ESTUDO PARA CORREÇÃO DAS DIÁRIAS DOS MOTORISTAS MUNICIPAIS E ENCAMINHAR A ESTA CASA DE LEIS PARA ESTUDOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/463/463_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO NO SENTIDO DO EXECUTIVO MUNICIPAL SE PRONUNCIAR A RESPEITO DE ESTUDO PARA VIABILIZAR RECURSOS JUNTO AO MINISTÉRIO DA SAÚDE E SECRETÁRIA ESTADUAL DE SAÚDE PARA A TROCA DE TODA A FROTA DE VEÍCULOS DA SAÚDE INCLUINDO AS AMBULÂNCIAS , NECESSÁRIO PARA MELHOR ATENDER AOS SERVIÇOS DE SOCORRO DOS NOSSO CIDADÃOS E SIGNIFICATIVA ECONOMICA PARA OS COFRES PUBLICOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/464/464_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, À MESA DIRETORA DA CÂMARA MUNICIPAL, QUE JUNTAMENTE COM A COMISSÃO DE JUSTIÇA E REDAÇÃO DE COMISSÃO DE FINANÇAS  VIABILIZEM UMA NOVA ESTRUTURA PARA A PRESTAÇÃO DE CONTAS DA CÂMARA MUNICIPAL, COM ATENÇÃO ESPECIAL PARA O PERÍODO COMPREENDER OS TRINTA DIAS DO MÊS , CONSTANDO AS ENTRADAS E SAÍDAS DO MÊS DE REFERENCIA E NÃO COMO VEM SENDO FEITO ATUALMENTE DO DIA 20 AO DIA 20 DO MÊS SUBSEQUENTE, ENCERRANDO-SE O MÊS DE REFERENCIA SEMPRE NO ÚTIMO DIA DO MÊS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/465/465_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA RQUER, APÓS TRAMITAÇÃO REGIMENTAL, QUE SEJA ENCAMINHADO AO SR. PREFEITO MUNICIPAL REQUERIMENTO PARA INFORMAÇÕES A SEGUIR RELACIONADAS: 1) QUANTOS IMÓVEIS DO MUNICIPIO ESTÃO CEDIDOS A USO DE TERCEIROS; 2) LOCALIZAÇÃO DESTES IMÓVEIS E SE EXISTEM CONTRATOS; 3) SE OS USUÁRIOS DESTES IMÓVEIS PAGAM TAXAS OU ALUGUÉIS; 4) SE OS LOCAIS SEDIDOS NAS VIAS PÚBLICAS ARA OS TRABALHADORES PAGAM ALGUMA TAXA NO HORÁRIO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/437/437_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS SOBRE A VALIDADE DE IMPLANTAR O SERVIÇO DE COLETA DE LIXO NA ZONA RURAL DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/505/505_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME AS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS QUANTO A REGULARIZAÇÃO DO DOMÍNIO (ESCRITURA) DOS POSSUIDORES DE DIREITOS DOS LOTES QUE PERTENCEM A MUNICIPALIDADE NO BAIRRO SANTA CECÍLIA, BEM COMO O ENCAMINHAMENTO DOS DOCUMENTOS PARA AUXILIAR A LEGALIZAÇÃO.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/514/514_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SENHOR PREFEITO MUNICIPAL INFORMAÇÕES SOBRE O ANDAMENTO DAS OBRAS DA CAPELA MORTUÁRIA DO MUNICÍPIO, POSTO DE SAÚDE DA COMUNIDADE DO MARINHO E COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/503/503_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, APÓS OUVIDO O PLENÁRIO, AO SR. PRESIDENTE DA CÂMARA CÓPIOA DA ATA DA REUNIÃO ORDINÁRIA E DA FITA CASSETE DO ANO DE 2008, ONDE A SECRETÁRIA DA EDUCAÇÃO E CULTURA SRA. CLAUDIA FUMIAN E A SERVIDORA PÚBLICA DO MUNICÍPIO DA ÁREA EDUCACIONAL SRA. CATARINA AMÉLIA EXPLORARAM NA TRIBUNA ASSUNTOS REFERENTES AO FUNDEB.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/427/427_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SR. PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DO INVENTÁRIO CONTENDO A RELAÇÃO DE TODOS OS BENS MÓVEIS E IMÓVEIS QUE PERTENCEM AO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/495/495_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE O SENHOR PREFEITO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE OS PROCEDIMENTOS LEGAIS ADOTADOS PARA MANUTENÇÃO DAS CONTAS DA PREFEITURA MUNICIPAL NO BANCO DO BRASIL, INFORMANDO AINDA, SE FORA FEITO PREGÃO PÚBLICO OU OUTRA MODALIDADE. AINDA, INFORMANDO QUAL A VANTAGEM OFERECIDA À MUNICIPALIDADE PELA INSTITUÍÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/494/494_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, EM CUMPRIMENTO ÀS SUAS ATRIBUÍÇÕES REGIMENTAIS, REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, QUE SEJA PROVIDENCIADA COM URGENCIA A NORMATIZAÇÃO ATRAVÉS DO PROJETO-DE-LEI PARA O PAGAMENTO DE DIÁRIAS AOS VEREADORES, PREFEITO, VEICE-PREFEITO, SECRETÁRIOS, MOTORISTAS, ACESSORES E DEMAIS FUNCIONÉRIOS PÚBLICOS DO MUNICIPIO DE ESPERA FELIZ ESTABELECENDO-SE REGRAS PARA A PRESTAÇÃO DE CONTAS DO USO DO DINHEIRO PÚBLICO NAS VIAGENS REALIZADAS, OBEDECENDO CRITÉRIOS DE APRESENTAÇÃO DE NOTAS FISCAIS NOS GASTOS COM HOSPEDAGEM, ALIMENTAÇÃO, TRANSPORTE EM TÁXI, TRANSPORTE EM AVIÃO, EM METRÔ, ÔNIBUS, ALUGÉL DE VEPICULOS, COMBUSTÍVEL, PEDÁGIO, ENTRE OUTROS EFETUADOS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/516/516_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES DOS TRAILLERS QUE FICAM LOCALIZADOS EM LOGRADOUROS PÚBLICOS NO MUNICÍPIO DE ESPERA FELIZ, CONTENDO DADOS COMO: OS PROPRIETÁRIOS PAGAM IMPOSTOS AOS COFRES PÚBLICOS?; QUAIS SÃO SO CRITÉRIOS ADOTADOS NA CONCESSÃO DO ESPAÇO PÚBLICO PARA A LOCAÇÃO DOS TRAILLERS; CÓPIA DO ALVARÁ DE LOCALIZAÇÃO E FUNCIONAMENTO DOS TRAILLERS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/493/493_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA COLOCADO NO SITE DA CÂMARA DE VEREADORES A NOS VEÍCULOS DE COMUNICAÇÃO DO MUNICÍPIO, OS GASTOS DOS VEREADORES COM DIÁRIAS USADAS NAS DIVERSAS VIAGENS A SERVIÇO DA MUNICIPALIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/492/492_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO NA ELABORAÇÃO DE SUA PRESTAÇÃO DE CONTAS, SEGUINDO O EXEMPLO DA TRANSPARARENCIA NO USO DO DINHEIRO PÚBLICO, CONSTE OS FASTOS DE FORMA DISCRIMINADA QUANTO ÀS DIÁRIAS RECEBIDAS PELO PRAFEITO, VICE-PREFEITO, SECRETÁRIOS, ACESSORES E FUNCIONÁRIOS, CONSTANDO VALORES, DATA DA VIAGEM E OBJETIVO.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/491/491_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO INFORME A ESTA CASA DE LEIS SOBRE O ANDAMENTO DE INVESTIGAÇÃO DO MINISTÉRIO PÚBLICO QUANTO AO CONCURSO MUNICPAL REALIZADO NO GOVERNO PASSADO; E AINDA, QUE INFORME SOBRE A POSSIBILIDADE REALIZAÇÃO DE UM NOVO CONCURSO PÚBLICO MUNICIPAL OU SE HÁ POSSIBILIDADE DE HOMOLOGAÇÃO DO CONCURSO SOB INVESTIGAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/490/490_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE SEJA ENCAMINHADO AO SENHOR PREFEITO MUNICIPAL REQUERIMENTO PARA ENCAMINHAR A ESTA CASA DE LEIS INFORMAÇÕES SOBRE NÃO CONCEDER A VANTAGEM DO QUINQUENIO AOS FUNCIONÁRIOS PÚBLICOS (CONTRATADOS OU EFETIVOS) QUE POR ANOS A FIO TENHAM SE DEDICADO AO EXERCÍCIO DE SUAS FUNÇÕES E QUE POR MOTIVOS ESTRANHOS NÃO PERCEBERAM OU NÃO PERCEBEM ESTE SAGRADO DIREITO. </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/489/489_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REUQREMINTO PARA QUE O EXECUTIVO INFORME A ESTA CASA DE LEIS SOBRE O ANDAMENTO DO PROCESSO CONTRA O EX-PREFEITO TARCÍSIO QUANTO ÀS IRREGULARIDADES DA OBRA DE PAVIMENTAÇÃO ASFÁLTICA DE ALGUMAS RUAS DA CIDADE REALIZADAS NAQUELE GOVERNO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/488/488_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA O INVENTÁRIO COM DISCRIMINAÇÃO DE TODOS OS BENS DE PROPRIEDADE DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/487/487_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE ELABORE UM ESTUDO SOBRE A CRIAÇÃO DE UM SERVIÇO DE SUGESTÕES, RECLAMAÇÕES E DENUNCIAS REFERENTES AOS ATOS DO PODER EXECUTIVO E LEGISLATIVO ATRAVÉS DE UM DISK DENUNCIA POR UM NÚMERO TELEFÔNICO GRATUITO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/486/486_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA PROVIDENCIADO COM URGÊNCIA O INVENTÁRIO PATRIMONIAL DA CÂMARA DE VEREADORES DE ESPERA FELIZ, DISCRIMINANDO E IDENTIFICANDO TODOS OS BENS COM PLACA NUMERADA E DEVIDAMENTE REGISTRADA EM DOCUMENTO APROPRIADO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/485/485_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO INFORME A ESTA CASA DE LEIS SOBRE A TOTALIDADE DE ARRECADAÇÃO COM OS ESPAÇOS ALUGADOS AS BARRACAS NO PARQUE DE EXPOSIÇÕES, E AINDA COMO SE DÁ A CONTABILIDADE DOS RECURSOS, COM DEMONSTRATIVOS DE ENTRADA E SAÍDA, ESPECIFÍCANDO O USO DESSES RECURSOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/484/484_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO INFORME SOBRE OS ACONTECIMENTOS ENVOLVENDO O VEÍCULO PÚBLICO CAMINHONETE STRADA A SERVIÇO DO MEIO AMBIENTE QUE DE ACORDO COM DIVERSOS CIDADÃOS TERIA O MESMO SIDO ATINGIDO POR DISPAROS DE ARMA DE FOGO. ASSIM, REQUEIRO AO NOBRE PREFEITO QUE INFORME QUAIS AS AÇÕES TOMADAS A FIM DE APORAR OS FATOS JÁ QUE NÃO SE TRATA APENAS DE DANOS A UM VEÍCULO, MAS TAMBÉM AO RISCO A VIDA DE UM FUNCIONÉRIO PÚBLICO QUE VEM PRESTANDO RELEVANTES SERVIÇOS A COMUNIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/483/483_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA DETERMINADA A SECRETÁRIA DESTA CASA DE LEIS QUE FAÇA UM LEVANTAMENTO JUNTO AO EXECUTIVO MUNICIPAL OU NOS ARQUIVOS DESTA CASA E CONSTATE A SITUAÇÃO LEGAL DE PROJETOS DE LEI APROVADOS POR ESTA CASA EM LEGISLAÇÃO PASSADA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/482/482_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO MUNICIPAL SE PRONUNCIE A FIM DE DAR UM BASTA NOS COMENTÁRIOS DE RUA SOBRE O GRANDE NÚMERO DE PAGAMENTOS DE HORAS EXTRAS A DIVERSOS FUNCIONÁRIOS. NESTE ATO, APROVEITO PARA REQUERER AO NOSSO PREFEITO QUE SE PRONUNCIE TAMBÉM SOBRE A NÃO CRIAÇÃO DO PLANO DE CARGOS E SALÁRIOS DE FUNCIONÁRIOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/481/481_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A COMPOSIÇÃO DO CONCELHO MUNICIPAL DE ACOMPANHAMENTO E CONTROLE SOCIAL POR MEIO DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA (FUNDEB) QUE TRATA AINDA DA VALORIZAÇÃO DOS PROFESSORES, E COMO SE DÁ A REPRESENTAÇÃO DAS ENTIDADES CASO EXISTA E CASO CONTRÁRIO, ÓRGÃO QUE SUBSTITUA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/480/480_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO INFORME SOBRE A RESPONSABILIDADE DA OBRA DE AMPLIAÇÃO E CONCLUSÃO DA PONTE SOBRE O CORREGO AREIA BRANCA NA RUA HENRRIQUE GRIPP, OBSERVANDO QUE NA GESTÃO PASSADA DO EX-PREFEITO TARCÍSIO A PREFEITURA HAVIA AUTORIZADO A CONSTRUÇÃO DO PRÉDIO DO SENHOR GERALDO, DE APELIDO GEGÊ SOB A CONDIÇÃO DE AMPLIAÇÃO DA PONTE AO LADO DO PRÉDIO, ISTO DE ACORDO COM AS CONVERSAS QUE CHEGARAM AO CONHECIMENTO DESTE VEREADOR, ASSIM, EM OBSERVANCIA A COMPETENCIA LEGISLATIVA EM CONSIDERAÇÃO AO DESENVOLVIMENTO SUSTENTÁVEL E AOS ACORDOS CELEBRADOS PELA MUNICIPALIDADE REQUEIRO AO EXECUTIVO SOBRE A EXISTENCIA DE DOCUMENTAÇÃO, E NA SUA EXISTÊNCIA, ENVIADO AO EXECUTIVO. </t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/479/479_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS, VEREADOR LUIZ MARINETE, QUE INFORME SE A CÂMARA MUNICIPAL BAIXOU RESOLUÇÃO PARA A REALIZAÇÃO DA FESTA DO DIA DO ESPERAFELICENSE AUSENTE, CONFORME ACONTECEU NO ANO PASSADO. ASSIM, EM OBSERVANCIA DESTE VERESDOR SOBRE A FALTA DE CITAÇÃO DA RESOLUÇÃO PARA REALIZAÇÃO DESTE EVENTO, CONSIDERO QUE CASO NÃO TENHA A MESMA SEJA PROVIDENCIADA. OBSERVANDO QUE NA LEGISLATURA PASSADA ELABOREI A INDICAÇÃO PARA REALIZAÇÃO DESTE EVENTO E CONFORME SOMENTE AGORA PERCEBIDO A FALTA DE RESOLUÇÃO NORMATIZANDO A FESTA É IMPRESCINDÍVEL QUE OS ATOS SEJAM REGULARIZADOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/478/478_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS QUE SEJAM CONVIDADOS A COMPARECER A ESTA CASA DE LEIS OS RESPONSÁVEIS DIRETOS PELA ORGANIZAÇÃO A PRESTAÇÃO DE SERVIÇOS DE SAÚDE EM NOSSO MUNICÍPIO NO CASO DO SISTEMA HOSPITALAR, CONFORME NOMEIO: PREFEITO MUNICIPAL ALOÍSIO BARBOSA; SECRETÁRIO DA SAÚDE DE ESPERA FELIZ DR. RONALDO MACHADO; DIRETORA DO HOSPITAL DE ESPERA FELIZ; CONSELHO MUNICIPAL DE SAÚDE DE ESPERA FELIZ; PREFEITOS MUNICIPAIS E SECRETÁRIOS DE SAÚDE DAS CIDADES DE CAIANA, CAPARAÓ E DORES DO RIO PRETO-ES; ES-SECRETÁRIO DA SAÚDE DE ESPERA FELIZ JOSÉ DE CASTRO CÂNDIDO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/477/477_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER  AO PRESIDENTE DESTA CASA DE LEIS QUE SEJA ENCAMINHADO AO HOSPITAL DE ESPERA FELIZ OFÍCIO REQUERENDO DA DIRETORIA DESTA ENTIDADE O MOTIVO DA NÃO PUBLICAÇÃO DOS BALANCETES COMO SEMPRE FORA PROCEDÊNCIA DA ENTIDADE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/476/476_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS QUE SEJÁ ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO ENCAMINHE A ESTA CASA OS RELATÓRIOS E E PRESTAÇÃO DE CONTAS DE TODAS AS ENTIDADES CONVENIADAS COM A PREFEITURA MUNICIPAL DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/475/475_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL REQUERIMENTO PARA QUE O EXECUTIVO CUMPRA A LEI DO SUS QUE ESTABELECE DE 3 EM 3 MESES, O SECRETÁRIO MUNICIPAL DA SAÚDE DE CADA MUNICÍPIO TEM QUE PRESTAR CONTAS DO TRABALHO REALIZADO NO PERÍODO ANTERIOR. OSTO É FEITO PERANTE O CONSELHO MUNICIPAL DE SAÚDE E EM AUDIÊNCIA PÚBLICA NA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/474/474_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER AO PRESIDENTE DESTA CASA DE LEIS QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL PARA QUE O EXECUTIVO CUMPRA COM O ARTIGO 9º DA LEI DE RESPONSABILIDADE FISCAL, ITEM 4 E LEI COMPLEMENTAR 101, 04/05/200, QUE ATÉ O FINAL DOS MESES DE MAIO, SETEMBRO E FEVEREIRO, O PODER EXECUTIVO DEMONSTRARÁ E AVALIARÁ O CUMPRIMENTO DAS METAS DE CADA QUADRIMESTRE, EM AUDIÊNCIA PÚBLICA NA COMISSÃO REFERIDA NO INÍCIO 1º DO ARTIGO 166 DA CONSTITUIÇÃO OU EQUIVALENTE NAS CASA LEGISLATIVAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/473/473_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ANTONIO CLAUDIO VALENTIM DA SILVA, REQUER, APÓS TRAMITAÇÃO REGIMENTAL, AO PRESIDENTE DESTA  CASA DE LEIS QUE SEJA ENCAMINHADO AO PREFEITO MUNICIPAL PARA QUE O EXECUTIVO CUMPRA O ARTIGO 44 DO ESTATUTO DA CIDADE - LEI FEDERAL 10.257 QUE A PREFEITURA ELABORE PROJETOS DE LEI DEFININDO O PLANO PLURIANUAL, A LEI DE DIRETRIZES ORÇAMENTÁRIAS E O ORÇAMENTO DE CADA ANO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/472/472_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO SENHOR PRESIDENTE DO LEGISLATIVO QUE ENCAMINHE À POLÍCIA MILITAR DE ESPERA FELIZ UM OFÍCIO SOLICITANDO INFORMAÇÕES REFERENTES ÀS OCORRÊNCIAS REALIZADAS NO PERÍODO DA XXIX ESPOSIÇÃO AGROPECUÁRIA DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/515/515_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXECUTIVO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO DO TRABALHO QUE VEM SENDO REALIZADO NO PSF DO TABOÃO NO MANDATO ATUAL, CONTENDO AS SEGUINTES INFORMAÇÕES: QUANTOS ATENDIMENTOS MÉDICOS JÁ FORAM REALIZADOS NO PSF DO TABOÃO; QUANTAS CASA JÁ FORAM VISITADAS PELOS AGENTES COMUNITÁRIOS?; O PROCEDIMENTOS DOS ATENDIMENTOS DIÁRIOS SÃO REALIZADOS ATRAVÉS DE FICHAS? EXISTE UMA DETERMINAÇÃO DIÁRIA DE NÚMERO DE FICHAS POR PSF?; CÓPIA DAS FICHAS ASSINADAS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/513/513_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, QUE SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHA A ESTA CASA DE LEIS INFORMAÇÕES REFERENTES AO CONCERTO DA PRATROLA WUB, COMO: ESPECIFICAR O VALOR GASTO COM O CONCERTO COMPREENDIDO ENTRE O PERÍODO DE JANEIRO DE 2009 ATÉ A PRESENTE DATA; HOUVE NESSECIDADE DE PREOCESSO LICITATÓRIO PARA EFETUAR O CONCERTO? SE HOUVE, QUE SEJA ENCAMINHADO CÓPIA DA LICITAÇÃO, CÓPIA DO EMPRENHO, CÓPIA DA NOTA FISCAL E CÓPIA DO CHEQUE.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/512/512_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO,  QUE SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES A SEGUIR: 1) O VEÍCULO FIAT UNO QUE PERTENCE A SECRETARIA MUNICIPAL DE SAÚDE ESTAVA A SERVIÇO DA SECRETARIA DE SAÚDE NO DIA 30 DE AGOSTO DE 2009 (DOMINGO) NA COMUNIDADE DOS VILETES NO MUNICÍPIO DE DIVINO? 2) SE ESTAVA A SEVIÇO O QUE ESTAVA SENDO REALIZADO?</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/498/498_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL CÓPIAS DOS DOCUMENTOS INFORMANDO TODA A ARRECADAÇÃO DO EXECUTIVO MUNICIPAL NO MÊS DE JULHO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/509/509_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL RELAÇÃO DOS FUNCIONÁRIOS DO EXECUTIVO MUNICIPAL QUE ESTÃO CEDIDOS PARA OUTROS ÓRGÃO DO ESTADO (DELEGACIA, FÓRUM, ETC.), ENTIDADES DE ASSISTÊNCIA SOCIAL, CORREIOS, ETC.; QUAL FUNÇÃO ESTÃO EXERCENDO E OS SEUS REPECTIVOS SALÁRIOS. É DEVIDO QUE É ENCAMINHADO A ESTA CASA DE LEIS A FOLHA DE PAGAMENTO DOS SERVIDORES PÚBLICOS, MAS NÃO VEM ESPECIFICANDO E POR ISSO NÃO TEMOS COMO SABER ONDE ESTES SERVIDORES ESTÃO LOTADOS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/511/511_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL UMA RELAÇÃO POR SECRETARIAS COM OS NOMES DOS FORNECEDORES DO EXECUTIVO MUNICIPAL NA GESTÃO ATUAL, NO PERÍODO DE JANEIRO ATÉ A PRESENTE DATA, E QUE SEJA ESPECIFICADO O QUE JÁ FOI PAGO ATÉ O MOMENTO ATUAL E QUAIS SÃO OS DÉBITOS DO EXECUTIVO COM OS FORNECEDORE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/470/470_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE EM CONFORMIDADE COM O REGIMENTO INTERNO DESTA CASA E COM OBSERVAÇÃO À LEI ORGÂNICA MUNICIPAL DETERMINE AO SR. PRESIDENTE QUE A ACESSORIA CONTÁBIL DESTA CASA PROVIDENCIE UMA ANÁLIDE DE TODAS AS RESPOSTAS E DOCUMENTOS ENVIADOS A ESTA CASA PELO PODER EXECUTIVO MUNICIPAL RELACIONADOS A PARTE CONTÁBIL CONSTANTES DE RESPOSTAS DO EXECUTIVO AOS REQUERIMENTOS ENCAMINHADOS POR ESTA CASA DE LEIS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/497/497_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO COM O CADASTRO DE NOMES E ENDEREÇOS DE TODOS OS CONTRIBUINTES DO MUNICÍPIO QUE PAGAM IPTU, CONSTANDO AINDA NA RELAÇÃO QUEM ESTÁ EM DIA E OS INADIMPLENTES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/508/508_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE FAÇA UM LEVANTAMENTO  DOS CUSTOS PARA MANUTENÇÃO E RELIGAÇÃO DOS SEMÁFAROS DO CENTRO DO MUNICÍPIO, E ENCAMINHE UMA CÓPIA DESTA RELAÇÃO AO LEGISLATIVO MUNICIPAL. NOSSA PREOCUPAÇÃO É DEVIDO AO FATO DO TRÂNSITO ESTAR CADA DIA MAIS INTENSO, AUMENTANDO O RISCO DE OCORRER ACIDENTES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/500/500_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES REFERENTES AO REPASSE DE R$ 285.000,00 DOADO PELA SAMARCO EM MAIO DO ANO DE 2006, ATRAVÉS DE TAC (TERMO DE AJUSTAMENTO E CONDUTA) PARA A APA'S (ALTO TABOÃO DA VARGEM ALEGRE) DO MUNICÍPIO DE ESPERA FELIZ, COM A FINALIDADE DE EMPREGAR EM PROJETOS DE BENEFÍCIOS PARA A MESMA. DIANTE DO EXPOSTO, SOLICITO QUE O EXECUTIVO ENCAMINHE INFORMAÇÕES SE ESTE DINHEIRO REALMENTE FOI CEDIDO PELA SAMARCO AO EXECUTIVO E EM CASO DE AFIRMAÇÃO, FOI EMPREGADO EM QUAIS PROJETOS?</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/510/510_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DOS EXTRATOS BANCÁRIOS DO FUMPREF - FUNDO MUNICIPAL PREVIDENCIÁRIO DE ESPERA FELIZ, REFERENTE AOS ÚTIMOS 12 MESES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/469/469_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DO EXECUTIVO NÃO TER RETIRADO DA RUA FILOMENA DE AMORIM, O POSTE QUE ESTÁ DENTRO DO PERÍMETRO DA VIA PÚBLICA, POIS DIVERSAS INDICAÇÕES JÁ FORAM FEITAS POR ESTA CASA E ATÉ O MOMENTO O POSTE CONTINUA OFERECENDO PERIGO IMINENTE AOS MOTORISTAS, MORADORES E PEDESTRES.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/502/502_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES REFERENTES AO MOTIVO DA PARALIZAÇÃO DAS CRECHES MUNICIPAIS NO PERÍODO DE 13 A 16 DE OUTUBRO DE 2009.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/468/468_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEREFIQUE O MOTIVO DA FALTA DE CARTEIRA DE TRABALHO NA SECRETÁRIA DE AÇÃO SOCIAL E ENCAMINHE EXPLICAÇÃO AO PODER LEGISLATIVO NO TEMPO REGIMENTAL. REQUERENDO AINDA QUE VEREFIQUE A FALTA DE MATERIA PARA DOCUMENTAÇÃO JUNTO À JUNTA DO SERVIÇO MILITAR. E AINDA QUE O EXECUTIVO VEJA O MOTIVO DA FALTA DE MATERIAL NA DELEGACIA DE POLÍCIA RELATIVO À CONFECÇÃO DE CARTEIRA DE IDENTIDADE.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/467/467_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE DE ACORDO COM A DENUNCIA DO SR PREFEITO MUNICIPAL EM REUNIÃO ORDINÉRIA DA CÂMARA MUNICIPAL DO DIA 21 DE OUTUBRO P.P, EM QUE FEZ CONSTAR SUSPEITA DE SABOTAGEM NA RECÉM-REFORMADA PATROLA DO MUNICÍPIO. EM QUE ALEGOU PODER TER ACONTECIDO NA ZONE RURAL OU NO PÁTIO DO PARQUE DE EXPOSIÇÕES .</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/471/471_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM AS CAUTELAS LEGAIS PARA CUMPRIMENTO DA LEI MUNICIPAL QUE TRATA DA QUESTÃO DA POLUIÇÃO SONORA APROVADO NESTA CASA DE LEIS E SANCIONADO PELO EXECUTIVO NA ÉPOCA. OBSERVANDO O NÚMERO EXCESSIVO DE VEÍCULOS DE PROPAGANDA SONORA NESTA CIDADE E A NÃO OBSERVAÇÃO DE HORÁRIOS E PARÂMETROS DE VOLUME DE SOM PROVOCANDO A POLUIÇÃO SONORA E TRAZENDO INÚMROS TRANSTORNOS A POPULAÇÃO , QUE SE TOME MEDIDAS URGENTES COMO PERMISSÃO DE VEÍCULOS PROPAGANDA SOMENTE COM ALVARÁ, CONTROLE DO HORÁRIO, E REDUÇÃO DO NÚMERO DE VEÍCULOS DE PROPAGANDA OU ALTERNÃNCIA DE DIAS E HORÁRIOS COM FISCALIZAÇÃO MUNICIPAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/466/466_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS UM RELATÓRIO CIRCUNSTANCIANDO OS GASTOS RELATIVOS AO DECRETO Nº703/09, DE 09 DE JANEIRO DE 2009 QUE DECLARA EM CITUAÇÃO ANORMAL, CARACTERIZADA COMO SITUAÇÃO DE EMERGÊNCIA AS ÁREAS DO MUNICÍPIO AFETADAS POR ESCORREGAMENTOS OU DESLIZAMENTO DEVIDO AS CHUVAS. DESTA FORMA, QUE OSR. PREFEITO MUNICIAPL EM CARÁTER DE URGÊNCIA DETERMINE AO SUBORDINADO RESPONSÁVEL QUE ENCAMINHE O RELATÓRIO A ESTA CASA DE LEIS PARA QUE ESTE VEREADOR POSSA CONTRIBUIR COM O GOVERNO MUNICIPAL A APRTIR DO CONHECIMENTO DE TAIS GASTOS E ASSIM, PARA QUE ESTA CASA DE LEIS CUMPRA COM O SEU PAPEL DE CONTRIBUIR COM O MUNICÍPIO NO QUE FOR POSSÍVEL PARA O PODER EXECUTIVO CONTINUAR TRABALHANDO A FAVOR DO MUNICÍPIO E DE SEU POVO.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/519/519_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>DIANTE DA GRANDE MANIFESTAÇÃO DA SOCIEDADE DEMONSTRANDO INTERESSE EM PARTICIPAR DA AUDIÊNCIA PUBLICA MARCADA PARA A QUINTA-FEIRA, 20 DE AGOSTO DE 2009, A MESA DIRETORA DA CÂMARA MUNICIPAL DE ESPERA FELIZ REQUER AOS NOBRES VEREADORES AUTORIZAÇÃO PARA TRANSFERIR A AUDIÊNCIA SOBRE SEGURANÇA PÚBLICA PARA A SEDE DO LIONS CLUB DE ESPERA FELIZ.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/504/504_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, VEM REQUERER, NA FORMA REGIMENTAL, QUE SEJA REQUISITADO AO CHEFE DO EXECUTIVO INFORMAÇÕES SOBRE OS GASTOS REALIZADOS PELA MUNICIPALIDADE NO ÚTIMO CARNAVAL DE ESPERA FELIZ-MG (CARNAVAL 2009), BEM COMO O ENVIO DA DEVIDA PRESTAÇÃO DE CONTAS DA REFERIDA DATA FESTIVA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -8069,67 +8069,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2184/2184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2183/2183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2182/2182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2181/2181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2185/2185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2187/2187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2188/2188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/504/504_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/543/543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/536/536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/677/677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/676/676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/675/675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/674/674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/673/673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/672/672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/671/671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/670/670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/669/669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/668/668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/667/667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/666/666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/665/665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/664/664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/663/663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/660/660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/659/659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/658/658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/657/657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/653/653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/652/652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/651/651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/603/603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/650/650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/649/649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/648/648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/647/647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/646/646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/645/645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/644/644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/643/643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/642/642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/641/641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/640/640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/639/639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/630/630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/717/717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/716/716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/715/715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/714/714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/713/713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/712/712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/711/711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/710/710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/709/709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/708/708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/707/707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/706/706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/705/705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/704/704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/703/703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/702/702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/701/701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/700/700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/699/699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/698/698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/697/697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/696/696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/695/695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/694/694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/693/693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/692/692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/691/691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/690/690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/689/689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/688/688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/687/687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/686/686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/685/685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/684/684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/683/683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/682/682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/681/681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/680/680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/679/679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/678/678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/757/757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/756/756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/755/755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/754/754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/753/753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/752/752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/751/751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/750/750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/749/749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/748/748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/747/747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/746/746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/745/745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/744/744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/743/743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/742/742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/741/741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/740/740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/739/739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/738/738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/737/737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/736/736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/735/735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/734/734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/733/733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/732/732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/731/731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/730/730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/729/729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/728/728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/727/727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/726/726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/725/725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/724/724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/723/723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/722/722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/721/721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/720/720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/719/719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/718/718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/853/853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/854/854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/855/855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/856/856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/857/857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/858/858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/859/859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/860/860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/861/861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/862/862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/863/863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/864/864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/865/865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/866/866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/867/867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/868/868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/869/869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/870/870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/871/871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/872/872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/873/873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/874/874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/875/875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/876/876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/877/877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/878/878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/879/879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/880/880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/881/881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/803/803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/804/804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/805/805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/806/806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/807/807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/808/808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/809/809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/811/811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/812/812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/813/813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/810/810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/814/814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/815/815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/816/816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/817/817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/818/818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/819/819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/820/820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/821/821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/822/822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/823/823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/824/824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/826/826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/830/830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/827/827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/831/831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/832/832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/833/833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/834/834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/835/835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/836/836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/837/837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/838/838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/839/839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/840/840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/841/841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/842/842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/843/843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/760/760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/761/761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/762/762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/763/763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/764/764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/765/765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/766/766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/767/767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/768/768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/769/769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/770/770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/771/771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/772/772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/773/773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/774/774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/775/775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/776/776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/828/828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/829/829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/777/777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/778/778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/779/779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/780/780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/781/781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/782/782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/783/783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/784/784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/785/785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/786/786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/787/787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/788/788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/789/789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/945/945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/946/946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/947/947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/948/948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/949/949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/950/950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/951/951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/952/952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/953/953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/954/954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/955/955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/959/959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/956/956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/960/960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/961/961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/958/958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/957/957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/962/962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/963/963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/964/964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/965/965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/966/966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/967/967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/968/968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/969/969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/970/970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/971/971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/972/972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/973/973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/882/882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/883/883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/923/923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/924/924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/925/925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/926/926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/927/927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/928/928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/929/929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/930/930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/931/931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/932/932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/933/933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/934/934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/935/935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/936/936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/937/937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/974/974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1034/1034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1035/1035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1036/1036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1037/1037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1038/1038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/887/887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/888/888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/889/889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/890/890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/891/891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/908/908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/909/909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/910/910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/911/911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/912/912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/914/914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/913/913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/915/915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/916/916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/917/917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/918/918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/919/919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/920/920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/921/921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/922/922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/884/884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/885/885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/886/886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/938/938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/939/939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/846/846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/940/940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/845/845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/847/847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/844/844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/848/848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/849/849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/850/850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/851/851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/852/852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/978/978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/979/979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/981/981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/986/986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/977/977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1033/1033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1032/1032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/991/991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/992/992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/976/976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1031/1031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1030/1030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1065/1065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1064/1064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1063/1063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1062/1062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1061/1061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/985/985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/997/997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/980/980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/996/996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/995/995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1060/1060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1059/1059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1058/1058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/994/994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/993/993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/983/983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/982/982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/990/990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/989/989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/988/988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/987/987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/984/984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1057/1057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1056/1056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1055/1055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1054/1054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/998/998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1001/1001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1000/1000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/999/999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1039/1039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1040/1040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1041/1041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1042/1042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1045/1045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1046/1046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1047/1047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1048/1048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1008/1008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1014/1014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1044/1044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1043/1043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1029/1029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1028/1028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1027/1027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1026/1026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1022/1022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1052/1052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1053/1053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1021/1021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1020/1020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/975/975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1013/1013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1017/1017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1025/1025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1051/1051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1007/1007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1016/1016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1010/1010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1049/1049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1050/1050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1012/1012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1015/1015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1004/1004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1009/1009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1019/1019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1018/1018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1011/1011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1024/1024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1006/1006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1005/1005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1002/1002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1023/1023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1003/1003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/906/906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/900/900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/897/897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/904/904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/905/905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/903/903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/902/902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/907/907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/894/894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/895/895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/893/893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/901/901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/899/899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/898/898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/892/892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/896/896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/941/941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/942/942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/943/943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/944/944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/825/825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/790/790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/791/791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/792/792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/793/793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/794/794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/795/795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/796/796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1582/1582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1581/1581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1580/1580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1579/1579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1578/1578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1577/1577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1576/1576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1575/1575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1574/1574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1573/1573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1572/1572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1571/1571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1570/1570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1569/1569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1568/1568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1567/1567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1566/1566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1565/1565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1564/1564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1563/1563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1602/1602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1601/1601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1600/1600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1599/1599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1598/1598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1597/1597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1596/1596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1595/1595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1594/1594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1593/1593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1592/1592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1591/1591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1590/1590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1589/1589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1588/1588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1587/1587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1586/1586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1585/1585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1584/1584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1583/1583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1610/1610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1609/1609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1608/1608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1607/1607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1606/1606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1605/1605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1604/1604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1611/1611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1603/1603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1619/1619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1618/1618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1617/1617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1616/1616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1621/1621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1615/1615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1614/1614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1620/1620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1613/1613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1612/1612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1631/1631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1630/1630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1629/1629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1628/1628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1627/1627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1626/1626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1625/1625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1624/1624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1623/1623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1622/1622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1644/1644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1643/1643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1642/1642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1641/1641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1640/1640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1639/1639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1638/1638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1637/1637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1636/1636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1635/1635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1634/1634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1633/1633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1632/1632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2184/2184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2183/2183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2182/2182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2181/2181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2185/2185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2186/2186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2187/2187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2188/2188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/2189/2189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1705/1705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1704/1704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1666/1666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1665/1665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1664/1664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1663/1663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1662/1662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/1661/1661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2009/504/504_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H711"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>