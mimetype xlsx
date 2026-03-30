--- v0 (2025-12-13)
+++ v1 (2026-03-30)
@@ -48,5359 +48,5359 @@
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE BUSQUE JUNTO AOS ÓRGÃOS ESTADUAL E FEDERAL RECURSOS PARA REVITALIZAÇÃO DO GRANDE EMPREENDIMENTO NO ESPAÇO SOCIAL KLABIN.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA REVITALIZAÇÃO DA AVENIDA BEIRA RIO ( ARTUR BINA DA SILVA E AVENIDA JOÃO VIEIRA DA COSTA), BUSCANDO APOIO DO MINISTÉRIO DAS CIDADES </t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DA REALIZAÇÃO DO MOMENTO CULTURAL, (CONFORME ACONTECIA NO GOVERNO DO EX-PREFEITO TARCÍSIO, EM QUE O ATUAL PREFEITO ERA O VICE-PREFEITO)POR RAZÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, PROVIDENCIE CONVÊNIOS COM A SECRETARIA DE ESTADO DE EDUCAÇÃO, SEBRAE, SENAC, PARA REALIZAÇÃO DE CURSOS PROFISSIONALIZANTES E TÉCNICOS NÁS ÁREAS DE ELETRICISTA,CARPINTARIA, PEDREIRO, ENCANADOR, TURISMO, BOMBEIRO HIDRÁULICO, E OUTROS;BUSCANDO APOIO E CONVÊNIO COM O SINDICATO DOS TRABALHADORES RURAIS,SINDICATO PATRONAL, ASSOCIAÇÃO COMERCIAL, ETC.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, PROVIDENCIE UMA COMISSÃO PARA ORGANIZAÇÃO DA FESTA MAIOR DO MUNICÍPIO, QUE É A EXPOSIÇÃO AGROPECUÁRIA DE ESPERA FELIZ, OBSERVANDO QUE PARA DESTINAÇÃO DE RECURSOS DA ESFERA FEDERAL OU ESTADUAL É NECESSÁRIO PLANEJAMENTO. ASSIM, OBSERVE A NECESSIDADE DE ENTRAR EM CONTATO COM OS SEGUINTES ÓRGÃOS: MINISTÉRIO TURISMO, MINISTÉRIO DA AGRICULTURA E PECUÁRIA, EMATER E OUTROS ÓRGÃOS COMPETENTES PARA A REALIZAÇÃO DE ACORDOS CONVÊNIOS PARA ANGARIAÇÃO DE RECURSOS PARA A REALIZAÇÃO DESTE EVENTO.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, TOME DE IMEDIATO PROVIDÊNCIAS PARA A REALIZAÇÃO DO CARNAVAL 2011, PELO QUE JUSTIFICA DA NECESSIDADE DE UMA COORDENAÇÃO QUE INICIE OS TRABALHOS JUNTO COM OS INTERESSADOS, OU SEJA, AGREMIAÇÕES, BLOCOS, ETC.</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE TURISMO E SECRETARIA MUNICIPAL  DE OBRAS,APROVEITE DA OPORTUNIDADE QUE A SITUAÇÃO FAVORÁVEL NA POLÍTICA ESTADUAL EM QUE CONTAMOS COM DOIS SECRETÁRIOS DE ESTADO EMPOSSADOS E QUE FORAM ELEITOS DEPUTADOS ESTADUAIS E QUE OBTIVERAM BOA VOTAÇÃO EM ESPERA FELIZ, ( DEPUTADO AGOSTINHO PATRUS FILHO, SECRETÁRIO DE ESTADO DE TURISMO, E DEPUTADO ESTADUAL BRÁULIO BRAZ, SECRETÁRIO DE ESTADO DE ESPORTES, PARA ELABORAÇÃO DE PROJETOS SUSTENTÁVEIS PARA IMPLEMENTAÇÃO DE OBRAS E PROJETOS NAS ÁREAS AFINS, NO INTUITO DE APROVEITAR A OPORTUNIDADE PROPORCIONADA PELA POLÍTICA NESTE MOMENTO.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL , ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A NECESSIDADE URGENTE DA ELABORAÇÃO DO PLANO  DE OBRAS DO MUNICÍPIO E DO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE DETERMINE À SECRETARIA DA CÂMARA MUNICIPAL PESQUISAR AS INDICAÇÕES DESTE VEREADOR QUE NÃO FORAM ATENDIDAS PELO EXECUTIVO MUNICIPAL  NO EXERCÍCIO 2010 E ENCAMINHÁ-LAS NOVAMENTE AO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE UM CONVÊNIO COM O MINISTÉRIO DAS COMUNICAÇÕES PARA IMPLEMENTAÇÃO DE CENTOS POPULARES DE INTERNET  PARA UTILIZAÇÃO PÚBLICA EM PONTOS ESTRATÉGICOS DA CIDADE COMO &amp;#8220;CALÇADÃO&amp;#8221; ,  &amp;#8220; PRAÇA CIRA ROSA&amp;#8221;, &amp;#8220; ÁREA DE LAZER&amp;#8221; E OUTROS, APROVEITANDO O SINAL BANDA LARGA DO TELECENTRO OU CONVÊNIO COM A ACESSE RÁDIO. </t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROVIDENCIE UM PLANO DE AÇÃO LEGAL PARA ENFRENTAMENTO DAS DIFICULDADES ORIUNDAS DOS PROBLEMAS AMBIENTAIS E FENÔMENOS METEREOLÓGICOS COMO CHUVAS, VENTOS, E CONSECUTIVAMENTE, DESABAMENTOS DE ENCOSTAS E OUTROS.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>- QUE O EXECUTIVO MUNICIPAL TOME COMO MEDIDA DE SOLUÇÃO FISCAL NO MUNICÍPIO A CONTRATAÇÃO DE FUNCIONÁRIOS PARA ATUREM NA FISCALIZAÇÃO MUNICIPAL  DIANTE DA NECESSIDADE PARA ORGANIZAÇÃO ADMINISTRATIVA E ANGARIAÇÃO DE RECURSOS.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE JUNTO AO DR-MG A POSSIBILIDADE DE UM CONVÊNIO COM O MUNICÍPIO DE ESPERA FELIZ PARA UMA OBRA DE RECAPEAMENTO DO ASFALTO DA RUA CARANGOLA E RUA DR. JOSÉ PAIXÃO PELOS MOTIVOS QUE SE JUSTIFICAM, ADEMAIS QUE O MUNICÍPIO PODE RECORRER AO SECRETÁRIO DE OBRAS DO ESTADO , DEP. CARLOS MELLES, QUE MUITO CONHECE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE, A REALIZAÇÃO DE ESTUDOS PARA PROJETAR  A CONSTRUÇÃO DO TEATRO MUNICIPAL  E ENTRAR EM CONTATO COMO MINISTÉRIO DA CULTURA PARA OBTENÇÃO DE RECURSOS. </t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE, A PODA DA AVENIDA JAIME TOLEDO, INCLUSIVE ENTRANDO EM CONTATO COM A CEMIG  PARA PODA JUNTO À REDE ELÉTRICA ATRAVÉS DO PREJETO &amp;#8220; LINHA VIVA&amp;#8221;</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE PARA DAR INÍCIO AO PROJETO DO MUTIRÃO DA CIDADANIA PARA ATENDIMENTO AOS CIDADÃOS COM DOCUMENTOS COMO CARTEIRAS , CERTIDÕES, EXAMES, MEDIÇÃO DE PRESSÃO ARTERIAL, CORTES DE CABELO, CASAMENTO, ETC. </t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA  DE CULTURA DESDE MUNICÍPIO, QUE ENTRE EM CONTATO COM O PROJETO MINAS AO LUAR OU VIOLA DE MINAS PARA QUE REALIZE PROJETO NESTE MUNICÍPIO DE ESPERA FELIZ PELO QUE SE JUSTIFICA COMO CULTURA. </t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL DISPONIBILIZE RECURSOS DE IMEDIATO PARA MANUTENÇÃO DA TORRE DE TELEVISÃO, INCLUSIVE ENTRANDO EM CONTATO COM OUTRAS EMISSORAS DE TELEVISÃO QUE QUEIRAM DISPONIBILIZAR APARELHAGEM PARA RETRANSMISSÃO DE SINAL EM NOSSO MUNICÍPIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE A LIMPEZA DAS RUAS JOÃO VIEIRA DA COSTA E ARTUR BINA DA SILVA</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, PROVIDENCIE DE IMEDIATO, A CAPINA DAS RUAS CENTRAIS DA CIDADE. </t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA MUNICIPAL DE SAÚDE A CONTINUIDADE DA CAMPANHA CONTRA DENGUE. </t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, DE IMEDIATO ALOQUE RECURSOS JUNTO AO IPTU E IPVA PARA ALARGAMENTO DA PONTE DA RUA HENRIQUE GRIPP FILHO PELO QUE SE JUSTIFICA. </t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL PASSE A CONSIDERAR COMO PRIORIDADE A EFETIVA APLICAÇÃO DO CÓDIGO DE POSTURA E DO CÓDIGO DE OBRAS   DO MUNICÍPIO, DANDO INÍCIO AO USO DO PLANO DIRETOR QUE DEVE SER SEGUIDO À RISCA PARA O CRESCIMENTO E O DESENVOLVIMENTO SUSTENTÁVEL. </t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DE SEU DEPARTAMENTO DE FISCALIZAÇÃO, ENGENHARIA E ARQUITETURA, OBRAS, E DEFESA CIVIL MUNICIPAL REALIZEM UM ESTUDO DE TODAS AS ÁREAS DE RISCO DE CONSTRUÇÕES E OCUPAÇÕES NO MUNICÍPIO PARA EVITAR TRAGÉDIAS. </t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA NORMATIZAR O SERVIÇO DAS EMPRESAS QUE ESTÃO REALIZANDO O SERVIÇO DE RECOLHIMENTO DE ENTULHOS NA CIDADE ATRAVÉS DAS CAÇAMBAS, OBSERVANDO O SEGUINTE:_x000D_
 A) PRAZO PARA PERMANÊNCIA DAS CAÇAMBAS NAS VIAS PÚBLICAS;_x000D_
 B) TAXAS DEVIDAS À MUNICIPALIDADE; _x000D_
 C) ALVARÁ DE FUNCIONAMENTO PARA PRESTAÇÃO DE SERVIÇO ; _x000D_
 D) VALORES DE MULTAS E FISCAL RESPONSÁVEL PELA APLICAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA ATRAVÉS DE SEUS DEPARTAMENTOS ESPECIALIZADOS NA ÁREA TURÍSTICA, EDUCACIONAL E AMBIENTAL SEJA ATRAVÉS DA INICIATIVA PRÓPRIA NA MUNICIPALIDADE OU DE PARCERIA COM ÓRGÃOS COMO SEBRAE, SECRETARIAS ESTADUAIS E OU MINISTÉRIOS AFINS PROMOVAM A CAPACITAÇÃO PROFISSIONAL DE INTERESSADOS NA ÁREA PARA O CRESCIMENTO E O DESENVOLVIMENTO DO TURISMO NO MUNICÍPIO DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE OS ESTUDOS NECESSÁRIOS PARA UMA REORGANIZAÇÃO DO SETOR DE TRIBUTAÇÃO DA PREFEITURA DE FORMA QUE A EMISSÃO DE ALVARÁS DE FUNCIONAMENTO E LOCALIZAÇÃO DE EMPRESAS E COMÉRCIOS PODENDO AINDA SE PROCESSAR ATRAVÉS DE PARCERIA COM OS ESCRITÓRIOS DE CONTABILIDADE DE FORMA A AGILIZAR O SERVIÇO E QUE SE DÊ DE FORMA ORGANIZADA CO AS SEGUINTES OBSERVAÇÕES: _x000D_
 A) DATA DE VALIDADE EM DESTAQUE;_x000D_
 B) FISCALIZAÇÃO ELETRÔNICA DO VENCIMENTO COM EXPEDIENTE PARA O FISCAL AUTUAR A EMPRESA QUE NÃO REQUERER OUTRO ALVARÁ DENTRO DO PRAZO FINAL DO ALVARÁ EMITIDO;_x000D_
 C) ALVARÁ EMITIDO EM PAPEL ESPECIAL QUE DEVERÁ SER AFIXADO EM LOCAL VISÍVEL PARA O CONTRIBUINTE E PARA FISCALIZAÇÃO. _x000D_
 </t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA AUMENTAR A ARRECADAÇÃO DO ICMS ECOLÓGICO. </t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA A CRIAÇÃO DO ICMS TURÍSTICO. </t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA INCREMENTAR, INCENTIVAR E BUSCAR O CRESCIMENTO TURÍSTICO NO MUNICÍPIO ATRAVÉS DO PROJETO &amp;#8220; CAMINHO DA LUZ&amp;#8221;. ISTO, ATRAVÉS DE PARTICIPAÇÃO PÚBLICA MUNICIPAL EM INVESTIMENTOS E PLANEJAMENTO PARA CRIAÇÃO DE LOCAIS DE CAMPING COM A DEVIDA E NECESSÁRIA INFRA-ESTRUTURA</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL A TÍTULO DE SUGESTÃO ENVIE A ESTA CASA DE LEIS UM PROJETO DE LEI HOMENAGEANDO A TODAS AS FAMÍLIAS PIONEIRAS DA RUA ROQUE FERREIRA DE CASTRO, COM A CONCESSÃO DE NOME DE UM  FAMILIAR EM CADA QUIOSQUE CONSTANTE DA PRAÇA AMENAIDE VASCONCELOS ROCHA &amp;#8220;DONA DADÁ&amp;#8221;</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE A FISCALIZAÇÃO PELA VIGILÂNCIA SANITÁRIA NOS RESTAURANTES, BARES, HOTÉIS, PADARIAS, SUPERMERCADOS, MERCEARIAS, AÇOUGUES E PARA ISSO, QUE FAVOREÇA O FUNCIONÁRIO COM A DEVIDA ESTRUTURA E PREPARO TÉCNICO ATRAVÉS DE CURSO DE CAPACITAÇÃO, TREINAMENTO E ETC. </t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A CONFECÇÃO DE UM MAPA DA CIDADE COM INDICATIVOS DOS PONTOS PRINCIPAIS, ACESSOS, RUAS, AVENIDAS.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE UM ESTUDO PARA IDENTIFICAÇÃO DO PATRIMÔNIO PÚBLICO DO MUNICÍPIO COMO ESCOLAS, CRECHES, PONTES, CAPELA MORTUÁRIA, PREFEITURA MUNICIPAL , SECRETARIAS MUNICIPAIS, PSFS, ETC COM A REFORMA DE TODOS, PRINCIPALMENTE COM A PINTURA EM CORES PADRONIZADAS USANDO AS CORES DA BANDEIRA DE ESPERA FELIZ OU AS CORES ESCOLHIDAS PELO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>OZIEL GOMES, OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 04 (QUATRO) REDUTORES DE VELOCIDADE E 01 (UM) QUEBRA-MOLAS, NAS PROXIMIDADES DA ANTIGA EMPRESA KLABIM, NA ESTRADA QUE LIGA ESPERA FELIZ À CAIANA.  </t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA TELA DE ALAMBRADO NA QUADRA DE ESPORTES DA ÁREA DE LAZER DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA TELA DE ALAMBRADO NA QUADRA DE ESPORTES DA COMUNIDADE DA CHAVE. </t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFORMAR O SALÃO COMUNITÁRIO DA COMUNIDADE DA CHAVE. </t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TROCAR A MADEIRA DO TELHADO DO POSTO DE SAÚDE DA COMUNIDADE DA  CHAVE. </t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR LATÕES DE LIXO NA ESCOLA DA COMUNIDADE DA CHAVE E TAMBÉM EM OUTROS LOCAIS DA DEVIDA COMUNIDADE. </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA CRECHE NA COMUNIDADE DO SÃO SEBASTIÃO DA BARRA. </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VERIFIQUE A POSSIBILIDADE DE INCLUIR NA ÁREA MÉDICA DO POSTO DE SAÚDE DE NOSSO MUNICÍPIO UM MASSOTERAPEUTA, VISANDO ASSIM UM TRABALHO TÉCNICO COMPLEMENTAR COM  OS OUTROS MÉDICOS, AMENIZANDO A SATURAÇÃO DAS CONSULTAS EXCESSIVAS, TENDO VISTO QUE A MASSOTERAPIA TEM COMO FINALIDADE ALIVIAR DORES FÍSICAS, E MUSCULARES RELACIONADAS COM SITUAÇÕES EMOCIONAIS VIVENCIADAS E AINDA NÃO RESOLVIDAS. </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS PARA REALIZAÇÃO DE UM CHOQUE DE GESTÃO  NO GOVERNO DO MUNICÍPIO COM ESTABELECIMENTO DE METAS PARA CADA SECRETARIA COM A CRIAÇÃO DE UM DEPARTAMENTO JURÍDICO FORTE E COM SERVIÇO DE SUPORTE TÉCNICO CAPAZ DE AUXILIAR E INFORMAR OS PROCEDIMENTOS DOS TRABALHOS COM PLANEJAMENTO E METAS A SEREM ALCANÇADAS. </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE PROJETO PARA EQUIPAR O PRÉDIO DA PREFEITURA COM ELEVADOR PARA ATENDIMENTO AO CIDADÃO QUANTO AO DIREITO DE IR E VIR AO SEGUNDO PAVIMENTO; BEM COMO RAMPAS E OUTROS AOS DEMAIS PRÉDIOS PÚBLICOS; E PREPARAÇÃO DOS BANHEIROS COM BARRAS E UTENSÍLIOS NECESSÁRIOS AOS DEFICIENTES. </t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE PROJETO NO SENTIDO DE PREPARAR AS VIAS PÚBLICAS DO MUNICÍPIO DA SEGUINTE FORMA: _x000D_
 A) CONSTRUÇÃO DE RAMPAS NAS CALÇADAS PÚBLICAS PELO PODER PÚBLICO;_x000D_
 B) CONSTRUÇÃO DE RAMPAS NAS CALÇADAS PRIVADAS EM CONVÊNIO COM OS PROPRIETÁRIOS;_x000D_
 C) CORRE-MÃO NAS ESCADARIAS DE ACESSO ÀS VIAS PÚBLICAS (ESCADARIA DA IGREJA CATÓLICA E RUA FIORAVANTE PADULA)_x000D_
 D) TAPA BURACO NAS CALÇADAS. _x000D_
 E) PINTURA DE FAIXA DE PEDESTRES NO CENTRO DA CIDADE E OUTROS CONSIDERADOS  DE GRANDE TRÁFEGO. _x000D_
 </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE ESTUDOS E LEVANTAMENTO PARA IDENTIFICAÇÃO E REGISTRO DE TODAS AS RUAS DO MUNICÍPIO DE ESPERA FELIZ SEM PAVIMENTAÇÃO OU CALÇAMENTO A FIM DE QUE A SECRETARIA COMPETENTE DESTE MUNICÍPIO PROVIDENCIE PROJETOS PARA OBTENÇÃO DE RECURSOS JUNTO AO GOVERNO FEDERAL E GOVERNO ESTADUAL PARA EXECUÇÃO DOS SERVIÇOS DE INFRA-ESTRUTURA E PAVIMENTAÇÃO. </t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VIABILIZE PROJETO PARA ADQUIRIR UM TERRENO ATRAVÉS DE ATO LICITATÓRIO OU DESAPROPRIADOR PARA VIABILIDADE DE UM MEGA-PROJETO DE CONSTRUÇÃO DE CASAS POPULARES NO MUNICÍPIO EM CONVÊNIO COM O PROJETO DO GOVERNO FEDERAL PAC 2, A FIM DE ATENDIMENTO AOS CIDADÃOS ESPERAFELICENSES E PROVÁVEIS MORADORES QUE ESTEJAM RESIDINDO EM LOCAIS CONSIDERADOS DE RISCO PELA DEFESA CIVIL. </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA VIGILÂNCIA SANITÁRIA E LIMPEZA PÚBLICA BUSQUEM ACORDO JUNTO AOS PROPRIETÁRIOS DE TRAILLERS PARA LIMPEZA SISTEMÁTICA AO REDOR DESTES LOCAIS E QUE OS PROPRIETÁRIOS ARRANJEM OURO LOCAL PARA ESTOCAGEM DAS BEBIDAS .</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DA VIGILÂNCIA SANITÁRIA DO MUNICÍPIO REALIZAR UM TRABALHO EM CARÁTER DE URGÊNCIA, DE CONTROLE DE NATALIDADE DE CÃES NO DISTRITO DE SÃO JOSÉ DA PEDRA MENINA, TENDO VISTO QUE O DISTRITO CONTA NA ATUALIDADE COM MAIS DE 300 CÃES PERAMBULANDO PELAS RUAS, O QUE VEM CAUSANDO MUITOS TRANSTORNOS PARA A POPULAÇÃO. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>OSMAR GOMES, OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR AR CONDICIONADO EM TODOS OS VEÍCULOS DO EXECUTIVO MUNICIPAL QUE CARREGAM PASSAGEIROS E QUE OS VEÍCULOS QUE JÁ POSSUEM AR, QUE SEJAM USADOS PARA DAR MAIOR CONFORTO AOS USUÁRIOS, TENDO VISTO QUE ESTAMOS ENFRENTANDO DIAS DE INTENSO CALOR. </t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DO MOTORISTA DA PREFEITURA MUNICIPAL, SR LECIR PEIXOTO EXPANDIR O TRAJETO DO ÔNIBUS ESCOLAR PARA A COMUNIDADE DE FÁTIMA EM MAIS UM QUILÔMETRO, SENDO QUE, AO INVÉS DE IR SOMENTE ATÉ O ASSENTAMENTO, PROSSIGA ATÉ A  IGREJA NOSSA SENHORA DE FÁTIMA, COMO ERA FEITO NO GOVERNO ANTERIOR, DO EX-PREFEITO MUNICIPAL  SR. JADIR SILVA VIDAL, TENDO VISTO QUE UMA PROFESSORA MUNICIPAL MORA PERTO DA  IGREJA E TEM QUE FAZER ESSE TRAJETO DE IDA E VOLTA, TODOS OS DIAS A PÉ. </t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, FAÇA UMA MOBILIZAÇÃO IMEDIATA PELA CRIAÇÃO DA LEI GERAL DA MICRO E PEQUENA EMPRESA.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM MINI-PARQUE INFANTIL À DIREITA DA IGREJA DO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA VEJA A VIABILIDADE DE CRIAR UM SERVIÇO DE SUGESTÕES, RECLAMAÇÕES E DENÚNCIAS REFERENTES AOS ATOS DOS PODERES EXECUTIVOS E LEGISLATIVOS ATRAVÉS DE UM DISK DENÚNCIA GRATUITO. </t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA VEJA A VIABILIDADE DE IMPLANTAR O SISTEMA DE INCLUSÃO DIGITAL DESTA CÂMARA MUNICIPAL E CRIE UM SISTEMA DE GERAÇÃO DE SINAL DA TV CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA DESTA CASA VEJA A VIABILIDADE DE IMPLANTAÇÃO DO SISTEMA DE TRANSMISSÃO AO VIVO DAS SESSÕES DA CÂMARA VIA INTERNET. OBSERVANDO QUE SÃO NECESSÁRIOS OS SEGUINTES EQUIPAMENTOS PARA IMPLANTAÇÃO DO SISTEMA: 2 CÂMERAS E 01 MESA DE COTE PARA IMPLANTAÇÃO DO SISTEMA. </t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DESTA CASA VEJA A VIABILIDADE DE FAZER A TRANSMISSÃO DAS REUNIÕES DA CÂMARA VIA RÁDIO NOVA SIÃO</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA DESTA CASA PROVIDENCIE A CRIAÇÃO DO PROCON VIA CÂMARA MUNICIPAL. </t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A MESA DIRETORA DESTA CASA VIABILIZE CURSOS NA ÁREA LEGISLATIVA PARA VEREADORES E FUNCIONÁRIOS. </t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, BUSQUE MEIOS PARA A CRIAÇÃO DE UM PONTO DE TÁXI NO BAIRRO VALE DO SOL. </t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE DOAR UM TERRENO NO PARQUE DE EXPOSIÇÃO PARA A ASSOCIAÇÃO DE SEGURANÇA DINÂMICA DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA VIABILIZE ESTUDOS JUNTO AOS SINDICATOS DOS PRODUTORES, DOS TRABALHADORES RURAIS E EMATER DE FORMA A INCENTIVAR A CRIAÇÃO DE PEQUENAS COOPERATIVAS PARA A VALORIZAÇÃO DO TRABALHO DO HOMEM DO CAMPO PELO FALO RELEVANTE: _x000D_
 A) COM A CRIAÇÃO DESTAS COOPERATIVAS NAS DIVERSAS ÁREAS DE CULTIVO E PRODUÇÃO, OS ASSOCIADOS PODERÃO COMPRAR E VENDER PRODUTOS, INSUMOS, ADQUIRIR MAQUINÁRIOS E OUTROS ATRAVÉS DE SEUS ASSOCIADOS &amp;#8220;COOPERADOS&amp;#8221; COM CUSTOS MENORES DO PRATICADO NO MARCADO. _x000D_
 </t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS  DAS SECRETARIAS COMPETENTES, VIABILIZE OS ESTUDOS NECESSÁRIOS PARA A CRIAÇÃO DA CASA DO ACOLHEDOR  DE ESPERA FELIZ DIANTE DA GRANDE QUANTIDADE DE PESSOAS QUE PASSAM PELA CIDADE E NÃO DISPÕE DE RECURSOS PARA PAGAMENTO DE PERNOITE NOS HOTÉIS. </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA VEJA A VIABILIDADE DE DIVULGAÇÃO DO PROGRAMA NACIONAL DE CRÉDITO FUNDIÁRIO PARA ASSENTAMENTO DE NOVOS PEQUENOS PROPRIETÁRIOS DENTRO DAS EXPECTATIVAS DO PROGRAMA E INTERESSE DOS PRODUTORES, OBSERVANDO E CONSIDERANDO PARCERIAS ENTRE O SINDICATO DOS TRABALHADORES RURAIS DO MUNICÍPIO E EMATER. </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE  TOMAR PROVIDÊNCIAS NO CÓRREGO MONTE ALEGRE OU MONTES CLAROS, (CONHECIDO COMO CÓRREGO DO BONFIM), ONDE VEM ACONTECENDO FATOS QUE ESTÃO TRAZENDO MUITOS TRANSTORNOS PARA OS MORADORES, COMO:_x000D_
 NAS PROXIMIDADES DA PROPRIEDADE DO SR JAIME GONÇALVES E NA ENTRADA DA PROPRIEDADE DO SR, SINIVAL FARIAS, A TERRA ESTÁ DESAPARECENDO, DANDO LUGAR A  VALAS NO MEIO DA ESTRADA, FICANDO PRATICAMENTE INTRANSITÁVEL, E TAMBÉM EM FRENTE À PROPRIEDADE DO SR. JOSÉ AUGUSTO, A ÁGUA CARREGOU AS MANILHAS EXISTENTE, NECESSITANDO SEREM RECOLOCADAS MANINHAS DE 80.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">66-QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE VEJA A POSSIBILIDADE DE VIABILIZAR UM PROJETO DE ARBORIZAÇÃO NO TERRITÓRIO DO MUNICÍPIO DE ESPERA FELIZ EM PARCERIA COM A ECOBRIGADA E OUTRAS ONGS PARA INCENTIVO À POPULAÇÃO. </t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O  EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO ÀS LÂMPADAS DOS POSTES DA PONTE QUE FICA LOCALIZADA EM FRENTE À POLICLÍNICA MUNICIPAL E TAMBÉM DOS PÓRTICOS DAS ENTRADAS DO MUNICÍPIO, TENDO VISTO QUE AS LÂMPADAS ESTÃO QUEIMADAS. SUGIRO TAMBÉM QUE SEJA COLOCADO NOS PÓRTICOS UM SISTEMA TEMPORIZADOR PROGRAMADO PARA LIGAR E DESLIGAR AUTOMATICAMENTE.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DO FUNCIONÁRIO DO EXECUTIVO MUNICIPAL QUE É LOTADO NA DELEGACIA DE POLÍCIA DE ESPERA FELIZ &amp;#8211; SR. ADRIANO DA SILVA, DE 06 EM 06 MESES OU PELO MENOS 01 VEZ NO ANO SE DESCOLAR COM SEU MATERIAL PARA A COMUNIDADE DO PARAÍSO, REALIZANDO O SERVIÇO DE FAZER CARTEIRA DE IDENTIDADE DAS PESSOAS DAQUELA REGIÃO, ATENDENDO TAMBÉM MORADORES DO SÃO DOMINGOS, DISTRITO DE SÃO JOSÉ, FORQUILHA DO RIO, ETC. </t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA-MOLAS OU REDUTOR DE VELOCIDADE NA AVENIDA JAIME TOLEDO ( PRINCIPALMENTE NO FINAL DA RETA), TENDO VISTO QUE OS CARROS DESCEM O MORRO DA CANOA EM ALTA VELOCIDADE, O QUE VEM PREOCUPANDO OS MORADORES. </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM PISO ANTIDERRAPANTE NOS CORREDORES DA ESCOLA DO ACOLHIMENTO (EJA) ANTIGO PRÉDIO DA SECRETARIA DE EDUCAÇÃO. </t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA QUE FICA LOCALIZADA EM FRENTE À VENDA DO WILSON, NA COMUNIDADE BOA ESPERANÇA POR PONTE DE CONCRETO. </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO  MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DO SÃO GONÇALO QUE DÁ ACESSO AO CAPIM ROXO POR PONTE DE CONCRETO. </t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR AS PONTES DE MADEIRAS QUE FICAM NA BARRA DO TABOÃO, SENDO ESPECIFICADA ABAIXO: </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PATROLAR E CASCALHAR AS ESTRADAS QUE DÃO ACESSO AS COMUNIDADES DO ANGOLA, BOA ESPERANÇA, MARIANINHO, SÃO JOÃO DA FARINHA, NOSSA SENHORA DE LOURDES, TABOÃO, SÃO GONÇALO, SANTA CLARA, CÓRREGO GRANDE, VENTANIA. </t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO  COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM PARQUINHO DE DIVERSÃO COM MADEIRAS DE EUCALIPTO, COMO ESTÁ SENDO FEITO NA COMUNIDADE DO TABOÃO, EM TODAS AS COMUNIDADES DAQUELA REGIÃO, COMO: SÃO GONÇALO, BOA ESPERANÇA, VENTANIA, ANGOLA, MARIANINHO, NOSSA SENHORA DE LOURDES, SANTA CLARA, CÓRREGO GRANDE E SÃO JOÃO DA FARINHA. </t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE  O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MANILHA POR UMA PONTE DE TUBULÃO ARMCO NA ESTRADA QUE DÁ ACESSO À COMUNIDADE DO ANGOLA, NAS PROXIMIDADES DA COMUNIDADE BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR A PONTE DE MADEIRA DA COMUNIDADE DO ANGOLA, QUE FICA NAS PROXIMIDADES DA PROPRIEDADE DO SR. FRANCISCO FERRAZ, POR TUBULÃO  ARMCO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR AS 02 (DUAS) PONTES DE MADEIRA EXISTENTES NA COMUNIDADE DO MARIANINHO POR TUBULÃO ARMCO. </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02(DOIS) MATA-BURROS DE FERRO NA COMUNIDADE DO SÃO GONÇALO, SENDO UM NAS PROXIMIDADES DA PROPRIEDADE DO SR. JOSÉ VIEIRA E O OUTRO NAS PROXIMIDADES DA PROPRIEDADE DO SR. MANOEL MORAES. </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR OS MATA-BURROS DE MADEIRA POR MATA-BURROS DE FERRO NA COMUNIDADE SÃO GONÇALO, NAS PROXIMIDADES DA PROPRIEDADE DO SR. CLAUDIO MORAES, QUE DÁ ACESSO A COMUNIDADE DO BONFIM. </t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU  ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR (01) UMA QUADRA DE ESPORTES NA COMUNIDADE DO QUICÉ, A FIM DE PROPORCIONAR AOS MORADORES DAQUELA REGIÃO E VISITANTES, MOMENTOS DE ENTRETENIMENTO E LAZER. </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE, APROVEITANDO OS ESTUDOS E A ELABORAÇÃO DO PROJETO SOBRE A MUDANÇA DO TRÂNSITO NA CIDADE QUE SEJA ESTUDADA A POSSIBILIDADE DE REALIZAR UMA OBRA PARA ESTACIONAMENTO DE 90 GRAUS EM FRENTE A ESCOLA E. INTERVENTOR JÚLIO DE CARVALHO E NA PRAÇA DA BANDEIRA, OBSERVANDO A NECESSIDADE DE REDUZIR O ESPAÇO DESTINADO À CALÇADA. </t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE APROVEITANDO OS ESTUDOS QUE ESTÃO EM ANDAMENTO PARA REFORMULAÇÃO DO TRÂNSITO NA CIDADE E CONSIDERANDO QUE O MOMENTO É PROPÍCIO PARA MELHORAR O VISUAL DA CIDADE E ADEQUAR AS CALÇADAS AOS PORTADORES DE DEFICIÊNCIA E AOS IDOSOS QUE SEJA ESTUDADA A VIABILIDADE DA AMPLIAÇÃO DA CALÇADA NA RUA FIORAVANTE PADULA EM TODA SUA EXTENSÃO, DO HOTEL MONTANHÊS ATÉ A LOJA TAVARES A AMPLIAÇÃO EM 40 CENTÍMETROS E ADEQUAÇÃO JÁ CITADA. </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE INSTALAÇÕES DE BEBEDOUROS NA ÁREA DE LAZER PARA USO DOS POPULARES E DOS PRÓPRIOS FUNCIONÁRIOS. OBSERVANDO A NECESSIDADE DE BEBEDOUROS INDUSTRIAIS PARA USO DE GRANDE NÚMERO DE PESSOAS. </t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ESPORTES VEJA A VIABILIDADE DA MANUTENÇÃO PERIÓDICA DOS CAMPOS DA ZONA RURAL E DAS QUADRAS DE ESPORTES. </t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE OS ESTUDOS NECESSÁRIOS PARA EXTENSÃO DO SERVIÇO DA MELHORIA DA ILUMINAÇÃO PÚBLICA DO MUNICÍPIO AOS BAIRROS DA CIDADE E TAMBÉM DA AVENIDA JAIME TOLEDO E OBSERVANDO, QUE TAL MATÉRIA TAMBÉM JÁ FORA APROVADA NO ANO PASSADO ATRAVÉS DE INDICAÇÃO DESTE VEREADOR.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE OS ESTUDOS NECESSÁRIOS PARA PINTURA DAS PONTES DA CIDADE E ILUMINAÇÃO DAS MESMAS COM POSTES ADEQUADOS. </t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE ESPORTES VEJA A VIABILIDADE DA PINTURA DA QUADRA DO GINÁSIO POLIESPORTIVO E A REFORMA DAS DEMAIS DEPENDÊNCIAS COMO BANHEIROS, VESTIÁRIOS E COLOCAÇÃO DE ASSENTOS CONFORTÁVEIS NAS ARQUIBANCADAS, PODENDO INCLUSIVE, ENTRAR EM CONTATO COM A DIREÇÃO DO MINEIRÃO (BELO  HORIZONTE) VENDO A VIABILIDADE DE UMA PARCERIA PARA DOAÇÃO DE EQUIPAMENTOS. </t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DUARTE PAES QUE FICA LOCALIZADA NO BAIRRO SANTA INÊS ( 2ª RUA DEPOIS DO CAMPESTRE CLUBE).</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CRIAR UM PONTO DE TÁXI NA COMUNIDADE DO QUICÉ.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TRANSFORMAR O ESPAÇO DA ESCOLA DA COMUNIDADE DA BOA ESPERANÇA EM 01 (UM) POSTO DE ATENDIMENTO MÉDICO E A OUTRA PARTE EM 01(UM) SALÃO COMUNITÁRIO, ATENDENDO À COMUNIDADE, POIS NÃO JUSTIFICA ESTA ESCOLA CONTINUAR FUNCIONANDO COM POUQUÍSSIMOS ALUNOS, COMO CONTA ATUALMENTE, DESPERDIÇANDO UM GRANDE ESPAÇO QUE PODERÁ SER MUITO ÚTIL A COMUNIDADE. </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A COPASA E FIRMAR UMA PARCERIA PARA VER A VIABILIDADE DE SER FEITA UMA REDE DE ÁGUA NA COMUNIDADE DO SÃO GONÇALO, APROVEITANDO QUE A COPASA CONSTRUIU UM POÇO ARTESIANO NESTA DEVIDA COMUNIDADE.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFORMAR URGENTEMENTE O POSTO DE SAÚDE QUE FICA LOCALIZADO NA PONTE DOS MACACOS.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA COMPETENTEE ATRAVÉS DO PROGRAMA CAMINHO DA ESCOLA, POSSA ADERIR AO REGISTRO DE PREÇOS PROMOVIDO PELO FNDE PARA A COMPRA DE BICICLETAS ESCOLARES DE AROS 20 E 26, SENDO UMA ALTERNATIVA QUE IRÁ FACILITAR O TRANSPORTE DOS ESTUDANTES, ALÉM DE AJUDÁ-LOS A TEREM UMA ATIVIDADE FÍSICA.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE DELIMITAR E REGULAMENTAR A ÁREA DE PRAÇA (LAZER) QUE FICA LOCALIZADA NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR AS RUAS DO MORRO DO WALTAIR,  PRINCIPALMENTE A RUA SANTA CECÍLIA E TAMBÉM VER A SITUAÇÃO DA ESCADA QUE FICA LOCALIZADA NESTA RUA, QUE NECESSITA URGENTE DE UMA REFORMA. </t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INCLUIR NA GRADE CURRICULAR DO ENSINO FUNDAMENTAL UMA DISCIPLINA DE TURISMO RURAL. </t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE NA ESTRADA  ESPERA FELIZ/PARAÍSO, ENTRE A RESIDÊNCIA DA SRA. LUZIA MOREIRA E A CAPELA DA COMUNIDADE DO PARAÍSO. </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ASFALTAR O TRECHO COMPREENDIDO ENTRE O BAIRRO JOÃO CLARA ATÉ O POVOADO DE SÃO SEBASTIÃO DA BARRA. </t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR O CONSELHO MUNICIPAL DE DIREITO DA MULHER-CMDM.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1- _x000D_
 QUE O EXECUTIVO MUNICIPAL  VIABILIZE OS ESTUDOS NECESSÁRIOS PARA ADEQUAR O CÓDIGO DE POSTURA E O CÓDIGO DE OBRAS DO MUNICÍPIO À REALIDADE REGIONAL EM OBSERVAÇÃO À CONDENAÇÃO DE IMÓVEIS EM LOCAIS DE RISCO PELA DEFESA CIVIL, APÓS CONFECÇÃO DE LAUDO TÉCNICO, PARA IMEDIATA DEMOLIÇÃO E PROIBIÇÃO DE NOVAS CONSTRUÇÕES NESTES LOCAIS. _x000D_
 2-_x000D_
 QUE O EXECUTIVO MUNICIPAL DIANTE DA NECESSIDADE, VIABILIZE UM ESTUDO PARA A CRIAÇÃO DE UM FUNDO DE RESERVA PARA A CRIAÇÃO DO PROJETO ALUGUEL SOCIAL PARA ATENDIMENTO ÀS FAMÍLIAS DESABRIGADAS OU DESALOJADAS EM PERÍODOS DE TRAGÉDIAS. _x000D_
 </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-_x000D_
 QUE O PODE EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA COMPETENTE, O PLANEJAMENTO ADMINISTRATIVO NÃO APENAS PARA O DIA DE HOJE, MAS, PARA OS PRÓXIMOS ANOS PARA QUE AS PRÓXIMAS GERAÇÕES ESTEJAM PROTEGIDAS DE AÇÕES QUE COMPROMETAM A SEGURANÇA E A VIDA. _x000D_
 2- _x000D_
 QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROMOVA AÇÕES QUE ATINJAM AS METAS COM RESPONSABILIDADE PROFISSIONAL, SOCIAL, ADMINISTRATIVA E POLITICAMENTE CORRETA. _x000D_
 </t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU DEFESA CIVIL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS E VER A POSSIBILIDADE DE LIBERAÇÃO DE RECURSOS PARA COMERCIANTES E EMPRESÁRIOS ATRAVÉS DO BDMG, PARA O MUNICÍPIO DE ESPERA FELIZ QUE FOI ATINGIDO PELAS CHUVAS. </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VIABILIZE OS ESTUDOS NECESSÁRIOS PARA UMA REFORMULAÇÃO DO SETOR DE OBRAS COM OBSERVÂNCIA ÀS INDICAÇÕES QUE PODEM CONTRIBUIR PARA O PROCESSO DE CRESCIMENTO DO MUNICÍPIO DE ESPERA FELIZ INSERIDO NA SUSTENTABILIDADE LOGÍSTICA E ADMINISTRATIVA:</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE RETIRAR A ENXURRADA NUMA ESTRADA NA COMUNIDADE DO CHALÉ QUE DÁ ACESSO A QUATRO PROPRIEDADES. (SÍTIO DO ALACRINIO, DO JOSÉ CLAUDIO, DO ADEMIR PAULETE, ETC.)</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA MANUTENÇÃO CONSTANTE NAS RUAS SEM CALÇAMENTO A FIM DO TRÁFEGO NÃO FICAR IMPEDIDO, INCLUSIVE, PERMITINDO SEMPRE A COLETA DO LIXO.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE RETORNAR O SERVIDOR PÚBLICO (GARI), QUE FAZIA A MANUTENÇÃO DO BAIRRO VALE DO SOL E TAMBÉM APROVEITANDO O ENSEJO QUE SEJA DELIBERADO UM GARI PARA O BAIRRO SANTA INÊS COM URGÊNCIA.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MONTAR UM PROJETO PAISAGÍSTICO PARA A PRAÇA DA IGREJA VALE DO SOL .</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ELABORAR O PROJETO DE CALÇAMENTO DA AV. AMÉRICO CÂNDIDO DE SOUZA. </t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR AS MANILHAS NA RUA QUE FICA NOS FUNDOS DO POSTO DO PINGO, NO BAIRRO SANTA INÊS, ( OS MORADORES NÃO TEM COMO CHEGAR EM CASA DE CARRO)</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR AS RUAS DO BAIRRO SANTA INÊS.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SER RETIRADO O RESTANTE DE ENTULHO QUE ESTÁ NO PÁTIO DA ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA E TAMBÉM COLOCAÇÃO DE SAIBRO PRÓXIMO AO PORTÃO QUE DÁ ACESSO AO PÁTIO DA REFERIDA ESCOLA. </t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PLANTAR ÁRVORES NATIVAS E FRUTÍFERAS  ÀS MARGENS DA BR 482, INICIANDO NO PÓRTICO SENTIDO A CARANGOLA/MG  E FINALIZANDO NO TREVO QUE LIMITA O MUNICÍPIO DE ESPERA FELIZ/CARANGOLA. </t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FIRMAR CONVÊNIO COM O GOVERNO ESTADUAL OU FEDERAL, A FIM DE CONTRATAR PROFISSIONAL COMPETENTE (GEÓLOGO) PARA ANALISAR O SOLO DO MUNICÍPIO, PRINCIPALMENTE NAS ÁREAS DE RISCO COMO: BAIRRO DO ROQUE: RUA PEREIRA; BAIRRO DO WALTAIR, CÓRREGO AREIA BRANCA (CONHECIDO COMO RUA DO CORGUINHO); E TODAS AS ÁREAS DE LOTEAMENTOS EXISTENTES, A FIM DE DETECTAR PERIGO DE ENCHENTES E DESLIZAMENTOS EM ÉPOCAS DE CHUVAS E TEMPESTADES E APÓS SEREM TOMADAS AS DEVIDAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE VIABILIZE OS ESTUDOS NECESSÁRIOS PARA A CRIAÇÃO DE UM PROJETO COMUNITÁRIO DE PROTEÇÃO DO NOSSO RIO E CÓRREGOS, MAPEAMENTO E PROTEÇÃO DAS NASCENTES, E PROTEÇÃO DO LENÇOL FREÁTICO.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-_x000D_
 QUE O ATENDENDO SOLICITAÇÃO DA ASSOCIAÇÃO COMERCIAL, INDUSTRIAL E AGROPECUÁRIA DE ESPERA FELIZ PROPONHO A ESTA COMISSÃO O ESTUDO E A ANÁLISE DA REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA COM O COMÉRCIO LOCAL PARA ESTABELECER HORÁRIOS DE FUNCIONAMENTO DO COMÉRCIO CONFORME DETERMINAÇÕES LEGAIS E DE ACORDO COM AS NECESSIDADES DOS NOSSOS COMERCIANTES._x000D_
 2-_x000D_
 QUE SEJA ESTUDADO E ANALISADO NESTA AUDIÊNCIA PÚBLICA A VIABILIDADE DE TERMOS DIARIAMENTE (01) UMA DROGARIA DE PLANTÃO (24 HORAS) EM NOSSO MUNICÍPIO. _x000D_
 3-_x000D_
 QUE NA PRESENTE PROPOSTA SEJAM OBSERVADAS A LEGISLAÇÃO ESTADUAL E FEDERAL, E OUVIDOS OS COMERCIANTES , PARA DAÍ A PROPOSITURA DE UM PROJETO DE LEI, E AINDA, BUSCANDO INFORMAÇÕES EM OUTRAS CIDADES QUE JÁ REGULARIZARAM ESTA QUESTÃO._x000D_
 </t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AO LATÃO DE LIXO QUE FICA LOCALIZADO NA ESQUINA DA LOJA STILLUS CALÇADOS, SENDO UM PEDIDO DE TODOS OS COMERCIANTES QUE ALEGAM ESTAR INSUPORTÁVEL  O CHEIRO QUE EXALA DESTE LATÃO, TENDO VISTO QUE OS PROPRIETÁRIOS DOS TRAILERS DEPOSITAM O LIXO ALIMENTAR DENTRO DESTE LATÃO DURANTE A MADRUGADA E A COLETA É REALIZADA SOMENTE NO HORÁRIO APROXIMADO DE 10:00H DA MANHÃ E TAMBÉM PELO MOTIVO DO LATÃO NÃO ESTAR COMPORTANDO O VOLUMO DO LIXO DEPOSITADO, POIS É UM LOCAL CENTRAL QUE CONTA COM UM NÚMERO DE GRANDES COMÉRCIOS</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FIRMAR PARCERIA COM O SEBRAE, SINDICATO RURAL, SINDICATO DOS TRABALHADORES, CLUBES DE SERVIÇO, ASSOCIAÇÃO COMERCIAL, ETC, A FIM DE CRIAR UM POSTO DE ATENDIMENTO AO EMPREENDEDOR/SEBRAE NO MUNICÍPIO DE ESPERA FELIZ MG.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA  OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MANUTENÇÃO NAS CAIXAS DE CONTENÇÃO DO MORRO DO DJALMA (SÃO DOMINGOS), LIMPANDO-AS A FIM DE EVITAR TRANSTORNOS FUTUROS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACA DE MÃO ÚNICA NA RUA BRAZ MARTINS, DEVIDO A ESTA RUA SER MUITO ESTREITA E AINDA CONTAR COM UMA CURVA NO FINAL E OS CARROS QUANDO SE ENCONTRAM NÃO TEM COMO PASSAR COM FACILIDADE, OCASIONANDO TRANSTORNOS PARA OS MOTORISTAS.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE QUE DÁ ACESSO AO VALE A PENA, QUE FICA LOCALIZADA NO INÍCIO DO MORRO DO DJALMA, QUE DÁ ACESSO AO VALE A PENA. </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ABRIR A GALERIA DO BAIRRO DO ROQUE ATÉ O ASFALTO, TENDO VISTO QUE JÁ ESTÁ SENDO ABERTA, FALTANDO APROXIMADAMENTE O8 METROS PARA CHEGAR ATÉ O ASFALTO.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ATERRAR E GRAMAR AS LATERAIS DA RUA MANOEL MOURA FILHO, QUE DÁ ACESSO AO CEMITÉRIO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DE PROFISSIONAIS COMPETENTES, FAÇA UMA INSPEÇÃO COM EMISSÃO DE LAUDO NO PARQUE QUE ESTÁ INSTALADO NO PARQUE DE EXPOSIÇÃO, VERIFICANDO AS CONDIÇÕES DE FUNCIONAMENTO DOS BRINQUEDOS. </t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VIABILIZE ESTUDOS PARA FOTOGRAFAR O MUNICÍPIO VIA AÉREO, USANDO DE SERVIÇOS DE AVIÃO OU OUTRO DO GÊNERO PARA SE TER UMA IDÉIA COMPLETA DO CRESCIMENTO DA CIDADE. PODENDO INCLUSIVE APROVEITAR O PERÍODO CALAMITOSO QUE ATRAVESSA A CIDADE E BUSCAR PARCERIA COM A POLÍCIA MILITAR QUE DISPONIBILIZA DE HELICÓPTERO OU PARCERIA COM INSTITUIÇÕES PRIVADAS PARA PROCEDER ATÉ MESMO COM A ORGANIZAÇÃO E EFETIVAÇÃO DO PLANO DIRETOR E CÓDIGO DE OBRAS DO MUNICÍPIO E DE POSTURA. </t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE A PRESIDÊNCIA DESTA CASA VIABILIZE OS ESTUDOS NECESSÁRIOS PARA QUE A IMPLANTAÇÃO DE ELEVADOR NESTA CASA DE LEIS SE DÊ ATRAVÉS DE REPASSE DE RECURSOS AO PODER EXECUTIVO PARA QUE ESTE PROVIDENCIE A IMPLANTAÇÃO DO MESMO, POIS SABEDORES SOMOS DE QUE ESTE PRÉDIO É DE PROPRIEDADE DO EXECUTIVO MUNICIPAL, ASSIM SENDO, É MAIS QUE DE DIREITO QUE A OBRA SEJA A QUEM DE DIREITO, E COMO O PODER LEGISLATIVO USA DE ESPAÇO NO PRÉDIO DO PAÇO MUNICIPAL QUE ESTA INDICAÇÃO SEJA CONSIDERADA POR ESTA PRESIDÊNCIA ATÉ MESMO PELO PRECEITO CONSTITUCIONAL DA INDEPENDÊNCIA DOS PODERES E TAMBÉM DA  HARMONIA. _x000D_
 </t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA REDE PLUVIAL NO ANEL RODOVIÁRIO, DE APROXIMADAMENTE UNS 200 METROS, NA ALTURA DA ESCADA QUE DÁ ACESSO A RUA FIORAVANTE PADULA, FINALIZANDO NA RUA DOM SILVÉRIO, NAS PROXIMIDADES DA RESIDÊNCIA DO BETO/ELAINE.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA REDE PLUVIAL NA RUA NICOLAU DE FREITAS, QUE FICA LOCALIZADA NA ÁREA DE LAZER. </t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO , ATRAVÉS DA SECRETARIA, OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE DESENTUPIR OS BUEIROS QUE FICAM LOCALIZADOS NA RUA MANOEL MOURA FILHO, (INÍCIO DO MORRO DO CEMITÉRIO), FAZENDO A LIMPEZA DA ÁREA IMEDIATAMENTE  APÓS A RETIRADA. </t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PROVIDENCIAR REDE ELÉTRICA PARA ÁS RUAS JOSÉ GOMES- VALE DO SOL II E JUSCELINO KUBSTCHEK ( PATRONATO)</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER UM ATERRO PRÓXIMO À PONTE QUE FICA LOCALIZADA NA ESTRADA DO AREAL, PRÓXIMO À PROPRIEDADE DO SR. JOSÉ VIEIRA.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PATROLAR A ESTRADA DO CÓRREGO DO BONFIM, TENDO VISTO QUE ESTA COMUNIDADE CONTA COM APROXIMADAMENTE 32 PROPRIEDADES RURAIS E OS LA. PROPRIETÁRIOS ESTÃO ALEGANDO QUE HÁ (02) ANOS ESTA COMUNIDADE NÃO ESTÁ SENDO ATENDIDA COM A PATROLA.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CRIAR UM ÓRGÃO DE APOIO AO PEQUENO E MICRO EMPRESÁRIO. </t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM AS EMISSORAS REGIONAIS PARA ANÁLISE E DISPONIBILIZAÇÃO DE APARELHOS RETRANSMISSORES DE SINAL DIGITAL PARA O MUNICÍPIO DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ESTABELEÇA UMA POLÍTICA ORIENTADORA AOS CONTRIBUINTES MUNICIPAIS COM A CRIAÇÃO DE UM DEPARTAMENTO JURÍDICO ESPECÍFICO A FIM DE TRATAR DA ORIENTAÇÃO DOS CIDADÃOS MAIS CARENTES A FERRAMENTA E A ORIENTAÇÃO ADEQUADA DE COMO PROCEDER NESTES CASOS. E AINDA, QUE NESTE MESMO ÍNTERIM, SEJA OBSERVADO UM ESTUDO PELO EXECUTIVO NESTES NOVOS LOTEAMENTOS A FIM DE QUE SEJAM FEITAS AS VENDAS ATRAVÉS DE ESCRITURA PÚBLICA COM A COMPLETA LEGALIZAÇÃO DESTES LOTEAMENTOS EVITANDO ASSIM, DESVIO DE RECEITA.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS, COM ACOMPANHAMENTO TÉCNICO DE ENGENHARIA CIVIL PROVIDENCIE A ANÁLISE E O DEVIDO ESTUDO DO CÓRREGO AREIA BRANCA NOS TRECHOS ESPECIFICADOS.  </t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, EM REGIME DE URGÊNCIA, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NOS CÓRREGOS DO BAIRRO DO ROQUE RETIRANDO TODA A TERRA ACUMULADA E ENTULHOS. </t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, EM REGIME DE URGÊNCIA, VEJA A VIABILIDADE DE CONSTRUIR 12 BUEIROS NA RUA DENOMINADA ROQUE FERREIRA DE CASTRO E RUA PEDRO DIAS NETO CONHECIDAS COMO RUA DO CORGUINHO, ESTENDENDO ATÉ O FINAL DA PRAÇA AMENAIDE, SENDO DISTRIBUÍDOS ESTES BUEIROS NOS LOCAIS CRÍTICOS (SENDO AVERIGUADO ESTES LOCAIS PELO EXECUTIVO). SOLICITO TAMBÉM A SUBSTITUIÇÃO DAS MANILHAS DOS BUEIROS EXISTENTES POR MANILHAS DE 30 CM, TENDO VISTO  QUE A MANILHAS ANTIGAS SÃO MUITO FINAS, NÃO ESTÃO DANDO VAZÃO AO ESCOAMENTO DAS ÁGUAS PLUVIAIS. </t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MELHORAR O ACESSO DAS ESCADAS SITUADAS NOS CANTEIROS CENTRAIS DA RUA FIORAVANTE PADULA, SENDO UMA NAS PROXIMIDADES DO HOTEL MONTANHÊS E A OUTRA PERTO DO FÓRUM AMADO GRIPP, COLOCANDO NOVOS CORRIMÕES. </t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DOIS)  QUEBRA-MOLAS EM FRENTE A LOJA LR CONFECÇÕES (DAS PROPRIETÁRIAS LICÉIA E REGINA), QUE FICA NA COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE, VIABILIZE OS ESTUDOS NECESSÁRIOS PARA CESSÃO DEFINITIVA DA ESTRADA PARQUE AGOSTINHO PATRUS PARA ADMINISTRAÇÃO PELO ESTADO, COM OBSERVÂNCIA AOS BENEFÍCIOS QUE TRARÁ PARA A CIDADE, PODENDO, INCLUSIVE, NESTE ESTUDO CONSTAR CLÁUSULA EM POSSÍVEL CONFECÇÃO DE CONTRATO PARA ASFALTAMENTO DO TRECHO DE LIGAÇÃO AO DISTRITO DE SÃO JOSÉ DA PEDRA MENINA E À COMUNIDADE  DE SÃO DOMINGOS. </t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA E UMA GALERIA POR BAIXO, NO BAIRRO DO ROQUE, NO LOCAL ONDE FOI ABERTO UMA CRATERA, DEVIDO ÀS CHUVAS. </t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA OSÓRIO HOTTES, QUE FICA LOCALIZADA PRÓXIMA À ESCOLA ESTADUAL ERÊNIO DE SOUZA CASTRO. </t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CORTAR 03 (TRÊS ÁRVORES QUE FICAM LOCALIZADAS NA COMUNIDADE DO SÃO DOMINGOS EM FRENTE À QUADRA E POSTO DE SAÚDE.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A AMM &amp;#8211; ASSOCIAÇÃO MINEIRA DE MUNICÍPIOS PARA COLOCAÇÃO DE INTERNET BANDA LARGA GRATUITA NOS ÓRGÃOS PÚBLICOS DO MUNICÍPIO DE ESPERA FELIZ ;</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PRESIDENTE DESTA CASA DE LEIS, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ESTUDAR E ANALISAR AS PROPOSTAS CONTIDAS NO CD EM ANEXO DA EMPRESA CONSULPLAN, E NA NECESSIDADE DE REALIZAÇÃO DE CONCURSO NA CASA, DÊ PREFERÊNCIA A ESTA EMPRESA, CASO PROPOSTA AGRADE, TENDO VISTO QUE A CONSULPLAN FICA LOCALIZADA NA RUA JOSÉ AUGUSTO DE ABREU, N. 1000, BAIRRO AUGUSTO DE ABREU &amp;#8211; MURIAÉ/MG &amp;#8211; CEP &amp;#8211; 36830-000, TELEFONE &amp;#8211; 32-3729-4700, DIMINUINDO ASSIM DESPESAS COM TRANSPORTES, TENDO VISTO FICA PRÓXIMA AO NOSSO MUNICÍPIO E TAMBÉM POR SER UMA EMPRESA RENOMADA NA REGIÃO. </t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ENCAMINHAR UM OFÍCIO AO DEPUTADO ESTADUAL SEBASTIÃO COSTA A FIM DE SOLICITAR QUE INTERCEDA JUNTO AO TRIBUNAL DE JUSTIÇA DO ESTADO DE MINAS GERAIS PARA CONCEDER O ESPAÇO DO PRÉDIO RESIDENCIAL DO PROMOTOR E DO JUIZ DE DIREITO DE ESPERA FELIZ PARA SER A SEDE DESTA CASA DE LEIS, E TAMBÉM INTERCEDER PARA AGILIZAR O PROCESSO DE 2ª VARA PARA O FÓRUM AMADO GRIPP.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PINTAR NOVAMENTE TODAS AS FAIXAS DE PEDESTRES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL  ATRAVÉS DA SECRETARIA OU ÓRGÁO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AS ENXURRADAS QUE DESCEM DO PASTO DO SR. VALÉRIO MORAES, TENDO VISTO QUE FORAM FEITAS VALA NESTE PASTO, E AS ENXURRADAS FICARAM CANALIZADAS, DESPEJANDO ÁGUA, LAMA, BICHOS, INSETOSNA RESIDÊNCIA DO SR. ABÍLIO ALEXANDRE DOS REIS ( UM SENHOR MUITO IDOSO) QUE RESIDE NA RUA JOÃO SEBASTIÃO DE AMORINTM EM FRENTE À RESIDÊNCIA DO VEREADOR ALTAMIRO . PEÇO TAMBÉM QUE O EXECUTIVO VEJA O QUE PODE SER REALIZADO NOS BUEIROS DA RUA JOÃO SEBASTIÃO DE AMORIM, NESTE MESMO LOCAL, SENDO QUE CONTAM COM MANILHAS MUITO PEQUENAS, NÃO DANDO VAZÃO PARA O ESCOAMENTO DESTAS ÁGUAS E TENDO VISTO QUE ESTAS  AO FICAREM REPRESADAS, ENTOPEM AS GRADES DOS BUEIROS DE LAMAS, O QUE COMPLICA MAIS AINDA, POIS A ÁGUA NÃO TENDO  ONDE ESCOAR, ADENTRAM AS RESIDÊNCIAS DO SR. JOSÉ CARLOS CONCOLATO, N. 590; D. DALVA MARIA, N.: 586; SR. MARCO ANTÔNIO ARANTES BENITIM N.: 576.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INSTALAR REDUTORES DE VELOCIDADE NA RUA JOSÉ GRILLO, EM FRENTE À JOCAR MÓVEIS, AO COMÉRCIO SERRA CAFÉ E TAMBÉM NAS PROXIMIDADES DO SALÃO DA BEL.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE VIABILIZE OS ESTUDOS NECESSÁRIOS SOBRE POSSIBILIDADE DE REATIVAÇÃO OU AMPLIAÇÃO SE JÁ EXISTE O CONVÊNIO COM O PROJETO REVIVER PARA POSSIBILIDADES DE ESSES ASSUMIREM COMPROMISSOS JUNTO À MUNICIPALIDADE DE TENTATIVA DE TRABALHO EDUCATIVO, PSICOLÓGICO E MÉDICO JUNTO AOS CIDADÃOS QUE ESTÃO MORANDO NAS RUAS, PRINCIPALMENTE NO TERMINAL RODOVIÁRIO; OBSERVANDO QUE ESTE TIPO DE TRABALHO ERA REALIZADO ANTERIORMENTE E QUE HOJE NÃO MAIS E FEITO CONFORME OUTRORA, MAS QUE É EXATAMENTE NECESSÁRIO UMA VEZ QUE A MUNICIPALIDADE NÃO OFERECE SERVIÇO DE ABRIGO CONFORME JÁ FORA ESTUDADO E DEBATIDO NESTA CASA E ATÉ A PRESENTE DATA NÃO FORA COLOCADO EM PRÁTICA.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ABRIR A RUA QUE FICA LOCALIZADA NO LOTEAMENTO SANTA INÊS II, PARALELA À RUA C E SE POSSÍVEL CALÇAMENTO DESTA RUA CITADA. </t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PONTE DE MADEIRA E ATERRAR O TRECHO QUE FICA LOCALIZADO NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO BIRO, NA ESTRADA PRINCIPAL PRÓXIMO AO SÍTIO TATUAPÉ. </t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONTRATAÇÃO DE (02) DOIS GARIS, SENDO (01) UM PARA FAZER A LIMPEZA DO BAIRRO SANTA INÊS E O OUTRO PARA REALIZAR A LIMPEZA DO BAIRRO VALE DO SOL. </t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR ATRAVÉS DO LEGISLATIVO MUNICIPAL, UM CONFERÊNCIA MUNICIPAL DA JUVENTUDE, COM O OBJETIVO DE DISCUTIR SOBRE POLÍTICAS PÚBLICAS E SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DA JUVENTUDE.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA PROMOVA A ESCOLHA DE UMA &amp;#8220;COMISSÃO ESPECIAL DOS IDOSOS&amp;#8221;A SER CONSTITUÍDA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER UM ATERRO NA PONTE QUE FICA LOCALIZADA NO BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE SUBSTITUIR A REDE DE ESGOTO DA ÁREA DE LAZER POR UMA DE MAIOR TUBULAÇÃO, TENDO VISTO QUE A REDE ATUAL NÃO ESTÁ COMPORTANDO O VOLUME DE DEJETOS DAS RESIDÊNCIAS NELA DEPOSITADOS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM MUTIRÃO DE LIMPEZA NO BAIRRO VALE DO SOL 02.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ANTÔNIO VIEIRA BASTOS</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE,  VEJA A VIABILIDADE DE AGENDAR JUNTO A ASSEMBLÉIA LEGISLATIVA DE MINAS GERAIS PARA O 2º SEMESTRE DE 2011 UMA AUDIÊNCIA PÚBLICA DA COMISSÃO DE TRANSPORTE, COMUNICAÇÃO E OBRAS PÚBLICAS NO NOSSO MUNICÍPIO (CONFORME SEGUE FOLDER EM ANEXO), A FIM DE DEBATERMOS ASSUNTOS DE INTERESSE DA MUNICIPALIDADE, TENDO VISTO QUE NOSSA CIDADE FOI TÃO DEVASTADA DEVIDO ÀS CHUVAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 02 (DOIS) DE QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE EM FRENTE AO PORTÃO DE ENTRADA DO ESTÁDIO REINÔ MARTINS DE OLIVEIRA (BAR DO ELSON) </t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SINALIZAR MELHOR O TREVO QUE DÁ ACESSO AO ESTADO DO ESPÍRITO SANTO, CONHECIDO COMO TREVO DO ROMILDO MAIA, TENDO VISTO QUE ESTÁ DENTRO DO PERÍMETRO URBANO, E SENDO QUE POR ESTE LOCAL TRANSITAM MUITOS VEÍCULOS E OS MOTORISTAS ÀS VEZES FICAM CONFUSOS POR NÃO TEREM PLACAS INDICATIVAS SUFICIENTES. </t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA OPERAÇÃO TAPA-BURACOS EM FRENTE AOS COMÉRCIOS DO MUNICÍPIO, E A PEDIDO DOS COMERCIANTES E APÓS A OPERAÇÃO FAZER A LIMPEZA IMEDIATA DOS RESÍDUOS DA OBRA, TENDO VISTO QUE O PÓ VIRA POEIRA, INVADINDO OS ESTABELECIMENTOS COMERCIAIS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL EM TODOS OS BUEIROS DA CIDADE. </t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA VIABILIDADE DE, EM REGIME DE URGÊNCIA, ROÇAR A BEIRA RIO NA RUA DO SALERMO.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INSCREVER ALUNOS DA REDE MUNICIPAL A PARTICIPAREM DO CONCURSO EU, MINHA CIDADE E OS 300 ANOS DO CICLO DO OURO EM MINAS, A SER REALIZADO PELA ASSEMBLÉIA LEGISLATIVA DE MINAS GERAIS E TAMBÉM PROPAGAR ESTE CONCURSO DE REDAÇÃO PARA AS ESCOLAS ESTADUAIS, INCENTIVANDO-AS A PARTICIPAREM.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA KLABIM.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MELHORAR A QUALIDADE DA ILUMINAÇÃO PÚBLICA DA AVENIDA AMÉRICO CANDIDO DE SOUZA, NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE LEVAR ILUMINAÇÃO PÚBLICA PARA AS SEGUINTES LOCALIDADES: _x000D_
 FINAL DA RUA JOÃO SEBASTIÃO DE AMORIM, ATÉ O PONTILHÃO_x000D_
 DA MERCEARIA ZANINI ATÉ O PORTAL, NA SAÍDA DE CARANGOLA/MG_x000D_
 RUA JOSÉ GOMES &amp;#8211; VALE DO SOL_x000D_
 </t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR 10 (DEZ) TRADOS GALVANIZADOS PARA COLETAR AMOSTRA DE TERRA NO SOLO,  COM O OBJETIVO DE BENEFICIAR OS AGRICULTORES NA COLETA PARA ANÁLISE.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MONTAR UM LABORATÓRIO DE ANÁLISE DE SOLO E FLOLIAR MUNICIPAL.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO RESPONSÁVEL E SOLICITAR MEDIDAS EM RELAÇÃO À MUDANÇA DO SINAL/PREFIXO DO TELEFONE DA COMUNIDADE DO TABOÃO, TENDO VISTO QUE ATUALMENTE É 3721 &amp;#8211; DA CIDADE DE MURIAÉ, SENDO QUE O CERTO É 3746 &amp;#8211; DO NOSSO MUNICÍPIO, FAZENDO ASSIM COM QUE NÃO MAIS FAÇAMOS LIGAÇÕES INTERURBANAS PARA UMA COMUNIDADE DA NOSSA PRÓPRIA CIDADE. </t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PATROLAR TODAS AS ESTRADAS DO MUNICÍPIO, PRINCIPALMENTE AS ESTRADAS DAS COMUNIDADES SÃO FELIPE, ÁGUA ESPALHADA, CHALÉ, BANANAL, CHAVE, AS 02 ENTRADAS DA PEDRA NEGRA.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS, DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ATENDER ÀS ANTIGAS REIVINDICAÇÕES DAS COMUNIDADES, COLOCANDO LATÕES DE LIXO NOS SEGUINTES LOCAIS: _x000D_
 02 LATÕES DE LIXO NA COMUNIDADE DA CHAVE, PRÓXIMO À QUADRA;_x000D_
 01 LATÃO DE LIXO PRÓXIMO  A PONTE DO CÓRREGO DOS MOREIRAS;_x000D_
 02 LATÕES DE LIXO PRÓXIMO À DELEGACIA DE POLÍCIA DO MUNICÍPIO DE ESPERA FELIZ._x000D_
 </t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MELHORAR O SISTEMA DE ABASTECIMENTO DE ÁGUA DA COMUNIDADE DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA PRINCIPAL DA COMUNIDADE DO SÃO DOMINGOS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O EXECUTIVO, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA DOM CARLOTO, TENDO VISTO QUE CONTA COM MUITOS BURACOS, PARALELEPÍPEDOS SOLTANDO, CALÇADAS NECESSITANDO DE REPAROS E TAMBÉM AS CALÇADAS DA PRAÇA DA MATRIZ QUE ENCONTRAM-SE DANIFICADAS, CONTANDO COM BURACOS PROFUNDOS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE VIABILIZE OS ESTUDOS NECESSÁRIOS PARA REVITALIZAÇÃO DO PÁTIO DO PARQUE DE EXPOSIÇÕES UTILIZADO COMO PÁTIO DE OBRAS DA PREFEITURA MUNICIPAL, VALORIZAÇÃO DOS FUNCIONÁRIOS DO SETOR, AQUISIÇÃO DE RELÓGIO PARA REGISTRO DE PONTO ELETRONICAMENTE DOS FUNCIONÁRIOS OU NO CASO DE IMPOSSIBILIDADE DESSA AQUISIÇÃO, COLOCAÇÃO DE LIVRO PARA REGISTRO COM FUNCIONÁRIO RESPONSÁVEL PARA O LANÇAMENTO E CONFERÊNCIA...</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REVER O CONVÊNIO COM A TV PANORAMA PARA QUE ELA PERMITA O SINAL DIGITAL DE ALTA DEFINIÇÃO AOS TELESPECTADORES DO MUNCÍPIO.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AOS PONTOS DE ÔNIBUS, ESTABELECENDO LOCAIS ESPECÍFICOS PARA AS DEVIDAS PARADAS.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR EM FUNCIONAMENTO, EM REGIME DE URGÊNCIA, O PROJETO DE SINALIZAÇÃO INTITULADO DE   ESPERA FELIZ &amp;#8211; MAIS SEGURA E SAUDÁVEL.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM (01) ORELHÃO, EM FRENTE AO INSS DO MUNICÍPIO, TENDO VISTO QUE NESTA RUA NÃO EXISTE TELEFONE PÚBLICO, O QUE DIFICULTA PARA OS MORADORES E TAMBÉM PARA OS MUITOS USUÁRIOS DESTA AGÊNCIA TÃO RENOMADA. </t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE RETORNAR O TRATAMENTO  DE ÁGUA DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, COMO ERA REALIZADO ANTES, TENDO VISTO QUE TEM 02 ANOS E MEIO A REDE DE ABASTECIMENTO DE ÁGUA DESTE DISTRITO, NÃO VEM SENDO TRATADA COM CLORO E OS MORADORES NECESSITAM DE ÁGUA POTÁVEL PARA O BOM FUNCIONAMENTO DO ORGANISMO. </t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO, FAZENDA E PLANEJAMENTO, SECRETARIA MUNICIPAL DE OBRAS E SECRETARIA MUNICIPAL DE MEIO AMBIENTE VIABILIZEM OS ESTUDOS NECESSÁRIOS PARA A VERIFICAÇÃO DO PRÉ-PROJETO SOBRE TRATAMENTO DE RESÍDUOS SÓLIDOS URBANOS QUE SEGUE ANEXO...</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE EM ATENÇÃO À SEGURANÇA PÚBLICA NO MUNICÍPIO DE ESPERA FELIZ PROVIDENCIE ESTUDOS JUNTO ÀS POLÍCIAS CIVIL E MILITAR, DEPARTAMENTO NACIONAL DE TRÂNSITO O PERIGO IMINENTE OFERECIDO AOS CIDADÃOS DEVIDO A NÃO-IDENTIFICAÇÃO DO CIDADÃO SOBRE UMA MOTOCICLETA PELO USO DO CAPACETE QUE ENCOBRE A CABEÇA DO INDIVÍDUO; SENDO QUEM EM NOSSO PAÍS TEMOS MUITAS NOTÍCIAS DE CIDADÃOS MAL INTENCIONADOS DE APROVEITAR DESSE UTENSÍLIO DE SEGURANÇA DE USO OBRIGATÓRIO PELA LEGISLAÇÃO E PRATICAR OS MAIS VARIADOS CRIME SEM QUALQUER CONDIÇÃO DE RECONHECIMENTO DESTES POR PARTE DE TESTEMUNHAS E OUTROS.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE PROVIDENCIE ESTUDOS JUNTO À FUNDAÇÃO  CRISTIANO VARELLA, PARA EM PARCERIA COM O HOSPITAL DO CÂNCER DESTA FUNDAÇÃO ANALISAR A VIABILIDADE DE UM MUTIRÃO DE CONSULTA PREVENTIVA DO CÂNCER DE ÚTERO E DE MAMA, SENDO ESTUDADO DIA, LOCAL E AMPLA DIVULGAÇÃO DESTE EVENTO. </t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU  ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE COLOCAR REDUTORES DE VELOCIDADE E/OU QUEBRA-MOLAS (COMO FOI FEITO NA CURVA DA BARRAGEM), NA MG 111, NAS PROXIMIDADES DE UMA CURVA MUITO PERIGOSA QUE FICA ENTRE A CHEGADA DA COMUNIDADE SÃO VICENTE DE PAULO E COMUNIDADE DO CÓRREGO GRANDE, ANTES DA 1ª PONTE, NO SENTIDO ESPERA FELIZ A MANHUMIRIM. </t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, PROCURE SE INTEIRAR MAIS DAS PROPOSTAS DE GOVERNO DA PRESIDENTA DILMA ROUSSEFF &amp;#8211; PROGRAMA BRASIL SEM FOME, NO COMBATE A POBREZA EXTREMA, PARA CORREÇÕES DE ALGUMAS INJUSTIÇAS SOCIAIS QUE AINDA EXISTEM NO NOSSO MUNICÍPIO. </t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E DE SAÚDE (ATRAVÉS DA VIGILÂNCIA SANITÁRIA) ESTUDEM MEDIAS PARA CONTENÇÃO DE PROLIFERAÇÃO DE POMBOS NO MUNICÍPIO DE ESPERA FELIZ QUE EM FORMA CRESCENTE VEM COMPROMETENDO A SAÚDE DA POPULAÇÃO. COMO SE TRATA DE ASSUNTO DA ALÇADA DA PREFEITURA MUNICIPAL ORIENTO PARA QUE O EXECUTIVO FAÇA UM MAPEAMENTO DE LOCAIS QUE ESTÃO PROPORCIONANDO O CRESCIMENTO DESTA POPULAÇÃO ATRAVÉS DE ATOS FISCALIZADORES E EDUCATIVOS ,CONFORME ORIENTO. </t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS FAÇA UM LEVANTAMENTO DE TODAS AS CALÇADAS DE NOSSA CIDADE. ASSIM, PROPONHO AO NOSSO PREFEITO E AO NOSSO SECRETÁRIO, BEM COMO AOS FUNCIONÁRIOS RESPONSÁVEIS PELA LIBERAÇÃO DE OBRAS E DEPARTAMENTO DE ENGENHARIA O DESAFIO DE PELO MENOS POR UM DIA TENTAR SE SENTIR COMO UM  &amp;#8220;CADEIRANTE, UM DEFICIENTE VISUAL, UM IDOSO  OU UMA PESSOA COM UM CARRINHO DE BEBÊ&amp;#8221;&amp;#8221; E TENTAR USAR DAS CALÇADAS COMO VIA DE SEGURANÇA.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E SECRETARIA MUNICIPAL DE MEIO AMBIENTE ESTUDEM A VIABILIDADE DE CAMPANHAS EDUCATIVAS NAS ESCOLAS MUNICIPAIS E ESTADUAIS, NOS POSTOS DE SAÚDE, IGREJAS, CLUBES DE SERVIÇO SOBRE A COLETA SELETIVA DE LIXO, PODENDO USAR PARA TANTO, DE PALESTRAS DOS SERVIÇOS DE RADIODIFUSÃO, DE MENSAGENS EM CONTAS DE ÁGUA, LUZ, TELEFONE E EXTRATOS BANCÁRIOS SOBRE A IMPORTÂNCIA DA PRESERVAÇÃO AMBIENTAL PARA A SEGURANÇA DO NOSSO PLANETA E CONSECUTIVAMENTE PARA A GARANTIA DA VIDA DE QUALIDADE. _x000D_
 A CAMPANHA ORA PROPOSTA PARA O ESTUDO DA ADMINISTRAÇÃO MUNICIPAL TEM COMO BASE NÃO CONTAMINAR O SOLO DE NOSSO MUNICÍPIO COM LIXOS TÓXICOS, LIXO ELETRÔNICO, HOSPITALAR, E OUTROS QUE COMPROMETEM A SAÚDE DA POPULAÇÃO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA PROVIDENCIE OS MEIOS NECESSÁRIOS PARA A REALIZAÇÃO DE UM LEVANTAMENTO  EM NÚMEROS SOBRE QUANTOS IDOSOS A PARTIR DE 80 ANOS VIVEM NO NOSSO MUNICÍPIO. PODENDO, A TÍTULO DE ORIENTAÇÃO, USAR DE INFORMAÇÕES JUNTO AOS POSTOS DE SAÚDE, UNIDADES DE PSF, POLÍCIA, IBGE E OUTROS, COMPLEMENTANDO O LEVANTAMENTO COM DADOS REFERENTES AO TRATAMENTO DO POVO COM ESTA POPULAÇÃO ESPECÍFICA, SOBRE A ALIMENTAÇÃO, SUAS PERSPECTIVAS, PRÁTICA DE ESPORTES, LAZER, TURISMO, ETC.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>TIÃOZINHO DA AMBULÂNCIA, ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A  POSSIBILIDADE DE COLOCAR ESPELHO NO POSTE QUE FICA LOCALIZADO NA ESQUINA DA RUA ROQUE FERREIRA DE CASTRO COM JOÃO SEBASTIÃO DE AMORIM, NAS PROXIMIDADES DA ÓTICA KI-OLHAR.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIE MELHORIA NA ILUMINAÇÃO DOS PÓRTICOS DA CIDADE, TORNANDO MAIS VISÍVEL O LETREIRO COM O NOME DA CIDADE, E, PROVIDENCIANDO A COLOCAÇÃO DE GRADES OU TELAS PARA EVITAR QUE OS POMBOS FAÇAM SUAS MORADAS NOS MESMOS E PROVOQUEM TANTA SUJEIRA COMO ESTÁ ACONTECENDO, É UMA QUESTÃO ATÉ DE SAÚDE PÚBLICA. </t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PREFEITO MUNICIPAL OBSERVE A VIABILIDADE DE CRIAÇÃO DE UM PROJETO DE LEI MUNICIPAL ISENTANDO PROPRIETÁRIOS DE UM ÚNICO IMÓVEL, OBSERVANDO OS CRITÉRIOS DE ESTE PROPRIETÁRIO SER APOSENTADO COM RENDA IGUAL OU INFERIOR A UM SALÁRIO MÍNIMO, E MORADOR DESTA RESIDÊNCIA. OBSERVANDO A LEI CRIADA NA CIDADE DE SIMÃO PEREIRA, CONFORME SEGUE DESCRITA ABAIXO: </t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-	QUE EM ATENÇÃO Á PSICULTURA LOCALIZADA NO  CÓRREGO DA VENTANIA NESTE MUNICÍPIO QUE REPRESENTA GRANDE OPORTUNIDADE PARA A COMUNIDADE NA GERAÇÃO DE EMPREGOS, DE RENDA E DE TRIBUTOS PARA A MUNICIPALIDADE É IMPORTANTE QUE PROJETOS SEJAM CRIADOS PELA SECRETARIA PARA ALAVANCAR O DESENVOLVIMENTO SUSTENTÁVEL DO MUNICÍPIO A PARTIR DA POTENCIALIDADE DO MUNICÍPIO QUE SE DÁ ATRAVÉS DO HOMEM DO CAMPO. _x000D_
 2-	QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA PROVIDENCIE UMA AÇÃO AGROPECUÁRIA  A FAVOR DO HOMEM DO CAMPO ATRAVÉS DE PROJETOS ESPECÍFICOS NAS DIVERSAS ÁREAS DE PRODUÇÃO POSSÍVEIS NESTE MUNICÍPIO DE ESPERA FELIZ._x000D_
 </t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-	QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE FAÇA LEVANTAMENTOS EM NOSSA CIDADE PARA VERIFICAÇÃO DE LOCAIS COMO PRAÇAS E RUAS QUE SEJAM PROPÍCIAS AO PLANTIO DE ÁRVORES PODENDO, POR EXEMPLO, CELEBRAR PARCERIA COM O CENTRO DE GESTÃO AMBIENTAL CHICO MENDES PARA DOAÇÃO E ORIENTAÇÃO DE MUDAS COMPATÍVEIS COM A ESTRUTURA URBANA. _x000D_
 2-	QUE SEJA  ESTUDADO TAMBÉM UMA REFORMA DA PRAÇA DO ESTUDANTE EM FRENTE AO CAMPESTRE CLUBE, DO TREVO DE ACESSO AO BAIRRO VALE DO SOL, DO TREVO NA SAÍDA PARA DORES DO RIO PRETO, E NO TREVO NA SAÍDA PARA CARANGOLA, OBSERVANDO A NECESSIDADE DE PLANTIO DE FLORES, ÁRVORES DE PEQUENO PORTE, ILUMINAÇÃO ADEQUADA. _x000D_
 3-	QUE AS AÇÕES SUGERIDAS SEJAM SEMPRE REALIZADAS EM PARCERIAS COM OS MORADORES E COM AS ESCOLAS ESTADUAIS E MUNICIPAIS EM QUE TODOS SERÃO RESPONSÁVEIS E PROTETORES ESPECIAIS DESTAS ÁRVORES E JARDINS. _x000D_
 </t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONCLUIR A QUADRA DE ESPORTES DA COMUNIDADE PEDRA MENINA (CHAVE).</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM ATERRO NOS SEGUINTES LOCAIS:_x000D_
 CHEGADA DO SÍTIO DA DONA MARIQUINHA, DO ASSIS E OUTROS, NA BARRA DO TABOÃO_x000D_
 ENTRADA DO SÍTIO DO SR, JOSÉ CAON_x000D_
 CHEGADA DA CASA DO SR. SEBASTIÀO PAVÉIS, PRÓXIMO À IGREJA DO AREAL._x000D_
 </t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE REFORMAR A PONTE QUE FICA LOCALIZADA NAS PROXIMIDADES DAS PROPRIEDADES  DOS SRS. JOÃO NETO OLIVEIRA E DO SR. ADEMIR DO EURO, NA COMUNIDADE DO SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE LONAR OS CAMINHÕES QUE ESTÃO TRANSPORTANDO OS LIXOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA COM O RENOMADO ÓRGÃO DER A POSSIBILIDADE DE COLOCAR REDUTORES DE VELOCIDADE NA CHEGADA DA COMUNIDADE DO PARAÍSO, PRÓXIMO À RESIDÊNCIA DA SENHORA CECÍLIA.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFAZER A REDE PLUVIAL DA RUA ANTÔNIO VIEIRA BASTOS, SUBSTITUINDO AS MANILHAS DE 20 POR 50.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE DOAR PARA OS MECÂNICOS E SERRALHEIROS DE MANUTENÇÃO DAS MÁQUINAS DO EXECUTIVO MUNICIPAL, UNIFORMES DEVIDOS ÀS SUAS FUNÇÕES, COM A FINALIDADE DE PROTEÇÃO, ECONOMIA DE ROUPAS E TAMBÉM DE IDENTIFICAÇÃO DO FUNCIONÁRIO. </t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSERTAR O CALÇAMENTO DA RUA ALEXANDRE HOTT, NAS PROXIMIDADES DO PARQUE DE EXPOSIÇÕES, TENDO VISTO QUE ARRUMARAM A REDE DE ESGOTO E DEIXARAM UM REMENDO DE MAIS OU MENOS 10 METROS NO CALÇAMENTO,  TIRANDO AS PEDRAS DO LUGAR E NÃO AS RETORNANDO PARA O LUGAR DEVIDO. </t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, REITERANDO À VÁRIOS PEDIDOS REALIZADOS POR ESTA CASA, SOLICITO A VIABILIDADE DE CALÇAR A  RUA DA LADEIRA TROPICAL QUE FICA LOCALIZADA NA PRAÇA DA BANDEIRA, ENTRE A EX-CASA DA CULTURA E O COMÉRCIO LÉO BOREL.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL AO DETERMINAR A COMPRA DE RECIPIENTES (LATÕES) PARA COLETA DE LIXO QUE OBSERVE A NECESSIDADE DE ESCOLHER SOMENTE MATERIAL EM AÇO, POIS, OS RECIPIENTES PLÁSTICOS SÃO VULNERÁVEIS AO FOGO E TENHO PERCEBIDO QUE PESSOAL MAL EDUCADAS ESTÃO COLOCANDO FOGO O LIXO DENTRO DOS RECIPIENTES E OS MESMOS SENDO DESTRUÍDOS, ISTO , COM ATENÇÃO PARA O CUSTO BENEFÍCIO. </t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL PROVIDENCIE EM CARÁTER DE URGÊNCIA O ALARGAMENTO DA PONTE DA RUA HENRIQUE GRIPP FILHO PARA SEGURANÇA DOS PEDESTRES E MORADORES DA REGIÃO. POIS, COM O AUMENTO DO TRÁFEGO NA MENCIONADA RUA E PELA PROXIMIDADE COM SECRETARIA MUNICIPAL DE SAÚDE  O QUE PROVOCA MAIOR NÚMERO DE PESSOAS PASSANDO PELA REFERIDA PONTE É PRECISO QUE SEJA VERIFICADO COM URGÊNCIA A DISPONIBILIZAÇÃO DE RECURSOS PARA ESTE FIM, QUE PODE SER BUSCADO JUNTO AOS RECURSOS PROVENIENTES DO IPTU, DE MULTAS DE VEÍCULOS E ATÉ MESMO CONVÊNIOS COM O ESTADO E COM A UNIÃO; PODENDO OS REPRESENTANTES OFICIAIS DO MUNICÍPIO NA ASSEMBLÉIA OU NA CÂMARA FEDERAL USAR DAS EMENDAS PARLAMENTARES PARA TAL FIM.  </t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO COMECE A SE PREPARAR PARA AS MUDANÇAS QUE DEVERÃO OCORRER NO ORÇAMENTO DE 2012 QUANTO A BASE DE CÁLCULO PARA O REPASSE DE VERBAS DA PREFEITURA PARA A CÂMARA MUNICIPAL, ISTO, DE ACORDO COM O NOVO ENTENDIMENTO DO TCE (TRIBUNAL DE CONTAS DO ESTADO) SOBRE A INCLUSÃO DE RECURSOS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB) NO PERCENTUAL DEVIDO AO LEGISLATIVO. </t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INFORMAR A ESTA CADA DE LEIS SOBRE A SITUAÇÃO DA TORRE DE TELEVISÃO, COMO ESTÁ SENDO DADO A MANUTENÇÃO DOS EQUIPAMENTOS DE COMUNICAÇÃO QUE LÁ SE ENCONTRAM, TENDO VISTO  E A ATUAL DONA DESTE ESPAÇO RURAL DIFICULTA O ACESSO PARA REPAROS, TURISMO E ESPORTE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA JOÃO SERAFIM DE SOUZA, NO BAIRRO DO ROQUE .</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS INDICATIVAS DE SINALIZAÇÃO DE TRÂNSITO NO ENTRONCAMENTO DA RUA CARANGOLA COM MAJOR PEREIRA, NAS PROXIMIDADES DO BAR DO JUCA, DIRECIONANDO PARA AS CIDADES DE CARANGOLA, BELO HORIZONTE, RIO DE JANEIRO.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE COLOCAR REDUTORES DE VELOCIDADE E/OU QUEBRA MOLAS NA RUA MAJOR  PEREIRA, NAS PROXIMIDADES DA RESIDÊNCIA DE N.152 E EM FRENTE À RESIDÊNCIA DE N. 101 E NA RUA CARANGOLA COM MAJOR PEREIRA, EM FRENTE AO N. 15.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE  DE CALÇAR A VILA MARIA ELIZABETH TOLEDO MARTINS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE APÓS ESTUDO MINUCIOSO PARA A CRIAÇÃO DO ESTACIONAMENTO ROTATIVO NAS RUAS E PRAÇAS CENTRAIS DESTA CIDADE PRÓXIMOS A LOCAIS DE GRANDE MOVIMENTO COMO FÓRUM, PREFEITURA, CÂMARA, BANCO DO BRASIL, SICOOB/CREDIVAP, E OUTROS PROVIDENCIE O BILHETE DE COBRANÇA NOS MOLDES DO QUE SEGUE JUNTO A ESTA INDICAÇÃO, ISTO, A TÍTULO DE EXEMPLIFICAÇÃO.  </t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIE COM URGÊNCIA A EFETIVAÇÃO DA CRIAÇÃO DE UM NOVO CÓDIGO DE OBRAS E POSTURAS DO MUNICÍPIO  DE ESPERA FELIZ A FIM DE ADEQUAR AO PLANO DIRETOR FÍSICO TERRITORIAL, BEM COMO, PROVIDENCIAR AS CORREÇÕES NECESSÁRIAS À REALIDADE NO MUNICÍPO DE ESPERA FELIZ QUE TEM APRESENTADO CRESCIMENTO E DESENVOLVIMENTO ACELERADO. </t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE PROVIDENCIE COM URGÊNCIA A CRIAÇÃO DE CARGOS DE FISCAIS MUNICIPAIS NAS SUAS DIVERSAS NECESSIDADES PARA FISCALIZAÇÃO DE OBRAS, DE VIAS PÚBLICAS, FISCALIZAÇÃO SANITÁRIA, FISCALIZAÇÃO DO USO E OCUPAÇÃO DO SOLO URBANO, FISCALIZAÇÃO AMBIENTAL, ETC.; POR SE TRATAR DE MATÉRIA DE URGÊNCIA  O QUE REPRESENTE INVESTIMENTO MUNICIPAL NA ÁREA DE FISCALIZAÇÃO, PROTEÇÃO E ORGANIZAÇÃO ADMINISTRATIVA, EVITANDO PREJUÍZOS E TRANSTORNOS PARA A MUNICIPALIDADE QUE PASSARÁ A ARRECADAR MAIS E DESTA FORMA, CONSOLIDANDO A ADMINISTRAÇÃO LOGÍSTICA. CONSIDERO QUE ISTO SE TRATA DE INVESTIMENTO E NÃO GASTO. </t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE PLANTAR UMA MATA CILIAR OU CRIAR UM BOSQUE MUNICIPAL COM PLANTIO DE PALMEIRAS, PALMITO JUÇARA E AÇAÍ, NAS MARGENS DO CÓRREGO QUE FICA NA KLABIM, PRÓXIMO A ENTRADA DO CLUBE DOS 30.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE TRANSFERIR O PARQUE MUNICIPAL DE EXPOSIÇÃO PARA A ÁREA DA KLABIM, LOCALIZADO À MARGEM ESQUERDA DO ASFALTO NO SENTIDO ESPERA FELIZ A CAIANA.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM OS ÓRGÃOS COMPETENTES COMO: A UFV, FUNDACENTRO E OUTROS, VENDO A POSSIBILIDADE DE FAZER UM ESTUDO (PESQUISA) SOBRE O IMPACTO DOS AGROTÓXICOS NA SAÚDE PÚBLICA_x000D_
 -IMPACTO NA SAÚDE DO TRABALHADOR_x000D_
 -IMPACTO NA SAÚDE DA POPULAÇÃO _x000D_
 -IMPACTO NA SAÚDE AMBIENTAL_x000D_
 </t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE CONSTRUIR URGENTEMENTE UM MURO DE ARRIMA NA RUA ÁLVARO DE SÁ BARBOSA, INICIANDO NA RESIDÊNCIA DE N.: 590 ATE O N.: 605.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE CALÇAR A RUA ESTRADA PEDRA MENINA E TROCAR O POSTE EXISTENTE NESTA RUA DE LOCAL. </t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL A EXEMPLO DO QUE VEM OCORRENDO NA CIDADE DE BELO HORIZONTE VEJA A VIABILIDADE DE UM ESTUDO A FIM DE EDUCAR A POPULAÇÃO BEM COMO OS PROPRIETÁRIOS DE BARES E RESTAURANTES QUE TRABALHAM COM FRITURAS E QUE O ÓLEO É JOGADO NOS RALOS DAS PIAS E QUE VAI PARA A REDE DE ESGOTO, MUITAS VEZES COMPROMETENDO O SISTEMA DE COLETA DE ESGOTO. </t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, REALIZE UM ESTUDO VIABILIZANDO A ADESÃO DO MUNICÍPIO NO PROGRAMA DO GOVERNO FEDERAL PROUCA (PROGRAMA UM COMPUTADOR POR ALUNO) QUE POSSIBILITA QUE A PREFEITURA ADQUIRA COMPUTADORES POR PREÇO ACESSÍVEL PARA AS ESCOLAS MUNICIPAIS INCENTIVANDO A INCLUSÃO DIGITAL E O APERFEIÇOAMENTO DE PRÁTICAS EDUCACIONAIS. </t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA, CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CÂMARA, AGREGUE AO FUNCIONAMENTO DA SECRETARIA DA CASA E AO SETOR DE COMUNICAÇÃO SOCIAL, OS PROGRAMAS DISPONIBILIZADOS PELO INTERLEGIS, DENOMINADOS PORTAL MODELO E SAPL (SISTEMA DE APOIO AO PROCESSO LEGISLATIVO).</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PRESIDENTE DA CÂMARA, INSTAURE A TV CÂMARA NO LEGISLATIVO, APROXIMANDO A POPULAÇÃO DOS ATOS PÚBLICOS E DISSEMINANDO INFORMAÇÕES SOBRE OS TRABALHOS PRESTADOS PELOS VEREADORES. </t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A  POSSIBILIDADE DE CONSTRUIR REDUTORES DE VELOCIDADE OU QUEBRA-MOLAS NA RUA AMÉRICO VESPÚCIO DE CARVALHO, ENTRE A ESCOLA PORTAL DO SABER E A RESIDÊNCIA DO SR. RAIMUNDO (CABELEILEIRO ESTIMADO EM NOSSO MUNICÍPIO).</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE FIRMAR CONVÊNIO OU TERMO DE COOPERAÇÃO COM A CONFEDERAÇÃO BRASILEIRA DE VOLEIBOL OU FIRMAR PARCERIAS COM EMPRESAS PRIVADAS PARA VIABILIZAR A IMPLANTAÇÃO DO PROJETO VIVA VÔLEI NO MUNICÍPIO DE ESPERA FELIZ/MG, CONFORME SEGUE ANEXO, INFORMAÇÕES ESPECÍFICAS. </t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE REALIZAR AS MELHORIAS ESPECIFICADAS  PARA A COMUNIDADE VILA PELEGRINE (QUICÉ). </t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU  ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE REALIZAR DIVERSAS  MELHORIAS PARA A COMUNIDADE DA CHAVE,  CONFORME ESPECIFICADAS. </t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE USAR O RECURSO QUE SERÁ REPASSADO PELA CAIXA ECONÔMICA FEDERAL NO VALOR DE R$ 300.000,00, QUE SERÁ USADO PARTE OU ATÉ O TOTAL NA OBRA DO BAIRRO DO ROQUE, CONSTRUINDO A GALERIA E O TREVO COM A PRAÇA TÃO SONHADA POR TODOS OS MORADORES. </t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE INICIAR O ATENDIMENTO AO PÚBLICO A PARTIR DAS 10:00 HS, NA SEDE DA PREFEITURA E NA SECRETARIA DE DESENVOLVIMENTO SOCIAL. </t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO E CULTURA DO MUNICÍPIO, VEJA A VIABILIDADE DE IMPLANTAR CÂMERAS DE VÍDEO INTERNA EM TODOS OS TRANSPORTES ESCOLARES PERTENCENTES AO MUNICÍPIO DE ESPERA FELIZ/MG, COM A FINALIDADE DE COIBIR O VANDALISMO E DAR MAIOR SEGURANÇA AOS ALUNOS E MOTORISTAS. </t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE COLOCAR PLACAS INDICATIVAS NO MUNICÍPIO DE ESPERA FELIZ, INFORMANDO O LOCAL ONDE FICA O HOSPITAL DE ESPERA FELIZ E TAMBÉM APROVEITE O ENSEJO E INFORME A LOCALIZAÇÃO DE OUTROS ÓRGÃOS PÚBLICOS DO MUNICÍPIO. SUGIRO QUECOLOQUE PLACA INDICATIVA INFORMANDO O LOCAL DO HOSPITAL NA ROTATÓRIA QUE FICA NA RUA JOSÉ GRILLO, EM FRENTE AO AUTO SHOW MULTIMARCAS E TAMBÉM EM OUTROS LOCAIS ESTRATÉGICOS QUE DEEM ACESSO AO HOSPITAL.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE ENCAMINHAR OFÍCIO AOS ÓRGÃOS COMPETENTES, REIVINDICANDO A INSTALAÇÃO DE BANCO 24 HORAS EM NOSSO MUNICÍPIO, SEJA BANCO DO BRASIL, CAIXA ECONÔMICA FEDERAL, SICOOB, BRADESCO, SANTANDER, ETC, PRESTANDO MAIS UM RELEVANTE SERVIÇO À POPULAÇÃO QUE PODERÁ UTILIZAR O TERMINAL DO BANCO 24 HORAS PARA REALIZAR SEUS SAQUES,  CONSULTAS, SALDO E EXTRATO, ENTRE OUTROS SERVIÇOS COM MAIOR PRATICIDADE, COMODIDADE E CONVENIÊNCIA.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PRESIDENTE DESTA CASA DE LEIS VIABILIZE OS ESTUDOS PARA QUE O PROCON MUNICIPAL VIA CÂMARA MUNICIPAL TÃO LOGO APROVADO E COLOCADO EM AÇÃO QUE SUA INSTALAÇÃO SEJA NA SALA QUE VEM SERVINDO DE ARQUIVO MORTO UTILIZADO POR ESTA CASA DE LEIS, ASSIM, PROCEDENDO COM A ADEQUAÇÃO DO LOCAL. </t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 249- POSTO AVANÇADO DO SEBRAE EM CONVÊNIO ASSOCIAÇÃO COMERCIAL/PREFEITURA;_x000D_
 CRIAÇÃO DA SECRETARIA DO TRÂNSITO _x000D_
 REALIZAÇÃO DE CURSOS PROFISSIONALIZANTES VIA SENAL/SENAC_x000D_
 CRIAÇÃO DE UM DEGUSTADOR DE CAFÉ PROFISSIONAL NA SECRETARIA MUNICIPAL DE AGRICULTURA;_x000D_
 AQUISIÇÃO DE UM CAMINHÃO PELA SECRETARIA DE AGRICULTURA PARA SUPORTE NO ESCOAMENTO DE PRODUTOS DOS PEQUENOS PRODUTORES/E AGRICULTURA FAMILIAR;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAÇÃO DE 02 (DOIS) QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA RUA LEOPOLDINO JOSÉ DO AMARAL.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE TOMAR PROVIDÊNCIAS PARA A REALIZAÇÃO DE UM MUTIRÃO DE LIMPEZA IMEDIATA NAS MARGENS DO RIO, NO TRECHO QUE COMPREENDE O ESPAÇO URBANO, TENDO VISTO QUE HÁ UMA ENORME QUANTIDADE DE LIXO ESPALHADOS POR TODA A EXTENSÃO DO RIO, CAUSANDO ESPANTO E PREOCUPAÇÃO COM POSSÍVEIS FOCOS DE DENGUE E OUTRAS PRAGAS.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DAS SECRETARIAS COMPETENTES PROMOVA OS ESTUDOS NECESSÁRIOS PARA ADEQUAÇÃO DA NOSSA CIDADE À REALIDADE DOS NOSSOS IRMÃOS IDOSOS, PORTADORES DE NECESSIDADES ESPECIAIS E DAS GESTANTES E SENHORAS QUE CONDUZEM CARRINHOS DE BEBÊS, ISTO É, DE SE OBSERVAR AS IRREGULARIDADES CONSTANTES NAS RUAS DE NOSSA CIDADE, COMO CALÇADAS COM OBSTÁCULOS E NÃO PAVIMENTADAS; ALÉM, DA TRAVESSIA DIFICULTADA NAS RUAS PELAS PAVIMENTAÇÕES E CALÇAMENTOS IRREGULARES ASSOCIADOS AOS PERIGOS PROPORCIONADOS PELA FALTA DE EDUCAÇÃO NO TRÂNSITO ENTRE OUTROS</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE SAÚDE DO MUNICÍPIO, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, PARA IMPLANTAÇÃO NO NOSSO MUNICÍPIO DA COMPETENTE, PARA IMPLANTAÇÃO NO NOSSO MUNICÍPIO DA ACADEMIA DA SAÚDE PÚBLICA, PROGRAMA DO SUS QUE VAI INVESTIR CONTRA O SEDENTARISMO, OBESIDADE E DOENÇAS CRÔNICAS. </t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENCAMINHAR AO LEGISLATIVO MUNICIPAL UM PROJETO DE LEI CRIANDO O CALENDÁRIO OFICIAL DE FESTAS E EVENTOS DO MUNICÍPIO DE ESPERA FELIZ/MG, E QUE SEJA INCLUÍDO NESTE CALENDÁRIO A FESTA DA APAE &amp;#8211; ASSOCIAÇÃO DOS PAIS E AMIGOS DOS EXCEPCIONAIS, A SER COMEMORADA ANUALMENTE NO INÍCIO DO MÊS DE SETEMBRO.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE AGRICULTURA, VEJA A VIABILIDADE DE REALIZAR UM ESTUDO NO MUNICÍPIO REFERENTE AO MELHORAMENTO GENÉTICO DO REBANHO NO MUNICÍPIO, COM A CONTRATAÇÃO DE UM MÉDICO VETERINÁRIO.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SUBSTITUIR O TRANSFORMADOR QUE FICA LOCALIZADO NO POVOADO DO SÃO DOMINGOS, PRÓXIMO A OFICINA DO DIONÉZIO QUE ATUALMENTE É DE 10 KVA, TROCANDO POR UM TRANSFORMADOR DE 37,5 KVA.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INCLUIR A ANTIGA CHAMINÉ QUE FICA LOCALIZADA NO ESTRADA QUE LIGA ESPERA FELIZ AO PARAÍSO, NOS BENS TOMBADOS DO MUNICÍPIO DE ESPERA  FELIZ/MG</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02(DUAS) GUARITAS DE PROTEÇÃO DE PASSAGEIROS NOS PONTOS DE ÔNIBUS LOCALIZADOS NA ESTRADA QUE LIGA ESPERA FELIZ AO PARAÍSO, SENDO UM NAS PROXIMIDADES DO ANTIGO CHAMINÉ E OUTRO EM FRENTE A FAZENDA PEDRA MENINA. </t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ARRUMAR A RUA MANOEL VENTURA QUE TEM INÍCIO NA RUA CARANGOLA, QUE DÁ ACESSO À POLÍCIA MILITAR, TENDO VISTO QUE ELA CONTA COM UM TRECHO CALÇADO E OUTRO DE TERRA, E ESTÁ INTRANSITÁVEL, NECESSITANDO URGENTEMENTE DE CALÇAMENTO E REPAROS NO CALÇAMENTO EXISTENTE QUE ESTÁ MUITO DANIFICADO. </t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 02 (DOIS) QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA RUA JAIR DE SOUZA CASTRO, NA ALTURA DO N.: 900.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR COM URGÊNCIA O SERVIÇO DE TRANSPORTE URBANO - CIRCULAR. PARA ATENDER OS MORADORES QUE REINVINDICAM ESSE SEVIÇO QUE TEM AMPARO LEGAL NA LEI ORGAÑICA, CAP. VII.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DO ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INSTITUIR A DISCIPLINA DE EDUCAÇÃO ECOLÓGICA NAS ESCOLAR DAS REDES MUNICIPAIS E QUE ESTA DISCIPLINA FAÇA PARTE DOS CURRÍCULOS ESCOLARES, COM O CONTEÚDO DE PRESERVAÇÃO DA NATUREZA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DO ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR E INSTALAR LIXEIRAS COLETIVAS NOS LUGARES DETERMINADOS PELOS MORADORES DAS COMUNIDADES RURAIS DO MUNICÍPIO, FAZENDO A COLETA REGULAR DO LIXO NOS PONTOS DETERMINADOS.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, INCUIR A FESTA A FANTASIA, QUE JÁ É TRADIÇÃO NO MUNICÍPIO, NO CALENDÁRIO DE FESTAS DA SECRETARIA DA CUTULRA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DA AGRICULTURA VEJA A VIABILIDADE DE ENCOMENDAR MUDAS FRUTÍFERAS DE BOA QUALIDADE PARA REPASSAR AOS PRODUTORES(AS) NO PREÇO DE CUSTO DO VIVEIRO E QUE O EXECUTIVO POSSA CONTRIBUIR NO TRANSPORTE DO VIVEIRO ATÉ O LOCAL DE DISTRIBUIÇÃO DAS MUDAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA MARIA MOREIRA DE SOUZA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA MARIA MADALENA DOS SANTOS, NO BAIRRO SANTA INÊS,</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) POSTE NA RUA ROBSON COUTINHO, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA RUA JAIR DE SOUZA CASTEO, BAIRRO SANTO INÊS, NAS PROXIMIDADES DO POSTO DO PINGO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O INSTITUTO HENFIL, A FIM DE PREPARAR JOVENS PARA O ENEM.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL. ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ,ELHORAR A ESTÉTICA DA RODOVIÁRIA, RETIRANDO  OEXCESSO DE PLACAS, REDUZINDO PARA DUAS PLACAS CONTENDO TODAS AS INFORMAÇÕES. PODERIA AINDA, ESTUDAR A POSSIBILIDADE DE FAZER EMBARQUE DE UM LADO E DESEMBARQUE DO OUTRO, ASSIM FACILITARIA NOS HORÁRIOS DE PICO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM ESCOVÓDROMO NA ESCOLA NILO MOREIRA NA FAZENDA PARAÍSO, NO DESTRITO DE SÃO JOSÉ DA PEDRA MENINA; E UM NA ESCOLA ALVELINO CURTY NA ESCOLA DO SÃO DOMINGOS; E TAMBÉM AMPLIAR O ESCOÓDROMO DA ESCOLA ESTADUAL FAZENDA PARAÍSO NA COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, ATENDENDO APELO DE VÁRIOS MORADORES, VEJA A VIABILIDADE DE INSTALAR POSTES NA RUA MANOEL VENTURAM QUE ENCONTRA COM APROXIMADAMENTE 20 RESIDÊNCIAS (E NÃO POSSUI NEM UM POSTE), EM RAZÕES DO RISCO QUE O LOCAL ESTÁ OFERECENDO, POR SE ENCONTRAR ÀS ESCURAS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETÁRIA COMPETENTE E DA DEFESA CIVIL DO MUNICÍPIO, INICIEM UM TRABALHO DE VISTORIA DOS PRÉDIOS E EDIFÍCIOS QUE ESTÃO SENDO CONSTRUÍDOS NESTE MUNICÍPIO, BEM COMO AS LOJAS E DEMAIS COMÉRCIOS PARA UMA AVALIAÇÃO SOBRE QUESTÃO DE SEGURANÇA._x000D_
 ISTO EM FACE DA NECESSIDADE DE EQUIPAMENTOS ESSENCIAIS PARA SEGURANÇA COMO EXTINTORES DE INCÊNDIO E SOBRE AS CONDIÇÕES DE USO DO MESMO E SOBRE O CONHECIMENTO DOS FUNCIONÁRIOS EM UTILIZÁ-LOS; OBSERVAR TAMBÉM A QUESTÃO DAS SAÍDAS DE EMERGÊNCIA DOS PRÉDIOS, LOJAS E LOCAIS QUE REALIZAM FESTAS COM GRANDE PÚBLICO, OBSERVAR SAÍDAS DE EMERGÊNCIA COMO ELEVADORES, ESCADAS, E AINDA HIDRANTES NAS PROXIMIDADES DOS PRÉDIOS._x000D_
 BUSCAR JUNTO AO SETOR MUNICIPAL, COMO SE DÁ A CONCESSÃO, DE ALVARÁS EM CASO DE CONSTRUÇÕES COMO AS CITADAS PARA QUE ATRVÉS DE UM PROJETO DE AUTORIA DO EXECUTIVO SE REVEJA AS FORMAS DE CONCESSÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, FAÇA UM ESTUDO E OS DEVIDOS LEVANTAMENTOS PARA QUE EM PARCERIA COM O MUNICÍPIO DE CAIANA BUSQUEM UMA FORMA DE JUNTAMENTE COM O DRE-MG, CRIAR UM ACOSTAMENTO NA RODOVIA ESPERA FELIZ/CAIANA COM O OBJETIVO DE GARANTIR MAIS SEGUNRANÇAS NA RODOVIA E POSSIBILITANDO AOS PRATICANTES DE CAMINHADA E AOS CICLISTAS UMA PISTA SEGURA PARA A PRÁTICA SAUDAVEL DO ESPORTE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>1-QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA UM ESTUDO E OS DEVIDOS LEVANTAMENTOS SOBRE A POSSIBILIDADE DE UMA REESTRUTURAÇÃO DA ÁREA DE LAZER, ADEQUANDO-A AO NOVO MOMENTO E AS NECESSIDADES DA POPULAÇÃO ESPERAFELICENSE QUE CLAMA POR UM LOCAL SEGURO PARA LAZER DE NOSSAS CRIANÇAS JOVENS E ADULTOS._x000D_
 OBSERVANDO QUE PARA QUE ISSO ACONTEÇA, É NECESSÁRIO A CRIAÇÃO DE UM PROJETO QUE DÊ CONDIÇÕES PARA ISSO SE TORNAR UMA REALIDADE, ASSIM, QUE POSSA ESTAR COMPLETANDO NESSE PROJETO UMA ILUMINAÇÃO EFICIENTE, SERVIÇO DE APOIO AOS USUÁRIOS E ABERTURA DO ESPAÇO AO PÚBLICO DAS 06:00 HORAS DA MANHÃ ÀS 22:00, AMPLIAÇÃO DO ESPAÇO PARA CRIAÇÃO DE PONTOS APROPRIADOS AO EXERCÍCIO FÍSICO COM ORIENTAÇÃO DE PROFISSIONAL DE EDUCAÇÃO FÍSICA E APARELHAMENTO DE GINÁSTICA;_x000D_
 2-QUE O EXECUTIVO MUNICIPAL POSSA TAMBÉM VIABILIZAR OS ESTUDOS PARA QUE ESTE SERVIÇO POSSA TAMBÉM SER OFERECIDO A POPULAÇÃO COM A RECUPARAÇÃO E REVITALIZAÇÃO DO ESPAÇO SOCIAL KLABIN CRIADO NO GOVERNO DO EX-PREFEITO TARCÍSIO;_x000D_
 3-QUE O EXECUTIVO MUNICIPAL VIABILIZE OS ESTUDOS PARA QUE SEJA FEITA A RECUPARAÇÃO DA RUA JOÃO VIEIRA DE COSTA E RUA ARTHUR BINA DA SILVA NETO COM A DEVIDA PAVIMENTAÇÃO E CALÇAMENTO E ADEQUAÇÃO DO ESPAÇO PARA CAMINHADA E PRÁTICA DE EXERCÍCIOS COM CALÇADAS, BANCOS E TOTALMENTE ILUMINADA A ÁREA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DOM SILVÉRIO, INICIANDO NA RUA DO MINÉRIO.</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICAIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JUREMA VENTURA MARINHO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA BOCA DE LOBO OU COLOCAÇÃO DE GRADES NO BUEIRO DA RUA ERMÍNIO NASCIMENTO, N. 157.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A CÂMARA MUNICIAPL POSSA ATENDER A COMUNIDADE EM PRESTAÇÃO DE SERVIÇOS BÁSICOS COMO: 1-CONFECÇÃO DE CARTEIRA DE TRABALHO EM CONVÊNIO COM O MINISTÉRIO DO TRABALHO;_x000D_
 2- CARTEIRA DE IDENTIDADE EM CONVÊNIO COM A SECRETARIA DE SEGURAÇA PÚBLICA;_x000D_
 3- DEFESA DO CONSUMIDOR ATRAVÉS DO PROCON EM PARCERIA COM O MINISTÉRIO PÚBLICO._x000D_
 ISTO PORQUE É IMPORTANTE E IMPRESCINDIVEL PARA A COMUNIDADE ESPERAFELICENSE QUE SERVIÇOS BÁSICOS COMO ESSES ESTEJAM A DISPOSIÇÃO DOS CIDADÃOS._x000D_
 ESSA AÇÃO POR PARTE DO LEGISLATIVO VAI REPRESENTAR UM AVANÇO NO RELACIONAMENTO ENTRE PODER LEGISLATIVO E COMUNIDADE, POIS PASSARÁ A TER UM PAPEL MAIS DIRETO NA OFERTA E SOLUÇÕES PARA A POPULAÇÃO. ADEMAIS, QUE OS ÓRGÃOS MUNICIPAIS NÃO ESTÃO CONSEGUINDO ATENDER A POPULAÇÃO QUE CONSTANTEMENTE RECLAMA DA INÉRCIA DAS REPARTIÇÕES MUNICIPAIS NA FALTA DE MATERIAL PARA CONFECÇÃO DE CARTEIRA DE IDENTIDADE, E DEVIDO À DEMORA DA ENTREGA DAS QUE FORAM CONFECCIONADAS, COMO TAMBÉM NA CONSTANTE FALTA DE MATERIAL DE CARTEIRA DE TRABALHO E SEMPRE ALEGANDO PELA MUNICIPALIDADE QUE É DEVIDO A INFORMATIZAÇÃO ETC; E AINDA, DIANTE DA FALTA DE APOIO MUNICIPAL NA QUESTÃO DE DEFESA DO CONSUMIDOR, E DIANTE DA POSSIBILIDADE DO PODER LEGISLATIVO DE PRESTAR ESSE SERVIÇO PELA SUA CREDIBILIDADE JUNTO À SOCIEDADE E AOS ÓRGÃOS CITADOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL, ATRVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ALINHAR O POSTE QUE FICA LOCALIZADO NA RUA VIRGÍLIO JUSTINIANO ALVEZ, N.: 113 PARA O LADO UNS 40 CM APROXIMADAMENTE, TENDO EM VISTA QUE ELE SE ENCONTRA EM FRENTE A GARAGEM DO SR. JOSÉ CARLOS, IMPEDINDO-O DE ENTRAR COM O VEÍCULO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE AUMENTAR A POTÊNCIA DA CARGA ELÉTRICA DA REDE QUE TRANSMITE ENERGIA PARA O PROJETO REVIVER, TENDO VISTO QUE NESTA RESIDÊNCIA VIVEM MUITOS INTERNOS E A REDE NÃO É SUFICIENTE PARA ATENDER OS EQUIPAMENTOS E CHUVEIRO QUE FUNCIONEM DENTRO DESTE LOCAL.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE DAR UMA ATENÇÃO ESPECIAL ÀS RUAS SEM CALÇAMENTO DO BAIRRO VALE DO SOL, SANTA INÊS E OUTROS, POIS NAS OCASIÕES DE CHUVA FICA DIFÍCIO O ACESSO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR CORTE E ATERRO AO LADO DA IGRAJA DE COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR CONSERTO NA PONTE LOCALIZADA NO CÓRREGO DO MARIANINHO, NA ESTRADA QUE DÁ ACESSO AO SÍTIO DA TÂNIA E DA VILMA SILVESTRE.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE  REALIZAR PODA OU CORTE EM 02 (DUAS) ÁRVORES LOCALIZADAS À MARGEM DA RUA VANDERLEI CASSIMIRO, PRÓXIMO AO Nº 04, NO BAIRRO DO WALTAIR.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ANCAMINHAR OFÍCIO AO SECRETÁRIO DE OBRAS DO ESTADO DE MINAS GERAIS DEPUTADO CARLOS MELLES, SOLICITANDO INFORMAÇÕES SOBRE O ANDAMENTO DO PROCESSO DE CONSTRUÇÃO DO CONTOR RODOVIÁRIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE EM ATENÇÃO À LEI ORÇAMENTÁRIA DO ANO DE 2012 ENCAMINHADA PELO PODER EXECUTIVO COMO PREVISÃO DE SUPLEMENTAÇÃO ORÇA,ENTÁRIA DE 50% (CINQUENTA POR CENTO), DE UM ORÇAMENTO TOTALIZADO EM 28.425.600,00 (VINTE E OITO MILHÔES E SEICENTOS MIL REIS)O QUE TOTALIZA MAIS DE 40.000.000,00 (QUARENTA MILHÔES DE REAIS) NÃO PODE SER ACATADO POR ESTA CASA DEVIDO A GRANDE ACRESCIMO DE UM ANO PARA O OUTRO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIAPL ATRAVÉS DO DEPARTAMENTO DA DEFESA CIVIL DESTE MUNICÍPIOFAÇA PUBLICAR O TELEFONE DE ATENDIMENTO AO PÚBLICO NOS HORÁRIOS NORMAIS E TAMBÉM NO CASO DE ATENDIMENTO DE EMERGÊNCIA, DIVUGANDO-O PARA TODA A POPULAÇÃO, POIS TODA VEZ QUE A CIDADE ENFRENTA PROBLEMAS AMBIENTAIS A HISTÓRIA É A MESMA, É UM CORRE CORRE ATRÁZ DOS RESPONSÁVEIS POR SOCORRO E NADA DE SABER QUEM É QUE DEVE SER PROCURADO E ONDE ENCONTRAR AJUDA. VERIFICANDO QUE O SISTEMA DE COMUNICAÇÃO (TELEFONE, INTERNET, RÁDIO) TAMBÉM PODE FICAR FORA DE OPERAÇÃO QUE SE ESCLAREÇA ONDE ENCONTRAR AJUDA, CITANDO O ENDEREÇO E NOME DOS RESPONSÁVEIS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA DE ALIMENTAÇÃO, COLOCANDO TODOS OS TRAILERS NESTE LOCAL EM FORMA DE QUIOSQUES PADRONIZADOS.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NO MUNICÍPIO O PROJETO CIDADE LIMPA, REALIZANDO CAMPANHAS DE CONSCIENTIZAÇÃO E MANUTENÇÃO DA LIMPEZA DO MUNICÍPIO E TAMBÉM COLOCAR PELA CIDADE LIXEIRAS DE CASCALHO QUE PODEM SER CONFECCIONADAS PELO PRÓPRIO ÓRGÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE JUNTAMENTE COM O ÓRGÃO IEF - INSTITUTO ESTADUAL FLORESTAL, REALIZAR UM ESTUDO DE AVALIAÇÃO DO RIO SÃO JOÃO, NO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE VERIFICAR A SITUAÇÃO E APÓS TOMAR PROVIDÊNCIAS EM RELAÇÃO A ÁGUA QUE DESCE DO BAIRRO DO WALTAIR, QUE CORRE A CÉU ABERTO PRA A RUA SETE DE SETEMBRO, COM UM AGRAVANTE QUE SE ENCONTRA COM AS ÁGUAS DA REDE DE ESGOTO E FICCAM EMPOSSADASEM FRENTE A IGREJA ASSEMBLEIA DE DEUS A DAS RESIDÊNCIAS, CAUSANDO UM GRANDE DESCONFORTO PARA OS MORADORES DESTA CITADA RUA.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 9DUAS) BOCAS DE LOBO EM FRENTE AO PRÉDIA DA PEDRO DA MÁRCIA, COLOCANDO UMA DE CADA LADO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETAIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DUAS) BOCAS DE LOBO EM FRENTE A ASSEMBLEIA DE DEUS - MINISTÉRIO DA PENHA, NA RUA AMÉRICO VESPÚCIO DE CARVALHO, COLOCANDO UMA DE CADA LADO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DUAS) BOCAS DE LOBO NA RUA AMÉRICO VEPÚCIO DE CARVÁLHO, EM FRENTE A VILA RAQUEL, COLOCANDO UMA DE CADA LADO.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFAZER COM URGÊNCIA A REDE DE ESGOTO QUE ESTÁ A CÉU ABERTO NA RUA AMÉRICO VESPÚCIO DE CARVALHO E TAMBÉM TAMPAR OS BURACOS EXISTENTES NESTA RUA, COMPREENDENDO A RUA TAMBÉM OS BURADOS DA RUA SETE DE SETEMBRO INDO ATÉ NO FLÁVIO DA MORADIA.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS NA RUA JUSTILIANO ALVES, EM FRENTE AO N. 401, NO BAIRRO SANTA CECILÍA, TAPANDO OS BURACOS EXISTENTES.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COMPRAR O TERRENO AO LADO DO CEMITÉRIO SÃO JOSÉ, QUE FICA LOCALIZADO NO DESTRITO DE SÃO JOSÉ DA PEDRA MENINA, PARA AMPLIAÇÃO DO CEMITÉRIO.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE VER COM O DER OU OUTRO ÓRGÃO RESPONSÁVEL, A POSSIBILIDADE DE COLOCAR PLACAS DE SINALIZAÇÃO E REDUTORES DE VELOCIDADE NAS PROXIMIDADES DA ENTRADA DO ASSENTAMENTO PADRE JÉSUS, NA RODOVIA QUE DÁ ACESSO AO SETOR PARAÍSO, TRAZENDO ASSIM SEGURANÇA PARA OS PEDESTRES.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVPES DA SECRETÉRIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER URGENTEMENTE CAIXAS DE CONTENÇÃO E TAMBÉM ABRIR VAZANTES NAS ESTRADAS DE MANEIRA GERAL, DANDO PRIORIDADE ÀS ESTRADAS QUE FORAM REALIZADAS UM BOM CASCALHAMENTO, INICIANDO NA COMUNIDADE DO SÃO DOMINGOS FINALIZANDO NA COMUNIDADE NOSSA SENHORA DE LOURDES, NO LIMITE COM O MUNICÍPIO DE DIVINO.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE DE MADEIRA DO RIO SÃO JOÃO, QUE FICA LOCALIZADA EM FRENTE A VENDA DO NILTON DO VALINHO, A CHAMADA PONTE DO DARCI.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JONAS AMARAL, OU SE NÃO FOR POSSÍVEL NO MOMENTO O CALÇAMENTO, QUE SEJA ENCASCALHADA EM REGIME DE URGÊNCIA ESTA RUA E TAMBÉM APROVEITANDO O ENSEJO QUE SEJA DRENADA A ÁGUA DA CHUVA QUE CORRE NESTE LOCAL.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CASCALHAR A ESTRADA QUE DÁ ACESSO A COMUNIDADE DE SANTA CRUZ E BOA VISTA, INICIANDO NA PONTE DO LIMOEIRO E FINALIZANDO NA PROPRIEDADE DO SR. JOÃO VIEIRA NETO, APROVEITANDO E ENCASCALHANDO TAMBÉM O TRECHO QUE DÁ ACESSO A VENDA DO EX-VEREADOR SR. PAULO TEIXEIRA.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR BOCAS DE LOBO NA RUA PIO XII, PARA ODEVIDO ESCOAMENTO DAS ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PROIBIR O CAMINHÃO QUE LOCOMOVE OSSOS DE PASSAR PELO CENTRO DE NOSSA CIDADE, SENDO QUE É UMA ÁREA ONDE SE CONCENTRAM A MAIOR PARTE DOS TRAILER E RESTAURANTES DO MUNICÍPIO E A POPULAÇÃO ALEGA QUE ESTÁ DESAGRADÁVEL LANCHAR QUANDO ESSE CAMINHÃO PASSA, SENDO QUE DEIXA UM ODOR MUITO DESAGRADÁVEL E FORTE QUE PERMANECE NO AR POR MAIS DE 20 MINUTOS. OUTRA SUGESTÃO É QUE SEJA VISTA A VIABILIDADE DE ENTRAR EM ACORDO COM OS RESPONSÁVEIS POR ESSE TRANSPORTE E VEJA A POSSIBILIDADE DE TRANSPORTAR ESTES OSSOS EM CAMINHÃO BAÚ (FECHADO).</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CRIAR UMA PÁGINA NA REDE SOCIAL FACEBOOK, DO LEGISLATIVO, TENDO COMO OBJETIVO A DIVULGAÇÃO DOS TRABALHOS DESENVOLVIDOS NESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DA PREFEITURA DE ESPERA FELIZ SE INSCREVER NO PROGRAMA ACADEMIA DA SAÚDE, JUNTO AO MINISTÉRIO DA SAÚDE PARA IMPLANTAÇÃO DESTA ACADEMIA NA ÁREA DE LAZER DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ORLANDO SEBASTIÃO FUMIAN.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES NA ESQUINA DA RUA JUSTINIANO ALVES COM AMÉRICO CABRAL DE ALMEIDA NO BAIRRO SANTA CECÍLIA, TENDO VISTO QUE TEM UMA BOCA DE LOBO ENTUPIDA, O QUE VEM CAUSANDO TRANSTORNOS PARA OS MORADORES, NÃO HAVENDO MEIOS DAS ÁGUAS PLUVIAIS ESCOAREM.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PODAR AS ÁRVORES DA RUA SÃO SEBASTIÃO DE AMORIM, E RETIRAR 02 (DUAS) ÁRVORES QUE FICAM EM FRENTE À RESIDÊNCIA DO SR. VALÉRIO MORAES, NESTA RUA CITADA, SENDO UM PEDIDO DESTE MORADOR ALEGANDO QUE ESTAS ÁRVORES ESTÃO DANIFICANDO O SEU PRÉDIO, RACHANDO AS PAREDES E AFETANDO TODA A ESTRUTURA DE SUA RESIDÊNCIA. </t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PODAR AS  ÁRVORES DA RUA PIO XII, SENDO QUE ESTÃO INVADINDO AS RESIDÊNCIAS E REDES ELÉTRICAS, CAUSANDO DANOS ÀS CONSTRUÇÕES.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE RECAPEAR A RUA JOÃO SEBASTIÃO DE AMORIM, OU NA INVIABILIDADE NO MOMENTO, TAMPAR OS BURACOS EXISTENTES, DANDO PRIORIDADE AO TRECHO COMPREENDIDO ENTRE O ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA E O ARMAZÉM DE CAFÉ DO SR. JOSÉ ANTÔNIO.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SER INCLUÍDO NO ROL DE MEMÓRIAS DESTA CONCEITUADA CASA DE LEIS, NOS QUADROS EXPOSTOS NO PLENÁRIO, O NOME DE EX-VEREADOR SADÚ GOMES E OS NOMES DOS EX-FUNCIONÁRIOS VINILSON DE SOUZA SANTOS E ALINE ROSEMBARQUE QUE TRABALHARAM POR UM PERÍODO NA CÂMARA MUNICIPAL E NÃO PODERÍAMOS DEIXAR DE REGISTRAR.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR BOCAS DE LOBO EM FRENTE AO ÓRGÃO MUNICIPAL QUE FICA LOCALIZADO NA RUA PIO XII, E APROVEITANDO O ENSEJO CANALIZAR A ÁGUA QUE SAI DO ÓRGÃO MUNICIPAL, JOGANDO ESTA ÁGUA DENTRO DESTAS BOCAS DE LOBO.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 02 (DUAS) BOCAS DE LOBO NA PRAÇA DR. JOSÉ AUGUSTO, EM FRENTE A CAIXA ECONÔMICA FEDERAL. </t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1394/1394_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1394/1394_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A POSSIBILIDADE DE RETIRAR PARTE DO RECURSO QUE SERÁ CEDIDO À PREFEITURA MUNICIPAL ATRAVÉS DA CAIXA ECONÔMICA FEDERAL, PARA REALIZAR A TÃO SONHADA OBRA DA PONTE DA LOTERIA.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1395/1395_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1395/1395_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAÇÃO  DA SRA. LUCIANA FARIA, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ HONORÁRIA. </t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1415/1415_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1415/1415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 _x000D_
 _x000D_
 INDICAÇÃO DO NOME DA  ILUSTRE MISSIONÁRIA  SRA. HELBA GALVÃO LEMOS  - COORDENADORA DE EVENTOS DO INSTITUTO BÍBLICO  - IBAD, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO, RECEBENDO O TÍTULO DE CIDADÃ ESPERAFELICENSE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1421/1421_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1421/1421_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 INDICAÇÃO DO NOME DO ILUSTRE REVERENDO-MARK JONATHAN LEMOS &amp;#8211; DIRETOR DO INSTITUTO BÍBLICO DAS ASSEMBLEIAS DE DEUS DO BRASIL &amp;#8211; IBAD, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1423/1423_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1423/1423_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. JAIME CARLOS CORREIA, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE. _x000D_
 </t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>OZIEL GOMES, ALTAMIRO NOGUEIRA, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OSMAR GOMES, Robinho Lacerda, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1424/1424_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1424/1424_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRÍSSIMO CHEFE DE SERVIÇO DE PLANEJAMENTO DE DESENVOLVIMENTO TECNOLÓGICO DO INTERLEGIS- SR. LUIZ FERNANDO PIRES MACHADO, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENCE.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1425/1425_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1425/1425_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DE JOSÉ CARLOS CAON, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA  CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO. </t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1426/1426_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1426/1426_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO EXCELENTÍSSIMO DEPUTADO FEDERAL SR. RENZO DO AMARAL BRAZ, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENCE.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1427/1427_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1427/1427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 OS VEREADORES QUE ABAIXO SUBSCREVEM, APÓS TRAMITAÇÃO REGIMENTAL, INDICAM O NOME DO ILUSTRÍSSIMO PROMOTOR DE JUSTIÇA DA COMARCA DE ESPERA FELIZ, DR. BRENO MAX DE JESUS SILVEIRA, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENCE. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1428/1428_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1428/1428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. WALTER ELIAS LOPES, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENCE. </t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1422/1422_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1422/1422_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE MELHORAR O ESCOAMENTO DE ÁGUAS PLUVIAIS DA RUA JAIR DE SOUZA CASTRO, EM FRENTE A IGREJA ASSEMBLEIA DE DEUS.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1437/1437_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1437/1437_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. PEDRO JOSÉ DE ANDRADE NETO.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1436/1436_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1436/1436_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO DR. ROBERTO PEREIRA SALLES.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1435/1435_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1435/1435_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO PASTOR JOSUÉ DIAS.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1434/1434_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1434/1434_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SRS. PAULO ROBERTO MOREIRA E IZACH RODRIGUES.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1433/1433_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1433/1433_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. CLAUDINEI BORGES.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1432/1432_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1432/1432_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JOSÉ ANTÔNIO ALVES.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1431/1431_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1431/1431_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. MARCEL DIAS FERREIRA.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1430/1430_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1430/1430_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. ADRIAN CARLOS OLIVEIRA SILVA.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1429/1429_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1429/1429_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. EZEQUIEL DONÁSIO.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1448/1448_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1448/1448_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO CASAL SR. ROSEMBERG FERNANDES E SUA ESPOSA DORINHA.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1447/1447_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1447/1447_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO DR. ANTENOR BRITO VILELA.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1446/1446_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1446/1446_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ILUSTRÍSSIMOS FEIRANTES.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1445/1445_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1445/1445_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PALAUSOS À EMPRESA TPJ CAFÉ.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1444/1444_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1444/1444_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A SECRETARIA DE ESPORTES DE ESPERA FELIZ, PARA OS TIMES QUE FORAM CAMPEÕES DO CAMPEONTO RURAL.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1443/1443_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1443/1443_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CLUB DOS MOTOCICLISTAS FALCÕES DA MONTANHA.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1442/1442_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1442/1442_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. MARCELO - FISIOTERAPEUTA.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1441/1441_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1441/1441_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JOSÉ HILÁRIO MARTINS.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1440/1440_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1440/1440_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ILUSTRÍSSIMA CHEFE DO PARQUE NACIONAL DO CAPARAÓ, THAÍS FARIAS RODRIGUES.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1439/1439_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1439/1439_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. ANDRELINO MORAES DA SILVA.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1458/1458_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1458/1458_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ILUSTRÍSSIMA ZENILDA RIBEIRO GONÇALVES SILVA.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1457/1457_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1457/1457_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ILUSTRÍSSIMOS MILITARES DO CORPO DE BOMBEIROS, SR. MAURO CÉSAR SALGADO, SR. REYNALDO GUILHERME JOSÉ ROQUE, E MIGUEL ADRIANO DA CUNHA.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1456/1456_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1456/1456_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. AMAURI ADOLFO DA SILVA.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1455/1455_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1455/1455_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS PRODUTORES DO FILME "O GUARDIÃO E O APRENDIZ".</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1454/1454_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1454/1454_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO DEPARTAMENTO DE CULTURA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1453/1453_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1453/1453_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À EXCELENTÍSSIMA DEPUTADA ESTADUAL SRA. LUZIA FERREIRA.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1452/1452_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1452/1452_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO DR. EULER MOURA SOARES FILHO, AGROPECUÁRIA</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1451/1451_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1451/1451_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. MIGUEL HOTTZ KLEIN JÚNIO.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1450/1450_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1450/1450_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS À ILUSTRÍSSIMA MARIA DO CARMO ROCHA REZENDE.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1449/1449_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1449/1449_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. SINVAL GONÇALVES RIBEIRO.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1476/1476_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1476/1476_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. AYRTON PEREIRA.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1475/1475_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1475/1475_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JOSÉ CARLOS DE SOUZA FILHO.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1474/1474_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1474/1474_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. LUIZ FERNANDO PIRES MACHADO.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1473/1473_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1473/1473_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JOSÉ CARLOS DE SOUZA.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1472/1472_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1472/1472_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. ADEMIR JÚNIOR VIDAL.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1471/1471_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1471/1471_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO PROFESSOR DE KARATÊ, JÚLIO.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1470/1470_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1470/1470_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ROTARACT E INTERACT.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1469/1469_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1469/1469_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. NIVALDO ZANUTI (CONHECIDO COMO LEZINHO).</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1468/1468_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1468/1468_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JORGE ARAÚJO SANTOS.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1466/1466_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1466/1466_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SINDICATO DOS TRABALHADORES RURAIS.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1465/1465_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1465/1465_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AOS ORGANIZADORES DA 8ª FESTA A FANTADIA.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1464/1464_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1464/1464_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. SEBASTIÃO JORGE PAIVA.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1463/1463_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1463/1463_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. ITAYR DOS SANTOS.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1462/1462_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1462/1462_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO SR. JAIME MOURA.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1461/1461_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1461/1461_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O MOTORISTA DO CAMINHÃO DE LIXO E PARA OS SERVIDORES (LIXEIROS).</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1438/1438_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1438/1438_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO ILUSTRÍSSIMO GOVERNADOR DO DESTRITO 4580 - SR. JOSÉ CARLOS FERREIRA CAMPELO.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2135/2135_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2135/2135_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE POLÍTICAS ANTIDROGAS, AUTORIZA A CRIAÇÃO DO FUNDO MUNICIPAL DE POLÍTICAS ANTIDROGAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2136/2136_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2136/2136_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ESPERA FELIZ, O DIA MUNICIPAL DE COMBATE À PEDOFILIA E À VIOLÊNCIA SEXUAL CONTRA CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1759/1759_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1759/1759_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2137/2137_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2137/2137_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO MUNICÍPIO DE ESPERA FELIZ, O CONSELHO MUNICIPAL DA JUVENTUDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1817/1817_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1817/1817_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1756/1756_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1756/1756_texto_integral.pdf</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>OZIEL GOMES, CLAUDIO VALENTIM, OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1653/1653_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1653/1653_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DO EXERCÍCIO DE 2007.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1652/1652_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1652/1652_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL NO EXERCÍCIO DE 2003.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1651/1651_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1651/1651_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL NO EXERCÍCIO DE 2009.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1650/1650_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1650/1650_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA DOTAÇÃO PARA EXERCÍCIO FINANCEIRO DE 2012 DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1649/1649_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1649/1649_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO E ESPERAFELICENSE AS PESSOAS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA COMUNICADO AO PODER EXECUTIVO MUNICIPAL QUE A CAPELA MORTUÁRIA DE ESPERA FELIZ CONSTA COM O SEGUINTE NOME &amp;#8220;CAPELA MORTUÁRIA PEDRO FRANCISCO VIDAL&amp;#8221;, APROVADO ATRAVÉS DE PROJETO DE LEI NA LEGISLATURA PASSADA E SANCIONADA PELO EXECUTIVO MUNICIPAL, ASSIM QUE AO CONFECCIONAR A PLANA INAUGURAL SEJA COLOCADO O NOME APROVADO POR ESTA CASA DE LEIS ATRAVÉS DO PROJETO DE LEI. OBSERVANDO QUE O PROJETO FORA APROVADO COM A RESSALVA INDICADO PELO VEREADOR RONALDO MACHADO À ÉPOCA DE QUE SE CONSTASSE O NOME SOMENTE APÓS O TÉRMINO DA OBRA.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE CONVIDE O SENHOR LAUDIVAR VALÉRIO (FUMACINHA)  PARA COMPARECER EM REUNIÃO DA CÂMARA MUNICIPAL DE VEREADORES EM DATA A SER DEFINIDA POR ESTA PRESIDÊNCIA PARA EXPLICAÇÕES SOBRE COMENTÁRIOS QUE VEM DIVULGANDO SOBRE A ELEIÇÃO DA NOVA MESA DIRETORA PELOS FUNDAMENTOS QUE JUSTIFICAM TAL CONVITE AO CIDADÃO SUPRACITADO. </t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ENCAMINHE A ESTA CASA DE LEIS CÓPIA DE TODAS AS NOTAS FICAIS E COMPROVANTES DE EMPENHO DO SERVIÇO DE TERRAPLANAGEM DO ATERRO SANITÁRIO. _x000D_
 INFORMAÇÃO DE QUANTO JÁ GASTOU EM DINHEIRO (REAIS) ATÉ O PRESENTE MOMENTO. INFORMAÇÃO E EXPLICAÇÕES SOBRE OS MOTIVOS DE MULTAS PELA FEAN AO ATERRO SANITÁRIO E OS VALORES. _x000D_
 INFORMAÇÃO SOBRE A EMPRESA GANHADORA DA LICITAÇÃO PARA O SERVIÇO DE TERRAPLANAGEM NO ATERRO SANITÁRIO, NOME, VALORES, E SERVIÇOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE O MOTIVO DA DEMORA DAS OBRAS ANUNCIADAS PELO PREFEITO ALOÍSIO BARBOSA NO ANO PASSADO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA MUNICIPAL DE EDUCAÇÃO QUE INFORME A ESTA CASA DE LEIS PORQUE NA COMUNIDADE DO PARAÍSO NÃO TEM UMA ESCOLA DE ENSINO MÉDIO.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS PORQUE CONTINUAM OS DIVERSOS PNEUS DEPOSITADOS NO ESPAÇO SOCIAL KLABIN, SENDO QUE PODEM SER USADOS PARA A CONSTRUÇÃO DE BLOQUETES, MEIO-FIO, BASTANDO APENAS QUE A PREFEITURA ADOTE UM PROJETO DE TRITURÁ-LOS E MISTURÁ-LOS AO CONCRETO, PROMOVENDO UMA AÇÃO AMBIENTAL EFICIENTE. </t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL DETERMINE À VIGILÂNCIA SANITÁRIA QUE O VETERINÁRIO DA PREFEITURA INFORME SE VEM REALIZANDO OS EXAMES E ANÁLISE DOS ANIMAIS QUE ESTÃO SENDO ABATIDOS, E CASO NÃO ESTEJA OCORRENDO COMO DEVERIA, QUE O PREFEITO MUNICIPAL DÊ CONDIÇÕES E ESTRUTURE O MATADOURO COM OS EQUIPAMENTOS NECESSÁRIOS PARA  O TRABALHO DO VETERINÁRIO. </t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE TÃO LOGO APROVADO O REQUERIMENTO DE NÚMERO 05/2011, PARA INFORMAÇÃO PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO SOBRE A FALTA DE OFERTA DE ENSINO MÉDIO NA COMUNIDADE DO PARAÍSO, QUE O SENHOR PRESIDENTE OFICIE CONVITE  À SENHORA AMÉLIA PARA COMPARECER EM REUNIÃO DESTA CASA DE LEIS PARA DEBATER SOBRE ESTE ASSUNTO, E AINDA, CONVITE À DIRETORA DA ESCOLA ESTADUAL FAZENDA PARAÍSO, COMISSÃO DE MORADORES, E A SENHOR TANIA AGUIAR (DIRETORA DA 5ª SER)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME O MOTIVO PELO QUAL CONTINUAM DIVERSOS VEÍCULOS DA PREFEITURA DEPOSITADOS NO ESPAÇO SOCIAL KLABIN SE DETERIORANDO NO TEMPO E O MOTIVO PELO QUAL NÃO SE PROCESSA UM LEILÃO DESTES A FIM DE SE EVITAR PREJUÍZOS MAIORES AOS COFRES DA PREFEITURA. </t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL DETERMINE ATRAVÉS DE UM ENGENHEIRO E UM GEÓLOGO A ELABORAÇÃO DE UMA FORMA DE SE EXTRAIR SAIBRO DA SAIBREIRA ADQUIRIDA PELO NO GOVERNO DO PREFEITO JADIR VIDAL. </t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE QUEM É O RESPONSÁVEL PELA CONSERVAÇÃO DO TERMINAL RODOVIÁRIO DE ESPERA FELIZ PELO SEGUINTE: _x000D_
 A)	PLACAS QUE COLOCAM EM RISCO A SEGURANÇA DA SAÚDE DE PASSAGEIROS E CIDADÃOS QUE UTILIZAM O TERMINAL. _x000D_
 B)	SITUAÇÃO DOS MENOS FAVORECIDOS QUE FICAM DESCANSANDO OU DORMINDO NOS BANCOS DA RODOVIÁRIA. _x000D_
 C)	E COMO SE DÁ  A COBRANÇA DAS TAXAS DO ESPAÇO FÍSICO DA RODOVIÁRIA NOS GUICHÊS, BARES, E ETC. _x000D_
 </t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS A SITUAÇÃO QUE SE ENCONTRA OS ESTUDOS PARA O MUNICÍPIO REALIZAR A DOAÇÃO E A CESSÃO DE ESCRITURA PÚBLICA DOS LOTES DO BAIRRO SANTA CECÍLIA AOS SEUS PROPRIETÁRIOS. </t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O SEGUINTE:_x000D_
 A)	SE O MUNICÍPIO POSSUI ESCRITURA PÚBLICA DE TODOS OS SEUS BENS PATRIMONIAIS, DETALHANDO QUAIS ESTÃO RIGOROSAMENTE ESCRITURADOS E REGISTRADOS E QUAIS NÃO ESTÃO. _x000D_
 B)	SE OS VEÍCULOS ESTÃO COM A DOCUMENTAÇÃO EM DIA; INFORMANDO VEÍCULO POR VEÍCULO._x000D_
 </t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL DETERMINE À SECRETARIA MUNICIPAL DE AÇÃO SOCIAL INFORME A ESTA CASA DE LEIS O NÚMERO EXATO DE FAMÍLIAS CADASTRADAS NO PROGRAMA BOLSA FAMÍLIA E A LISTA DOS BENEFICIADOS. </t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O NÚMERO DE EMPRESAS CADASTRADAS NO SETOR DE TRIBUTAÇÃO MUNICIPAL E SUAS CLASSIFICAÇÕES; O FUNCIONÁRIO RESPONSÁVEL PELA FISCALIZAÇÃO DOS COMÉRCIOS; O NÚMERO DE ALVARÁS DE LOCALIZAÇÃO E FUNCIONAMENTO, ISTO TANTO DA ÁREA URBANA QUANTO DA ÁREA RURAL. </t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE SOBRE AS AÇÕES QUE PRECISAM SER TOMADAS QUANTO A ÁRVORE DA PRAÇA DA BANDEIRA,  JÁ TOMBADO PELO MUNICÍPIO COMO PATRIMÔNIO. </t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA  DE AÇÃO SOCIAL, INFORME A ESTA CASA DE LEIS O SEGUINTE: _x000D_
 A)	QUAL  O NÚMERO DE ASSOCIAÇÕES CADASTRADAS NA SECRETARIA ;_x000D_
 B)	NOMES DAS ASSOCIAÇÕES, ENDEREÇOS DE FUNCIONAMENTO, DIRETORIAS E SUAS FUNÇÕES; _x000D_
 C)	VALORES REPASSADOS ÀS ASSOCIAÇÕES DISCRIMINANDO CADA UMA. _x000D_
 </t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS SOBRE O MOTIVO DE NENHUMA DIVULGAÇÃO SOBRE O PROJETO DE LEI APROVADO NESTA CASA PERMITINDO AO MUNICÍPIO CONTRATAR COM O BDMG PARA AQUISIÇÕES DE VEÍCULOS, MÁQUINAS, ETC. </t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DE NÃO TOMAR UMA MEDIDA URGENTE PARA ACABAR COM O VAZAMENTO DO ESGOTO EM PLENA VIA NA RUA AMÉRICO VESPÚCIO DE CARVALHO NAS PROXIMIDADES DA IGREJA ASSEMBLEIA DE DEUS</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O SEGUINTE: _x000D_
 A)	QUANTOS IMÓVEIS O MUNICÍPIO VEM PAGANDO ALUGUEL E OS VALORES GASTOS COM CADA UM;_x000D_
 B)	QUANTOS  SÃO OS IMÓVEIS CEDIDOS PELO MUNICÍPIO E SE HÁ PAGAMENTO DE ALUGUEL, O VALOR DE CADA UM. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DE NÃO USAR DE RECURSOS DA PASTA DE TOMBAMENTO  DE PATRIMÔNIO NA REFORMA DO CHAFARIZ DA PRAÇA CIRA ROSA DE ASSIS PELOS MOTIVOS QUE JUSTIFICAM.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA  DE LEIS SOBRE O ANDAMENTO DA ORGANIZAÇÃO DA CONFERÊNCIA MUNICIPAL DE SAÚDE NESTE ANO DE 2011.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS OS NOMES DOS COORDENADORES DAS EQUIPES DA VIGILÂNCIA SANITÁRIA. </t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DA FALTA DE MEDICAMENTOS NA FARMÁCIA DA POLICLÍNICA MUNICIPAL DE SAÚDE E ANDA, INFORMAÇÕES SOBRE A COMPRA DE MEDICAMENTOS DA FARMÁCIA BÁSICA, MEDICAMENTOS EXCEPCIONAIS E A COMPRA DO GENÉRICO BONIFICADO. INFORMANDO AINDA, RELATÓRIO COM QUANTIDADES E VALORES. </t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1114/1114_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1114/1114_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS QUAL O SETOR RESPONSÁVEL PELA VISTORIA DE VEÍCULOS CONVENIADOS PARA SEREM AUTORIZADOS PARA SERVIÇOS DE TRANSPORTE ESCOLAR. E, AINDA, QUANTOS VEÍCULOS ESTÃO A SERVIÇO DA PREFEITURA, NOME DO MOTORISTAS, DOS PROPRIETÁRIOS, ETC.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1115/1115_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1115/1115_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO INFORME A ESTA CASA DE LEIS O VALOR DE RECURSOS TRANSFERIDOS PELO GOVERNO FEDERAL (FUNDEB) AOS COFRES DA PREFEITURA; AINDA, AS APLICAÇÕES DOS RECURSOS PELO EXECUTIVO MUNICIPAL, DETALHANDO CONFORME PREVISTO NA LEGISLAÇÃO O USO DE 60% EM REMUNERAÇÃO E DE 40% NO MÁXIMO EM DEMAIS AÇÕES DE MANUTENÇÃO E DESENVOLVIMENTO. ESPECIFICANDO-SE AS AQUISIÇÕES DE BENS DURÁVEIS, PATRIMÔNIO, CONSERVAÇÃO E ETC., CONFORME DETERMINADO PELA LEGISLAÇÃO.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1116/1116_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1116/1116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE INFORME A ESTA CASA DE LEIS SOBRE OS PROCEDIMENTOS QUE ESTA SECRETARIA ESTÁ ADOTANDO PARA REVITALIZAÇÃO DO BOSQUE MUNICIPAL CARLOS GRILLO, OBSERVANDO QUE EM GOVERNO ANTERIOR FORA FEITO PLANTIO DE ÁRVORES E NÃO SE TEVE SUCESSO. </t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1153/1153_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1153/1153_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DETURISMO INFORME A ESTA CASA DE LEIS QUAIS OS PROJETOS EM ANDAMENTO NESTA SECRETARIA, E QUAIS AS METAS DEFINIDAS PARA IMPLANTAÇÃO DO TURISMO SUSTENTÁVEL NO TERRITÓRIO DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1154/1154_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1154/1154_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE ESPORTE INFORME A ESTA CASA DE LEIS QUAIS OS _x000D_
 PROJETOS EM ANDAMENTO E AS METAS DESTA SECRETARIA PARA ESTE ANO._x000D_
 </t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1155/1155_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1155/1155_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO INFORME A ESTA CASA DE LEIS O NÚMERO DE CRECHES DE RESPONSABILIDADE DO MUNICÍPIO, DESTACANDO INFORMAÇÕES RELACIONADAS A ELAS.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1156/1156_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1156/1156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO INFORME A ESTA CASA DE LEIS O NÚMERO DE ESCOLAS MUNICIPAIS DA PREFEITURA MUNICIPAL DESTACANDO O SEGUINTE: </t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1157/1157_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1157/1157_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS O MOTIVO DE NÃO ESTAR SENDO CUMPRIDA A PORTARIA N:. 3.178 DE 19 DE OUTUBRO DE 2010, (CONFORME ANEXADA), ONDE O SALÁRIO DE AGENTE COMUNITÁRIO FOI FIXADO EM R$714,00 (SETECENTOS E QUATORZE REAIS), E NO MUNICÍPIO DE ESPERA FELIZ OS AGENTES COMUNITÁRIOS RECEBEM R$ 588,00 (QUINHENTOS E OITENTA E OITO REAIS).</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1190/1190_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1190/1190_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIA DA LISTA DOS CLASSIFICADOS NO CONCURSO SELETIVO REALIZADO EM 2010, NA ÁREA DE FISCALIZAÇÃO SANITÁRIA E TAMBÉM INFORMAÇÕES SOBRE QUANTAS PESSOAS JÁ FORAM CHAMADAS PARA TRABALHAR NESTA DEVIDA ÁREA, CONTENDO RESPECTIVAMENTE O NOME DESTES FUNCIONÁRIOS.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1205/1205_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1205/1205_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA  COMPETENTE INFORME A ESTA CASA DE LEIS PORQUE NÃO ESTÁ ATENDENDO A COMUNIDADE COM O SERVIÇO DA OFERTA DE CARTEIRA DE TRABALHO.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1210/1210_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1210/1210_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS SE AS CONSTRUÇÕES CIVIS EM ANDAMENTO NESTE MUNICÍPIO ESTÃO TENDO O DEVIDO ACOMPANHAMENTO PELA ENGENHARIA MUNICIPAL E SE ESTÃO  SENDO OBSERVADAS AS QUESTÕES DE SEGURANÇA QUANDO A INCÊNDIO , ELEVADORES, ESCADARIAS; OBSERVANDO AINDA, QUE O CORPO DE BOMBEIROS MAIS PRÓXIMO DE NOSSA CIDADE FICA A CERCA DE 100 KMS NA CIDADE DE MURIAÉ  E 70 KMS EM MANHUAÇU.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1221/1221_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1221/1221_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE AGRICULTURA INFORME A ESTA CASA DE LEIS SE FORAM TOMADAS AS MEDIDAS NECESSÁRIAS PARA QUE OS PECUARISTAS PRODUTORES DE LEITE DO MUNICÍPIO DE ESPERA FELIZ SE ENQUADRASSEM NA INSTRUÇÃO NORMATIVA 51 DO MINISTÉRIO DA AGRICULTURA, PECUÁRIA E ABASTECIMENTO QUE IMPÕE NOVAS REGRAS SANITÁRIAS PARA OS PECUARISTAS. _x000D_
 E QUAL FOI O ALERTA QUANTO AO PRIMEIRO CRITÉRIO EXIGIDO SOBRE A DIMINUIÇÃO DO NÚMERO DE UNIDADE FORMADORA DE COLÔNIAS (UFC) DE BACTÉRIAS, ATUALMENTE EM 750 MIL POR MILILITRO DE LEITE, POIS A PARTIR DE JULHO, O LIMITE PASSA A SER DO 300 MIL PARA TANQUES DE RESFRIAMENTOS COLETIVOS E DE 100 MIL PARA TANQUES INDIVIDUAIS. COM ATENÇÃO QUE PARA SER REDUZIDO É NECESSÁRIO A HIGIENIZAÇÃO DO AMBIENTE DA ORDENHA E O EQUIPAMENTO UTILIZADO PARA COLETAR O LEITE. A CONTAGEM DE CÉLULAR SOMÁTICAS(CCS), DIRETAMENTE LIGADO À SAÚDE DAS GLÂNDULAS MAMÁRIAS DA VACA. QUANDO O VALOR DO CCS TAMBÉM DIMINUIRÁ DE 750 MIL PARA 400 MIL A PARTIR DE JULHO._x000D_
 </t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1222/1222_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1222/1222_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE AGRICULTURA INFORME A ESTA CASA DE LEIS QUAIS MEDIDAS ESTÃO SENDO TOMADAS PARA ORIENTAÇÃO AO PECUARISTA SOBRE O CONTROLE DA RAIVA ANIMAL.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1223/1223_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1223/1223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS  DA SECRETARIA DE AGRICULTURA INFORME A ESTA CASA DE LEIS QUAIS MEDIDAS E ORIENTAÇÕES ESTÃO SENDO TOMADAS POR ESTA SECRETARIA PARA INFORMAÇÃO AO PRODUTOR DE GADO SOBRE A INSTRUÇÃO NORMATIVA DO MINISTÉRIO DA AGRICULTURA PECUÁRIA E ABASTECIMENTO (MAPA) PARA APRIMORAR AS REGRAS DE CERTIFICAÇÃO DE PROPRIEDADES NO PROGRAMA NACIONAL DE CONTROLE E ERRADICAÇÃO DE BRUCELOSE E TUBERCULOSE ANIMAL E AMPLIAR O NÚMERO DE PROPRIEDADES NO PROGRAMA. </t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1224/1224_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1224/1224_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE AGRICULTURA INFORME A ESTA CASA DE LEIS QUAIS OS PROCEDIMENTOS ADOTADOS PELO MUNICÍPIO NO INCENTIVO À MELHORIA DA EXPORTAÇÃO. QUAIS OS NÚMEROS DE PRODUTOS EXPORTADOS, E AS AÇÕES DE INCENTIVO AOS PEQUENOS E GRANDES PRODUTORES. E QUAL A PRODUÇÃO DE CAFÉ EM 2010 COM AS SUAS CLASSIFICAÇÕES E A ESTIMATIVA PARA 2011.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1225/1225_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1225/1225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PRESIDENTE DA CÂMARA MUNICIPAL, QUE ENCAMINHE AO PODER JUDICIÁRIO, UM OFÍCIO SOLICITANDO INFORMAÇÕES SOBRE O PRÉDIO, ESPAÇO FÍSICO DA ANTIGA COAVAP COMO : _x000D_
 ESTE PRÉDIO VAI SER LEILOADO? SE AFIRMATIVO, QUAL A DATA MARCADA PARA O LEILÃO?_x000D_
 ATUALMENTE QUAL O VALOR DO ALUGUEL DESTE IMÓVEL E PARA QUEM ESTÁ SENDO PAGO ESTE ALUGUEL._x000D_
 </t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1459/1459_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1459/1459_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, QUAL A COMPENSAÇÃO AMBIENTAL (ICMS ECOLÓGICO) 	QUE O EXECUTIVO MUNICIPAL RECEBE MENSALMENTE E SE POSSÍVEL INFORMAR ANTES E APÓS A CRIAÇÃO DAS APAS DA COMUNIDADE DO TABOÃO E VARGEM ALEGRE. </t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1460/1460_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1460/1460_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PRESIDENTE DA CÂMARA MUNICIPAL, QUE ENCAMINHE OFÍCIO AO CARTÓRIO ELEITORAL DA COMARCA, SOLICITANDO INFORMAÇÕES SOBRE QUAIS SÃO OS PARTIDOS POLÍTICOS DO MUNICÍPIO DE ESPERA FELIZ QUE ESTÃO COM A SITUAÇÃO REGULARIZADA NO CARTÓRIO E SE FOR POSSÍVEL INFORMAR O RESPONSÁVEL LEGAL DE CADA PARTIDO.  </t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1467/1467_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1467/1467_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DE TODOS OS DECRETOS DO EXECUTIVO MUNICIPAL, QUE DETERMINARAM FERIADO OU PONTO FACULTATIVO NO PERÍODO 01 DE SETEMBRO A 31 DE DEZEMBRO DE 2010. </t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1477/1477_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1477/1477_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ESPORTES INFORME A ESTA CASA DE LEIS O MOTIVO DO GRAMADO DO ESTÁDIO E DO SOCIETY ESTÁ MORRENDO POR FALTA DE IRRIGAÇÃO, COM OBSERVAÇÃO AO PERÍODO DE ESTIAGEM E DA NECESSIDADE DA IRRIGAÇÃO MECÂNICA CONFORME SE PROCEDEU DESDE A CONSTRUÇÃO DESTE ESTÁDIO. _x000D_
 QUE INFORME TAMBÉM O PARADEIRO E LOCALIZAÇÃO DO VEÍCULO CORTADOR DE GRAMA E SEU ESTADO MECÂNICO. _x000D_
 </t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1478/1478_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1478/1478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> _x000D_
 QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ENTRE EM CONTATO COM A EMPRESA DE ESPERA FELIZ QUE ESTÁ EXPORTANDO CAFÉ, PARA JUNTOS TENTAR EXPLORAR O MERCADO INTERNACIONAL COM ATENÇÃO ESPECIAL AO COMÉRCIO BRASIL-CHINA QUANDO CAFEICULTORES MINEIROS JÁ SE PREPARAM PARA EXIBIÇÃO DO PRODUTO NA CHINA._x000D_
 </t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1482/1482_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1482/1482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ENTRE EM CONTATO COM OS RESPONSÁVEIS PELA APAC DE ESPERA FELIZ, DELEGADO DE POLÍCIA, JUIZ DE DIREITO E PROMOTORIA DE JUSTIÇA PARA ANALISAR O PROCESSO DA CRIAÇÃO DA APAC DE ESPERA FELIZ, E TENTAR INFILTRAR NA DISCUSSÃO QUE A FIEMG ESTÁ PROMOVENDO QUANTO AO APOIO DA UNIÃO EUROPÉIA AO FINANCIAMENTO DA ADMINISTRAÇÃO DE APACS DE MINAS GERAIS. OBSERVANDO QUE ESTE PROJETO JÁ EXISTE EM ESPERA FELIZ, INCLUSIVE COM A CESSÃO DE TERRENO PELA PREFEITURA PARA EXECUÇÃO DA OBRA E JÁ APROVADO PELA CÂMARA DE VEREADORES._x000D_
 </t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1493/1493_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1493/1493_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DE TODOS OS CONTRATOS REFERENTES AO TRANSPORTE ESCOLAR NO PERÍODO DE JANEIRO DE 2011 ATÉ A PRESENTE DATA._x000D_
 </t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1499/1499_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1499/1499_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES REFERENTES AO TRANSPORTE ESCOLAR COMO: _x000D_
 QUAL É O NÚMERO DE LINHAS DE ÔNIBUS QUE TRANSPORTAM ALUNOS PARA A ESCOLA ALFREDO BRANDÃO NA COMUNIDADE SÃO GONÇALO E PARA A ESCOLA JOSÉ NORONHA DE MACHADO NA COMUNIDADE DO TABOÃO E QUANTOS QUILÔMETROS SÃO PERCORRIDOS DIARIAMENTE POR CADA LINHA DE ÔNIBUS._x000D_
 </t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1508/1508_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1508/1508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE E DA SECRETARIA MUNICIPAL DE  OBRAS INFORME A ESTA CASA DE LEIS OS LAUDOS EXISTENTES DO IMPACTO AMBIENTAL E DAS ESTRUTURAS DOS PRÉDIOS CONSTRUÍDOS SOBRE O CÓRREGO AREIA BRANCA NA EXTENSÃO DAS RUAS ROQUE FERREIRA DE CASTRO E PEDRO DIAS NETO, OBSERVANDO O PERIGO QUE OS MESMOS OFERECEM À POPULAÇÃO ESPERAFELICENCE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1510/1510_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1510/1510_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE INFORME  A ESTA CASA DE LEIS SOBRE QUAIS MEDIDAS FORAM OU ESTÃO SENDO TOMADAS PARA AMENIZAR O IMPACTO AMBIENTAL DECORRENTE DO ASSOREAMENTO DO RIO SÃO JOÃO NAS MEDIAÇÕES DA SAIBREIRA PRÓXIMA À COMUNIDADE DE SÃO SEBASTIÃO DA BARRA, QUE SEJA INFORMADO TAMBÉM QUANTO AO CONHECIMENTO DESTE PROBLEMA POR PARTE DA SECRETARIA MUNICIPAL DE MEIO AESTABELECIDASMBIENTE, DA EXISTÊNCIA DE LAUDOS TÉCNICOS DESTA SECRETARIA, DA DOCUMENTAÇÃO LEGAL DA SAIBREIRA QUANTO AO IMPACTO AO MEIO AMBIENTE E AS AÇÕES REPARADORAS  ESTABELECIDAS NO CONTRATO; E AINDA, DO CONHECIMENTO PÚBLICO E POSICIONAMENTO DO MINISTÉRIO PÚBLICO, OBSERVANDO QUE SE TRATA DE COMPROMETIMENTO DO AMBIENTE E, PODENDO, PROVOCAR EXTINÇÃO DE ESPÉCIES, ALAGAMENTOS, SECAGEM DE NASCENTES, COMPROMETIMENTO DE ÁREAS DE PLANTAÇÕES E PASTAGENS COMO CONSEQUÊNCIA DO ASSOREAMENTO JÁ EM ESTADO AVANÇADO DO RIO QUE CORTA A CIDADE DE ESPERA FELIZ_x000D_
 </t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1511/1511_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1511/1511_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS RELATÓRIO CONTENDO VALORES GASTOS NO CARNAVAL DE 2011, COM SUAS RESPECTIVAS NOTAS FISCAIS, ESPECIFICANDO TODOS OS GASTOS.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1512/1512_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1512/1512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UM RELATÓRIO CONTENDO INFORMAÇÕES REFERENTES ÀS DIFICULDADES QUE O EXECUTIVO VEM ENCONTRANDO EM RELAÇÃO À AMPLIAÇÃO DO CEMITÉRIO SÃO JOÃO BATISTA, RELATANDO QUAL O IMPEDIMENTO ESTÁ HAVENDO PARA CONCRETIZAÇÃO DESTA OBRA? REQUEIRO TAMBÉM QUE CITE NESTE RELATÓRIO QUAL A METRAGEM DA ÁREA QUE O EXECUTIVO MUNICIPAL COMPROU PARA REALIZAR ESTA DEVIDA AMPLIAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1513/1513_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1513/1513_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO CONTENDO QUAIS OBRAS ESTÃO SENDO EXECUTADAS NO MUNICÍPIO, SEJA AS QUE ESTÃO NA FASE INICIAL OU EM SUA CONCLUSÃO, INFORMANDO O VALOR DE CADA UMA, O PRAZO PARA SEREM CONCLUÍDAS E SUAS EMPRESAS VENCEDORAS DE CADA LICITAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1514/1514_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1514/1514_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A PRESIDÊNCIA DESTA CASA VIABILIZE O ESTUDO NECESSÁRIO PARA QUE SEJA FEITO REPASSE DE RECURSO FINANCEIRO NA ORDEM R$ 15.000,00 (QUINZE MIL REAIS) AO PODER EXECUTIVO MUNICIPAL PARA QUE POSSA REPASSAR AO COMSEP ( CONSELHO MUNICIPAL DE SEGURANÇA PÚBLICA) PARA AQUISIÇÃO DE VEÍCULO A SER USADO NA SEGURANÇA PÚBLICA DESTA COMUNIDADE. </t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1515/1515_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1515/1515_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE A PRESIDÊNCIA DESTA CASA VIABILIZE A INSERÇÃO NO SITE DA CÂMARA DE VEREADORES E NOS VEÍCULOS DE COMUNICAÇÃO IMPRESSOS AS ENTRADAS E SAÍDAS DE FINANÇAS, BEM COMO RELATÓRIO CIRCUNSTANCIADO DAS DESPESAS COM AQUISIÇÕES DE BENS DURÁVEIS, DE CONSUMO, DIÁRIAS, DESPESAS COM ÁGUA, LUZ, TELEFONE, ALUGUEL DE VEÍCULO, ETC; DE FORMA DIFERENTE QUE É MAU HÁBITO DESTA CASA, POIS, DE FORMA MAIS CLARA TODAS AS PESSOAS PODERÃO FACILMENTE ENTENDER OS BALANCETES E RELATÓRIOS MENSAIS E ANUAL. _x000D_
 </t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1516/1516_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1516/1516_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE A COMISSÃO DE CONSTITUIÇÃO E  JUSTIÇA JUNTAMENTE COM A ASSESSORIA JURÍDICA VIABILIZEM OS ESTUDOS NECESSÁRIOS PARA QUE SE CRIE UM PROJETO DE LEI PARA MAIOR SEGURANÇA NAS CASAS LOTÉRICAS E AGÊNCIAS DOS CORREIOS COM CÂMERAS DE SEGURANÇA E VIGILANTES, POIS, COM AS NOVAS ATRIBUIÇÕES DESSES ÓRGÃOS, PRINCIPALMENTE O DE EFETUAR PAGAMENTOS A APOSENTADOS, PENSIONISTAS, BENEFICIÁRIOS DE PROGRAMAS DO GOVERNO ENTRE OUTROS, OS CIDADÃOS ESTÃO MUITO EXPOSTOS AO PERIGO DE PROVÁVEIS CRIMES DE ASSALTOS, VISTO QUE NESTE MOMENTO QUE PERCEBEMOS DIFICULDADES FINANCEIRAS E MUITO DESEMPREGO O ESTUDO ORA INDICADO PARA OS DEVIDOS ESTUDOS É UMA FORMA DE GARANTIR A SEGURANÇA DOS FUNCIONÁRIOS DESTAS INSTITUIÇÕES, DOS USUÁRIOS DOS SERVIÇOS E DE TODO O SISTEMA. QUE SEJA ESTUDADO TAMBÉM A QUESTÃO DOS COMÉRCIOS COMO SUPERMERCADOS, LOJAS CREDENCIADAS PARA PAGAMENTOS CONVENIADAS COM AGÊNCIAS BANCÁRIAS PARA QUE TENHAM PELO MENOS CÂMERAS DE FILMAGEM. _x000D_
 </t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1543/1543_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1543/1543_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS O VALOR ATUAL DO FUNDO MUNICIPAL DE HABILITAÇÃO E COMO ESTÁ O ANDAMENTO DO PROJETO DE CONSTRUÇÃO DE CASAS PELO PROGRAMA MINHA CASA, MINHA VIDA E OUTROS. </t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1544/1544_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1544/1544_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASADE LEIS : _x000D_
 RELAÇÃO DOS MOTORISTAS E OPERADORES DE MÁQUINAS DO EXECUTIVO MUNICIPAL, APROVADOS NO ÚLTIMO PROCESSO SELETIVO;_x000D_
 NO CASO DE HAVER FUNCIONÁRIOS CONTRATADOS NAS FUNÇÕES CITADAS ACIMA, ENCAMINHAR AS CÓPIAS DOS CONTRATOS E INFORMAÇÕES SOBRE QUAL FOI O CRITÉRIO DE CONTRATAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1545/1545_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1545/1545_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES À QUAL PROCEDIMENTO FOI UTILIZADO PELO EXECUTIVO MUNICIPAL PARA CEDER O ESPAÇO DA KLABIN PARA COLOCAÇÃO DE 01(UMA) FÁBRICA DE SOFÁS E TAMBÉM 01(UMA) SERRALHERIA,._x000D_
 SE ESTÁ SENDO PAGO ALUGUEL PARA O EXECUTIVO MUNICIPAL, QUE SEJA ENCAMINHADO  ESTA CASA, AS CÓPIAS DOS CONTRATOS REFERENTES ÀS 02(DUAS) LOCAÇÕES._x000D_
 </t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1546/1546_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1546/1546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 1-QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE TEM CONHECIMENTO DOS IMPEDIMENTOS QUE ESTÃO ATRAVANCANDO A LIBERAÇÃO DE RECURSOS PARA OS CONTRIBUINTES ADQUIRIREM FINANCIAMENTOS JUNTO À CAIXA ECONÔMICA FEDERAL, PRINCIPALMENTE NESTE PROJETO MINHA CASA MINHA VIDA, EM DETRIMENTO DOS LOTEAMENTOS NÃO TEREM A DEVIDA INFRAESTRUTURA E CONSECUTIVAMENTE PREJUDICANDO O CRESCIMENTO E O DESENVOLVIMENTO SUSTENTÁVEL DA CIDADE. _x000D_
 2- QUAIS AS AÇÕES ESTÃO SENDO ESTUDADAS PELO EXECUTIVO PARA ENFRENTAMENTO DESSAS DIFICULDADES, TENDO EM VISTA SER O MUNICÍPIO O RESPONSÁVEL PELA LIBERAÇÃO DE LOTEAMENTOS E ABERTURA DE RUAS. _x000D_
 </t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1547/1547_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1547/1547_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: _x000D_
 QUANTOS SÃO OS SERVIDORES EFETIVOS, SERVIDOS INATIVOS E SERVIDORES COMISSIONADOS DO EXECUTIVO;_x000D_
 QUANTOS SERVIDORES PASSARAM PELO PROCESSO SELETIVO E SE TEM PREVISÃO DE UM NOVO PROCESSO SELETIVO;_x000D_
 QUAL O VALOR TOTAL DA FOLHA DE PAGAMENTO DO EXECUTIVO MUNICIPAL E QUAL O PERCENTUAL DA FOLHA DE PAGAMENTO NO ORÇAMENTO. _x000D_
 </t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1548/1548_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1548/1548_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL  QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO PROJETO DE LEI DE N.: 44/2010 QUE INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO DESTINADO À EXECUÇÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA, EXPLICANDO SOBRE A FASE DE EXECUÇÃO DOS SERVIÇOS.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1549/1549_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1549/1549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 1-	QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS OS DADOS DA EMPRESA VENCEDORA DA LICITAÇÃO PARA REALIZAÇÃO PARA REALIZAÇÃO DO CALÇAMENTO DE DIVERSAS RUAS DA CIDADE, E AINDA, NESTE MESMO ATO, SE FORAM OBSERVADOS AS CONDIÇÕES TÉCNICAS E FINANCEIRAS DA A EMPRESA, E SUA CREDIBILIDADE JUNTO AO MERCADO, OBSERVANDO INCLUSIVE, O CAPITAL DE GIRO DA EMPRESA PARA EVENTUAIS PROBLEMAS EM SERVIÇOS PARA QUE POSSA ARCAR COM AS RESPONSABILIDADES. _x000D_
 2-	QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE ESTÁ HAVENDO FISCALIZAÇÃO POR PARTE DO MUNICÍPIO SE A EMPRESA VENCEDORA ESTÁ TERCEIRIZANDO O SERVIÇO. _x000D_
 3-	QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS ATRAVÉS DE LAUDO TÉCNICO POR PARTE DA ENGENHARIA CIVIL QUANTO À QUALIDADE DOS BLOQUETES QUE ESTÃO SENDO USADOS NO CALÇAMENTO DAS RUAS DA NOSSA QUERIDA ESPERA FELIZ._x000D_
 </t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1550/1550_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1550/1550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-	QUE A PRESIDÊNCIA DESTA CASA ENCAMINHE À COMISSÃO DE OBRAS DESTA CASA LEIS, REQUERIMENTO NO SENTIDO DESTA COMISSÃO FISCALIZAR AS OBAS DA PRAÇA AMENAIDE VASCONCELOS ROCHA E LAVRE UM LAUDO DA SITUAÇÃO, OBSERVANDO QUE TEMOS INFORMAÇÃO DE QUE A REFORMA DA MESMA, ANTES DE SEU TÉRMINO JÁ ESTAR COMPROMETIDA._x000D_
 2-	QUE ESTA MESMA COMISSÃO POSSA TAMBÉM, FISCALIZAR A SITUAÇÃO DA CAPELA MORTUÁRIA DE ESPERA FELIZ, INFORMANDO O QUE ESTÁ ACONTECENDO QUE NÃO É DADO O TÉRMINO DESTA OBRA E NEM A SUA INAUGURAÇÃO, ASSIM, QUE ESTA COMISSÃO PESQUISE E PRODUZA UM LAUDO NESTE SENTDO._x000D_
 </t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1551/1551_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1551/1551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O TOTAL DA ARRECADAÇÃO EM  IPTU, IPVA E ISQN ARRECADADOS E OU REPASSADOS À MUNICIPALIDADE REFERENTE AO ANO DE 2011, CORRESPONDENTE AOS MESES DE JANEIRO, FEVEREIRO, MARÇO E ABRIL._x000D_
 </t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1552/1552_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1552/1552_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O QUANTO JÁ FOI GASTO ATÉ O PRESENTE MOMENTO EM DECORRÊNCIA DOS PROBLEMAS AMBIENTAIS QUE AFLIGEM A CIDADE, ISTO, MEDIANTE O DECRETO MUNICIPAL DE ALERTA._x000D_
 </t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1553/1553_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1553/1553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 _x000D_
 QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DA NÃO INSTALAÇÃO E INAUGURAÇÃO DOS TELECENTROS LIBERADOS PARA A COMUNIDADE ESPERAFELICENSE. ISTO, EM OBSERVAÇÃO AO ATENDIMENTO DE INDICAÇÃO FEITA POR ESTE VEREADOR PARA CRIAÇÃO DE TELECENTROS EM LOCAIS ESTRATÉGICOS E AGORA, FALTANDO APENAS A CONCLUSÃO DE INSTALAÇÃO. _x000D_
 APROVEITO AQUI, PARA SOLICITAR TAMBÉM, INFORMAÇÃO SOBRE OS LOCAIS DE INSTALAÇÃO DESTES TELECENTROS PARA QUE POSSAMOS SUGERIR NOMES PARA ESTES ESTABELECIMENTOS EM ATENÇÃO A CADA LOCALIDADE A À CONTRIBUIÇÃO DOS CIDADÃOS A SEREM HOMENAGEADOS COM O EMPRÉSTIMO DE SEUS NOMES PARA CADA UMA DESTAS UNIDADES._x000D_
 </t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1554/1554_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1554/1554_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DE TODOS OS EMPENHOS DE DIÁRIAS DO VICE-PREFEITO MUNICIPAL, REFERENTE AO PERÍODO DE JANEIRO DE 2009 ATÉ A PRESENTE DATA, E TAMBÉM CÓPIAS DOS EMPENHOS DAS DIÁRIAS DO EX-VICE-PREFEITO MUNICIPAL REFERENTE AOS ANOS DE 2005;2006;2007 E 2008, E QUE SEJA ENCAMINHADA A RESPOSTA NO PRAZO PREVISTO DO ART. 66, INCISO XIV DA LEI ORGÂNICA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1555/1555_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1555/1555_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DO COMPROVANTE DE RECEITA DO ICMS SOLIDÁRIO QUE O EXECUTIVO RECEBEU NO 1º BIMESTRE DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1556/1556_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1556/1556_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A PRESIDÊNCIA DESTA CASA ENCAMINHE O PRESENTE REQUERIMENTO À COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA PARA SE PRONUNCIAR POR ESCRITO COM PROVA DOCUMENTAL SOBRE NOTIFICAÇÃO DO EX-PREFEITO JADIR SILVA VIDAL NO PROCESSO DE ESTUDO E ANÁLISE DAS CONTAS DA PREFEITURA MUNICIPAL DE ESPERA FELIZ, EXERCÍCIO DE 2007, PROCESSO 749324 DO TCE.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1557/1557_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1557/1557_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, O VALOR TOTAL GASTO DO DIA 1º DE JANEIRO DE 2011 ATÉ A PRESENTE DATA, COMO: TRATOR DE ESTEIRA, TRATOR AGRÍCOLA, PÁ MECÂNICA, RETRO, PATROL, CAMINHÃO, CAMINHÃO PIPA, ESPECIFICANDO O VALOR POR HORA TRABALHADO POR CADA MÁQUINA ACIMA CITADA.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1558/1558_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1558/1558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1- QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O NÚMERO EXATO DE FUNCIONÁRIOS QUE PERCEBEM VANTAGENS EM SEUS CONTRACHEQUES A TÍTULO DE HORAS EXTRAS. _x000D_
 2- QUE O EXECUTIVO INFORME TAMBÉM, SE ESTÁ SENDO OBSERVADA A QUESTÃO JURÍDICA DE QUE SE ESSA VANTAGEM FOR CONTÍNUA, A MESMA DEVE SER INCORPORADA AO SALÁRIO DO SERVIDOR EM QUESTÃO. _x000D_
 </t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1559/1559_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1559/1559_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE TEM ALGUM PROJETO DE OFERECIMENTO DE CURSO SOBRE INSEMINAÇÃO ARTIFICIAL DE REBANHOS AOS PEQUENOS PRODUTORES DESTE MUNICÍPIO, E CONSECUTIVAMENTE COM DOAÇÃO DE BOTIJÕES PARA ARMAZENAGEM DE SÊMEN E AMPOLAS E OS RESFRIADOS  COM OBSERVÂNCIA À POLÍTICA JÁ EM ANDAMENTO NO ESTADO ATRAVÉS DA SECRETARIA ESTADUAL DE AGRICULTURA, DO DESENVOLVIMENTO SOCIAL E DO MINISTÉRIO DO DESENVOLVIMENTO SOCIAL E COMBATER A FOME. </t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1560/1560_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1560/1560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAL POLÍTICA QUE A SECRETARIA MUNICIPAL DE SAÚDE VEM ADOTANDO NA CONSCIENTIZAÇÃO DA SOCIEDADE, PRINCIPALMENTE CRIANÇAS, JOVENS E ADOLESCENTES QUANTO AOS MALEFÍCIOS DO USO DE DROGAS COMO, POR EXEMPLO, À EXPANSÃO DANOSA DO CONSUMO DE CRACK PELOS JOVENS E ADEMAIS, COM O SURGIMENTO DESTA NOVA DROGA, &amp;#8220;OXI&amp;#8221; QUE VEM TENDO O CONSUMO AUMENTADO EM VIRTUDE DE VALOR PEQUENO E CONSIDERADO UMA DROGA MAIS PERIGOSA PELA COMPOSIÇÃO DE 80% DE PASTA BASE DE COCAÍNA, REFINADA À BASE DE GASOLINA E QUEROSENE._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OSMAR GOMES, Robinho Lacerda, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1562/1562_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1562/1562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO À MESA DIRETORA, A ELABORAÇÃO DOS COMPETENTES PROJETOS PARA CONCESSÃO DA RECOMPOSIÇÃO/REVISÃO DOS SUBSÍDIOS DOS AGENTES POLÍTICOS (PREFEITO,VICE-PREFEITO,SECRETÁRIOS E VEREADORES), NA FORMA DO ARTIGO 37, INCISO X, DA CONSTITUIÇÃO FEDERAL E RESPECTIVA LEI/RESOLUÇÃO FIXADORA. </t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1667/1667_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1667/1667_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO COM O CADASTRO DOS NOMES E ENDEREÇOS DE TODOS OS CONTRIBUINTES DO MUNICÍPIO QUE PAGAM IPTU, CONSTANDO AINDA NA RELAÇÃO OS CONTRIBUINTES QUE ESTÃO EM DIA E OS INADIMPLENTES.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1668/1668_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1668/1668_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA  CASA DE LEIS, CÓPIA DE TODOS OS PROCESSOS LICITATÓRIOS, REFERENTE AO EXERCÍCIO FINANCEIRO 2010, CÓPIA DO EMPENHO E DA MINUTA DO CONTRATO ENTRE PREFEITURA MUNICIPAL E EMPRESAS E CÓPIA DE TODOS OS PROCEDIMENTOS DE LIQUIDAÇÃOS ATRELADAS AOS PROCESSOS DE EMPENHOS DAS EMPRESAS SUPRACITADAS, EXERCÍCIO FINANCEIRO 2010.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1669/1669_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1669/1669_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAIS MEDIDAS VEM TOMANDO PARA REGULARIZAÇÃO FUNDIÁRIA DOS BAIRRO SANTA CECÍLIA E OUTROS. OBSERVANDO QUE O MUNICÍPIO DE MANHUMIRIM APRESENTE PROBLEMAS IDÊNTICOS E QUE O PODER EXECUTIVO DAQUELA CIDADE BUSCOU APOIO JUNTO À UNIVERSIDADE FEDERAL DE VIÇOSA E JUNTAMENTE COM O PODER LEGISLATIVO DAQUELA CIDADE,  JUNTO AOS PROPRIETÁRIOS E DEMAIS SECRETÁRIOS MUNICIPAIS E QUE OS PROBLEMAS JÁ TOMARAM RUMO AO ACERTO E ENTENDIMENTO E QUE NAQUELA CIDADE FORAM ENCONTRADAS E JÁ REGULARIZADAS CERCA DE 1.100 ESCRITURAS, BENEFICIANDO ASSIM ESSE TOTAL DE FAMÍLIAS. </t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1670/1670_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1670/1670_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE PROCEDE A DENÚNCIA FEITA PELO JORNAL GAZETA REGIONAL SOBRE A EXISTÊNCIA DE UMA CRECHE NESTA CIDADE COM MAIS FUNCIONÁRIOS QUE CRIANÇAS ATENDIDAS.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1671/1671_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1671/1671_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS OS MOTIVOS QUE IMPEDIRAM O EXECUTIVO MUNICIPAL DE ATENDER E A RECONHECER O SINDICATO DOS FUNCIONÁRIOS PÚBLICOS DO MUNICÍPIO DE ESPERA FELIZ, ISTO, POIS, DE ACORDO COM MATÉRIA DIVULGADA EM PERIÓDICO DA CIDADE, O SINDICATO DIVULGOU MATÉRIA EXPLICITANDO E ESCLARECENDO SOBRE DIFICULDADES EM TER O RECONHECIMENTO DO PODER EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1672/1672_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1672/1672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE/VIGILÂNCIA SANITÁRIA INFORME A ESTA CASA DE LEIS SOBRE VISTORIAS FEITAS NAS RESIDÊNCIAS DA AVENIDA JAIME TOLEDO/RUA CAIANA, EM ESPECIAL, NA CASA DE PROPRIEDADE DO SENHOR RENATO MILHIOLO, ATUAL SECRETÁRIO MUNICIPAL DE MEIO AMBIENTE, EM VIRTUDE DE MUITAS RECLAMAÇÕES SOBRE LÍQUIDO QUE ESTÁ VAZANDO EM TUBULAÇÃO DE ESCOAMENTO DA REFERIDA PROPRIEDADE E SENDO DESPEJADO NA RUA; AINDA, SOBRE A GRANDE QUANTIDADE DE POMBOS NO REFERIDO LOCAL E A POSSIBILIDADE DE TRANSMISSÃO DE DOENÇAS; OBSERVANDO AINDA, A PODA QUE FORA FEITA NAS ÁRVORES DA VIA PÚBLICA, MAS, QUE NO QUINTAL DA RESIDÊNCIA ACIMA DESCRITA NENHUMA PODA FORA REALIZADA COMPROMETENDO A SEGURANÇA NÃO SÓ DA RESIDÊNCIA, MAS, TAMBÉM, DOS PEDESTRES E PRINCIPALMENTE DOS VIZINHOS QUE DIVISAM COM ESTA RESIDÊNCIA. </t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1673/1673_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1673/1673_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS A SITUAÇÃO ENTRE O PODER EXECUTIVO MUNICIPAL E O TERMINAL RODOVIÁRIO DE ESPERA FELIZ, ESPECIFICANDO SE EXISTE UMA DIRETORIA RESPONSÁVEL PELO TERMINAL, E AINDA, COMO SE DÁ O PROCESSO DE CONVÊNIO ENTRE AS EMPRESAS USUÁRIAS DO TERMINAL, CONVÊNIO COM AS EMPRESAS EXPLORADORAS DE COMÉRCIO PRESENTES NO TERMINAL; AS DESPESAS COM ÁGUA E ENERGIA ELÉTRICA SOB A RESPONSABILIDADE DO MUNICÍPIO; E, SOBRETUDO, A QUESTÃO DO MONOPÓLIO DO TERMINAL EM QUE A PARTIR DAS 22H00MIN HORAS NÃO SE ENCONTRA NENHUM SERVIÇO DE COMÉRCIO E A SITUAÇÃO DEPLORÁVEL DOS BANHEIROS, SEM ILUMINAÇÃO, SEM  PRIVADAS HIGIÊNICAS E PREVALECENDO O MAU CHEIRO INSUPORTÁVEL. OPORTUNO FAZ RELEMBRAR AO EXERCÍCIO A QUESTÃO DA INVASÃO DOS BÊBADOS E OS SEM TETO QUE ESTÃO INCLUSIVE OCUPANDO DIARIAMENTE O BANHEIRO DO TERMINAL, E, TAMBÉM, A SITUAÇÃO DO EMBARQUE DE PASSAGEIROS EM DIAS CHUVOSOS FICAREM DEBAIXO DE ÁGUAS DAS CHUVAS.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1674/1674_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1674/1674_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUEM FOI O RESPONSÁVEL PELA AUTORIZAÇÃO DA PODA DAS ÁRVORES DA AVENIDA JAIME TOLEDO, OBSERVANDO QUE AS ÁRVORES FORAM MUTILADAS, E DIANTE DISSO QUEM ASSUME A RESPONSABILIDADE PELA SITUAÇÃO, ISTO, POIS, OBSERVANDO QUE HÁ POUCO FIZ UMA INDICAÇÃO PARA PODA NÃO MUTILAÇÃO O QUE INCLUSIVE TROUXE PENALIDADE PARA O MUNICÍPIO.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1675/1675_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1675/1675_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SE A SECRETARIA DE SAÚDE DO MUNICÍPIO DE ESPERA FELIZ/MG, ENCAMINHOU DOCUMENTAÇÃO PARA BRASÍLIA, SOLICITANDO UMA SALA DE ESTABILIZAÇÃO PARA O NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1676/1676_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1676/1676_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AOS MOTIVOS QUE ESTÃO IMPEDINDO O EXECUTIVO MUNICIPAL DE CONSTRUIR A PONTE E REABRIR A ESTRADA QUE DÁ ACESSO À COMUNIDADE DO CHALÉ, TENDO VISTO QUE É UMA OBRA DE BAIXO CUSTO E DE GRANDE UTILIDADE PARA A COMUNIDADE.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1677/1677_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1677/1677_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS ESCLARECIMENTOS REFERENTES ÀS QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS EM RELAÇÃO AOS ESTRAGOS ACONTECIDOS NAS RUAS DA ÁREA DE LAZER DO NOSSO MUNICÍPIO, SENDO A RUA ARSÊNIO SOBRINHO E RUA NICOLAU DE FREITAS, TENDO VISTO QUE DESCEM LAMAS DO LOTEAMENTO SANTA IZABEL, CAUSANDO MUITOS TRANSTORNOS PARA OS MORADORES, TANTO NA RUA COMO DENTRO DE SUAS RESIDÊNCIAS. </t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1678/1678_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1678/1678_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS EM REGIME DE URGÊNCIA, ESCLARECIMENTOS REFERENTES AO MOTIVO DA ÁREA DE LAZER DO NOSSO MUNICÍPIO ESTAR FECHADA HÁ 04 (QUATRO) MESES, TENDO VISTO QUE ESTE ESPAÇO DE ENTRETENIMENTO DA POPULAÇÃO FOI TODO REFORMADO NO FINAL DO ANO DE 2010, CONFORME SEGUE FOTO EM ANEXO.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1679/1679_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1679/1679_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DO PROJETO, CÓPIA DO CONTRATO, OBAS DA CAPELA MORTUÁRIA E DA PRAÇA AMENAIDE, DO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1681/1681_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1681/1681_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE ANDAMENTO PROCESSUAL CONTRA O EX-PREFEITO TARCÍSIO MARIA DE LACERDA COMO RESPONSÁVEL PELO ASFALTO EM DIVERSAS RUAS DA CIDADE COMO RUA JOÃO VIEIRA DA COSTA, PRAÇA DO ESTUDANTE, E TRECHO DA RUA GOVERNADOR BIAS FORTES REALIZADO COM RECURSOS DO SETOP-MG, INFORMANDO QUAIS MEDIAS ESTARÁ TOMANDO OU TAMADAS A PARTIR DA DECISÃO JUDICIAL EM 16 DE MAIO DE 2011.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1682/1682_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1682/1682_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A PRESIDÊNCIA DESTA CASA CONVIDE OS RESPONSÁVEIS DA CEMIG PARA INFORMAÇÕES SOBRE APAGÕES CONSTANTES NO MUNICÍPIO QUE VOLTARAM A ACONTECER NO MUNICÍPIO DE ESPERA FELIZ TRAZENDO TRANSTORNOS E PREJUÍZOS AOS CONSUMIDORES DE ENERGIA.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1683/1683_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1683/1683_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: _x000D_
 DATA DE INÍCIO DAS OBRAS DO CÓRREGO DO BAIRRO DO ROQUE;_x000D_
 VALOR ESTIMADO DA OBRA;_x000D_
 VALOR QUE SERÁ REPASSADO ATRAVÉS DA SECRETARIA ESTADUAL._x000D_
 </t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1684/1684_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1684/1684_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, COM ANTECEDÊNCIA DE NO MÍNIMO 72 HORAS, CÓPIA DO EDITAL DE CADA LICITAÇÃO E PREGÃO PÚBLICO QUE FOR ACONTECER NO EXECUTIVO MUNICIPAL, TENDO VISTO QUE A COMISSÃO DE FINANÇAS QUER PARTICIPAR DESTES PROCESSOS DEMOCRÁTICOS. </t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1685/1685_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1685/1685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL FORNEÇA INFORMAÇÕES RELACIONADAS A IRREGULARIDADES DE OCORRÊNCIA NO PÁTIO DO PARQUE DE EXPOSIÇÕES DA  CIDADE. </t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1686/1686_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1686/1686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE O ANDAMENTO DAS POLÍTICAS PÚBLICAS QUE SERÃO IMPLANTADAS NO MUNICÍPIO DENTRO DO PROJETO DIFERENCIADO PARA AS MICRO E PEQUENAS EMPRESAS, EMBASADO NA LEI GERAL DAS MICRO EMPRESAS, SENDO QUE A CÂMARA ACOMPANHOU O PROCESSO DE PESQUISA E ESTUDO SOBRE O MESMO, ESTANDO PRESENTE NO MUNICÍPIO DE CARIACICA/ES, E ATUALMENTE APROVOU O PROJETO DE LEI DE N.: 12/2011, QUE ESTABELECE A IMPLANTAÇÃO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1687/1687_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1687/1687_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE O ANDAMENTO DO PROJETO DE SINALIZAÇÃO INTITULADO DE ESPERA FELIZ- MAIS SEGURA E SAUDÁVEL, - QUE FOI DEBATIDO NESTA CASA DE LEIS, JUNTAMENTE COM VÁRIOS ÓRGÃOS PÚBLICOS E INTEGRANTES DA SOCIEDADE ESPERAFELICENCE.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1688/1688_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1688/1688_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DÊ CONHECIMENTO AOS NOBRES COMPANHEIROS DESTA CASA DE LEIS E À POPULAÇÃO ESPERACELICENSE DO TEMA&amp;#8221;FALTA DE LUZ NO BRASIL VAI SER R, ECORDE&amp;#8221;.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1689/1689_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1689/1689_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O  EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O PERCENTUAL DE GASTOS NAS DIVERSAS SECRETARIAS COM OBSERVÂNCIA PARA O LIMITE PREVISTO EM LEI DE 15% PARA A SAÚDE E DE 25% COM A EDUCAÇÃO, E , COM ATENÇÃO ESPECIAL PARA O LIMITE DE 54% PERMITIDO PARA FOLHA DE PAGAMENTO DO FUNCIONALISMO.INFORMANDO AINDA O REPASSE PARA A CÂMARA DE ACORDO COM O ESTABELECIDO EM LEI OBSERVANDO A ARRECADAÇÃO MÊS A MÊS; ESPECIFICANDO O GASTO DO ORÇAMENTO SEM AS SUPLEMENTAÇÕES ATÉ O PRESENTE MOMENTO, COM ATENÇÃO ESPECIAL À LEI DE RESPONSABILIDADE FISCAL PARA EVITAR ULTRAPASSAR O LIMITE PERMITIDO PELA LEGISLAÇÃO E ASSIM EVITAR TRANSTORNOS FUTUROS.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1690/1690_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1690/1690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, ALGUNS ESCLARECIMENTOS: _x000D_
 EXCELENTÍSSIMO PREFEITO MUNICIPAL TEM CIÊNCIA DE TODOS OS REQUERIMENTOS DESTA CASA, ENCAMINHADOS AO EXECUTIVO? _x000D_
 TEM CONHECIMENTO  QUE MUITOS REQUERIMENTOS NÃO OBTÊM RESPOSTAS E QUE A MAIORIA QUANDO RESPONDIDOS NÃO TRAZEM AS INFORMAÇÕES NECESSÁRIAS? _x000D_
 ISTO ACONTECE PELA FALTA DE CONSIDERAÇÃO E RESPEITO AOS TRABALHOS DESTA CASA DE LEIS?_x000D_
 </t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1691/1691_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1691/1691_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS SOBRE A SITUAÇÃO ECONÔMICA DO MUNICÍPIO COM ATENÇÃO ESPECIAL À LEI DE RESPONSABILIDADE FISCAL QUANTO AO LIMITE DE GASTOS COM FOLHA DE PESSOAL PERMITIDO EM LEI; CONSIDERANDO QUE O MUNICÍPIO JÁ FORA ALVO DE NOTIFICAÇÃO E, QUE DE ACORDO COM MATÉRIA DIVULGADA NO JORNAL ESTADO DE MINAS, O TCE &amp;#8211; TRIBUNAL DE CONTAS DO ESTADO TEM OBSERVANDO COM RIGOR OS MUNICÍPIOS QUE NÃO TEM OBEDECIDO AO LIMITE; QUE SEGUNDO MATÉRIA DE SEGUNDA-FEIRA, 11 DE JULHO DE 2011. PÁGINA 3, CADERNO DE POLÍTICA, 14 CIDADES ESTÃO ACIMA DO PERMITIDO E 89 QUASE LÁ. ASSIM, AS INFORMAÇÕES SOLICITADAS SÃO IMPORTANTES PARA O CONHECIMENTO DO LEGISLATIVO E QUE A PREFEITURA FAÇA OBSERVAR AOS RESPONSÁVEIS PELAS FINANÇAS QUE PRECISAM ESTAR ATENTOS A ESTA SITUAÇÃO PARA QUE O NOSSO MUNICÍPIO NÃO SEJA ALVO DE NOVA NOTIFICAÇÃO OU OUTRA AÇÃO PELO TCE.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1692/1692_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1692/1692_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS SOBRE ACIDENTE ENVOLVENDO TRANSPORTE ESCOLAR NA REGIÃO DAS COMUNIDADES DE TABOÃO E SÃO GONÇALO, OBSERVANDO QUE TRATA DE ASSUNTO OBJETO DE COMENTÁRIOS NA CIDADE QUE VEÍCULO AGREGADO DA EDUCAÇÃO ENVOLVIDO EM ACIDENTE NAS REFERIDAS DA COMUNIDADE QUE CAUSOU LESÕES EM ALUNOS E QUE NÃO CONSTA OCORRÊNCIA POLICIAL E REGISTRO NO HOSPITAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1694/1694_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1694/1694_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-	QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE TOME AS DEVIDAS PROVIDÊNCIAS PARA ELIMINAR OS PROBLEMAS DE POLUIÇÃO DAS VIAS PÚBLICAS E NO PERCURSO DA RODOVIA  ATÉ O ATERRO SANITÁRIO, OBSERVANDO QUE A FALTA DE COBERTURA COM LONA NOS VEÍCULOS QUE ESTÃO TRANSPORTANDO O LIXO ESTÁ PROVOCANDO UMA VERDADEIRA SUJEIRA NAS VIAS. ISTO, COM ATENÇÃO À POSSIBILIDADE DE CAUSA DE ACIDENTES ENVOLVENDO OUTROS VEÍCULOS, PORQUE O LIXO SOBRE A CARROCERIA DESTAS CAMINHONETE QUANDO NO TRÂNSITO CONSTANTEMENTE CAI FAZENDO COM QUE MOTORISTAS DE OUTROS VEÍCULOS FAÇAM MANOBRAS ARRISCADAS PARA EVITAR COLISÃO COM SACOLAS E OUTROS DETRITOS. OBSERVANDO AINDA QUE O REFERIDO TRECHO DA MG QUE DÁ ACESSO AO ATERRO SANITÁRIO É USADO CONSTANTEMENTE POR ATLETAS E PESSOAS QUE USAM DAQUELE LOCAL PARA CAMINHADAS E ESTÃO CORRENDO RISCO DE SAÚDE. _x000D_
 2-	QUE A PREFEITURA TOME MEDIDA DE IDENTIFICAR OS VEÍCULOS QUE ESTÃO A SERVIÇO DA PREFEITURA MUNICIPAL, COLOCANDO ADESIVOS PARA QUE VEÍCULOS QUE POR VENTURA NÃO SEJAM DE RESPONSABILIDADE DA PREFEITURA  POSSAM SER RESPONSABILIZADOS._x000D_
 </t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1695/1695_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1695/1695_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME O VALOR GASTO COM A XXXI EXPOSIÇÃO AGROPECUÁRIA DESTE MUNICÍPIO DE ESPERA FELIZ, INFORMANDO DETALHADAMENTE O GASTO O MUNICÍPIO. OBSERVANDO QUE PELA PRIMEIRA VEZ A EXPOSIÇÃO ULTRAPASSOU O DIA PARA O TÉRMINO DA FESTA, ACONTECENDO INCLUSIVE EM SEGUNDA-FEIRA POR DECRETO DO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1693/1693_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1693/1693_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS OS VALORES DOS RECURSOS DISPONÍVEIS EM CONTAS ESPECÍFICAS DA PREFEITURA MUNICIPAL DE ESPERA FELIZ, OBJETIVANDO A VERACIDADE, POIS, EM DISCURSOS DO PRÓPRIO PREFEITO SÃO FEITOS ANÚNCIOS DE GRANDES VALORES PARA REALIZAÇÕES DE OBRAS E OUTRAS AQUISIÇÕES, E AINDA, NA ABERTURA OFICIAL DA XXXI EXPOSIÇÃO AGROPECUÁRIA FOI ANUNCIADO PELO ASSESSOR DO SECRETÁRIO DE ESTADO DE ESPORTE E DEPUTADO BRAULIO BRAZ, SENHOR MARCOS VALORES ALTOS DE RECURSOS DISPONIBILIZADOS PAR REALIZAÇÕES NO MUNICÍPIO, ENTRETANTO NÃO FORAM ESPECIFICADAS AS CONTAS EM QUE TAIS RECURSOS ESTAVAM DEPOSITADOS.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1696/1696_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1696/1696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS SE OCORREU ALGUM ACIDENTE COM UM VEÍCULO DO MUNICÍPIO, MARCA FIAT (UNO) ÀS DUAS HORAS DA MANHÃ NOS ÚLTIMOS DIAS, SENDO QUE ESTE VEREADOR TOMOU CONHECIMENTO DO FATO POR POPULARES E QUE DE ACORDO COM A INFORMAÇÃO O FATO OCORREU NA ZONA RURAL. _x000D_
 QUE SEJA INFORMADO TAMBÉM SE PROCEDE AO COMENTÁRIO DA APREENSÃO DO VEÍCULO ASTRA DE PROPRIEDADE DO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1697/1697_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1697/1697_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE A PRESIDÊNCIA PROVIDENCIE OS ESTUDOS SOBRE A REDAÇÃO DO REGIMENTO INTERNO DESTA CASA DE LEIS QUE DISPÕE SOBRE ELABORAÇÃO DE REQUERIMENTOS AO PODER EXECUTIVO E AS RESPOSTAS ENCAMINHADAS PELO REFERIDO PODER AO ÓRGÃO DE ORIGEM, SENDO QUE OS MESMOS MUITAS VEZES NÃO ATENDEM AO ESTUDO REQUERIDO E SEQUER SÃO DISCUTIDOS OU AS RESPOSTAS ATENDAM OU INFORMEM  O PODER LEGISLATIVO PARA PROCEDIMENTOS LEGISLATIVOS OU ADMINISTRATIVOS. _x000D_
 OBSERVANDO QUE AS RESPOSTAS PRECISAM SER LIDAS E DISCUTIDAS E CASO NÃO  ATENDAM AO REQUERIMENTO DE ORIGEM QUE ESTEJAM ESTIPULADAS AS AÇÕES LEGISLATIVAS CABÍVEIS. POIS, UM REQUERIMENTO NÃO PODE FICAR SEM RESPOSTAS OU QUANDO RESPONDIDO NÃO ATENDER A OBJETO DE SUA FORMULAÇÃO._x000D_
 </t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1698/1698_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1698/1698_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS A SITUAÇÃO LEGAL DE UM VEÍCULO QUE VEM PRESTANDO SERVIÇO DE LIMPEZA NA COLETA DE LIXO (CAMINHONETE F 4000, PLACA DE ALEGRE-ES-MPJ 7315) DE PROPRIEDADE DE FC SALGADO &amp;#8211; ME &amp;#8211; CNPJ 39.786.421/0001-25 PRAÇA BERNADINO MONTEIRO, S/N, POR MOTIVO DE INTEIRAR SOBRE A FORMA DA PRESTAÇÃO DE SERVIÇO, POIS, CONSIDERANDO QUE O VEÍCULO É INADEQUADO AO SERVIÇO DEVIDO À MAIOR EXPOSIÇÃO E CONTATO  DIRETO DOS FUNCIONÁRIOS COM OS DETRITOS; ASSIM, SABEDOR DE QUE O VEÍCULO DA PREFEITURA MUNICIPAL ENCONTRA-SE ESTRAGADO E OBSERVANDO QUE NO MUNICÍPIO PRECISA ESTAR PREOCUPADO COM A SITUAÇÃO ATÉ MESMO PARA REVER EVENTUAIS CONTRATOS; ENTRETANTO, É IMPORTANTE A INFORMAÇÃO, POIS, PODE SE TRATAR DE VEÍCULO EMPRESTADO E NÃO AGREGADO QUE ESTEJA COOPERADO COM A MUNICIPALIDADE</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1699/1699_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1699/1699_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE INFORME A ESTA CASA DE LEIS LAUDO TÉCNICO SOBRE O ESTADO DE CONSERVAÇÃO E TODOS OS VEÍCULOS À DISPOSIÇÃO DA SECRETARIA DE SAÚDE DO MUNICÍPIO, ACOMPANHADO DE CÓPIA DE DOCUMENTAÇÃO ATUALIZADA DESTES VEÍCULOS. ABORDANDO NESTE LAUDO A SITUAÇÃO DE PNEUS, ESTOFADOS, MOTOR, FREIOS, SETAS, PINTURA, TEMPO DE USO, ETC. </t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1700/1700_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1700/1700_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO INFORME A ESTA CASA DE LEIS LAUDO TÉCNICO SOBRE O ESTADO DE CONSERVAÇÃO DE TODOS OS VEÍCULOS À DISPOSIÇÃO DA SECRETARIA DE EDUCAÇÃO DO MUNICÍPIO, ACOMPANHADO DE CÓPIA DE DOCUMENTAÇÃO ATUALIZADA DESTES VEÍCULOS. ABORDANDO NESTE LAUDO A SITUAÇÃO DE PNEUS, ESTOFADOS, MOTOR, FREIOS, SETAS, PINTURA, TEMPO DE USO, ETC.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1701/1701_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1701/1701_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS INFORME A ESTA CASA DE LEIS LAUDO TÉCNICO SOBRE O ESTADO DE CONSERVAÇÃO DE TODOS OS VEÍCULOS À DISPOSIÇÃO DA SECRETARIA DE OBRAS DO MUNICÍPIO,  BEM COMO DAS MÁQUINAS PESADAS, ACOMPANHADO DE CÓPIA DE DOCUMENTAÇÃO ATUALIZADA DESTES VEÍCULOS. ABORDANDO NESTE LAUDO SITUAÇÃO DE PNEUS, ESTOFADOS, MOTOR, FREIOS, SETAS, PINTURA, TEMPO DE USO, ETC.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1702/1702_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1702/1702_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA INFORME A ESTA CASA DE LEIS SOBRE AS RIQUEZAS CULTURAIS E FOLCLÓRICAS, PROCEDENDO COM INDICATIVO DE DADOS SOBRE TUDO QUE TEMOS SOBRE OS NOSSOS POETAS, ESCRITORES, ATORES (TEATRO), BANDAS MUSICAIS, GRUPOS DE DANÇAS, INFORMES ESPECÍFICOS GASTRONÔMICOS, RELIGIOSOS, ETC.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1703/1703_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1703/1703_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, INFORME A ESTA CASA DE LEIS EM CARÁTER DE URGÊNCIA, QUAIS AS MEDIDAS FORAM TOMADAS PARA PREVENÇÃO AGORA QUE SE APROXIMA O PERÍODO DAS ÁGUAS. COM A MUDANÇA DO CLIMA E APROXIMADO DE OUTRA ESTAÇÃO (PRIMAVERA) E ATÉ MESMO, PELAS VARIAÇÕES CLIMÁTICAS DECORRENTES DOS MAIS VARIADOS FENÔMENOS QUE OCORREM NUM PAÍS TROPICAL E SENDO DO CONHECIMENTO DE TODOS NÓS QUE AO APROXIMARMOS DO MÊS DE SETEMBRO AS CHUVAS SE INTENSIFICAM E, INFELIZMENTE, EM NOSSA CIDADE EXISTEM ALGUMAS ÁREAS DE RISCO._x000D_
 REQUEIRO INFORMAÇÕES SE A DEFESA CIVIL JÁ ESTÁ EM ALERTA E SOBRE OS RECURSOS DISPONÍVEIS PARA AÇÕES NO ENFRENTAMENTO DOS PROBLEMAS E RECUPERAÇÃO DAS ÁREAS AINDA DESTRUÍDAS PELAS ULTIMAS CHUVAS _x000D_
 </t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO SEJA SOLICITADO À MESA DIRETORA QUE PROMOVA NO MÊS DE OUTUBRO OU NOVEMBRO DE 2011 UM SEMINÁRIO MUNICIPAL ENVOLVENDO A REDE MUNICIPAL E ESTADUAL DE ENSINO E A SOCIEDADE EM GERAL PARA DEBATER E LEVANTAR PROPOSTAS SOBRE O TEMA &amp;#8220;A ESCOLA COMO PONTO DE PARTIDA NO RESGATE DE VALORES HUMANOS&amp;#8221;.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DA LEI QUE CRIOU O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PRESIDENTE DESTA CASA DE LEIS, QUE PROMOVA ATRAVÉS DA CÂMARA, NO DIA 28 DE AGOSTO/2011, UM SEMINÁRIO MUNICIPAL DE JUVENTUDE COM O OBJETIVO DE CONSTRUIR PROPOSTAS GOVERNAMENTAIS QUE VÃO DE ENCONTRO ÀS NECESSIDADES DOS JOVENS, TENDO VISTO QUE  É CADA VEZ MAIOR O Nº  DE JOVENS QUE ALCANÇAM A IDADE DE ENTRAR PARA  O MERCADO DE TRABALHO, ENQUANTO QUE POUCO SE FAZ PARA CRIAR OPORTUNIDADES CONCRETAS DO TRABALHO. NESSE SENTIDO, FAZ-SE NECESSÁRIO CONVOCAR A JUVENTUDE PARA JUNTOS, ABRIR NOVAS OPORTUNIDADES DE TRABALHO E DE LAZER. ASSIM SENDO, COM O APOIO DOS NOBRES COLEGAS E DA MESA DIRETORA PARA A REALIZAÇÃO DESTE SEMINÁRIO.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A  DESTA CASA DE LEIS, INFORMAÇÕES REFERENTE AO MOTIVO DE ALGUMAS RESIDÊNCIAS EM TORNO DO PARQUE DE EXPOSIÇÕES SEREM LIGADAS NA REDE ELÉTRICA MUNICIPAL. QUE ENCAMINHE JUNTO INFORMAÇÕES QUAL FOI O ACORDO REALIZADO PARA A ESTE FEITO E SE AS PESSOAS BENEFICIADAS SÃO DE BAIXA RENDA.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1736/1736_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1736/1736_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES ÀS AÇÕES CONCRETAS QUE ESTÃO SENDO OU SERÃO TOMADAS, PARA RESOLVER DE VEZ A SITUAÇÃO DOS MORADORES DE RUA DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1737/1737_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1737/1737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL E SECRETARIA MUNICIPAL DE SAÚDE INFORME A ESTA CASA DE LEIS SE EXISTE ALGUM REGISTRO DE AGRESSÃO A IDOSOS DETECTADOS PELOS AGENTES DA SAÚDE OU PELA ASSISTÊNCIA SOCIAL. </t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1738/1738_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1738/1738_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AOS MOTIVOS DO PLANO MUNICIPAL DE SANEAMENTO BÁSICO DESTINADO À EXECUÇÃO DOS SERVIÇOS DE ABASTECIMENTO DE ÁGUA E ESGOTAMENTO SANITÁRIO NA SEDE DO MUNICÍPIO, QUE FOI APROVADO POR ESTA CASA DE LEIS, EM 01 DE DEZEMBRO DE 2010, NÃO TER SIDO COLOCADO EM PRÁTICA ATÉ O PRESENTE MOMENTO. </t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO INFORME A ESTA CASA DE LEIS A LISTA COM OS NOMES DOS CIDADÃOS E CIDADÃS APROVADOS NO PROCESSO SELETIVO REALIZADO PELA PREFEITURA MUNICIPAL EM OBSERVÂNCIA AO TERMO DE AJUSTE DE CONDUTA (TAC) ACORDADO COM O MINISTÉRIO PÚBLICO DO ESTADO DE MINAS GERAIS, OBEDECENDO A ORDEM CLASSIFICATÓRIA DOS CANDIDATOS PRESENTES NA LISTA E OS FUNCIONÁRIOS CONTRATADOS E A ORDEM CLASSIFICATÓRIO DE CADA UM JÁ EMPOSSADO, BEM COMO OS DESISTENTES COM A CARTA DE DESISTÊNCIA DEVIDAMENTE ASSINADA, E , OS EXONERADOS SE FOR O CASO.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1741/1741_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1741/1741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO INFORME A ESTA CASA DE LEIS OS VALORES REPASSADOS PELA UNIÃO AO MUNICÍPIO PARA O SERVIÇO DO TRANSPORTE ESCOLAR. _x000D_
 2-QUE SEJA INFORMADO TAMBÉM SE ESTA SECRETARIA DE EDUCAÇÃO TEM CONVÊNIO COM O PROGRAMA PROJOVEM, E CASO, POSITIVO QUAL O VALOR DO INVESTIMENTO._x000D_
 3-QUE SEJA INFORMADO AINDA,  O VALOR REPASSADO PARA A MERENDA ESCOLAR. _x000D_
 4- QUE SEJA INFORMADO O NÚMERO DE ESCOLAS REFORMADAS NO MUNICÍPIO DURANTE ESTA GESTÃO E QUANTAS AINDA FALTAM PARA RECEBEREM REFORMAS._x000D_
 5-_x000D_
 QUE SEJA INFORMADO TAMBÉM QUANTOS CURSOS DE QUALIFICAÇÃO E RECICLAGEM PROFISSIONAL ACONTECEM NESTE PERÍODO E QUANTOS PROFISSIONAIS FORAM BENEFICIADOS; E QUAL A AVALIAÇÃO DESTA SECRETARIA SOBRE ESTES PROFISSIONAIS BENEFICIADOS COM OS CURSOS NA EXECUÇÃO DE PROJETOS E TAREFAS EDUCACIONAIS. _x000D_
 </t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1743/1743_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1743/1743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS SE A PREFEITURA MUNICIPAL TEM OBSERVADO NAS CONTRATAÇÕES, AS VAGAS QUE DEVEM SER DESTINADAS AOS PORTADORES DE NECESSIDADES ESPECIAIS (DEFICIENTES) CONFORME DETERMINA A LEI. ASSIM, QUE SEJAM INFORMADOS OS NOMES DOS PROFISSIONAIS CONTRATADOS OU EMPOSSADAS BENEFICIADOS PELA NESTA GESTÃO. </t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1744/1744_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1744/1744_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DESTA CASA DE LEIS CONVOQUE UMA REUNIÃO COM OS SENHORES VEREADORES PARA CONHECIMENTO DOS EDIS SOBRE O CONTRATO DE SERVIÇOS FINANCEIROS E OUTRAS AVENÇAS, QUE ENTRE SI CELEBRAM O MUNICÍPIO DE ESPERA FELIZ E A CAIXA ECONÔMICA FEDERAL, PRA QUE DE FORMA MORAL E LEGAL POSSA O SENHOR PREFEITO MUNICIPAL ALOÍSIO BARBOSA INDICAR EM QUE SERÁ USADO O MONTANTE DE R$ 300.000,00 (TREZENTOS MIL REAIS) QUE SERÁ REPASSADO AO MUNICÍPIO PELOS TERMOS AJUSTADOS NO CONTRATO EM FACE DESTE CONTRATO TER A DURAÇÃO DE 60 (SESSENTA) MESES A PARTIR DA ASSINATURA DO MESMO. POIS, É CONVENIENTE QUE ESTA CASA DE LEIS ESTEJA, INCLUSIVE, INDICANDO A UTILIZAÇÃO DESTE RECURSO EM OBRA DE NECESSIDADE PARA A MUNICIPALIDADE COMO, POR EXEMPLO, A REFORMA ESTRUTURAL DA PREFEITURA, E A RENOVAÇÃO DOS EQUIPAMENTOS COMO MÓVEIS, MAQUINÁRIOS E DEMAIS EQUIPAMENTOS E ADEQUAÇÃO DO ACESSO AO SEGUNDO PAVIMENTO PARA OS DEFICIENTES FÍSICOS.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1745/1745_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1745/1745_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE FAÇA OS DEVIDOS LEVANTAMENTOS SOBRE O ICMS PARA VERIFICAÇÃO DE LANÇAMENTOS, POIS, É PRECISO ESTAR ATENTOS A ESTA QUESTÃO NO QUE SE TRATA DE TERMOS NOTÍCIAS DE MUITOS ERROS DE LANÇAMENTOS E QUE OUTROS MUNICÍPIOS JÁ ESTÃO PROVIDENCIANDO TODA UMA PESQUISA NESTE SENTIDO. ASSIM, SABEDORES QUE SOMOS DO GRANDE VOLUME DE NEGÓCIOS EFETUADOS NESTE MUNICÍPIO DE ESPERA FELIZ É IMPORTANTE QUE O EXECUTIVO PROVIDENCIE PESQUISA NESTE SENTIDO E FAÇA AS DEVIDAS COBRANÇAS QUANDO FOR O CASO. ISTO, PRINCIPALMENTE NO PERÍODO EM QUE O GOVERNO ISENTOU ICMS E IPI DE VÁRIOS PRODUTOS QUANDO OS MUNICÍPIOS PERDERAM MUITO COM ESTA ISENÇÃO. </t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1746/1746_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1746/1746_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO PROGRAMA MINHA CASA MINHA VIDA RURAL, RELATANDO QUAIS SERÃO OS CRITÉRIOS DE ESCOLHA DOS BENEFICIÁRIOS. FAVOR ENVIAR CÓPIAS DOS CONVÊNIOS COM A CAIXA ECONÔMICA FEDERAL E OUTROS.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1747/1747_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1747/1747_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DAS SECRETARIAS COMPETENTES INFORME: _x000D_
 A) QUAL A POLÍTICA VEM SENDO ADOTADA PARA QUE SEJA CEDIDO PELA MUNICIPALIDADE OS UNIFORMES, E EQUIPAMENTOS DE SEGURANÇA NO TRABALHO PARA OS GARIS?_x000D_
 B)QUAIS MEDIDAS ADMINISTRATIVAS ESTÃO SENDO APLICADAS QUANTO AO TRABALHO INSALUBRE DOS RECOLHEDORES DO LIXO E GARIS?_x000D_
 C)QUE SEJA INFORMADO TAMBÉM QUAIS OS PROCEDIMENTOS DE PREVENÇÃO E DOENÇAS ADOTADOS PELO EXECUTIVO PARA ATENDIMENTO AOS FUNCIONÁRIOS QUE TRABALHAM NOS SERVIÇOS QUE OFERECEM RISCO  À SAÚDE COMO RESPONSÁVEIS PELA LIMPEZA PÚBLICA. _x000D_
 D)QUANDO O CAMINHÃO COLETOR DE LIXO VOLTARÁ A FUNCIONAR, OU QUAL A POLÍTICA PÚBLICA ESTÁ SENDO ADOTADA PARA AQUISIÇÃO DE OUTRO CAMINHÃO?_x000D_
 </t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1748/1748_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1748/1748_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS A SITUAÇÃO ATUAL DOS CONVÊNIOS FIRMADOS ENTRE A PREFEITURA E GOVERNO ESTADUAL E GOVERNO FEDERAL, ENVIANDO CÓPIAS DOS MESMOS PARA ESTA CASA DE LEIS. </t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1749/1749_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1749/1749_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DO CHEFE DO EXECUTIVO ESCLAREÇA O DESTINO DO USO DO TOTAL DOS R$ 300.000,00 (TREZENTOS MIL REAIS) OBTIDO ATRAVÉS DO CONVÊNIO PREFEITURA DE ESPERA FELIZ/CAIXA ECONÔMICA FEDERAL PELOS PRÓXIMOS 05 ANOS. ASSIM, QUE SEJA INFORMADO SE ESTE RECURSO REALMENTE SERÁ USADO NA REFORMA DO PRÉDIO DA PREFEITURA MUNICIPAL QUE DESDE SUA CONSTRUÇÃO EM 1977 JAMAIS RECEBEU REFORMAS, OBSERVANDO QUE É PRECISO ADEQUAÇÃO DE DEPENDÊNCIAS COMO SANITÁRIOS PARA USO PÚBLICO E ADEQUADO AOS PORTADORES DE NECESSIDADES ESPECIAIS, ACESSO POR ELEVADOR AO SEGUNDO PISO, REDE HIDRÁULICA E ELÉTRICA, E VAZAMENTO DE ÁGUAS DAS CHUVAS EM TODO O ESPAÇO OCUPADO PELA LAJE, ENTRE OUTRAS.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1750/1750_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1750/1750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1-QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA  CASA DE LEIS A SITUAÇÃO ATUAL DO PROCESSO MOVIDO POR ESTE MUNICÍPIO DE ESPERA FELIZ CONTRA O EX-PREFEITO TARCÍSIO MARIA DE LACERDA NO ASFALTAMENTO DE VÁRIAS RUAS QUE FUGIRAM ÀS OBSERVAÇÕES ÀS DO CONVÊNIO, SENDO QUE O MUNICÍPIO RECORREU DA DECISÃO PROFERIDA PELA JUSTIÇA LOCAL ISENTANDO O EX-PREFEITO DA RESPONSABILIDADE, ASSIM, QUE O EXECUTIVO INFORME EM CARÁTER DE URGÊNCIA. _x000D_
 2-_x000D_
 QUE SEJA INFORMADO TAMBÉM SE A EMPRESA VENCEDORA DA LICITAÇÃO E RESPONSÁVEL PELA OBRA JÁ FORA NOTIFICADA._x000D_
 </t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1751/1751_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1751/1751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1- QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS, QUAIS OS PROCEDIMENTOS ADOTADOS PARA DIVULGAÇÃO DAS LICITAÇÕES QUANTO À PERIODICIDADE, E SE ESTÁ SE DANDO PELA MODALIDADE CARTA CONTIVE _x000D_
 2-_x000D_
 QUAIS AS EMPREITEIRAS (EMPRESAS) CADASTRADAS NESTA PREFEITURA MUNICIPAL?_x000D_
 </t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1755/1755_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1755/1755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS SE JÁ ESTÁ EM ANDAMENTO OS PROCEDIMENTOS PARA REALIZAÇÃO DE UM LEILÃO COM OS VEÍCULOS PÚBLICOS NÃO COMPATÍVEIS COM AS NECESSIDADES DA MUNICIPALIDADE PELO PRÓPRIO DESGASTE DURANTE SEU TEMPO DE USO ÚTIL. ISTO, POIS, OBSERVANDO QUE OS MESMOS JÁ TRAZEM PREJUÍZOS AOS COFRES PÚBLICOS PELOS CONSTANTES REPAROS E CONSERTOS. </t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1757/1757_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1757/1757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS QUAIS AS MEDIDAS QUE JÁ ESTÃO SENDO ADOTADAS PARA ADEQUAÇÃO DA LEGISLAÇÃO E DAS AÇÕES DO MUNICÍPIO PARA HABILITAÇÃO SANITÁRIA DE AGROINDÚSTRIAS RURAIS DE PEQUENO PORTE, OBSERVANDO QUE EM BREVE A LEI 19.476/2011 VAI SER REGULAMENTADA, E COMO O NOSSO MUNICÍPIO TEM EMPREENDEDORES NO RAMO QUE TRATA A LEI É IMPORTANTE QUE ESTE ASSUNTO VENHA SENDO OBSERVADO PELO EXECUTIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1762/1762_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1762/1762_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS COMO ESTÁ O ANDAMENTO DA AUTORIZAÇÃO APROVADA POR ESTA EGRÉGIA CÂMARA MUNICIPAL POSSIBILITANDO AO MUNICÍPIO CONTRAIR EMPRÉSTIMOS JUNTO AO BMG E CAIXA ECONÔMICA FEDERAL PARA AQUISIÇÃO DE MAQUINÁRIOS E VEÍCULOS_x000D_
 </t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1763/1763_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1763/1763_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE OU DA SECRETARIA COMPETENTE ENVIE A ESTA CASA DE LEIS CÓPIA DO CONVÊNIO DA CONSTRUÇÃO DA REDE FARMÁCIA DE MINAS E DO PSF VANGUARDA (02 UNIDADES) PRÓXIMOS AO INSS, E NA OPORTUNIDADE, PARABENIZO O EXECUTIVO PELA BELEZA DA OBRA E TAMBÉM PELA PRATICIDADE DA CONTRUÇÃO. </t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1764/1764_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1764/1764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS QUAIS FORAM AS MEDIDAS ADOTADAS PARA QUE A PREFEITURA MUNICIPAL SE ADÉQÜE E SE PREPARE PARA A NOVA REALIDADE DA CONTABILIDADE EM TEMPO REAL CONFORME DETERMINAÇÃO LEGAL A PARTIR DO ANO DE 2012 NA ESFERA DO PODER PÚBLICO. </t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1766/1766_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1766/1766_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE INFORME A ESTA CASA DE LEIS SE ESTÁ SENDO ESTUDADA A POSSIBILIDADE DE SOLICITAÇÃO À CAIXA ECONÔMICA FEDERAL PARA COLOCAÇÃO DE UM CAIXA ELETRÔNICO NAS DEPENDÊNCIAS DA PREFEITURA MUNICIPAL PARA FACILITAR O ACESSO DOS FUNCIONÁRIOS AOS SERVIÇOS QUE ORA FORAM CONTRATADOS PELA PREFEITURA ATRAVÉS DO CONVÊNIO ASSINADO ENTRE AS PARTES, BEM COMO ATENDER AOS DEMAIS CLIENTES.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OSMAR GOMES, OZIEL GOMES, Robinho Lacerda, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1793/1793_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1793/1793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ABAIXO SUBSCREVEM, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL  QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DOS DOCUMENTOS ABAIXO ESPECIFICADOS, REFERENTE À OBRA DO BAIRRO DO ROQUE:_x000D_
 CÓPIA DO LAUDO TÉCNICO DO DER ;_x000D_
 CÓPIA DO PROJETO COM A PLANTA;_x000D_
 ORÇAMENTO COM O VALOR DA OBRA;_x000D_
 FONTE E VALOR DO RECURSO CONSEGUIDO PARA A OBRA, DE CANALIZAÇÃO DO TRECHO PRÓXIMO AO ASFALTO DO CÓRREGO DO DEVIDO BAIRRO._x000D_
 </t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1794/1794_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1794/1794_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL INFORME QUAL O POSICIONAMENTO DA ATUAL ADMINISTRAÇÃO DIANTE DE REPORTAGEM FEITA PELO JORNAL ESTADO DE MINAS RELACIONADA A ENERGIA, E QUAIS OS ESTUDOS EM ANDAMENTO SOBRE O IMPACTO DESTA RESOLUÇÃO DE Nº  414/2010 DA ANEEL QUE PASSA A VIGORAR A PARTIR DE SETEMBRO DO ANO QUE VEM E QUE OS CUSTOS DEVERÃO SER REPASSADOS AO CONSUMIDOR. COM ATENÇÃO PARA QUE O MUNICÍPIO DE ESPERA FELIZ JÁ COBRA A TAXA DE ILUMINAÇÃO PÚBLICA NA CONTA DE ENERGIA, MAS QUE CERTAMENTE TERÁ UM NOVO AUMENTO.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1795/1795_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1795/1795_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PREFEITO MUNICIPAL INFORME A ESTA CASA DE LEIS UM RELATÓRIO CONSTANDO TODAS AS NOTIFICAÇÕES EFETUADAS PELO SERVIÇO DE INSPEÇÃO DA VIGILÂNCIA SANITÁRIA NESTE MUNICÍPIO DE ESPERA FELIZ, ISTO, DE FORMA CIRCUNSTANCIADA EM QUE CONSTE O PROBLEMA E A SOLUÇÃO, A FIM DE QUE POSSAMOS IDENTIFICAR QUAIS PROBLEMAS EXISTEM EM NOSSA CIDADE. </t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1797/1797_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1797/1797_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">1º QUE SEJA ENCAMINHADO A ESTA CASA DE LEIS INFORMAÇÕES SOBRE A SITUAÇÃO COM REFERÊNCIA AO PISO NACIONAL PARA OS PROFESSORES ESTIPULADO PELA LEI FEDERAL 11.738/08, OBJETO DE GRANDES EMBATES POLÍTICOS, MAS, HOJE UMA GARANTIA PARA O PROFESSOR QUE PASSA A TER UM PISO SALARIAL NACIONAL E QUE OS MUNICÍPIOS TAMBÉM DEVERÃO SE ADEQUAR, CONFORME O ACÓRDÃO DO JULGAMENTO DA CORTE NA AÇÃO DIRETA DE INCONSTITUCIONALIDADE (ADI) 4167, QUE CONSIDEROU CONSTITUCIONAL A NORMA QUE INSTITUIU O PISO NACIONAL DOS PROFESSORES DE ENSINO BÁSICO DAS ESCOLAS PÚBLICAS BRASILEIRAS. ASSIM, QUE A NOSSA SECRETARIA DE EDUCAÇÃO INFORME SOBRE OS ESTUDO JÁ REALIZADOS PARA IMPLANTAÇÃO DO PISO NACIONAL NO ÂMBITO MUNICIPAL. _x000D_
 2º QUE SEJA  INFORMADO PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO SE EXISTE FUNCIONÁRIOS DESTA SECRETARIA EM DESVIO DE FUNÇÃO. E, CASO POSITIVO QUE SEJA INFORMADO QUANTOS E QUAIS SÃO OS FUNCIONÁRIOS, BEM COMO, O LOCAL EM QUE ESTÃO EXERCENDO A FUNÇÃO PÚBLICA._x000D_
 </t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1798/1798_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1798/1798_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DOS CONTRATOS CELEBRADOS COM AS EMPRESAS FORNECEDORES DE SAIBRO À PREFEITURA MUNICIPAL, CÓPIAS DAS REQUISIÇÕES ASSINADAS E PARA QUEM FORAM AUTORIZADAS, NOTAS FISCAIS, CHEQUES PAGOS E EMPENHO, SENDO DO PERÍODO DE JANEIRO A PRESENTE DATA DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1800/1800_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1800/1800_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E A COMISSÃO DE FINANÇAS DESTA CASA DE LEIS FAÇAM OS DEVIDOS LEVANTAMENTOS E UM PROFUNDO ESTUDO, COM EMBASAMENTO EM ANÁLISE TAMBÉM PELA ASSESSORIA JURÍDICA DO PROJETO DE LEI COMPLEMENTAR 02/2011 DO PODER EXECUTIVO MUNICIPAL QUE DISPÕE SOBRE O PLANO DE CUSTEIO ANUAL DO FUNDO _x000D_
 PREVIDENCIÁRIO DO MUNICÍPIO DE ESPERA FELIZ- FUNPREF E OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1825/1825_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1825/1825_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE UM ESTUDO PROFUNDO NO PRÉ-CONTRATO FIRMADO ENTRE PREFEITURA MUNICIPAL DE ESPERA FELIZ E COPASA-MG PARA A DEVIDA PRESTAÇÃO DE SERVIÇO DO TRATAMENTO DE ESGOTO DESTE MUNICÍPIO JÁ APROVADO PELA CÂMARA MUNICIPAL DE ESPERA FELIZ E BUSCANDO GARANTIR DIVISAS PARA A MUNICIPALIDADE, OBSERVANDO QUE SE TRATA DE UMA OBRA QUE GIRA EM TORNO DE APROXIMADAMENTE R$ 16.000,000,00(DEZESSEIS MILHÕES DE REAIS); E DESTA FORMA, BUSQUE O PODER EXECUTIVO A NEGOCIAÇÃO PARA QUE NO CONTRATO QUE DEVE AINDA PASSAR POR UMA AUDIÊNCIA PÚBLICA E POSTERIORMENTE SANCIONADO PELO PREFEITO MUNICIPAL ESTIPULE OS BENEFÍCIOS A SEREM DESTINADOS PELA EMPRESA AO MUNICÍPIO EM FORMA DE INVESTIMENTOS EM OUTRA ÁREA.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1826/1826_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1826/1826_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PREFEITO MUNICIPAL INFORME QUAL O POSICIONAMENTO DA ATUAL ADMINISTRAÇÃO COM DIANTE DE FATO NOTICIADO PELO JORNAL ESTADO DE MINAS, QUE DIZ RESPEITO  A ILUMINAÇÃO PÚBLICA E QUAIS ESTUDOS EM ANDAMENTO SOBRE O IMPACTO DESTA RESOLUÇÃO DE Nº  414/2010 DA ANEEL QUE PASSA A VIGORA A PARTIR DE SETEMBRO DO ANO QUE VEM E QUE OS CUSTOS DEVERÃO SER REPASSADOS AO CONSUMIDOR. COM ATENÇÃO PARA QUE O MUNICÍPIO DE ESPERA FELIZ JÁ COBRA A TAXA DE ILUMINAÇÃO PÚBLICA NA CONTA DE ENERGIA, MAS, QUE CERTAMENTE TERÁ UM NOVO AUMENTO. </t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1827/1827_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1827/1827_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OBSERVE OS SERVIÇOS REALIZADOS NA EXECUÇÃO DAS FAIXAS DE PEDESTRES E SINALIZAÇÃO E A VIABILIDADE DE NÃO EFETUAR O PAGAMENTO ENQUANTO O SERVIÇO NÃO ESTIVER CONCLUÍDO CONFORME DETERMINADO NO ATO LICITATÓRIO.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1828/1828_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1828/1828_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL EM ATENÇÃO ESPECIAL À INFORMAÇÃO RECEBIDA POR ESTE VEREADOR DO SENHOR SEBASTIÃO JOSÉ DA SILVEIRA, TAMBÉM VEREADOR DESTA CASA DE LEIS, QUE SEGUNDO O PRÓPRIO, A CONSTRUÇÃO E INSTALAÇÃO DA ANTENA DE TELEFONIA CELULAR NO DISTRITO DE SÃO JOSÉ DA PEDRA MENINA PARA ATENDIMENTO À COLETIVIDADE TEVE UM CUSTO DE APROXIMADAMENTE R$20.000,00 (VINTE MIM REAIS)_x000D_
  E QUE OS RECURSOS FORAM DO PRÓPRIO BOLSO DAQUELE NOBRE VEREADOR PARA A REALIZAÇÃO DO SERVIÇO; DESTA FORMA, E CONSIDERANDO A IMPORTÂNCIA DA OBRA E A DETERMINAÇÃO DO NOBRE VEREADOR EM VER O PROGRESSO CHEGAR ÀQUELA REGIÃO, VENHO POR MEIO DESTE, REQUERER INFORMAÇÕES DO PODER EXECUTIVO SOBRE OS PROCEDIMENTOS ADOTADO PARA QUE O SERVIÇO ORA MENCIONADO COMO, POR EXEMPLO, COMO UM SERVIÇO PARA ATENDIMENTO AO PÚBLICO NÃO TEVE PARCERIA E PATROCINIO DO PODER PÚBLICO, COMO TAMBÉM, O PODER PÚBLICO AUTORIZA PATROCÍNIO DE ANTENA DE USO COLETIVO ONERANDO O BOLSO DE UM CIDADÃO. ASSIM, QUE O PRESENTE REQUERIMENTO  POSSA VIR COM AS RESPOSTAS BEM COMO A DOCUMENTAÇÃO DE AUTORIZAÇÃO DO SERVIÇO NO QUE SE REFERE ÀS COMPETÊNCIAS DA PREFEITURA MUNICIPAL COMO ALVARÁ, TAXAS E OUTROS EXPEDIENTES. REQUEIRO TAMBÉM QUE O EXECUTIVO SE PRONUNCIE A RESPEITO DA INTERFERÊNCIA DESTA PREFEITURA JUNTO ÀS OPERADORAS OU SE NÃO HOUVE QUALQUER INTERFERÊNCIA._x000D_
 </t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1829/1829_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1829/1829_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PREFEITO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS: _x000D_
 RELAÇÃO DAS ORGANIZAÇÕES (RELIGIOSAS E SOCIAIS) QUE RECEBEM VERBAS DE SUBVENÇÃO SOCIAL ATRAVÉS DE ACORDOS, CONTRATOS E CONVÊNIOS. _x000D_
 QUAL O PERÍODO DE DURAÇÃO E O VALOR INDIVIDUAL. _x000D_
 CÓPIAS DOS EMPENHOS REALIZADOS COM ASSOCIAÇÕES, COOPERATIVAS, SINDICATOS  DOS TRABALHADORES E DOS PRODUTORES, CLUBES DE SERVIÇOS E OUTROS._x000D_
 </t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1830/1830_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1830/1830_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SE JÁ ESTÃO SENDO TOMADAS AS DEVIDAS PROVIDÊNCIAS (CONFORME ORIENTAÇÕES ANEXAS)_x000D_
  PARA A REALIZAÇÃO DA CONFERÊNCIA MUNICIPAL, TENDO VISTO QUE O BRASIL SE PREPARA PARA A PRIMEIRA CONFERÊNCIA NACIONAL  SOBRE TRANSPARÊNCIA E CONTROLE SOCIAL. COM O OBJETIVO DE PROMOVER A TRANSPARÊNCIA PÚBLICA E ESTIMULAR A PARTICIPAÇÃO DA SOCIEDADE NO ACOMPANHAMENTO E CONTROLE DA  GESTÃO PÚBLICA,CONTRIBUINDO PARA UM CONTROLE SOCIAL MAIS EFETIVO E DEMOCRÁTICO E SENDO QUE A ETAPA MUNICIPAL DEVERÁ SER CONVOCADA ATÉ 13/12/2011M VIA DECRETO DOS PREFEITOS._x000D_
 </t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1831/1831_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1831/1831_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PRESIDENTE DESTA CASA DE LEIS, QUE CRIE A COMISSÃO DE FESTAS PARA ORGANIZAR A REUNIÃO SOLENE DE ENTREGA DE TÍTULOS HONORÍFICOS A SER REALIZADA NO DIA 17 DE DEZEMBRO DO CORRENTE.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1832/1832_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1832/1832_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, ATÉ O DIA 10 (DEZ) DE CADA MÊS, RELATÓRIO COMPLETO SOBRE A UTILIZAÇÃO DOS VEÍCULOS AUTOMOTORES DO MUNICÍPIO, BEM COMO DAQUELES QUE PERTENCEM AO ESTADO QUE ESTEJAM AOS CUIDADOS DO MUNICÍPIO, INFORMANDO AINDA AS DESPESAS COM A MANUTENÇÃO E COMBUSTÍVEL. REQUEIRO AINDA, QUE O RELATÓRIO VENHA ACOMPANHADO DE CÓPIAS DAS FICHAS DOS VEÍCULOS ACIMA CITADOS. BEM COMO CÓPIAS DAS NOTAS ASSINADAS NO ATO DO ABASTECIMENTO DE COMBUSTÍVEL E CÓPIAS DAS NOTAS DE PEÇAS DE REPOSIÇÃO E MÃO DE OBRA.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1833/1833_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1833/1833_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RELATÓRIO DE GESTÃO  FISCAL &amp;#8211; RGF, COMPATÍVEL COM OS LIMITES DEFINIDOS PELA LEI DE RESPONSABILIDADE FISCAL, APONTANDO DESPESAS COM O PESSOAL.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1834/1834_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1834/1834_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O  PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RELATÓRIO RESUMIDO DE EXECUÇÃO ORÇAMENTÁRIA &amp;#8211; RREO, COMPOSTO DE BALANÇO ORÇAMENTÁRIO, DEMONSTRATIVOS DE EXECUÇÃO DAS RECEITAS E DESPESAS, COM A PREVISÃO DE DESEMPENHO E DESPESAS PREVIDENCIÁRIAS.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1835/1835_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1835/1835_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, SE J[A FOI  INSTITUÍDO O CONSELHO MUNICIPAL DE DEFESA DOS DIREITOS DA PESSOA PORTADORA DE DEFICIÊNCIA _COMDEF. SE JÁ FOI INSTITUÍDO QUEM SÃO O MEMBROS DO CONSELHO E SE EXISTE UM FUNDO MUNICIPAL DE APOIO AOS PORTADORES DE DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1836/1836_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1836/1836_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A PRESIDÊNCIA DESTA CASA DE LEIS DETERMINE UMA AUDITORIA INTERNA NA PREFEITURA MUNICIPAL DE ESPERA FELIZ ATRAVÉS DAS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E DA COMISSÃO DE FINANÇAS CONJUNTAMENTE; PARA LEVANTAMENTO REAL DA SITUAÇÃO QUE SE ENCONTRA O PODER EXECUTIVO. NOS BASTIDORES SE FALA DO ENDIVIDAMENTO DA PREFEITURA MUNICIPAL DE ESPERA FELIZ. QUANDO NÃO SOMOS MAIS CAPAZES DE REAGIR E NOS INDIGNAR.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1837/1837_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1837/1837_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, INFORME A ESTA CASA DE LEIS OS EMPENHOS FEITOS POR ESTA PREFEITURA A FAVOR DA EMPRESA MORADIA MATERIAL DE CONSTRUÇÃO DO DIA 01 DE JANEIRO DE 2009 ATÉ A PRESENTE DATA, E QUANTO A EMPRESA AINDA TEM EMPENHADO PARA RECEBER.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1838/1838_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1838/1838_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA DETERMINADO PELA PRESIDÊNCIA DESTA CASA DE LEIS A CONVOCAÇÃO  DO PROPRIETÁRIO DA EMPRESA HIDRALAR RESPONSÁVEL PELOS CALÇAMENTOS DE DIVERSAS RUAS DA CIDADE PARA EXPLICAÇÕES E INFORMAÇÕES DE INTERESSES DA MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1939/1939_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1939/1939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, 01 (UMA) LISTA CONTENDO TODOS OS  CONSELHOS MUNICIPAIS CONSTITUÍDOS NO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1940/1940_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1940/1940_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE OUVIDO O PLENÁRIO ,SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DE DOCUMENTOS COMO: PROCESSO DE LICITAÇÃO, CONTRATOS, NOTAS E EMPENHOS PAGOS E A PAGAR DA EMPRESA QUE ESTÁ EXECUTANDO O PROJETO DE SINALIZAÇÃO DE TRÂNSITO DA CIDADE, TENDO VISTO QUE EXISTEM MUITAS RECLAMAÇÕES DA QUALIDADE DO SERVIÇO, DO VALOR E DA DEMORA DA CONCLUSÃO DA OBRA. REGISTRO SER UMA PENA QUE UM PROJETO TÃO BEM ELABORADO, ONDE VISA DEIXAR A NOSSA CIDADE AINDA MAIS BONITA, TENHA COMEÇADO MAL. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5707,67 +5707,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2136/2136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1797/1797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1798/1798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1800/1800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1825/1825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1826/1826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1827/1827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1828/1828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1830/1830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1831/1831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1832/1832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1834/1834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1835/1835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1836/1836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1837/1837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1838/1838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1939/1939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1940/1940_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/61/61_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/88/88_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/99/99_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/115/115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/121/121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/122/122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/123/123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/124/124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/125/125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/116/116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/117/117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/126/126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/127/127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/128/128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/129/129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/130/130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/131/131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/182/182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/183/183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/202/202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/205/205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/206/206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/207/207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/208/208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/209/209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/210/210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/211/211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/212/212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/216/216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/217/217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/218/218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/219/219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/223/223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/226/226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/229/229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/230/230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/231/231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/232/232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/233/233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/234/234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/235/235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/236/236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/237/237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/238/238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/239/239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/240/240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/242/242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/243/243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/244/244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/247/247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/248/248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/249/249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/250/250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/251/251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/252/252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/253/253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/254/254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/255/255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/256/256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/257/257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/258/258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/259/259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/260/260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/261/261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/262/262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/263/263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/265/265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/266/266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/267/267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/268/268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/269/269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/270/270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/271/271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/272/272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/273/273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/274/274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/275/275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/276/276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/277/277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/278/278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/279/279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/280/280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/281/281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/282/282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/283/283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/284/284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/285/285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/286/286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/287/287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/288/288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/289/289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/290/290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/291/291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/292/292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/293/293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/294/294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/317/317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/318/318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/319/319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/320/320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/321/321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/322/322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/323/323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/324/324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/325/325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/326/326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/327/327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/328/328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/329/329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/330/330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/331/331_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/332/332_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/333/333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/334/334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/335/335_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/336/336_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/337/337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/338/338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/339/339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/340/340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/341/341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/342/342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/343/343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/344/344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/345/345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/346/346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/347/347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/348/348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/349/349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/350/350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/351/351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/352/352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/353/353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/354/354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/355/355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/356/356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/359/359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/364/364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/365/365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/366/366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/367/367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/368/368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/369/369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/370/370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/371/371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/372/372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/373/373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/374/374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/133/133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/132/132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/135/135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/134/134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/137/137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/136/136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/169/169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/138/138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/170/170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/145/145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/171/171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/155/155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/154/154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/139/139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/140/140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/141/141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/180/180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/144/144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/146/146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/149/149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/143/143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/156/156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/142/142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/147/147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1394/1394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1395/1395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1415/1415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1421/1421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1423/1423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1424/1424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1425/1425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1426/1426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1427/1427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1428/1428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1422/1422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1437/1437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1436/1436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1435/1435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1434/1434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1433/1433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1432/1432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1431/1431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1430/1430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1429/1429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1448/1448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1447/1447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1446/1446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1445/1445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1444/1444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1443/1443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1442/1442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1441/1441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1440/1440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1439/1439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1458/1458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1457/1457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1456/1456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1455/1455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1454/1454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1453/1453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1452/1452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1451/1451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1450/1450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1449/1449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1476/1476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1475/1475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1474/1474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1473/1473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1472/1472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1471/1471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1470/1470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1469/1469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1468/1468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1466/1466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1465/1465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1464/1464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1463/1463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1462/1462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1461/1461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1438/1438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2135/2135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2136/2136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1759/1759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/2137/2137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1817/1817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1756/1756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1653/1653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1652/1652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1651/1651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1650/1650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1649/1649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/758/758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/759/759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/797/797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/798/798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/799/799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/800/800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/801/801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/802/802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1114/1114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1115/1115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1116/1116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1153/1153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1154/1154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1155/1155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1156/1156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1157/1157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1190/1190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1205/1205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1210/1210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1221/1221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1222/1222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1223/1223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1224/1224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1225/1225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1459/1459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1460/1460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1467/1467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1477/1477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1478/1478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1482/1482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1493/1493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1499/1499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1508/1508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1510/1510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1511/1511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1512/1512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1513/1513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1514/1514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1515/1515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1516/1516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1543/1543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1544/1544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1545/1545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1546/1546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1547/1547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1548/1548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1549/1549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1550/1550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1551/1551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1552/1552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1553/1553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1554/1554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1555/1555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1556/1556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1557/1557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1558/1558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1559/1559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1560/1560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1562/1562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1667/1667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1668/1668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1669/1669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1670/1670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1671/1671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1672/1672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1673/1673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1674/1674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1675/1675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1676/1676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1677/1677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1678/1678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1679/1679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1681/1681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1682/1682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1683/1683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1684/1684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1685/1685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1686/1686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1687/1687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1688/1688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1689/1689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1690/1690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1691/1691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1692/1692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1694/1694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1695/1695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1693/1693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1696/1696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1697/1697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1698/1698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1699/1699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1700/1700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1701/1701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1702/1702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1703/1703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1732/1732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1733/1733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1736/1736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1737/1737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1738/1738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1741/1741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1743/1743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1744/1744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1745/1745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1746/1746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1747/1747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1748/1748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1749/1749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1750/1750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1751/1751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1755/1755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1757/1757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1762/1762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1763/1763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1764/1764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1766/1766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1793/1793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1794/1794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1795/1795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1797/1797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1798/1798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1800/1800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1825/1825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1826/1826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1827/1827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1828/1828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1829/1829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1830/1830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1831/1831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1832/1832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1833/1833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1834/1834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1835/1835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1836/1836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1837/1837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1838/1838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1939/1939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2011/1940/1940_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H531"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="173.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>