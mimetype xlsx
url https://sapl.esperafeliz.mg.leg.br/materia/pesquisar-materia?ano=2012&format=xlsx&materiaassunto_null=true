--- v0 (2026-01-29)
+++ v1 (2026-03-20)
@@ -51,3582 +51,3582 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/4/4_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇO DE INFRA-ESTRUTURA DE REDE DE ESGOTO, REDE DE ÁGUA E CALÇAMENTO NAS RUAS CARANGOLA E DR. JOSÉ PAIXÃO.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA VIABLIZADO QUE A PREFEITURA TENHA UMA EQUIPE TÉCNICA COM ENGENHEIROS, GEÓLOGOS, ARQUITÉTOS, PROJETISTAS</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL EM ATENÇÃO ESPECIAL A FATOS QUE OCORREM TAMBÉM NA PREFEITURA E QUE PODEMOS EVITAR ESSES PROBLEMAS TANTO PARA MUNICIPALIDADE QUANTO PARA O CHEFE DO PODER EXECUTIVO. MATÉRIA PUBLICADA NO JORNAL ESTADO DE MINAS SOBRE INELEGIBILIDADE E MULTA DE R$ 142.521,20, PARA O EX-PREFEITO CHICO FERRAMENTA DO PARTIDO DOS TRABALHADORES. A PRESENTE INDICAÇÃO VEM ALERTAR O PREFEITO MUNICIPAL PARA A QUESTÃO DE CUMPRIMENTO DA LEI DE RESPONSABILIDADE FISCAL E PARA O PROBLEMA DE MANTER FUNCIONÁRIOS TEMPORÁRIOS ALÉM DO PERMITIDO EM LEI. ASSIM, INDICO AO PREFEITO QUE EM CARÁTER DE URGÊNCIA, OBSERVE A VIABILIDADE DE REALIZAÇÃO DE CONCURSO PÚBLICO PARA ADEQUAÇÃO DA ADMINISTRAÇÃO À CONFORMIDADE DA LEI, E PARA CUMPRIMENTO DO TERMO DE AJUSTE DE CONDUTA.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIDADE DE CALÇAR A VILA JADIR DE OLIVEIRA, QUE FICA LOCALIZADA ATRÁS DO FÓRUM MUNICIPAL.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE PARA IMPLANTAR EM NOSSO MUNICÍPIO O PROJETO BARRAINHAS, CONFORME IMPLANTANTO NO MUNICÍPIO DE CARANGOLA.</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/3/3_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SUA SECRETARIA MUNICIPAL DE OBRAS E DE PLANEJAMENTO TOME AS SEGUINTES PROVIDÊNCIAS NOS CEMITÉRIOS DO MUNICÍPIO:</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXETUVIO MUNICIPAL ATRAVÉS DA SECRETARIA DE OBRAS E LIMPEZA PÚBLICA PROVIDENCIE COM URGÊNCIA A LIMPEZA DA RUA PAULO DUARTE COUTINHO QUE SE ENCONTRA EM ESTADO DE CALAMIDADE.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTENDER A REDE DE ILUMINAÇÃO PÚBLICA,COLOCANDO MAIS POSTES NAS SEGUINTES RUAS: CORNÉLIO JOSÉ BRAZ, JOSÉ GOMES DA SILVA, MARIA MOREIRA DE SOUZA, DELETH HOTÊNCIA DE AZEVEDO, FÉLIX PEREIRA DA SILVA E TEREZA BUTTERS, NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER MELHORIAS NA ILUMINAÇÃO PÚBLICA DAS SEGUINTES RUAS: ANTÔNIO FRANCISCO ALVES, AMÉRICO VESPÚCIO DE CARVALHO (INICIANDO NO PORTAL DO SABER, INDO ATÉ A BEIRA RIO); AVENIDA JOÃO VIEIRA DA COSTA (BEIRA RIO) E RUA DA DELEGACIA DE POLÍCIA.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR UM ATERRO NUM TRECHO DE APROXIMADAMENTE 80 METROS, NA ESTRADA QUE DÁ ACESSO À PROPRIEDADE DO SR. ITINHA BARBOSA, SR. SAUL NETO E OUTROS, NA COMUNIDADE VARGEM ALEGRE.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA ESTUDE A POSSIBILIDADE DE TORNAR AS REUNIÕES DA CÂMARA SEMANAL.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE RETIRAR UM BAMBUZAL QUE SE ENCONTRA DENTRO DO RIO, PRÓXIMO À PONTE DA RUA NOVA. ESTE BAMBUZAL ESTÁ FAZENDO COM QUE AS ÁGUAS SEJAM LANÇADAS ÀS MARGENS DO RIO,CAUSANDO EROSÃO.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEJA A VIABILIDADE DE CRIAR UM ESF/PSF NO BAIRRO VALE DO SOL - HOJE SOMOS ATENDIDOS PELO ESF VIDA, NO BAIRRO JOÃO CLARA, O QUE DIFICULTA PELA DISTÂNCIA E PELO GRANDE NÚMERO DE FAMÍLIAS ALI ATENDIDAS</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>TROCAR DE LOCAL O POSTE QUE FICA LOCALIZADO NA RUA MARIA MORAIS DE LIMA NAS PROXIMIDADES DA RESIDÊNCIA DE N. 40, TENDO VISTA QUE REDE ELÉTRICA PASSA DESTA CASA, CAUSANDO RECEIO NOS MORADORES.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAR O TRATAMENTO DE ESGOTO DO DISTRITO DE SÃO JOSÉ DA PEDRA MENINA, TENDO VISTA QUE OS RESÍDUOS SÃO JOGADOS NA VARGEM E NÃO DENTRO DO RIO, O QUE VEM CAUSANDO UM GRANDE DESCONFORTO PARA OS MORADORES DO DISTRITO.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAR NA RUA GENÉZIO DE ASSIS MARINHO,NAS PROXIMIDADES DO N. 97, UMA CAÇAMBA OU OUTRO RECIPIENTE ADEQUADO PARA COLOCAÇÃO DO LIXO,TENDO VISTA QUE A QUANTIDADE DE LIXO DEPOSITADO NESTA RUA É MUITO GRANDE, O QUE VEM CAUSANDO TRANSTORNOS PARA OS MORADORES, PRINCIPALMENTE O DA RESIDÊNCIA DE N. 97 QUE ALEGA O FATO DO LIXO ESTÁ ADENTRANDO SUA GARAGEM.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAMPAR DOIS BURACOS EXISTENTES NA PRAÇA DA BANDEIRA, EM FRENTE AO N. 99, TENDO VISTA QUE FICA MUITO PRÓXIMO A CALÇADA DE UM SALÃO DE CABELEIREIRO, O QUE VEM CAUSANDO TRANSTORNO PARA AS PESSOAS QUE FREQUENTAM O SALÃO, POIS A ÁGUA E TAMBÉM A LAMA QUE FICAM EMPOSSADAS NOS BURACOS RESPINGAM NAS PESSOAS E TAMBÉM NA PAREDE DO SALÃO.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>VERIFIQUE A SITUAÇÃO DO POSTE QUE FICA LOCALIZADO NA RUA EDUARDO GRIPP(PRÓXIMO A MAJOR PEREIRA, EM FRENTE A RESIDÊNCIA DE N. 111, TENDO VISTA QUE ESTE POSTE ESTÁ TOMBADO, CAUSANDO RACHADURAS NESTA RESIDÊNCIA, COLOCANDO EM RISCO A VIDA DOS MORADORES E DAS PESSOAS QUE TRANSSITAM POR ESTE LOCAL. SOLICITO A VIABILIDADE DE PROVIDÊNCIAS URGENTES PARA QUE NÃO OCORRRAM TARNSTORNOS FUTUROS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMAR A CALÇADA DO CENTRO MUNICIPAL DE EDUCAÇÃO (ANTIGO ÓRGÃO MUNICIPAL), TENDO VISTA QUE CONTA COM ENORMES CRATERAS QUE FICAM CHEIAS DE ÁGUA E LAMA, DIFICULTANDO O TRÂNSITO DAS PESSOAS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA BOCA DE LOBO NA ESQUINA DA RUA PIO XII COM A RUA ALMIRANTE BARROSO.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR UM ENGENHEIRO AO CENTRO MUNICIPAL DE EDUCAÇÃO (ANTIGO ÓRGÃO), PARA ANALISAR A SITUAÇÃO DAS MINAS DE ÁGUA QUE FICAM LOCALIZADAS ATRÁS DO PRÉDIO QUE ESTÃO INFILTRANDO, PASSANDO PELO PRÉDIO E VAZANDO NA RUA PIO XII, NA PORTA DESTE CENTRO DE EDUCAÇÃO, CAUSANDO GRANDES TRANSTORNOS AOS ALUNOS E USUÁRIOS DESTE LOCAL, PARA QUE ESTE ENGENHEIRO ANALISE A SITUAÇÃO E TOME AS DEVIDAS PROVIDÊNCIAS PARA SOLUCIONAR ESTE PROBLEMA.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>JOGAR SAIBRO NAS RUAS DONA DONÁRIA E CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t>CALÇAR O INÍCIO E O FINAL DA PONTE DO JOÃO CLARA, TENDO VISTA QUE ESTES ESPAÇOS CONTAM COM BURACOS QUE VEM PREJUDICANDO O TRÂNSITO DE VEÍCULOS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONTRATAR UMA EMPRESA ESPECIALIZADA PARA VER A REAL SITUAÇÃO DA RUA ROQUE FERREIRA DE CASTRO (RUA DO CORGUINHO), DIZENDO QUAIS PROVIDÊNCIAS PODERÃO SER TOMADAS PARA SOLUCIONAR O PROBLEMA DE ESCOAMENTO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/220/220_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/220/220_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS, E NESTA OPORTUNIDADE, JÁ ENCAMINHO PARA O CONHECIMENTO DE VOSSA EXCELÊNCIA E DOS INTERESSADOS NA REGULAMENTAÇÃO DAS AÇÕES A FIM DE CONTROLAR E ORGANIZAR A CRIAÇÃO, A POSSE E GUARDA DE CÃES, GATOS E ANIMAIS DOMÉSTICOS UMA LEI DA CIDADE DE IBIPORÃ-PR, QUE PODE SERVIR DE EXEMPLO OU</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/221/221_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/221/221_texto_integral.pdf</t>
   </si>
   <si>
     <t>INTERDITAR A RUA QUE PASSA ATRÁS DA LOJA DO PAULO MÁRCIO, NO BAIRRO DO ROQUE, DEVIDO AO IMENSO BURACO EXISTENTE NESTE TRECHO.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/222/222_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/222/222_texto_integral.pdf</t>
   </si>
   <si>
     <t>FAZER A COLETA URGENTE DO LIXO QUE ESTÁ ACUMULADO NA RUA DA BR 482, EM FRENTE A RESIDÊNCIA DE NÚMERO 2.125 E TAMBÉM COLOCAÇÃO DE LATÕES (RECIPIENTES)NESTE LOCAL PARA O DEVIDO DEPÓSITO DO LIXO.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/224/224_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/224/224_texto_integral.pdf</t>
   </si>
   <si>
     <t>TAMPAR O BURACO EXISTENTE NO MEIO DA RUA MOACIR MAGALHÃES, NO BAIRRO SANTA CECÍLIA, EM FRENTE À RESIDÊNCIA DE NÚMERO 92.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/225/225_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/225/225_texto_integral.pdf</t>
   </si>
   <si>
     <t>CANALIZAR A ÁGUA QUE CORRE A CÉU ABERTO NA RUA MOACIR MAGALHÃES QUE ESTÁ CAUSANDO IMENSOS TRANSTORNOS NA VIDA DOS MORADORES.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/227/227_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/227/227_texto_integral.pdf</t>
   </si>
   <si>
     <t>MURAR E GRAMAR OS CEMITÉRIOS DA COMUNIDADE DO SÃO GONÇALO E DA COMUNIDADE DO SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/296/296_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/296/296_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NA RUA SANTA CECÍLIA, NO BAIRRO DO WALTAIR, PRINCIPALMENTE EM FRENTE À RESIDÊNCIA DE N.: 24, E APROVEITANDO O ENSEJO ABRIR MAIS ESTA DEVIDA RUA, TENDO VISTO QUE O ACESSO DOS MORADORES ESTÁ MUITO DIFÍCIL E OS VEÍCULOS NÃO TÊM COMO TRANSITAR, DEVIDO AO ACÚMULO DE ENTULHOS, BARREIRAS QUE CAÍRAM, ETC. </t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/295/295_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/295/295_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO À RUA WANDERLEY CASSIMIRO CAMPOS EM FRENTE À RESIDÊNCIA DO N.: 182, QUE NECESSITA URGENTEMENTE DE SER ABERTA, SENDO QUE ESTÁ INTERDITADA,E TAMBÉM DESENTUPIR UMA REDE DE ESGOTO QUE ESTÁ ENTUPIDA HÁ 08 MESES, TRAZENDO GRANDES PROBLEMAS À POPULAÇÃO, TENDO VISTO QUE ESTÁ DESCENDO ESGOTO A CÉU ABERTO.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/297/297_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/297/297_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CONTRATAR PROFISSIONAIS ESPECIALIZADOS (MÚSICOS) PARA CRIAR UMA PARTITURA E UM NOVO ARRANJO PARA O HINO DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/298/298_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/298/298_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO A RUA CARANGOLA, RETIRANDO TODO O ASFALTO QUE ENCONTRA-SE EM PÉSSIMO ESTADO, FAZENDO A SUBSTITUIÇÃO POR BLOQUETES</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/299/299_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/299/299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE SER ENVIADO À CÂMARA DE VEREADORES, A DELIBERAÇÃO NORMATIVA 001/2012 QUE REGULAMENTA OS EMPREENDIMENTOS MOBILIÁRIOS NO TOCANTE AOS LOTEAMENTOS IMPLANTADOS E A IMPLANTAR NA ÁREA URBANA E RURAL. </t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, CLAUDIO VALENTIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/300/300_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/300/300_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DO SECRETÁRIO DE MEIO AMBIENTE E DEFESA CIVIL, PARTICIPAR JUNTO À COMISSÃO DE VEREADORES DA CÂMARA, COMO REPRESENTANTE DO PODER EXECUTIVO JUNTAMENTE COM O SR. LUIZ FENANDO &amp;#8211; CHEFE DO INTERLEGIS DO SENADO FEDERAL, QUE COMO ENGENHERIO SANITARISTA DESEJA QUE ESPERA FELIZ CONHEÇA O PROJETO PILOTO DO ATERRO SANITÁRIO E USINA DE TRIAGEM JÁ IMPLANTADO E FUNCIONANDO NA CIDADE DE MINAS DO LEÃO/RS. ESTA INICIATIVA VISA A MESMA IMPLANTAÇÃO DESSA ESTRUTURA AMBIENTAL AQUI EM ESPERA FELIZ, SUBSIDIADO PELA FUNASA</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/301/301_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/301/301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR UMA AMBULÂNCIA COM URGÊNCIA PARA O MUNICÍPIO DE ESPERA FELIZ/MG, TENDO VISTO QUE AS EXISTENTES ESTÃO EM PÉSSIMO ESTADO DE CONSERVAÇÃO. </t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/302/302_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/302/302_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO PARA O BAIRRO DO ROQUE, COPIANDO O QUE FOI FEITO NO MUNICÍPIO DE GUAÇUÍ/ES, COM MANILHÃO QUADRADO. PARA INFORMAÇÃO EXISTE COMÉRCIO DESTES MANILHÕES NA CIDADE DE CACHOEIRO DO ITAPEMIRIM</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/303/303_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/303/303_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AO PÉSSIMO ESTADO DE CONSERVAÇÃO DO BAIRRO SANTA INÊS. </t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/304/304_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/304/304_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO A AMPLIAÇÃO DO CEMITÉRIO SÃO JOÃO BATISTA, SENDO A PREFEITURA JÁ TEM O TERRENO DO LADO.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/315/315_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/315/315_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES PARA INAUGURAÇÃO DA FARMÁCIA POPULAR NO POSTO DE SAÚDE DO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/305/305_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/305/305_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM TRABALHO DE CONSCIENTIZAÇÃO EM RELAÇÃO AO LIXO DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/306/306_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/306/306_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR O SISTEMA DE MODERNIZAÇÃO NO PODER LEGISLATIVO, CONVÊNIO COM SENADO FEDERAL.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/307/307_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/307/307_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NA CÂMARA MUNICIPAL UMA BIBLIOTECA, EM CONVÊNIO COM O INTERLEGIS</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/308/308_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/308/308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO PARA TRATAMENTO DE ÁGUA E ESGOTO DE TODAS AS COMUNIDADES RURAIS DO MUNICÍPIO DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/309/309_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/309/309_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR OBRAS NO CAMPO DE FUTEBOL DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, COMO: MURO; VESTIÁRIO; ILUMINAÇÃO; ALAMBRADO</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/310/310_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/310/310_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADEDE PODAR OU CORTAR ÁRVORES GRANDES QUE ESTÃO LOCALIZADAS NA RUA NILTON FERREIRA DE CASTRO, N. 137, NO BAIRRO DO ROQUE, TENDO VISTO SÃO ENORMES E ESTÃO TOMBADAS, PODENDO VIR A CAIR EM CIMA DAS RESIDÊNCIAS</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/311/311_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/311/311_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NO CÓRREGO DO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/312/312_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/312/312_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE PODAR OU CORTAR ÁRVORES QUE ESTÃO LOCALIZADAS NA RUA NILTON FERREIRA DE CASTRO, N. 137, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/313/313_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/313/313_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 04 QUEBRA-MOLAS NA RUA ERNESTO GRILLO, EM FRENTE ÀS RESIDÊNCIAS DE NS.: 162; 174; 179 E 183</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/375/375_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/375/375_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA VIABILIDADE DE PATROLAR A ESTRADA DA COMUNIDADE MONTE VERDE, INICIANDO PRÓXIMO A PROPRIEDADE DA SRA. ALZERINA BARBOSA, PASSANDO PELA PROPRIEDADE DO SR. SEBASTIÃO ASSIS PIMENTEL,E INDO ATÉ A ESTRADA PRINCIPAL QUE DÁ ACESSO AO CÓRREGO DO CHINELO</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/376/376_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/376/376_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE OU COLOCAR TUBULÃO NO CÓRREGO PRÓXIMO À CAPELA DA COMUNIDADE DO CRUZEIRO</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/377/377_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/377/377_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) ELEVADOR NO HALL DO EXECUTIVO MUNICIPAL QUE DÊ ACESSO TANTO AO ANDAR SUPERIOR DO EXECUTIVO QUANTO AO LEGISLATIVO MUNICIPAL, CONTANDO QUE O PRÉDIO É DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/378/378_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/378/378_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA SEBASTIÃO LÚCIO NO BAIRRO VALE DO SOL</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/379/379_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/379/379_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A CÂMARA MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) CORRIMÃO NA ESCADA DO LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/380/380_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/380/380_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 OU 02 REDUTORES DE VELOCIDADE EM FRENTE À ESCOLA MALVINA AUGUSTA VILETE, NA FORQUILHA DO RIO</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/381/381_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/381/381_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS DE IDENTIFICAÇÃO NAS RUAS DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, TENDO VISTO QUE AS RUAS JÁ TEM DENOMINAÇÃO</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/382/382_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/382/382_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DA SECRETARIA DE EDUCAÇÃO FAZER DOAÇÃO DE UNIFORME ESCOLAR PARA A REDE MUNICIPAL DE ENSINO, PARA PAIS QUE TENHAM COMPROVADAMENTE RENDA INFERIOR A 02 SALÁRIOS MÍNIMOS</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/383/383_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/383/383_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OLÍMPICA BOLSA ATLETA,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/384/384_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/384/384_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OLÍMPICA GERAÇÃO ESPORTE,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/385/385_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/385/385_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OLÍMPICA JEMG,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/386/386_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/386/386_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OLÍMPICA JIMI,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/387/387_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OFICINA DE ESPORTES,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/388/388_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS OLÍMPICA SAÚDE NA PRAÇA,   CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/389/389_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ATRAVÉS DA SECRETARIA COMPETENTE, ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS E/OU SECRETARIA DE ESTADO DE ESPORTES E VER A VIABILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O PROGRAMA MINAS PARAOLÍMPICO,  CONTRIBUINDO ASSIM PARA A PROMOÇÃO DA SAÚDE E PARA A INCLUSÃO SOCIAL ATRAVÉS DA PRÁTICA DE ESPORTES</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/390/390_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEJA A VIABILIDADE DE ESTIMULAR E MOTIVAR CADA VEZ MAIS NAS ESCOLAS MUNICIPAIS, A PRÁTICA DE ESPORTES E ATIVIDADES FÍSICAS, COM A FINALIDADE DE VENCER O SEDENTARISMO E OBESIDADE</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/391/391_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM CALÇAMENTO E UMA REDE DE ESGOTO NA RUA 20 DE OUTUBRO, LIGANDO A RUA DO CAMPO À RUA ADEMIR COSTA AMORIM, NO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/392/392_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL EM OBSERVAÇÃO À AQUISIÇÃO DA NOVA FROTA DE MÁQUINAS E CAMINHÕES DA PREFEITURA MUNICIPAL COM OS RECURSOS ORIUNDOS DO FINANCIAMENTO PELO BNDS APROVADO POR ESTA CASA DE LEIS ATENDA À SUGESTÃO DESTE VEREADOR PARA QUE SEJAM TODOS ADESIVADOS COM O BRASÃO DO MUNICÍPIO, E QUE NOS CAMINHÕES COLETORES DE LIXO POSSA ENTRAR FRASE ALUSIVA À LIMPEZA PÚBLICA, E COMO SUGESTÃO: &amp;#8220;CIDADE LIMPA, NÃO É A QUE MAIS SE LIMPA E SIM A QUE MENOSSE SUJA&amp;#8221;; 2 &amp;#8211; QUE O EXECUTIVO MUNICIPAL APROVEITE O MOMENTO E PROVIDENCIE TAMBÉM A AQUISIÇÃO DE UNIFORMES E EQUIPAMENTOS DE SEGURANÇA PARA OS FUNCIONÁRIOS DA LIMPEZA PÚBLICA, DESTA FORMA, CUMPRINDO COM A DETERMINAÇÃO DO MINISTÉRIO DO TRABALHO</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/402/402_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA VIABILIZE OS ESTUDOS NECESSÁRIOS PARA ATRAVÉS DE UMA INICIATIVA PRÓPRIA DO MUNICÍPIO POSSAMOS ESTUDAR A POSSIBILIDADE DE IMPLANTAÇÃO EM NOSSA CIDADE DE PROJETO SIMILAR AO QUE ACONTECE NA COLÔMBIA CONFORME DESCREVO ATRAVÉS DE CÓPIA DIVULGADA EM SITE NA INTERNET: &amp;#8220;ESTE SUPORTE FAZ PARTE DA &amp;#8220;PARADA PARA LEITURA NOS PARQUES&amp;#8221; (PPP), UM PROGRAMA CRIADO HÁ 10 ANOS PELO GOVERNO DA COLÔMBIA PARA AJUDAR A PROMOVER A ALFABETIZAÇÃO EM TODO O PAÍS. O PROGRAMA FAZ PARTE DA FUNDALECTURA EM ASSOCIAÇÃO COM OS PARQUES DA CIDADE.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/662/662_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/662/662_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DESTA CASA VIABILIZE ESTUDO PARA AS SEGUINTES INDICAÇÕES COM AS RESPECTIVAS JUSTIFICATIVAS: A) CONTRATAÇÃO DE MAIS UM ASSESSOR JURÍDICO COM ESPECIALIZAÇÃO NA ÁREA PÚBLICA PARA PRESTAÇÃO DE SERVIÇO AOS VEREADORES COM LOTAÇÃO E EXERCÍCIO NA CÂMARA MUNICIPAL; PROFISSIONAL NECESSÁRIO PARA DAR SUPORTE AO ASSESSOR JURÍDICO DESTA CASA PARA ACOMPANHAMENTO DOS ATOS DOS VEREADORES COM PARECERES E NOTIFICAÇÕES NAS ORIENTAÇÕES AOS TRABALHOS DIÁRIO DOS VEREADORES COMO ELABORAÇÃO DE PROJETOS E ACOMPANHAMENTO NAS FISCALIZAÇÕES DOS EDIS NAS AÇÕES DO PODER EXECUTIVO, OBSERVANDO DE QUE O NOSSO TRABALHO É O DE CRIAR PROJETOS E FISCALIZAR, ENTÃO, O DEPARTAMENTO JURÍDICO PRECISA SER O MAIS FORTE NESTA CASA, POIS, A NOSSA FUNÇÃO É APENAS ESTA DE ELABORAR LEIS E REALIZAR FISCALIZAÇÕES COM BASE LEGAL. COMO EXEMPLO, NAS NOSSAS ANÁLISES DA LDO E PLANO PLURIANUAL E DEMAIS ATOS, TENHO OBSERVADO QUE MUITAS VEZES AS RESPOSTAS AOS REQUERIMENTOS TÊM SIDO DE FORMA VAGA E EVASIVA, POIS, EM MUITOS CASOS O EXECUTIVO TEM COLOCADO DOCUMENTAÇÕES À DISPOSIÇÃO DOS VEREADORES, MAS QUE SEM ESTE PROFISSIONAL TÉCNICO NÓS VEREADORES NÃO TEMOS A MENOR CONDIÇÃO DE INTERPRETAÇÃO, E OBSERVANDO QUE NOSSA FUNÇÃO É FISCALIZAR, ESTE PROFISSIONAL SERÁ IMPARCIAL PARA PARECER CONCLUSIVO E VERDADEIRO; OUTRA NECESSIDADE É O ACOMPANHAMENTO ÀS MUDANÇAS NA LEGISLAÇÃO PARA ADEQUAÇÃO DA LEI ORGÂNICA MUNICIPAL E DO REGIMENTO INTERNO DESTA CASA;B) CONTRATAÇÃO DE PROFISSIONAL EM CIÊNCIA CONTÁBIL PÚBLICA COM LOTAÇÃO E EXERCÍCIO NESTA CÂMARA MUNICIPAL PARA ACOMPANHAMENTO DE ESCRITURAÇÃO DESTA CASA DE LEIS E TAMBÉM, ACOMPANHAMENTO CONTÁBIL DA PREFEITURA NO EXERCÍCIO DA FUNÇÃO DOS VEREADORES; OBSERVANDO QUE NEM TODOS OS VEREADORES TÊM O CONHECIMENTO SOBRE A CONTABILIDADE LEGAL PÚBLICA, A CONTRATAÇÃO DO PRESENTE PROFISSIONAL SE FAZ NECESSÁRIA PARA DAR SUPORTE AOS VEREADORES NO EXERCÍCIO DA FUNÇÃO DE ACOMPANHAR TANTO A ESCRITURAÇÃO DESTA CASA DE LEIS, QUANTO NA FISCALIZAÇÃO DOS ATOS DO PODER EXECUTIVO, OBSERVANDO AINDA QUE MUITAS VEZES O NOSSO TRABALHO É ENFRAQUECIDO DIANTE DA FALTA DESTE SUPORTE EXCLUSIVO PARA A PRETENSÃO DESTA SOLICITAÇÃO. COMO EXEMPLO, NAS NOSSAS ANÁLISES DA LDO E PLANO PLURIANUAL E DEMAIS ATOS, TENHO OBSERVADO QUE MUITAS VEZES AS RESPOSTAS AOS REQUERIMENTOS TÊM SIDO DE FORMA VAGA E EVASIVA, POIS, EM MUITOS CASOS O EXECUTIVO TEM COLOCADO DOCUMENTAÇÕES À DISPOSIÇÃO DOS VEREADORES, MAS QUE SEM ESTE PROFISSIONAL TÉCNICO NÓS VEREADORES NÃO TEMOS A MENOR CONDIÇÃO DE INTERPRETAÇÃO, E OBSERVANDO QUE NOSSA FUNÇÃO É FISCALIZAR, ESTE PROFISSIONAL SERÁ IMPARCIAL PARA PARECER CONCLUSIVO E VERDADEIRO. OUTRO EXEMPLO, É QUANTO À ANÁLISE DA FOLHA DE PAGAMENTO DA PREFEITURA, LICITAÇÕES, GASTOS DAS SECRETARIAS, ACOMPANHAMENTO DAS CONTAS BANCÁRIAS DA PREFEITURA, ETC.; C) VIABILIZAÇÃO DE CONTRATAÇÃO DE PROFISSIONAL TÉCNICO EM INFORMÁTICA COM LOTAÇÃO E EXERCÍCIO NESTA CASA DE LEIS. DIANTE DA REALIDADE DA INCLUSÃO DIGITAL E TAMBÉM, DESTA TÉCNICA QUE MOVIMENTA A SOCIEDADE NESTE NOVO MILÊNIO E NOVO SÉCULO, É PRECISO OBSERVAR QUE ESTA CASA DE LEIS PRECISA DESTE PROFISSIONAL PARA QUE OS TRABALHOS E ASSESSORAMENTO AOS VEREADORES E A ESTA CASA SEJA O MELHOR POSSÍVEL, COM INSERÇÃO NA INTERNET E ACOMPANHAMENTO DOS AVANÇOS TECNOLÓGICOS E ELABORAÇÃO E MELHORIA DE PROGRAMAS DE USO DESTA CASA; D) VIABILIZAÇÃO DE REALIZAÇÃO DE CONCURSO PÚBLICO PARA PREENCHIMENTO DE TODOS OS CARGOS CONTRATADOS NESTA CASA; COM A REALIZAÇÃO DO CONCURSO PÚBLICO OS VEREADORES ESTARÃO DEMONSTRANDO TRANSPARÊNCIA NO EXERCÍCIO DO MANDATO, POR ESTAR EFETIVANDO CONTRATAÇÕES ATRAVÉS DE UMA FORMA LEGAL E DEMOCRÁTICA COM OPORTUNIDADES EM MESMOS NÍVEIS DE IGUALDADES DENTRO DAS CARACTERÍSTICAS E ATRIBUIÇÕES DE CADA CARGO, OBSERVADA A COMPETÊNCIA DE CADA CIDADÃO CANDIDATO ÀQUELA ESPECIALIDADE; E) OBSERVAR O IMPACTO E VIABILIZAR O ESTUDO PARA INCLUSÃO NA LDO E NO PLANO PLURIANUAL. CONSIDERANDO QUE TEMOS UM ORÇAMENTO RELATIVO, ESTE ESTUDO PRECISA LEVAR EM CONTA A REALIDADE ORÇAMENTÁRIA COM BASE NA NECESSIDADE DOS VEREADORES QUE TEM SOMENTE A FUNÇÃO DE ELABORAR LEIS E FISCALIZAR SEUS PRÓPRIOS ATOS COMO TAMBÉM DO PODER EXECUTIVO. ASSIM, OS PROFISSIONAIS ACIMA DESCRITOS SÃO NECESSÁRIOS PARA O BOM DESEMPENHO DA FUNÇÃO DE CADA VEREADOR. DESTA FORMA, OS CUSTOS COM AS CONTRATAÇÕES DEVEM SER ENCARADAS COMO NECESSIDADE, E NÃO GASTOS E SIM, INVESTIMENTOS NA MELHORIA DA QUALIDADE DOS SERVIÇOS PRESTADOS PELOS VEREADORES AO POVO DESTE MUNICÍPIO;</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/566/566_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENTRE EM CONTATO COM O ÓRGÃO RESPONSÁVEL, VENDO A VIABILIDADE DE SEREM COLOCADOS 02 OU 03 POSTES NA RUA JULIANO LABATE, EM FRENTE ÀS RESIDÊNCIAS DE N.: 35 E 39, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/568/568_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CRIAR O CONSELHO MUNICIPAL DE TRÂNSITO (COMUTRAN).</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/570/570_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DISPOR SOBRE A SUSPENSÃO DA ATIVIDADE DE ESTABELECIMENTOS POR TRINTA DIAS QUANDO OCORRER A PRÁTICA OU EXERCÍCIO DE ATIVIDADES ILEGAIS EM SUAS DEPENDÊNCIAS</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/572/572_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE  INSTITUIR O PROGRAMA PERMANENTE DE APOIO AOS PRODUTORES HORTIFRUTIGRANJEIROS.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/573/573_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DISPOR SOBRE O USO DE PASSEIO PÚBLICO OU CALÇADA COM PISO COMPLETAMENTE LISO.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/575/575_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTITUIR O PROGRAMA DE PROMOÇÃO DO TRABALHO E REQUALIFICAÇÃO PROFISSIONAL DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/577/577_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INCLUIR NOS CONTEÚDOS PROGRAMÁTICOS DA REDE MUNICIPAL DE ENSINO ORIENTAÇÕES DE PREVENÇÃO DA DENGUE.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/580/580_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR O CONSELHO MUNICIPAL DE TURISMO.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE AUTORIZAÇÃO À ADMINISTRAÇÃO MUNICIPAL A PRORROGAR ALVARÁS DE LICENÇAS PARA CONSTRUIR.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/585/585_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, CRIE UM PROGRAMA MUNICIPAL DE INCENTIVO ÀS INDÚSTRIAS CASEIRAS.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/587/587_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A CRIAÇÃO DAS OFICINAS, COOPERATIVAS DE TRABALHO E COMUNIDADES PRODUTIVAS DESTINADAS À POPULAÇÃO DESEMPREGADA</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/589/589_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE PARCERIAS PARA IMPLANTAÇÃO, CONSERVAÇÃO E RECUPERAÇÃO DE ÁREAS VERDES, PARQUES, PRAÇAS PÚBLICAS, JARDINS E CANTEIROS CENTRAIS DE AVENIDAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CRIAR O  CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS &amp;#8211; COMDEA.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/591/591_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A INSTITUIÇÃO NO MUNICÍPIO DO PROGRAMA DE TROCA ECOLÓGICA</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A INSTITUIÇÃO DO PROGRAMA: &amp;#8220;LIMPEZA &amp;#8211; SUA CIDADE, SUA CASA&amp;#8221; &amp;#8211; AUTORIZANDO A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO, ASSOCIAÇÃO COMERCIAL E INDUSTRIAL E A REDE ESTADUAL DE ENSINO</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/593/593_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A OBRIGATORIEDADE DE CADEIRA DE RODAS NOS CEMITÉRIOS E VELÓRIOS DO MUNICÍPIO PARA USO DOS VISITANTES PORTADORES DE DEFICIÊNCIA FÍSICA</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/594/594_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A CRIAÇÃO DA &amp;#8220;ESCOLA DE ARTES DA MELHOR IDADE&amp;#8221; NO ÂMBITO DO MUNICÍPIO</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE O PLANTIO DE ÁRVORES E RESERVA DE ÁREA PERMEÁVEL EM NOVAS EDIFICAÇÕES.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/596/596_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ATRAVÉS DAS EMPRESAS DE TELEFONIA CELULAR PROCEDA MEDIÇÕES DE IRRADIAÇÕES DE MICRO-ONDAS DAS SUAS ESTAÇÕES RÁDIO-BASES.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/597/597_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DISPONHA SOBRE A INCLUSÃO DO ATENDIMENTO HOMEOPÁTICO, NS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/598/598_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE CRIAR MANUAL DE ORIENTAÇÃO AOS PEDESTRES.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, CRIE O CONSELHO MUNICIPAL DE PESQUISAS E CUSTOS</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/600/600_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE ANALISE A SITUAÇÃO DO PISO DE ENFERMEIROS QUE COMEÇOU A TRAMITAR NA SEMANA PASSADA NA COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA E DE CIDADANIA DA CÂMARA FEDERAL QUE ESTABELECE PISO DE R$4.650 PARA ENFERMEIRO, FISIOTERAPEUTA E TERAPEUTA OCUPACIONAL, R$3.255 PARA TÉCNICO DE ENFERMAGEM E R$2.325 PARA AUXILIAR DE ENFERMAGEM. ALÉM DO REAJUSTE, O PROJETO DE LEI PROMOVE TAMBÉM A REDUÇÃO DA CARGA HORÁRIA SEMANAL DE 40 PARA 30 HORAS.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/601/601_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VIABILIZE OS ESTUDOS NECESSÁRIOS PARA SE FAZER JUSTIÇA AOS FUNCIONÁRIOS PÚBLICOS DESTE MUNICÍPIO QUE OPERAM O MAQUINÁRIO PESADO COMO &amp;#8220;PATROLA, RETROESCAVADEIRA, ETC&amp;#8221;, OBSERVANDO QUE A MUNICIPALIDADE FIZERA UM INVESTIMENTO ALTÍSSIMO NESTES EQUIPAMENTOS E QUE TEM OS OPERADORES PERCEBENDO SALÁRIOS NÃO CONDIZENTES COM A REALIDADE; OBSERVANDO AINDA, QUE OS OPERADORES DESTE TIPO DE MAQUINÁRIO DEVEM SEMPRE FAZER CURSOS DE CAPACITAÇÃO E RECICLAGEM. OBSERVANDO TAMBÉM OS MOTORISTAS DOS DEMAIS VEÍCULOS QUE TEM GRANDE RESPONSABILIDADE COM O SERVIÇO QUE PRESTAM NO TRANSPORTE AOS CIDADÃOS QUE TAMBÉM MERECEM UM ESTUDO DE MELHORIA EM SEUS SALÁRIOS ERECOMPOSIÇÃO DE PERDAS.DESTA FORMA, ACREDITO QUE O MUNICÍPIO DE ESPERA FELIZ ESTARÁ FAZENDO JUSTIÇA AOS FUNCIONÁRIOS E AOS INVESTIMENTOS PÚBLICOS. QUE, INDEPENDENTE DE SER ANO ELEITORAL QUE ALGUNS BENEFÍCIOS FICAM VEDADOS, É IMPORTANTE DISCUTIR ESTE ASSUNTO PARA QUE OS FUTUROS CANDIDATOS A PREFEITO E VEREADORES COMECEM A ANALISAR ESTA SITUAÇÃO REALEM QUE SE ENCONTRA NOSSOS COMPANHEIROS FUNCIONÁRIOS;</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/602/602_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA AVIABILIDADE DE ILUMINAR A QUADRA DA COMUNIDADE DO MARIANINHO</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/654/654_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/654/654_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE ILUMINAR A QUADRA DO ANGOLA;</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/655/655_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/655/655_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PATROLAR A ESTRADA PRINCIPAL QUE DÁ ACESSO AS COMUNIDADES DO SÃO GONÇALO, TABOÃO, BOA ESPERANÇA, SÃO JOÃO DA FARINHA, ETC, INICIANDO  NA MG 111 E INDO ATÉ O ALTO TABOÃO, ATENDENDO ASSIM À VÁRIAS COMUNIDADES E APROVEITANDO O ENSEJO ENCASCALHAR OS PONTOS CRÍTICOS DESTA CITADA ESTRADA.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/656/656_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/656/656_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER OS DEVIDOS REPAROS NO ASFALTO DA COMUNIDADE DO SÃO GONÇALO E APROVEITANDO O ENSEJO REALIZAR UMA LIMPEZA GERAL NESTA MESMA LOCALIDADE, COM RETIRADA DE LIXOS E ENTULHOS E MATOS (CAPINA);</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/661/661_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/661/661_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEJA A VIABILIDADE DE PATROLAR A ESTRADA QUE DÁ ACESSO A ESCOLA DO CÓRREGO DO BREJO, E TAMBÉM APROVEITANDO O ENSEJO REFORMAR AS PONTES QUE FICAM NESTA MESMA ESTRADA, LOCALIZADAS NAS PROPRIEDADES DO SR. MANOEL MIRANDA E DO SR. ZÉ NILO.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DOIS) QUEBRA-MOLAS OU REDUTORES NA RUA ALTO CAPARAÓ, NAS PROXIMIDADES DA RESIDÊNCIA N.: 33 E N.: 83</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A POSSIBILIDADE DE CANALIZAR O CÓRREGO PRÓXIMO À ESCOLA MUNICIPAL NA PROPRIEDADE DO SR. JOSÉ MILANÊS, NA COMUNIDADE SÃO PAULO, E AINDA FAZER O ATERRO E GRAMAR O PÁTIO DA ESCOLA</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA, JUNTAMENTE COM A MESA DIRETORA, VEJA A VIABILIDADE DE IMPLANTAR NO LEGISLATIVO MUNICIPAL A INTERNET POPULAR</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE PROVIDENCIAR EM REGIME DE URGÊNCIA UMA SALA MAIS APROPRIADA DENTRO DO LEGISLATIVO MUNICIPAL PARA SE TORNAR A SALA DAS COMISSÕES</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, VEJA A VIABILIDADE DE PROCEDER  O CALÇAMENTO DA LADEIRA TROPICAL, SENDO UMA SOLICITAÇÃO ANTIGA DOS MORADORES E DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DO CHEFE DO PODER EXECUTIVO EM ATENÇÃO ESPECIAL À LEI 12.527/2011 &amp;#8211; LEI DE ACESSO À INFORMAÇÃO PÚBLICA QUE ENTROU EM VIGOR EM 16 DE MAIO DO CORRENTE ANO SE ATENTE PARA A NECESSIDADE DE ALGUMAS AÇÕES EXECUTIVAS NECESSÁRIAS AO PROCESSO DE CONSOLIDAÇÃO DO REGIME DEMOCRÁTICO. DESTA FORMA, OBJETIVANDO COOPERAR COM O GOVERNO DO MUNICÍPIO DE ESPERA FELIZ DESTACO ABAIXO ALGUNS PONTOS DE EXTREMA IMPORTÂNCIA COM AS FUNÇÕES PRÉ-ESTABELECIDAS PARA QUE O CHEFE DO EXECUTIVO MUNICIPAL POSSA SE BASEAR E DETERMINAR A CONSOLIDAÇÃO DO QUE ORA INDICO; A) TRANSIÇÃO TRANSPARENTE &amp;#8211; PROCESSO DE TRANSIÇÃO QUE PROPICIA CONDIÇÕES PARA QUE O PREFEITO ELEITO POSSA RECEBER DO ANTECESSOR TODOS OS DADOS E INFORMAÇÕES NECESSÁRIOS AO PROGRAMA DO NOVO GOVERNO;B) EQUIPE DE TRANSIÇÃO &amp;#8211; COMISSÃO REGULARMENTE INSTITUÍDA MEDIANTE ATO NORMATIVO PRÓPRIO, COM ATRIBUIÇÃO DE INTEIRAR-SE DO FUNCIONAMENTO DE ÓRGÃOS E ENTIDADES INTEGRANTES DA ADMINISTRAÇÃO MUNICIPAL, BEM COMO PREPARAR ATOS DE INICIATIVA DO NOVO PREFEITO, A SEREM EDITADOS APÓS A POSSE; C)AGENTES PARTICIPANTES &amp;#8211; ATUAL PREFEITO MUNICIPAL; PREFEITO ELEITO; EQUIPE DE TRANSIÇÃO; ÓRGÃO/COMISSÃO DE CONTROLE INTERNO; D) AGENTE &amp;#8211; ATUAL PREFEITO MUNICIPAL &amp;#8211; DESIGNAR EQUIPE DE TRANSIÇÃO, CONSTITUÍDA POR: - SECRETÁRIO DE FINANÇAS- SECRETÁRIO DE ADMINISTRAÇÃO- RESPONSÁVEL PELO CONTROLE INTERNO- REPRESENTANTE DAS ENTIDADES DA ADMINISTRAÇÃO INDIRETA;- MEMBROS INDICADOS PELO PREFEITO ELEITO;	 E) AGENTE &amp;#8211; EQUIPE DE TRANSIÇÃO:* RELAÇÃO CONTRATOS DE EXECUÇÃO DE OBRAS/ SITUAÇÃO ATUAL; * RELAÇÃO DE CONVÊNIOS/PRESTAÇÕES DE CONTAS/SITUAÇÃO ATUAL;* INVENTÁRIO ATUALIZADO BENS PATRIMONIAIS;* QUADRO DE PESSOAL;*RELATÓRIO SOBRE PAGAMENTOS EM ATRASO/FOLHA SERVIDORES; *RELAÇÃO ATOS EXPEDIDOS NO PERÍODO 01/07 A 31/12/2012, REFERENTES NOMEAÇÃO, ADMISSÃO, DEMISSÃO, DISPENSA, TRANSFERÊNCIA, SUPRESSÃO DE VANTAGENS DE SERVIDORES; * CÓPIAS DAS PRESTAÇÕES DE CONTAS TCU/TCE; F) AGENTE &amp;#8211; PREFEITO ELEITO :RECEBER DOCUMENTAÇÃO (LEVANTAMENTO/DEMONSTRATIVOS/INVENTÁRIO), EMITINDO RECIBO À EQUIPE TRANSIÇÃO/EX-PREFEITO, RESSALVANDO EXATIDÃO DE DADOS E INFORMAÇÕES APÓS CONFERÊNCIA POSTERIOR E  VALIDAÇÃO; ATRIBUIR AO ÓRGÃO CONTROLE INTERNO A CONFERÊNCIA DOS DADOS E INFORMAÇÕES RECEBIDAS; PROMOVER ALTERAÇÃO CARTÕES ASSINATURAS JUNTO INSTITUIÇÕES BANCÁRIAS/FINANCEIRAS; PROMOVER SUBSTITUIÇÃO/CANCELAMENTO SENHAS; G) AGENTE - UNIDADE DE CONTROLE INTERNO: *VERIFICAR/CERTIFICAR EVENTUAIS DIFERENÇAS SALDOS CAIXA/BANCOS, EM 31/12/2012*CONFRONTAR INVENTÁRIO PATRIMONIAL ELABORADO X CONFERIDO; * LEVANTAR ATOS PRATICADOS COM ASSUNÇÃO DE COMPROMISSOS APÓS TÉRMINO DO MANDATO (ART. 59/LEI4320);*CONFRONTAR DESPESAS INSCRITAS RESTOS A PAGAR X DISPONIBILIDADES FINANCEIRAS (ART 42/LC101);*VERIFICADA/CONSTATADA IRREGULARIDADE, CASO DANO AO ERÁRIO &amp;#8211; RECOMENDAR TCE; *DAR CIÊNCIA AO TRIBUNAL DE CONTAS, SOB PENA DE RESPONSABILIDADE SOLIDÁRIA; *CARACTERIZADO ATO/CRIME CONTRA A ADMINISTRAÇÃO PÚBLICA NOTICIAR AUTORIDADE POLICIAL E/OU MP, PARA MEDIDAS CABÍVEIS;</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, VEJA A VIABILIDADE DE COLOCAR MAIS 01 (UM) POSTE NA RUA WESSER LACERDA, QUE TEM INÍCIO NA LOJA DO JARDEL, TENDO VISTO QUE NO FINAL DESTA RUA TEM UM TRECHO MUITO ESCURO, O QUE VEM CAUSANDO INSEGURANÇA NOS MORADORES E DEMAIS PESSOAS QUE TRAFEGAM POR ESTE LOCAL.  </t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA,VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO DO SENADO FEDERAL, INTERLEGIS, PARA IMPLANTAR NESTA CASA DE LEIS O PAINEL ELETRÔNICO, ATRAVÉS DO PROGRAMA SAPL &amp;#8211; SISTEMA DE APOIO AO PROCESSO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NO LEGISLATIVO MUNICIPAL UMA VEZ AO MÊS A CÂMARA CULTURAL QUE PODERÁ SER INTITULADA DE QUINTA CULTURAL, COM APRESENTAÇÃO DE TEATRO, CORAIS DE MÚSICAS, PALESTRAS, EXPOSIÇÕES DE TRABALHO DOS ARTESÃOS LOCAIS, MAS TENDO COMO MAIOR OBJETIVO INFORMAR A POPULAÇÃO SOBRE OS TRABALHOS DESENVOLVIDOS PELOS PARLAMENTARES</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NA CÂMARA MUNICIPAL O PROGRAMA CINE CÂMARA &amp;#8211; CINEMA POPULAR, ATRAVÉS DE PROJETO DE RESOLUÇÃO.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTITUIR A FEIRA DO ARTESÃO NO SAGUÃO DO PAÇO MUNICIPAL PREFEITO BRAZ GRILLO, COM O INTUITO DE EXPOSIÇÃO DOS TRABALHOS, VALORIZANDO ASSIM OS ARTISTAS DE NOSSA REGIÃO</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PLANO LOCAL DE RESÍDUOS SÓLIDOS, TENDO VISTO QUE O PRAZO PARA APRESENTAÇÃO DESTE PROJETO ESTÁ SE ESGOTANDO, TERMINANDO EM 02 DE AGOSTO DO CORRENTE, CONFORME MATÉRIAS ANEXADAS</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL COMPETENTE EM CARÁTER DE URGÊNCIA PROVIDENCIE A VERIFICAÇÃO COM A DEVIDA INSPEÇÃO SANITÁRIA DA AREIA QUE SE ENCONTRA NA ÁREA RECREATIVA DO JARDIM DE INFÂNCIA DA PREFEITURA PRÓXIMO À ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA EM DECORRÊNCIA DE RECLAMAÇÕES DE PAIS DE QUE A MESMA PODE ESTAR CONTAMINADA, POIS, DIVERSAS CRIANÇAS TÊM APRESENTADO SINTOMAS DE CONTAMINAÇÃO COMO COCEIRA, E OUTROS MALES. ASSIM, QUE A PREFEITURA DETERMINE IMEDIATAMENTE A RETIRADA DESSA AREIA DESTE LOCAL, E PROMOVENDO INSPEÇÕES REGULARES.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NO BUEIRO QUE FICA LOCALIZADO NA RUA GILSON GOMES NO BAIRRO JOÃO CLARA, E APROVEITANDO O ENSEJO TROCAR AS MANILHAS, TENDO VISTO QUE AS EXISTENTES SÃO MUITO FINAS, NÃO TENDO O DEVIDO ESCOAMENTO DAS ÁGUAS.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA, VEJA A VIABILIDADE DE AMPLIAR E REFORMAR A SEDE DO POSTO DE SAÚDE DA PONTE DOS MACACOS, NA COMUNIDADE DO CRUZEIRO, BEM COMO COMPRAR NOVOS EQUIPAMENTOS</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA, VEJA A VIABILIDADE DE SER COLOCADO NA CÂMARA DE VEREADORES,  UMA GALERIA DE FOTOS DAS EX-VEREADORAS QUE FIZERAM PARTE DESTA CONCEITUADA CASA DE LEIS</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PRESIDENTE DA CASA, VEJA A VIABILIDADE DE RETORNAR COM A GALERIA DE FOTOS DOS EX-PRESIDENTES DA CASA, SENDO QUE JÁ EXISTEM AS FOTOS E ESTÃO GUARDADAS NO ARQUIVO DA CÂMARA. </t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SEREM COLOCADOS 03 (TRÊS) QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA ANTIGA LINHA FÉRREA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER COLOCADA MAIS UMA LUMINÁRIA NO POSTE QUE FICA LOCALIZADO NA ESQUINA DA RUA NATAIR FERREIRA DE CASTRO COM RUA AUGUSTA CARLOS DE ASSIS, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SEREM COLOCADOS EM REGIME DE URGÊNCIA, 03 (TRÊS) QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA RUA NATAIR FERREIRA DE CASTRO, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SOLICITAR REPARO URGENTE EM UM BUEIRO LOCALIZADO À RUA ANA PAIXÃO DE SOUZA, PRÓXIMO AO N.: 194, NO BAIRRO VALE DO SOL</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SOLICITAR REPARO URGENTE EM UMA CAIXA QUE FICA LOCALIZADA NA CALÇADA QUE FICA EM FRENTE À ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA E APROVEITANDO O ENSEJO CONSERTAR O CALÇAMENTO QUE AFUNDOU EM FRENTE AO PORTÃO DESTA REFERIDA ESCOLA</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JONAS AMARAL</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE DE MADEIRA DO CÓRREGO DO CHINELO, PRÓXIMO A PROPRIEDADE DO SR. PAULO CÉSAR AMORIM;</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A POSIBILIDADE DE SER CALÇADO O TRECHO COMPREENDIDO ENTRE A RESIDÊNCIA DO SR. ANTÔNIO PACHECO ATÉ A SUBIDA DO CEMITÉRIO SÃO JOÃO BATISTA</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR UMA LEI ONDE O MUNICÍPIO TENHA ESTACIONAMENTO ROTATIVO PAGO, SENDO DE SUA COMPETÊNCIA ADMINISTRÁ-LO OU NA IMPOSSIBILIDADE QUE PASSE PARA UMA INSTITUIÇÃO FILANTRÓPICA DO NOSSO MUNICÍPIO REALIZAR O SERVIÇO. A SUGESTÃO SE DEVE AO FATO DA NECESSIDADE URGENTE DE TER ESTE ESTACIONAMENTO E TAMBÉM PARA APROVEITAR O MOMENTO, TENDO EM VISTA QUE ESTÁ SENDO REGULAMENTADA EM ESPERA FELIZ A SINALIZAÇÃO DE TRÂNSITO NO PERÍMETRO URBANO.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM MURO DE ARRIMO NAS PROXIMIDADES DO CAMPO DE FUTEBOL DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, TENDO VISTA QUE A TERRA ESTÁ CEDENDO, CAINDO BARRANCOS NO CAMPO O QUE PODERÁ VIR DIFICULTAR O FUNCIONAMENTO DESTE CAMPO SE NÃO TOMAREM AS DEVIDAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA ESTADUAL DE EDUCAÇÃO PARA SABER O MOTIVO DAS OBRAS DA ESCOLA DO SÃO JOSÉ NÃO TEREM TERMINADO, IMPOSSIBILITANDO ASSIM A DEVIDA INAUGURAÇÃO</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE PROMOVA UM CONSÓRCIO ENTRE AS CIDADES VIZINHAS PARA DESTINAÇÃO DO LIXO DOMICILIAR TRANSFORMANDO-OS, QUASE EM SUA TOTALIDADE EM ENERGIA ELÉTRICA E BIODIESEL</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL ADAPTE A TECNOLOGIA DE MAPEAMENTO DA CIDADE DISPONIBILIZADA PELO GOOGLE MAPAS E IMPLANTE NO SITE DA CÂMARA MUNICIPAL PARA QUE OS MORADORES POSSAM APONTAR IRREGULARIDADES NAS RUAS E SUGESTÕES DE SERVIÇOS.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL REALIZE CONVÊNIO COM O INTERLEGIS, ADQUIRINDO 50 NÚMEROS DA TECNOLOGIA VOIP (VOZ SOBRE IP) QUE PERMITE, GRATUITAMENTE, A COMUNICAÇÃO ATRAVÉS DE COMPUTADORES E CELULARES</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO REALIZE CONVÊNIO COM O INTERLEGIS PARA QUE VEREADORES, SERVIDORES DO LEGISLATIVO E MUNÍCIPES INTERESSADOS, PARTICIPEM DAS VÍDEOS CONFERÊNCIAS PROMOVIDAS PELAS ASSEMBLEIAS LEGISLATIVAS EM TODO O  BRASIL</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1913/1913_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1913/1913_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENTRE EM CONTATO COM A CEMIG E ESTUDE A POSSIBILIDADE DE ENTRAR EM ACORDO COM UM DOS PROGRAMAS DE ILUMINAÇÃO PÚBLICA DESTA DISTINTA EMPRESA, ILUMINANDO O TRECHO DA BR 482 QUE DÁ ACESSO AO BAIRRO DO WALTAIR E TAMBÉM COLOCAR MAIS UM POSTE DE ILUMINAÇÃO NA RUA ERONDINA C. ESTOK QUE ENCONTRA-SE MUITO ESCURA, SENDO QUE É OUTRA OPÇÃO DE PASSAGEM PARA OS MORADORES DESTE LOCAL.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL VEJA A VIABILIDADE DE EQUIPAR A CÂMARA MUNICIPAL COM OS COMPUTADORES PORTÁTEIS PARA OS VEREADORES E COM DUAS TVS MONITORES</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL VEJA A VIABILIDADE DE CONTRATAR HISTORIADORES DO MUNICÍPIO PARA QUE OS MESMOS POSSAM RESGATAR A HISTÓRIA DE TODOS OS LEGISLADORES MUNICIPAIS QUE JÁ PASSARAM POR ESTA CASA. APÓS, EM HOMENAGEM AOS ETERNOS EDIS, QUE SEJA DISPONIBILIZADO NO SITE DA CÂMARA UMA PÁGINA COM SUA HISTÓRIA PARLAMENTAR</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE SAÚDE, ENTRE EM CONTATO COM O HOSPITAL DE ESPERA FELIZ PARA JUNTOS ANALISAREM OS DOCUMENTOS PENDENTES PARA A LIBERAÇÃO DE RECURSO NO VALOR DE R$ 400.000,00 (QUATROCENTOS MIL, REAIS) DISPONÍVEL NO MINISTÉRIO DA SAÚDE REGISTRO SITUADO NA PROPOSTA N°. 030942/2012.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER REALIZADA EM REGIME DE URGÊNCIA UMA LIMPEZA NO CÓRREGO DO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE LIMPAR AS CAIXAS DE CONTENÇÃO QUE FICAM LOCALIZADAS NO MORRO DO DJALMA, QUE DÁ ACESSO Á CACHOEIRA DO VALE A PENA, EM SÃO DOMINGOS</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE DO CÓRREGO DO CHINELO, PRÓXIMA À PROPRIEDADE DA SRA. JACIRA, VIÚVA DO JOSÉ RIBEIRO, AMPLIANDO COM A COLOCAÇÃO DE MAIS MANILHAS E TAMBÉM ATERRANDO AS CABEÇAS DESTA PONTE</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MELHORAR A REDE DE ESGOTO DA RUA DONA DONÁRIA EM REGIME DE URGÊNCIA, TENDO VISTO QUE O ESGOTO ESTÁ VOLTANDO NAS RESIDÊNCIAS.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1934/1934_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1934/1934_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL EM ATENÇÃO ESPECIAL AO FINAL DE ANO,ÉPOCA DE FESTEJOS NATALINOS E DE PREPARAÇÃO PARA UM NOVO ANO VEJA A VIABILIDADE DE PROMOVER PARCERIAS COM O CRAS, ASSOCIAÇÃO COMERCIAL, CLUBES DE SERVIÇO, ESCOLAS, IGREJAS, ENTRE OUTROS PARA ORNAMENTAÇÕES E FESTEJOS, CRIANDO OPORTUNIDADES DE EVENTOS E DE UM CLIMA DE AMOR E PAZ. QUE O EXECUTIVO DÊ A DEVIDA ATENÇÃO A ESTA INDICAÇÃO OBSERVANDO AINDA QUE É O SEU ÚLTIMO ANO DE GOVERNO E, QUE POSSA DEIXAR ESTE PRESENTE PARA O POVO DE ESPERA FELIZ; POIS, INDEPENDENTE DE QUER QUE SEJA O PRÓXIMO PREFEITO, OBSERVANDO QUE PODE ATÉ SER O ATUAL, UMA VEZ QUE CONCORRE À REELEIÇÃO, MAS, QUE NESTE ANO EM ESPECIAL, POSSA O ATUAL CHEFE DO PODER EXECUTIVO DEIXAR ESTA MARCA DE PROMOÇÃO DE SUSTENTABILIDADE E DE DESENVOLVIMENTO CULTURAL E TURÍSTICO.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf</t>
   </si>
   <si>
     <t>1 -QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS COM APOIO DA ENGENHARIA MUNICIPAL VIABILIZE OS ESTUDOS NECESSÁRIOS PARA CONSTRUÇÃO DE REDE PLUVIAL NA RUA JOÃO SEBASTIÃO DE AMORIM ENTRE RESTAURANTE SCORPIUS E A IGREJA PRESBITERIANA PARA EVITAR O ALAGAMENTO DESTE TRECHO CONFORME ACONTECEU NA ÚLTIMA CHUVA NO INÍCIO DO MÊS. 2 - QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS COM APOIO DA ENGENHARIA MUNICIPAL VIABILIZE OS ESTUDOS NECESSÁRIOS PARA CONSTRUÇÃO DE REDE PLUVIAL NA RUA FIORAVANTE PADULA ENTRE A CASA DE JUIZ E PROMOTOR E LOJA DUJUCA E VERTELE MÓVEIS PARA EVITAR O ALAGAMENTO E SUJEIRA COM BARRO E POEIRA QUE VEM ACONTECENDO DEVIDO ÀS ÁGUAS QUE ESCOAM DO ANEL RODOVIÁRIO NO QUINTAL DA CASA DO SENHOR PEDRO DE OLIVEIRA E AGORA, DEPOIS DAS ESCAVAÇÕES NO TERRENO AO LADO DA CASA DA SENHORA SUELI CÂNDIDO NACARATI.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL OBSERVE COM ATENÇÃO O TEXTO ABAIXO: PORTAL NOTÍCIAS DA ASSEMBLEIA LEGISLATIVA; 13 DE SETEMBRO DE 2012; MEIO AMBIENTE; MINAS DEVE CONTAR COM R$ 900 MILHÕES PARA PREVENIR ENCHENTES; DOS R$ 19 BILHÕES LIBERADOS PELO GOVERNO FEDERAL PARA O PLANO NACIONAL DE GESTÃO DE ÁREAS DE RISCO, CERCA DE R$ 900 MILHÕES DEVERÃO SER DESTINADOS A MINAS GERAIS. ESSES RECURSOS SERÃO UTILIZADOS NA EXECUÇÃO DE PROJETOS DE PREVENÇÃO E COMBATE AOS EFEITOS DE INUNDAÇÕES EM SETE CIDADES: BELO HORIZONTE, BETIM, CONTAGEM (REGIÃO METROPOLITANA), MURIAÉ (ZONA DA MATA), SANTA RITA DO SAPUCAÍ, ITAJUBÁ E POUSO ALEGRE (SUL DE MINAS). AS INFORMAÇÕES FORAM APRESENTADAS NA REUNIÃO DA COMISSÃO ESPECIAL DAS ENCHENTES DA ASSEMBLEIA LEGISLATIVA DE MINAS GERAIS DESTA QUINTA-FEIRA (13/9/12) PELO CONSULTOR AMBIENTAL PAULO AVELAR E PELO SUBSECRETÁRIO DE INFRAESTRUTURA DA SECRETARIA DE ESTADO DE TRANSPORTES E OBRAS PÚBLICAS (SETOP), BRUNO OLIVEIRA ALENCAR; DE ACORDO COM O SUBSECRETÁRIO, AS AÇÕES SERÃO FOCADAS EM DUAS VERTENTES: A PREVENTIVA, COM A EXECUÇÃO DE ESTUDOS E PROJETOS, INTERVENÇÕES NOS LEITOS DE RIOS E CONTENÇÃO DE ENCOSTAS; E A CORRETIVA, COM A RECUPERAÇÃO DE TRECHOS RODOVIÁRIOS E OUTRAS ÁREAS AFETADAS E A RECONSTRUÇÃO DE PONTES, ENTRE OUTRAS INICIATIVAS; ESSES MUNICÍPIOS FORAM CONTEMPLADOS POR JÁ POSSUÍREM PROJETOS PARA AS OBRAS. A INCAPACIDADE DA GRANDE MAIORIA DAS CIDADES MINEIRAS DE APRESENTAREM SEUS PRÓPRIOS PROJETOS E, ASSIM, NÃO PODEREM CONTAR COM RECURSOS PARA AS INTERVENÇÕES NECESSÁRIAS PARA PREVENIR DESASTRES AMBIENTAIS É UMA DAS PREOCUPAÇÕES DA COMISSÃO. POR ISSO, SEU PRESIDENTE, DEPUTADO ARLEN SANTIAGO (PTB), TEM SUGERIDO A CRIAÇÃO DE UMA &amp;#8220;CENTRAL DE PROJETOS&amp;#8221;, FORMADA POR TÉCNICOS DAS PREFEITURAS E DO GOVERNO ESTADUAL, DE FORMA QUE OS MUNICÍPIOS POSSAM SER CONTEMPLADOS COM VERBAS PARA AS OBRAS; SANTIAGO COMEMOROU, NO ENTANTO, A NOTÍCIA DE QUE, DESDE O ÚLTIMO DIA 4 DE SETEMBRO, COMEÇARAM REUNIÕES QUINZENAIS DE VÁRIOS ÓRGÃOS ESTADUAIS, REFORÇADA PELA PRESENÇA DA DEFESA CIVIL NACIONAL, COM O OBJETIVO DE PLANEJAR AS AÇÕES PARA O PERÍODO CHUVOSO QUE SE APROXIMA. &amp;#8220;ESSA SUGESTÃO FOI DADA PELA COMISSÃO NO INÍCIO DOS NOSSOS TRABALHOS&amp;#8221;, LEMBROU O PRESIDENTE; EM RELAÇÃO ÀS ENCHENTES QUE AFETARAM O ESTADO EM 2011/12, OS CONVIDADOS DA REUNIÃO LEMBRARAM QUE O VOLUME DE CHUVAS FOI MUITO ACIMA DO ESPERADO PARA O PERÍODO, O QUE PROVOCOU TRAGÉDIAS EM CENTENAS DE MUNICÍPIOS. NADA MENOS QUE 239 CIDADES DECRETARAM SITUAÇÃO DE EMERGÊNCIA. FORAM 16 MIL CASAS DANIFICADAS, 18 MIL QUILÔMETROS DE ESTRADAS DESTRUÍDOS, 886 PONTES DESTRUÍDAS, 9.500 PESSOAS DESABRIGADAS, 6.321 FERIDOS E 20 MORTOS EM DECORRÊNCIA DAS CHUVAS. PARA REDUZIR ESSES NÚMEROS AO MÍNIMO POSSÍVEL, A COMISSÃO ESTÁ BUSCANDO AS PROVIDÊNCIAS PREVENTIVAS JUNTO AOS ÓRGÃOS FEDERAIS E ESTADUAIS ENVOLVIDOS COM A QUESTÃO DAS ENCHENTES. UM RELATÓRIO CONTENDO UM DIAGNÓSTICO DOS RISCOS E AS SUGESTÕES DE AÇÃO SERÁ ENTREGUE AO GOVERNO ESTADUAL AO FINAL DOS TRABALHOS. MINAS TEM 45 BARRAGENS DE REJEITOS SEM GARANTIA DE SEGURANÇA. OS DEPUTADOS FICARAM ALARMADOS COM A INFORMAÇÃO TRAZIDA PELO GERENTE DE RESÍDUOS INDUSTRIAIS E DA MINERAÇÃO DA FUNDAÇÃO ESTADUAL DE MEIO AMBIENTE (FEAM), RENATO TEIXEIRA BRANDÃO. SEGUNDO ELE, DAS 729 BARRAGENS CADASTRADAS PELO ÓRGÃO, 45 NÃO TÊM ESTABILIDADE GARANTIDA PELOS SEUS AUDITORES. ISSO NÃO SIGNIFICA NECESSARIAMENTE QUE ELAS ESTEJAM EM RISCO IMINENTE DE ROMPIMENTO, ESCLARECEU BRANDÃO. EM MUITOS CASOS, A FALTA DE GARANTIA SE DEVE À FALTA DE DOCUMENTAÇÃO OU MESMO DE INSPEÇÃO DAS ESTRUTURAS. O REPRESENTANTE DO CORPO DE BOMBEIROS, CAPITÃO EDUARDO CHAGAS RIBEIRO, NÃO SOUBE INFORMAR SE ESSAS 45 BARRAGENS ESTÃO INCLUÍDAS NO CADASTRO DAS QUE SÃO INSPECIONADAS REGULARMENTE PELA CORPORAÇÃO. A DEPUTADA LIZA PRADO (PSB) QUESTIONOU O FATO DE ESSAS REPRESAS ESTAREM EM FUNCIONAMENTO MESMO SEM GARANTIA DE SEGURANÇA PARA A POPULAÇÃO E AO MEIO AMBIENTE. BRANDÃO PONDEROU QUE, ATÉ AGOSTO DESTE ANO, 20 DESSAS 45 BARRAGENS FORAM VISITADAS PELO ÓRGÃO E QUE, ATÉ O FINAL DO ANO, TODAS ELAS TERÃO SIDO INSPECIONADAS. MAS A GARANTIA DE SEGURANÇA PASSA NÃO APENAS PELA VISITA, MAS TAMBÉM PELA APROVAÇÃO DE LAUDOS TÉCNICOS E PELA DOCUMENTAÇÃO COMPROVANDO A EXECUÇÃO DAS INTERVENÇÕES NECESSÁRIAS PARA EVITAR ROMPIMENTO, BEM COMO A MANUTENÇÃO DOS INSTRUMENTOS DE MEDIÇÃO E CONTROLE, CONFORME EXPLICOU O GERENTE DA FEAM. 2 &amp;#8211; QUE DIANTE DO TEXTO APRESENTADO ACIMA VEJA O PODER EXECUTIVO A VIABILIDADE DE CONVOCAÇÃO DA DEFESA CIVIL PARA NOVO MAPEAMENTO DAS ÁREAS DE RISCO DA CIDADE E PLANEJAMENTO DE AÇÕES EM CASO DE POSSÍVEIS CATÁSTROFES DECORRENTES DE INUNDAÇÕES, QUEDAS DE BARRANCOS, ENTRE OUTRAS; PROBLEMAS DO TIPO TÊM ACONTECIDO TODOS OS ANOS E PEGADO DE SURPRESA A ADMINISTRAÇÃO MUNICIPAL POR FALTA DE PLANEJAMENTO DE AÇÕES EM FENÔMENOS NATURAIS COMO VENDAVAL, CHUVAS INTENSAS QUE PROVOCAM CHEIAS, DESMORONAMENTO DE ENCOSTAS, QUEDAS DE ÁRVORES E OUTROS, ASSIM, QUE O EXECUTIVO TOME AS MEDIDAS JUNTAMENTE COM AS SECRETARIAS MUNICIPAIS DE MEIO AMBIENTE, OBRAS, ADMINISTRAÇÃO E PLANEJAMENTO PARA O DEVIDO PLANEJAMENTO DE MEDIDAS NO CASO DESTES FENÔMENOS. DESTA FORMA, QUE SE FAÇA OBSERVAR TODA A DOCUMENTAÇÃO NECESSÁRIA PARA REALIZAÇÃO DE OBRAS, DE RECEBIMENTO DE AJUDAS PARA QUE EM POSSÍVEL CATÁSTROFE NÃO VENHA A MUNICIPALIDADE SER PEGA NOVAMENTE DE SURPRESA. ATÉ MESMO, PORQUE NÃO ADIANTA APENAS FAZER DECRETOS DE EMERGÊNCIA SE NÃO EXISTIR PLANEJAMENTO E PREVENÇÃO.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE OU PLACAS INDICATIVAS NA RUA MARIA GUILHERMINA NO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, EM FRENTE A ESCOLA ESTADUAL FAZENDA PARAÍSO.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MANILHAR OU FAZER A CANALETA E O CALÇAMENTO DA RUA FRANCISCO MAIA, INICIANDO NA RUA HENRIQUE MAIA EM SÃO SEBASTIÃO DA BARRA</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PODAR OU SE NECESSÁRI O CORTAR 01 (UMA) ÁRVORE QUE FICA LOCALIZADA NA RUA DONA FILOMENA, PRÓXIMO À RESIDÊNCIA DE N. 10 DO SR. SEBASTIÃO FARINHADA, E TAMBÉM APROVEITANDO O ENSEJO LIMPAR E REFORMAR O BUEIRO EXISTENTE NESTE MESMO LOCAL.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER IMPLANTADO UM PSF NO ASSENTAMENTO QUE FICA LOCALIZADO NA COMUNIDADE DA VARGEM ALEGRE.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR TELA DE PROTEÇÃO NAS LATERAIS DO PONTILHÃO QUE DÁ ACESSO AO MUNICÍPIO DE CAIANA E REGIÃO</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE E DE MEIO AMBIENTE ANALISEM CRITERIOSAMENTE A REAL NECESSIDADE DE UM SERVIÇO EFICIENTE DE COMBATE AOS INSETOS COMO PERNILONGOS, AEDES AEGYPTI, BARATAS, ETC; E PARA ISSO, VENHO INDICAR AO EXCELENTÍSSIMO PREFEITO QUE DETERMINE OS ESTUDOS PARA USO DO "FUMACÊ" NOS BAIRROS DA CIDADE E RUAS CENTRAIS A FIM DE ELIMINAR COM ESTES MOSQUITOS QUE JÁ ESTÃO EM GRANDE NÚMERO CONCENTRADOS NOS BUEIROS E MATAGAIS EM TORNO DA CIDADE, COMO NA BEIRA RIO E NOS CÓRREGOS QUE CORTAM A CIDADE. NESTE SENTIDO, DE ESTUDO DESTA VIABILIDADE QUE SEJA ANALISADA A POSSIBILIDADE DO PRODUTO DETETIZADOR SER APLICADO NOS BUEIROS EXISTENTES OBSERVANDO QUE A FUMAÇA ALCANÇARÁ TODA A EXTENSÃO DA REDE. OUTRA INDICAÇÃO, QUE SEJA ANALISADA A POSSIBILIDADE DE USAR A CREOLINA (DESINFETANTE, BACTERICIDA) EM DOSAGEM ADEQUADA NOS BUEIROS.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROIBIR O ESTACIONAMENTE AO LADO DAS CASAS RESIDENCIAIS E COMERCIAIS QUE FICAM LOCALIZADAS NA RUA DO CONTORNO (TREVO DO ROMILDO), A PARTIR DO PORTAL VEÍCULOS NO SENTIDO RESTAURANTE PICANHA.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A POSSIBILIDADE DE ARRUMAR UM TRECHO DE TELA QUE FICA PRÓXIMA À CRECHE KLABIM E O PORTÃO PRINCIPAL DA CRECHE.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/314/314_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/314/314_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE FAZER REDE DE ESGOTO E DE ÁGUA (PLUVIAL) E TAMBÉM CALÇAMENTO DA LADEIRA TROPICAL</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEM INDICAR O NOME DO SR. ELVIS PRESLEY ROSEMBARQUE, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEM INDICAR O NOME DA SRA. LUCIANA VENTURA BATISTA, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ ESPERAFELICENSE</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. DEDIER CABRAL PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR O TELHADO DA ANTIGA ESCOLA DO SÃO JOSÉ, SE POSSÍVEL TROCANDO TODAS AS TELHAS POR NOVAS, TENDO VISTA QUE ENCONTRAM-SE EM UM ESTADO LASTIMÁVEL.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SEREM COLOCADOS POSTES NO TRECHO COMPREENDIDO DO ASFALTO BR 482 AO BAIRRO DO WALTAIR, ESTENDENDO ATÉ A RUA ERONDINA C. ESTOQUE.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR OS NOMES DOS ILUSTRÍSSIMOS DR. JOSÉ EMÍLIO AFONSO - ASSESSOR POLÍTICO DO GOVERNADOR DE MINAS GERAIS; DR. FÁBIO JOÃO PINHEIRO - DIRETOR DE MICROCRÉDITO DE SECRETARIA DE TRABALHO E EMPREGO DO ESTADO DE MINAS GERAIS; DRA. CRISTIANE CAMPOS AMORIM BARONY - PROMOTORA DE JUSTIÇA DA COMARCA DE CARANGOLA/MG, PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO(A) ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO CASAL MANOEL REGINALDO AMORIM E VIVIANE DEBOSAN DA SILVA AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO TENENTE DA POLÍCIA MILITAR SR. LUIZ FABIANE HOTT</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO SR. GABRIEL ROCHA DE SOUZA</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO JEFERSON DE PAULA LIMA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. SEBASTIÃO ROBERTO QUINTÃO (BEBETO), PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O SR. SIDNEI LOPES PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A SRA. MARILEI FRAUCHES DE CASTRO - COORDENADORA DO CEMEI NOSSO LAR - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL, PELOS RELEVANTES SERVIÇOS PRESTADOS À ÁREA EDUCACIONAL DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. EDMAR PINHEIRO LANES E DEMAIS MEMBROS DA DIRETORIA DO HOSPITAL DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. NATAL PEREIRA MARQUES, PELOS RELEVANTES SERVIÇOS PRESTADOS NA PASTORAL DA SAÚDE DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ADÃO DIVINO VIEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS NA PASTORAL DA SAÚDE NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS AO DR. JOSÉ CARLOS BOLSONI - DELEGADO REGIONAL DA 6 REGIÃO DE POLÍCIA CIVIL</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO ELIAS ARMANDES DE SOUZA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO LEGISLATIVO MUNICIPAL</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRE EMPRESÁRIO SR. VALDO MATARAZZO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O MOTOCICLISTAS FALCÕES DA MONTANHA PELA ORGANIZAÇÃO DO V ENCONTRO NACIONAL DOS MOTOCICLISTAS</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O EMPRESÁRIO ADRIAN CARLOS, PELA EFICIÊNCIA E QUALIDADE EM SEUS EVENTOS</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O CANTOR BETO KAUÊ, PELA MOTIVAÇÃO, QUALIDADE E BOM SENSO EM SUAS APRESENTAÇÕES MUSICAIS</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O EXCELENTÍSSIMO DEPUTADO FEDERAL SR. RENZO DO AMARAL BRAZ,  PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O MESTRE EM EDUCAÇÃO PROFESSOR RENATO MOTTA NACARATTI, PELOS RELEVANTES SERVIÇOS PRESTADOS À ÁREA EDUCACIONAL DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O TIME DE VÔLEI DE ESPERA FELIZ QUE FICOU EM SEGUNDO COLOCADO NOS JOGOS ESCOLARES DE MINAS E TAMBÉM PARA OS TREINADORES MARINA MONTEIRO CABRAL E LEONARDO DE MOURA FURTADO</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A JUSTIÇA ELEITORAL - TRE/MG, PELOS 80 ANOS DE SUA CRIAÇÃO</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA FUNCIONÁRIO DA CEMIG SR. WESLY BARBOSA M. AZEVEDO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O BANCO SICOOB PELOS 25 ANOS DE SUA CRIAÇÃO, PRESTANDO RELEVANTES SERVIÇOS À POPULAÇÃO.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. RODRIGO DESPACHANTE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O MOTOCLUBE ÁGUIA DE CRISTO PELO TERCEIRO ENCONTRO NACIONAL DE MOTOCICLISTAS EVANGÉLICOS</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O GRUPO DE JOVENS DO BAIRRO JOÃO DO ROQUE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ADEVALDO GONÇALVES DE SOUZA PELA EDIÇÃO DO LIVRO "DE TUDO UM POUCO"</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA OS JOVENS PARLAMENTARES DO NOSSO MUNICÍPIO, PELA SERIEDADE E COMPROMETIMENTO QUE DEMONSTRARAM EM PARTICIPAR DO PROJETO PARLAMENTO JOVEM DE MINAS EDIÇÃO 2012, QUE DESENVOLVE HABILIDADES POLÍTICAS NOS NOSSOS JOVENS</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA AS COORDENADORAS DO PARLAMENTO JOVEM, EDIÇÃO 2012, NO MUNICÍPIO DE ESPERA FELIZ - SERVIDORAS PÚBLICAS - MARIA CANDIDA GRILLO RAMOS E LÍVIA NOGUEIRA, PELO BRILHANTISMO QUE CONDUZIRAM A IMPLANTAÇÃO DESTE PROJETO NO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JUAREZ DE OLIVEIRA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>Robinho Lacerda, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OSMAR GOMES, OZIEL GOMES, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ALTAMIRO NOGUEIRA NEVES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SAMUEL DE SOUZA LEITE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O RENOMADO ROTARY CLUBE, PELO EMPENHO E DEDICAÇÃO DA CAMPANHA REALIZADA EM PROL DO HOSPITAL DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O RENOMADO CLUBE ARCA, PELO EMPENHO E DEDICAÇÃO DA CAMPANHA REALIZADA EM PROL DO HOSPITAL DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A RENOMADA BANDA FORRÓ ZUÁ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A RENOMADA DUPLA JOSÉ PAULO E THIAGO DO ACORDEON, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A RENOMADA DUPLA PAULINHO E LEONARDO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A RENOMADA BANDA CHAMEGO DE MENINA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A RENOMADA BANDA BIM PEIXOTO E BANDA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO PARA A RENOMADA BANDA AILSON E BANDA REENCONTRO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO PARA A RENOMADA BANDA REP WHAIT ROCK, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO PARA A RENOMADA BANDA CONTRA-REGRA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SEBASTIÃO FARINHADA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO JOVEM ALAN MOREIRA, PELA ATENÇÃO, DEDICAÇÃO E PROFISSIONALISMO NO ATENDIMENTO FARMACÊUTICO À POPULAÇÃO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">MOÇÃO DE APLAUSOS PARA A RENOMADA BANDA JOÃOZINHO GARGANTA DE OURO E MARQUINHOS DOS TECLADOS, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO E REGIÃO NA ÁREA DE ENTRETENIMENTO MUSICAL </t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O TIME DE FUTEBOL DO PARAÍSO, PELA VITÓRIA EM SEGUNDO QUADRO NO CAMPEONATO RURAL DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O TIME DE FUTEBOL DO SÃO JOÃO DA FARINHA, POR TER FICADO EM PRIMEIRO LUGAR NO CAMPEONATO RURAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. DEDIER CABRAL BATISTA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS INTEGRANTES DO CLUBE DOS TRINTA, PELA REALIZAÇÃO DO EVENTO BENEFICENTE EM PROL DO HOSPITAL DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JUAREZ LIMA DE MORAES, PELA PARTICIPAÇÃO ATIVA NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL, A FIM DE ESTAR A PAR DAS TRAMITAÇÕES QUE VÃO AO ENCONTRO DOS ANSEIOS DA COMUNIDADE.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO EDUCADOR RAFAEL BARBOSA DIAS, PELA PARTICIPAÇÃO ATIVA NO PROJETO PARLAMENTO JOVEM DE MINAS EDIÇÃO 2012, NO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL MARCO ANTÔNIO PINTO DA ROCHA E SHEILA AMORIM NATALINO, PELA PARTICIPAÇÃO ATIVA NAS REUNIÕES ORDINÁRIAS DA CÂMARA MUNICIPAL, A FIM DE ESTAREM A PAR DAS TRAMITAÇÕES QUE VÃO AO ENCONTRO DOS ANSEIOS DA COMUNIDADE</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA JOSELIANA MARIA RODRIGUES NUNES, PELOS RELEVANTES SERVIÇOS PRESTADOS À ÁREA EDUCACIONAL DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ANTÔNIO PERES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, REQUER QUE, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A RENOMADA ESCOLA ESTADUAL INTERVENTOR JÚLIO DE CARVALHO, POR TER RECEBIDO O PRÊMIO GESTÃO ESCOLAR/DESTAQUE REGIONAL 2012 E POR TER SIDO DESTAQUE NO ÍNDICE DE DESENVOLVIMENTO NA EDUCAÇÃO BÁSICA (IDEB) E NO PROGRAMA DE AVALIAÇÃO DA ALFABETIZAÇÃO (PROALFA) </t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO DR. KIFFER ALVES MORAES, PELOS RELEVANTES SERVIÇOS QUE VÊM PRESTANDO NA ÁREA DE SAÚDE DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1984/1984_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1984/1984_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O CAPÍTULO ESPERA FELIZ N° 595 DA ORDEM DEMOLAY, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1985/1985_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1985/1985_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO COMANDANTE DO 7° PELOTÃO DE MEIO AMBIENTE E TRÂNSITO RODOVIÁRIO DE ESPERA FELIZ - TENENTE XÉRXES ALVES ALBÉFARO FARINI, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A AJUDA FINANCEIRA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DO ATENDIMENTO HOMEOPÁTICO NAS UNIDADES BÁSICAS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO À ADMINISTRAÇÃO MUNICIPAL A PRORROGAR ALVARÁS DE LICENÇA PARA CONSTRUIR.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA MUNICIPAL DE INCENTIVO AS INDÚSTRIAS CASEIRAS.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE OFICINAS COOPERATIVAS E COMUNIDADES PRODUTIVAS DESTINADAS A POPULAÇÃO DESEMPREGADA.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PARCERIAS PARA IMPLANTAÇÃO, CONSERVAÇÃO E RECUPERAÇÃO DAS ÁREAS VERDES, PARQUES, PRAÇAS PÚBLICAS, JARDINS E CANTEIROS CENTRAIS DE AVENIDAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO NO MUNICÍPIO DO PROGRAMA DE TROCA ECOLÓGICA.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INTITUIÇÃO DO PROGRAMA "LIMPEZA - SUA CIDADE SUA CASA".</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATOTIEDADE DE CADEIRA DE RODAS NOS CEMITÉRIOS E VELÓRIOS DO MUNICÍPIO PARA O USO DE DEFICIENTES FÍDICOS.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO "DIA MUINICIPAL DO PATRIMÔNIO HISTÓRICO E CULTURAL".</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA ESCOLA DE ARTES DA TERCEIRA IDADE.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANTIO DE ÁRVORES E RESERVA DE ÁREA PERMIÁVEL EM NOVAS EDIFICAÇÕES.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO PARA CRIAR O CONSELHO MUNICIPAL DE PESQUISAS E CUSTOS.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO. </t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO NOS CONTEÚDOS PROGRAMÁTICOS DA REDE MUNICIPAL DE ENSINO ORIENTAÇÃO DE PREVENÇÃO A DENGUE.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROGRAMA DE PROMOÇÃO DO TRABALHO E REQUALIFICAÇÃO PROFISSIONAL DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DE PROGRAMA PERMANENTE DE APOIO AOS PRODUTORES HORTIFRUTIGRANJEIROS.</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SUSPENSÃO DE ATIVIDADE DE ESTABALECIMENTOS POR TRINTA DIAS QUANDO OCORRE A PRÁTICA OU EXERCÍCIO DE ATIVIDADES ILEGAIS EM SUAS DEPENDÊNCIAS.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TRÂNSITO.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO MANUAL DE ORIENTAÇÃO AOS PEDESTRES.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O USO DE PASSEIO PÚBLICO OU CALÇADA COM O PISO COMPLETAMENTE LISO.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS EMPRESAS DE TELEFONIA CELULARES PROCEDEREMMEDIÇÕES DE IRRADIAÇÃO DE MICRO-ONDAS DAS SUAS ESTAÇÕES RÁDIO-BASES.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A RECOMPOSIÇÃO E AUMENTO DE VENCIMENTOS, PROVENTOS E PENSÕES PARA OS SERVIDORES DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>OZIEL GOMES, CLAUDIO VALENTIM, OSMAR GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPÕE O SUBSÍDIO DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A RECOMPOSIÇÃO E ALMENTO REAL DOS VENCIMENTOS DOS SERVIDORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf</t>
   </si>
   <si>
     <t>AULTORIZA A CÂMARA MUNICIPAL A PARTICIPAR DO PARLAMENTO JOVEM DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O NÍVEL DO VENCIMENTO DO CARGO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>OZIEL GOMES, CLAUDIO VALENTIM, GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OSMAR GOMES, Robinho Lacerda, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA A UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA LEI Nº 708/05, DE 10 DE OUTUBRO DE 2005.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AJUDA FINANCEIRA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.pdf</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NA CÂMARA MUNICIPAL A LEITURA DE VERSÍCULOS DA BÍBLIA NO INÍCIO DAS REUNIÕES DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL RELATIVAS AO EXERCÍCIO DE 2005.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf</t>
   </si>
   <si>
     <t>OFICIALIZA O TRAJE DOS PARLAMENTARES DO LEGISLATIVO MUNICIPAL EM REUNIÕES.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL RELATIVA AO EXERCÍCIO DE 2010.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SITE "PORTAL DA TRANSPARÊNCIA TOTAL", DA CÂMARA MUNICIPAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA SUBSÍDIOS DO PRESIDENTE DA CÂMARA E DOS VEREADORES PARA A LEGISLATURA QUE SE INICIA EM 1° DE JANEIRO DE 2013.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAR A ESTA CASA DE LEIS QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA SOLUCIONAR O ANTIGO PROBLEMA DA SUPERLOTAÇÃO NO CEMITÉRIO MUNICIPAL SÃO JOÃO BATISTA TENDO EM VISTA QUE NO GOVERNO DE EX-PREFEITO JARDIR VIDAL UMA ÁREA DE APROXIMADAMENTE 2.000 METROS FOI ADQUIRIDA PELA PREFEITURA MUNICIPAL AO LADO DESTE PARA AMPLIAÇÃO. ENTRETANTO, ATÉ O PRESENTE MOMENTO O PODER EXECUTIVO MUNICIPAL NÃO TOMOU NENHUMA MEDIDA PARA QUE ISTO ACONTECESSE, SITUAÇÃO QUE VEM PROVOCANDO TARNSTORNOS E MAIS TRANSTORNOS PARA A POPULAÇÃO.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DO EXTRATO BANCÁRIO CONTENDO O VALOR DO SALDO ATUAL DO FUMPREF - FUNDO MUNICIPAL PREVIDENCIÁRIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTES A EXISTÊNCIA DE PROJETOS QUE BUSQUEM RECURSOS PARA DAR INÍCIO ÀS OBRAS DO MUNICÍPIO: CRATERA IMENSA ABERTA BAIRRO JOÃO DO ROQUE; ALAGAMENTOS DAS RUAS DO CORGUINHO; ALAGAMENTOS NA ÁREA DE LAZER; PÉSSIMO ESTADO DE CONSERVAÇÃO DAS RUAS DO BAIRRO DA COOPERATIVA; PÉSSIMO ESTADO DE CONSERVAÇÃO DA RUA CARANGOLA.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO CONVÊNIO COM A CAIXA ECONÔMICA FEDERAL NO VALOR DE R$ 300.000,00, CONVÊNIO REALIZADO QUANDO FOI TRANSFERIDA A FOLHA DE PAGAMENTO DO BANCO DO BRASIL PARA A CAIXA ECONÔMICIA FEDERAL. INFORMAÇÕES SE ESSE DINHEIRO JÁ FOI REPASSADO PARA O EXECUTIVO MUNICIPAL E EM CASO POSITIVO, ONDE FOI EMPREGADO</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/214/214_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/214/214_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR A ESTA CASA DE LEIS RELAÇÃO DOS NOMES DAS PESSOAS INSCRITAS NO ÚLTIMO CONCURSO PÚBLICO PARA FISCAIS REALIZADO PELO EXECUTIVO MUNICIPAL, RELAÇÃO DOS NOMES DAS 02 PESSOAS A MAIS QUE FIZERAM A PROVA E NÃO ESTAVAM INSCRITOS, RELAÇÃO DOS APROVADOS NO CONCURSO.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA, MILTON DO SINDICATO, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENCAMINHAR A ESTA CASA DE LEIS, ATENDENDO PEDIDO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL E DA COMISSÃO DE ORÇAMENTOS E FINANÇAS, RELATÓRIO DESCREVENDO TODOS OS CREDORES EM RESTO A PAGAR DA PREFEITURA EOS RESPECTIVOS VALORES DOS ANOS DE 2008,2009, 2010, 2011 E JANEIRO DE 2012.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/316/316_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/316/316_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA DOS ANIMAIS - COMDEA</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, LUIZ CARLOS MARINETI, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/246/246_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/246/246_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO FOCO DO MOSQUITO DA DENGUE OCORRIDO NO NOSSO MUNICÍPIO NO ANO DE 2011, COMUNICANDO SE AUMENTOU, DIMINUIU OU ESTÁ ESTABILIZADO</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/357/357_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/357/357_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE COLOQUE EM VOTAÇÃO NESTA CASA DE LEIS LICENÇA ESPECIAL PARA SE AUSENTAR DO PAÍS NO PERÍODO DE 14 DE JULHO DE 2012 A 28 DE JULHO DE 2012 POR MOTIVO DE VIAGEM DE CUNHO PARTICULAR. VIAGEM ESTA COM DESTINO À COLÔMBIA E AO MÉXICO. FAÇO OBSERVAR QUE APROVEITEI O PERÍODO DO RECESSO PARLAMENTAR COM ATENÇÃO EM NÃO TRAZER PREJUÍZOS AO FUNCIONAMENTO DESTA CASA DE LEIS, QUE TEM SEU CALENDÁRIO PROGRAMADO PARA O PERÍODO ORA CITADO.	CONTANDO COM O APOIO DOS DEMAIS COLEGAS VEREADORES, AGUARDO PELA DEFERÊNCIA.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE ESPORTE INFORME A ESTA CASA DE LEIS O MOTIVO DA NÃO MANUTENÇÃO DA ILUMINAÇÃO DO GINÁSIO POLIESPORTIVO, LOGRADOURO MUITO UTILIZADO PELOS CIDADÃOS, PRINCIPALMENTE JOVENS E CRIANÇAS.  A TROCA DE LÂMPADAS É UMA NECESSIDADE PARA PERMITIR QUE O ESPAÇO SEJA USADO À NOITE E INCLUSIVE NA QUESTÃO DE SEGURANÇA.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO DETERMINE À SECRETARIA DE EDUCAÇÃO QUE INFORME A ESTA CASA DE LEIS O MOTIVO DE TER REALIZADO A CONSTRUÇÃO DE UMA RAMPA NO PRÉDIO ONDE FUNCIONAVA A SECRETARIA DE EDUCAÇÃO NA RUA PIO XII, SENDO QUE NÃO FORAM OBSERVADOS AS NORMAS TÉCNICAS E DE SEGURANÇA, TENDO FICADO ÍNGREME, POIS, SOMENTE  TAPARAM OS DEGRAUS DA ANTIGA ESCADA QUE DAVA ACESSO AO SEGUNDO PAVIMENTO</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO DA PREFEITURA NÃO TER USADO O RECURSO DISPONIBILIZADO PELA CAIXA ECONÔMICA FEDERAL NO VALOR DE R$300.000,00 (TREZENTOS MIL REAIS) PROVENIENTE DO CONTRATO DE SERVIÇOS DA CAIXA COM A PREFEITURA, E QUE SEJA INFORMADO TAMBÉM QUAL O PROJETO DA PREFEITURA PARA USO DESTE RECURSO</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE A SITUAÇÃO DO &amp;#8220;ATERRO SANITÁRIO&amp;#8221; DESTE MUNICÍPIO, INCLUSIVE SOBRE ANOTAÇÕES E FISCALIZAÇÕES DA FEAM, OBSERVANDO QUE A PARTIR DE AGORA QUE O CHEFE DO PODER EXECUTIVO RESPONDE CRIMINALMENTE CASO ESTES DEPÓSITOS ESTEJAM FORA DAS NORMAS</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, INFORME A ESTA CASA DE LEIS, QUAL O MOTIVO DA PREFEITURA NÃO TER ENVIADO AO SETOP ATÉ O PRESENTE MOMENTO TODA A DOCUMENTAÇÃO DO PROJETO PARA REALIZAÇÃO DA TÃO ESPERADA SOLUÇÃO DO PROBLEMA DO BURACO NO BAIRRO DO ROQUE E OUTROS</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAL A DATA PREVISTA PARA INAUGURAÇÃO DAS SEGUINTES OBRAS: CAPELA MORTUÁRIA; FARMÁCIA DE MINAS</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIAS DAS NOTAS FISCAIS DOS VEÍCULOS ADQUIRIDOS PELO EXECUTIVO MUNICIPAL, LISTADOS ABAIXO: 01 PATROLA; 02 RETROESCAVADEIRA; 01 CAMINHÃO COMPACTADOR DE LIXO; 02 CAMINHÕES BASCULANTES.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS NO PRAZO LEGAL CÓPIA DOS GASTOS REFERENTES AO INFORMATIVO MUNICIPAL, DA PREFEITURA MUNICIPAL DE ESPERA FELIZ &amp;#8211; MG, INTITULADO &amp;#8220;A PREFEITURA QUE FAZ COM TRANSPARÊNCIA&amp;#8221;, MARÇO -2012, ANO 4., PRINCIPALMENTE COM A CÓPIA DA NOTA FISCAL, ORDEM DE PAGAMENTO, E CÓPIA DO CHEQUE DE PAGAMENTO DA IMPRESSÃO DO INFORMATIVO, E, CONSIDERANDO QUE FORAM DISTRIBUÍDOS CERCA DE 10.000 (DEZ MIL) EXEMPLARES DO INFORMATIVO, CONSTANDO TAMBÉM AS DESPESAS REFERENTES À DISTRIBUIÇÃO.; B) OBSERVANDO QUE O REFERIDO INFORMATIVO ACIMA CITADO BEM ILUSTRADO TRAZENDO TODAS AS OBRAS E SEUS VALORES, BEM COMO FOTOGRAFIA  DOS VEÍCULOS E MÁQUINAS COM FOTOGRAFIA ONDE ESTÁ CENTRALIZADO A PESSOA DO PREFEITO MUNICIPAL ALOÍSIO BARBOSA E OUTROS POSANDO PARA A FOTOGRAFIA ILUSTRATIVA DAS AQUISIÇÕES, E CONSTANDO O TEXTO: &amp;#8220;É COM MUITA ALEGRIA E SATISFAÇÃO QUE APRESENTAMOS AO NOSSO POVO AS CONQUISTAS ADVINDAS DE TRÊS ANOS DE GOVERNO DA ADMINISTRAÇÃO 2009/2012. GOVERNANDO COM FELICIDADE. DESEJAMOS A TODOS UM ANO ABENÇOADO&amp;#8221;! ALOÍSIO E RONALDO &amp;#8211; SEM QUALQUER REFERÊNCIA SOBRE A INSTITUIÇÃO &amp;#8220;PREFEITO MUNICIPAL&amp;#8221; OU &amp;#8220;PREFEITURA MUNICIPAL&amp;#8221;,O QUE PODE CARACTERIZAR &amp;#8220;PROMOÇÃO PESSOAL&amp;#8221; COM RECURSO PÚBLICO. E DIANTE DA GRAVIDADE DO ASSUNTO QUE JÁ É ALVO DE ESPECULAÇÃO POPULAR E QUE PODERÁ PROVOCAR INVESTIGAÇÃO POR PARTE ATÉ DO MINISTÉRIO PÚBLICO, REQUEIROTAIS INFORMAÇÕES COM A DEVIDA DOCUMENTAÇÃO SOLICITADA PARA ANÁLISE DESTA CASA, ATRAVÉS DAS COMISSÕES PRÓPRIAS DESTA CASA, OU COMISSÃO ESPECIAL, CASO SEJA CRIADA PARA TANTO.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE OS VALORES ATRIBUÍDOS ÀS REALIZAÇÕES DE OBRAS E COMPRAS DE VEÍCULOS E MÁQUINAS CONSTANTES NO INFORMATIVO MUNICIPAL, INTITULADO &amp;#8220;A PREFEITURA QUE FAZ COM TRANSPARÊNCIA&amp;#8221;, MÊS DE MARÇO -2012 ANO 4, JUSTIFICANDO COM A DOCUMENTAÇÃO PRÓPRIA, OU SEJA, COM CÓPIA DOS  RECIBOS E  DAS NOTAS FISCAIS DOS VEÍCULOS E MÁQUINAS COMPRADOS, JUNTAMENTE COM CÓPIA DOS CHEQUES; E REFERENTE ÀS OBRAS COMO AS PONTES DO CÓRREGO BOM FIM, R$63.889,05, CÓRREGO DA PEDRA NEGRA &amp;#8211; R$108.335,75, PONTE SÃO JOSÉ &amp;#8211; COMUNIDADE DO TATE &amp;#8211; PARCERIA COM O MUNICÍPIO DE DORES DO RIO PRETO &amp;#8211; APROXIMADAMENTE R$30.000,00, PONTE NA COMUNIDADE DA FURQUILHA DO RIO &amp;#8211; PARCERIA COM O MUNICÍPIO DE DORES DO RIO PRETO &amp;#8211; APROXIMADAMENTE R$20.000,00, PONTE SÃO SEBASTIÃO DA BARRA &amp;#8211; R$2.276.88, SÃO GONÇALO &amp;#8211; R$15.981, LIMOEIRO &amp;#8211; R$22.143,01 E CÓPIA DOS RECIBOS E DAS NOTAS FISCAIS DAS PONTES FEITAS E REFORMADAS, SOMANDO MAIS DE 70 PONTES DE MADEIRA &amp;#8211; APROXIMADAMENTE R$420.000,00 (QUATROCENTOS E VINTE MIL) CONFORME PUBLICADO NO REFERENTE INFORMATIVO, COM A DOCUMENTAÇÃO LICITATÓRIA, ORDEM DE PAGAMENTO E CÓPIA DOS CHEQUES. ISTO, OBSERVANDO OS VALORES CONSTANTESNO RODAPÉ DA FOTOGRAFIA DE CADA OBRA REALIZADA.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA INFORME A ESTA CASA DE LEIS SE O EXECUTIVO MUNICIPAL TEM CONHECIMENTO DA LEI 19.485/2011 &amp;#8211; PRÓ-MACAÚBA, E SE O MUNICÍPIO TEVE OU TEM INTERESSE DE INCENTIVAR OS AGRICULTORES LOCAIS PARA ESTE CULTIVO, OBSERVANDO AS SUAS DIVERSAS POSSIBILIDADES DE GERAÇÃO DE EMPREGO E RENDA</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO MOTIVO DE UMAPARTE GRANDE DOS SERVIDORES PÚBLICOS DO MUNICÍPIO, PRINCIPALMENTE OS EFETIVOS COM MENOR RENDA NÃO TEREM RECEBIDO O REAJUSTE SALARIAL JUNTAMENTE COM OS RETROATIVOS AO MÊS DE JANEIRO, CONFORME CONSTA NA LEI MUNICIPAL N.: 987/2012 QUE FOI SANCIONADA NO DIA 22 DE MARÇO DO CORRENTE</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES A FOLHA DE PAGAMENTO, FAZENDO SABER SE COM O NOVO ÍNDICE DE REAJUSTE DADO AOS SERVIDORES MUNICIPAIS, O LIMITE PERMITIDO POR LEI NÃO FOI ULTRAPASSADO, SABEDOR QUE O PERCENTUAL É DE 54% DA RECEITA CORRENTE LÍQUIDA DOS RECURSOS DA ADMINISTRAÇÃO MUNICIPAL, PERMITIDO PELA LEI DE RESPONSABILIDADE FISCAL (LRF)</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXECUTIVO MUNICIPAL INFORMAÇÕES REFERENTES AO MOTIVO DA COMUNIDADE DO SÃO GONÇALO NÃO ESTAR SENDO BENEFICIADA COM ÁGUA POTÁVEL, UMA VEZ QUE A COPASA JÁ INSTALOU O MECANISMO HÁ TEMPOS; SABEDOR QUE A ÁGUA QUE ABASTECE A COMUNIDADE, BEM COMO AS ESCOLAS E O ESF É DE QUALIDADE MUITO RUIM. ENTÃO, PORQUE TANTA FALTA DE INTERESSE EM BENEFICIAR AQUELA COMUNIDADE?O QUE ESTÁ IMPOSSIBILITANDO ESSE SERVIÇO AO POVO</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE INFORME A ESTA CASA DE LEIS DETALHADAMENTE O NÚMERO DE VEÍCULOS AGREGADOS À PREFEITURA MUNICIPAL DE ESPERA FELIZ, COM INFORMAÇÃO DE PLACAS DOS VEÍCULOS E NOMES DOS PROPRIETÁRIOS DOS MESMOS, BEM COMO, INFORMAR SOBRE AS LICITAÇÕES REALIZADAS PARA A DEVIDA CONTRATAÇÃO DESTES VEÍCULOS.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS A CONTA CORRENTE EM QUE ENCONTRA-SE DEPOSITADA O RECURSO DE R$300.000,00 ORIUNDOS DO CONVÊNIO FIRMADO ENTRE A PREFEITURA MUNICIPAL DE ESPERA FELIZ E CAIXA ECONÔMICA FEDERAL PARA MANUTENÇÃO DAS CONTAS DESTA PREFEITURA; INCLUSIVE ENVIANDO CÓPIAS DO EXTRATO BANCÁRIO RECENTE. SABEDORES QUE SOMOS QUE SE TRATA DE RECURSO DE LIVRE USO PELO PODER EXECUTIVO, ADVIRTO QUE TAMBÉM SE TRATA DE RECURSO PÚBLICO QUE PRECISA O EXECUTIVO PRESTAR CONTAS E INFORMAR AO PODER LEGISLATIVO O SOLICITADO</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf</t>
   </si>
   <si>
     <t>EM OBSERVAÇÃO À ORGANIZAÇÃO ADMINISTRATIVA E CONTÁBIL DESTA PREFEITURA MUNICIPAL QUE TEM EM SEUS ARQUIVOS AS DOCUMENTAÇÕES SOBRE EMPENHOS, GASTOS E PAGAMENTOS, FAÇO O PRESENTE REQUERIMENTO NO SENTIDO DESTA ADMINISTRAÇÃO ENVIAR CÓPIAS DO QUE ABAIXO DESCREVO, OBSERVANDO AINDA, QUE APELO PELO BOM SENSO, TENDO EM VISTA AS DETERMINAÇÕES LEGAIS COM BASE NO ARTIGO 66 DA LEI ORGÂNICA MUNICIPAL EM SEU PARÁGRAFO XIV QUE VERSA SOBRE INFORMAÇÕES NECESSÁRIAS AO TRABALHO DO LEGISLADOR EM PROMOVER O ACOMPANHAMENTO E FISCALIZAÇÃO DE ATOS DO PODER EXECUTIVO, E AINDA COM BASE NO DECRETO LEI Nº201/67, DE 27 DE FEVEREIRO DE 1967. ASSIM, QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE OBRAS E SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO PROCEDA COM AS SEGUINTES INFORMAÇÕES A ESTA CASA DE LEIS COM RELAÇÃO AOS GASTOS COM O COMBUSTÍVEL ÓLEO DIESEL COM ENVIO DOS SEGUINTES DOCUMENTOS: ANO 2009 &amp;#8211; MAPA CONTROLE DE QUILOMETRAGEM, HORAS TRABALHADAS, AUTORIZAÇÕES DE ABASTECIMENTOS E NOTAS FISCAIS REFERENTE A CADA VEÍCULO E MÁQUINA PESADA, DISCRIMINANDO O GASTO COM CADA UM DOS VEÍCULOS E MÁQUINAS; ANO 2010 - MAPA CONTROLE DE QUILOMETRAGEM, HORAS TRABALHADAS, AUTORIZAÇÕES DE ABASTECIMENTOS E NOTAS FISCAIS REFERENTE A CADA VEÍCULO E MÁQUINA PESADA DISCRIMINANDO O GASTO COM CADA UM DOS VEÍCULOS E MÁQUINAS; ANO 2011 - MAPA CONTROLE DE QUILOMETRAGEM, HORAS TRABALHADAS, AUTORIZAÇÕES DE ABASTECIMENTOS E NOTAS FISCAIS REFERENTE A CADA VEÍCULO E MÁQUINA PESADA, DISCRIMINANDO O GASTO COM CADA UM DOS VEÍCULOS E MÁQUINAS; ANO 2012 - MAPA CONTROLE DE QUILOMETRAGEM, HORAS TRABALHADAS, AUTORIZAÇÕES DE ABASTECIMENTOS E NOTAS FISCAIS REFERENTE A CADA VEÍCULO E MÁQUINA PESADA ATÉ O PRESENTE MOMENTO, DISCRIMINANDO O GASTO COM CADA UM DOS VEÍCULOS E MÁQUINAS. (ATÉ O PRESENTE MOMENTO).	2 &amp;#8211; INFORMAR TAMBÉM DISCRIMINADAMENTE OS VEÍCULOS E MÁQUINAS PESADAS QUE ESTÃO EM OPERAÇÃO, BEM COMO OS OBSOLETOS. OBS. A)  &amp;#8220;AS INFORMAÇÕES DE GASTOS DE COMBUSTÍVEIS EM VEÍCULOS AGREGADOS DEVEM VIR SEPARADAMENTE&amp;#8221;. OBS. B) &amp;#8220;QUE A DISCRIMINAÇÃO SE DÊ DE FORMA A IDENTIFICAR O VEÍCULO OU MÁQUINA PELO NÚMERO DA PLACA, DO CHASSI OU OUTRO IDENTIFICADOR PRESENTE NOS MESMOS.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf</t>
   </si>
   <si>
     <t>COM ATENÇÃO ESPECIAL AO DESENVOLVIMENTO E CRESCIMENTO DE NOSSA CIDADE, QUE EU PARTICULARMENTE SOU TOTALMENTE FAVORÁVEL AINDA MAIS QUE A INICIATIVA PRIVADA TEM CONTRIBUÍDO SIGNIFICATIVAMENTENESTE PROPÓSITO E QUE A CIDADE TEM SE DESENVOLVIDO E REALMENTE CRESCIDO E GERADO EMPREGO, URBANIZAÇÃO E SUSTENTABILIDADE APRESENTO O SEGUINTE REQUERIMENTO DE CONTRIBUIR COM A MUNICIPALIDADE EM TODOS ESTES QUESITOS DE GRANDE IMPORTÂNCIA PARA O POVO, MAS, TAMBÉM, PROCURANDO VERIFICAR SE OS MECANISMOS DE SEGURANÇA PARA O PROCESSO DO DESENVOLVIMENTO SUSTENTÁVEL ESTÁ SENDO APLICADO, UMA VEZ QUE O NOSSO PLANO DIRETOR  ESTIVESSE REGULAMENTADO,  JUNTAMENTE COM O CÓDIGO DE POSTURA E DE OBRAS ADEQUADOS À REALIDADE TUDO ESTARIA MUITO BEM EXPLICADO. ASSIM, OBSERVANDO PASSO A REQUERER: QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE AS OBRAS DE ESCAVAÇÃO DE ÁREA DE TERRENO NAS PROXIMIDADES DO POSTO TREVO EM FRENTE AO PORTAL DE ENTRADA DA CIDADE DE ESPERA FELIZ E CONSECUTIVAMENTE NO ATERRO AO LADO DO REFERIDO POSTO, TAMBÉM EM FRENTE AO PORTAL, E ÀS MARGENS DO RIO SÃO JOÃO. ASSIM, O PRESENTE REQUERIMENTO VISA TRAZER AO CONHECIMENTO DESTA CASA QUAIS DOCUMENTAÇÕES QUE POSSIBILITARAM AOS RESPONSÁVEIS PELA ESCAVAÇÃO E ATERRO A REALIZAÇÃO DOS SERVIÇOS. E NA OPORTUNIDADE REQUEIRO TAMBÉM SOBRE A SITUAÇÃO DA ÁREA SER REGIÃO RURAL OU URBANA; QUE NESTE MESMO SENTIDO INFORME EM ESPECIAL SE A PREFEITURA MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, SECRETARIA MUNICIPAL DE OBRAS E DEPARTAMENTO DE ENGENHARIA ESTÁ ACOMPANHANDO ESTE SERVIÇO, POIS, CONSIDERANDO O ATERRO ÀS MARGENS DO RIO SUPRA CITADO, DEVIDO AO GRANDE VOLUME DE TERRA VÊ QUE É NECESSÁRIO GRANDE OBRA DE CONTENÇÃO DAS TERRAS EM CASO DE FORTES CHUVAS, POIS, AS ÁGUAS LEVARIAM GRANDE QUANTIDADE DE TERRA PARA O RIO PROVOCANDO O SEU ASSOREAMENTO O QUE  PODE COMPROMETER TODA POPULAÇÃO RIBEIRINHA, SEM DEIXAR DE FALAR NOS DANOS AMBIENTAIS</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE TURISMO INFORME A ESTA CASA DE LEIS, COM ENVIO DE CÓPIAS DE TODOS OS EMPENHOS E PAGAMENTOS EFETUADOS NOS MESES DE JANEIRO, FEVEREIRO, MARÇO, ABRIL, MAIO, JUNHO, JULHO, AGOSTO, SETEMBRO, OUTUBRO, NOVEMBRO E DEZEMBRO DE 2011, BEM COMO, DOS MESES DE JANEIRO, FEVEREIRO, MARÇO E ABRIL DE 2012. FORNECENDO TAMBÉM OS EXTRATOS BANCÁRIOS DAS CONTAS CORRENTES REFERENTES ÀS CONTAS DESTA SECRETARIA NOSMESMOS PERÍODOS ACIMA DESCRITOS;</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OBSERVANDO O LOTEAMENTO DENOMINADO &amp;#8220;NOVA ESPERANÇA&amp;#8221; QUE JÁ SE ENCONTRA EM FASE ADIANTADA E TENDO EM VISTA QUE O PROJETO ESTÁ SOB ANÁLISE DESTA CASA DE LEIS, E CONSIDERANDO QUE SE TRATA DE MATÉRIA DE GRANDE IMPORTÂNCIA PARA A MUNICIPALIDADE E PARA O CRESCIMENTO E DESENVOLVIMENTO E, EM ATENÇÃO DE QUE SE TRATA DE UM LOTEAMENTO PARTICULAR QUE DEVE SEGUIR OS TRÂMITES LEGAIS COM APRESENTAÇÃO DE TODA A DOCUMENTAÇÃO REFERENTE À LEGALIZAÇÃO DO MESMO. ASSIM SENDO, E COM ATENÇÃO ESPECIAL À FUNÇÃO LEGISLATIVA DE FISCALIZAR E CONTRIBUIR COM O PROGRESSO E DESENVOLVIMENTO DA CIDADE, FAÇO OBSERVAR ALGUMAS QUESTÕES QUE PREOCUPAM TODA A POPULAÇÃO RIBEIRINHA QUE SOFRE COM AS CHEIAS DO RIO SÃO JOÃO E COM ALAGAMENTOS EM RUAS CENTRAIS; POIS, É OPORTUNO DESTACAR QUE A TERRA RETIRADA DO LOTEAMENTO ACIMA DESCRITO UTILIZADA NO ATERRO  ÀS MARGENS  DO CÓRREGO QUE CORTA O BAIRRO DO ROQUE E SEM OBSERVÂNCIA À PROTEÇÃO REAL, LEGAL E SATISFATÓRIA CAPAZ DE IMPEDIR O ASSOREAMENTO DO CÓRREGO EM CASO DE FORTES CHUVAS COMO TEM ACONTECIDO NOS ÚLTIMOS MESES. ASSIM, QUALMECANISMO QUE AS COMISSÕES ESTÃO OBSERVANDO PARA EVITAR UMA CATÁSTROFE FUTURA; EXEMPLO DISSO TEMOS, A CANALIZAÇÃO NO BAIRRO DO ROQUE DESPROVIDO DESTAS OBSERVAÇÕES NA SUA LIBERAÇÃO PELA PREFEITURA QUE CULMINOU NO ESTREITAMENTO DA VAZÃO D&amp;#8217;ÁGUA E QUEDA DA LAJE QUE COBRIA PARTE DESTE CÓRREGO SOB ESPESSO ATERRO REALIZADO EM GESTÃO PASSADA E OBSERVANDO QUE CÂMARA  PRECISA FAZER O SEU DEVER DE CASA PARA QUE NÃO ACONTEÇA MAIS O QUE JÁ OCORREU NO PASSADO. ASSIM DESTACADO, CUMPRE-ME REQUERER À COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO; COMISSÃO DE FINANÇAS E COMISSÃO DE OBRAS PÚBLICAS A REAL SITUAÇÃO E PENDÊNCIAS DOCUMENTAIS, BEM COMO, LOCALIZAÇÃO DOS LOTES REFERENTES À &amp;#8220;CAUÇÃO&amp;#8221; EM GARANTIA AO MUNICÍPIO CASO OCORRA ALGUM DESCUMPRIMENTO POR PARTE DO LOTEADOR; E AINDA, OS POSICIONAMENTOS OFICIAIS DAS SEGUINTES REPARTIÇÕES PÚBLICAS: IEF, SECRETARIA MUNICIPAL DE MEIO AMBIENTE, POLÍCIA FLORESTAL, FEAM, E SETOR DE ENGENHARIA E TRIBUTOS; 	REQUEIRO AINDA, INFORMAÇÕES ADICIONAIS COMO ÁREAS DESTINADAS A SERVIÇOS PÚBLICOS DE ABASTECIMENTO DE ENERGIA ELÉTRICA E ÁGUA POTÁVEL; REQUEIRO AINDA, SE FORA OBSERVADA A CONVERGÊNCIA DAQUELA LOCALIDADE RURAL PARA REGIÃO URBANA E SE NO MAPA JÁ SE ENCONTRA DEFINIDO O NÚMERO TOTAL DE LOTES, ILUMINAÇÃO DEFINIDA, MEIO-FIO E CALÇAMENTO, REDE DE ÁGUA E ESGOTO E PRINCIPALMENTE A REDE PLUVIAL CAPTADORA DE ÁGUAS DAS CHUVAS E DAS ENCOSTAS, E ÁREAS DESTINADAS AO PLANTIO DE ÁRVORES</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, A SEGUINTE INFORMAÇÃO: QUAL A DESPESA TOTAL COM COMBUSTÍVEL GASTO PELO EXECUTIVO MUNICIPAL, A PARTIR DE 1º JANEIRO DE 2012 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL,RESPOSTA DOS REQUERIMENTOS ANEXADOS, SENDO QUE JÁ PRESCREVEU O PRAZO CONFORME REGE O ARTIGO 201/67 DO DECRETO LEI E TAMBÉM O ARTIGO 66, INCISO 14 DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE OUVIDO O PLENÁRIO SEJA SOLICITADO AO PREFEITO MUNICIPAL INFORMAÇÕES PRECISAS SOBRE A PREVISÃO PARA O INÍCIO DA OBRA DE CANALIZAÇÃO DO CÓRREGO DO BAIRRO DO ROQUE, INFORMANDO AINDA QUAL O VALOR PREVISTO PARA ESTA OBRA;</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE OUVIDO O PLENÁRIO SEJA SOLICITADO AO PRESIDENTE DA CÂMARA QUE ENCAMINHE AO MINISTÉRIO PÚBLICO OFÍCIO SOLICITANDO INFORMAÇÕES POR ESCRITO OU ATRAVÉS DE REUNIÃO SOBRE O PROCESSO DE AUDITORIA DO EXECUTIVO  MUNICIPAL &amp;#8211; EXERCÍCIO 2008.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf</t>
   </si>
   <si>
     <t>1 - QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAIS AS MEDIDAS QUE VEM TOMANDO COM RELAÇÃO AO OFÍCIO CIRCULAR Nº00115/2012, DE ORDEM DO SECRETÁRIO DE ESTADO DE SAÚDE E GESTOR DO SUS/MG QUE TRATA DO PROGRAMA ESTADUAL DE CONTROLE DO CÂNCER DE MAMA, QUE INTEGRA O PROGRAMA VIVA VIDA, OBSERVANDO QUE SE TRATA DE PROGRAMA DE INTERESSE DA NOSSA COMUNIDADE DIANTE DE SEU FUNDAMENTO DE PROMOVER A REDUÇÃO DA MORTALIDADE CAUSADA POR ESSE CÂNCER, DE FORMA A FACILITAR ACESSO À MAMOGRAFIA, O QUE AGILIZA A DEFINIÇÃO DIAGNÓSTICA NO TRATAMENTO DAS PACIENTES COM CÂNCER DE MAMA.EM ATENÇÃO À IMPORTÂNCIA DE TAL PROGRAMA E OBSERVANDO A DEMANDA EM NOSSO MUNICÍPIO E CONSIDERADA A RELEVÂNCIA DO QUE PROPÕE O PROGRAMA FAÇO TAL REQUERIMENTO AO CHEFE DO PODER EXECUTIVO, UMA VEZ QUE O REFERIDO OFÍCIO JÁ É DO CONHECIMENTO DO PODER PÚBLICO MUNICIPAL (PREFEITO MUNICIPAL E SECRETÁRIO MUNICIPAL DE SAÚDE), SENDO, PORTANTO, DE GRANDE RELEVÂNCIA QUE O EXECUTIVO SE MANIFESTE A FIM DE AMPLIAR O SERVIÇO NESTA ÁREA EM NOSSO MUNICÍPIO. CONSIDERANDO QUE NO OFÍCIO CIRCULAR SUPRAMENCIONADO O PRÓPRIO GOVERNO ESTADUAL OBSERVA A RELEVÂNCIA DO PROGRAMA E AMPLIA A FAIXA ETÁRIA DETERMINADA PARA RASTREAMENTO DESSE CÂNCER OBSERVANDO QUE A IDADE CONSTITUI O FATOR DE RISCO MAIS DETERMINANTE DA DOENÇA. ANTES: (50 A 69 ANOS); ATUAL: (45 A 69 ANOS).2 &amp;#8211; QUE O EXECUTIVO MUNICIPAL INFORME TAMBÉM DA VIABILIDADE DE APROVEITAR A OPORTUNIDADE E CONSEGUIR JUNTO AO GOVERNO DO ESTADO O &amp;#8220;MAMÓGRAFO&amp;#8221;, CONSIDERANDO QUE O GOVERNO ESTADUAL TEM OS INSTRUMENTOS E OS MECANISMOS ATÉ PARA DOAÇÃO DESTE TIPO DE APARELHAGEM; E DIANTE DESTE PROGRAMA É OPORTUNO QUE O MUNICÍPIO VIABILIZE ESTE ESTUDO,PODENDO, INCLUSIVE, AMPLIAR O CONCEITO E INCLUIR O HOSPITAL DE ESPERA FELIZ NESTE ESTUDO, PARA, ATRAVÉS DE CONVÊNIO, OS EXAMES SEREM FEITOS NESTE ESTABELECIMENTO.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE TEM CONHECIMENTO DA LEI DE ACESSO À INFORMAÇÃO PÚBLICA - 12.527/2011 QUE ENTROU EM VIGOR DE 16/05/2012, EM ESPECIAL AO QUE SE REFERE À TRANSIÇÃO TRANSPARENTE, OU SEJA, PROCESSO DE TRANSIÇÃO QUE PROPICIA CONDIÇÕES PARA QUE O PREFEITO ELEITO POSSA RECEBER DO ANTECESSOR TODOS OS DADOS E INFORMAÇÕES NECESSÁRIOS AO PROGRAMA DO NOVO GOVERNO. E, DENTRO DE UM CLIMA AMIGÁVEL SER CRIADA A COMISSÃO DE TRANSIÇÃO.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PRESIDENTE DA CÂMARA MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, QUAL A DATA PREVISTA PARA REALIZAÇÃO DA AUDIÊNCIA PÚBLICA ONDE SERÁ DISCUTIDO O PROJETO DE CANALIZAÇÃO DE ESGOTO E ESTAÇÃO DE TRATAMENTO,QUE SERÁ EXECUTADO PELA COPASA.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR ABAIXO ASSINADO,CONSIDERANDO A FUNÇÃO FISCALIZADORA DO LEGISLADOR E O DISPOSTO NO INCISO VII, ART. 73, DA LEI ORDINÁRIA FEDERAL N. 9.504/97, REQUER QUE, DEPOIS DE OUVIDO O PLENÁRIO NA FORMA REGIMENTAL, SEJA ENCAMINHADO AO EXMO. SR. PREFEITO MUNICIPAL DE ESPERA FELIZ O PRESENTE REQUERIMENTO SOLICITANDO INFORMAÇÕES SOBRE OS GASTOS DO PODER EXECUTIVO REALIZADOS COM PUBLICIDADE E PROPAGANDA ANUALMENTE, REFERENTES AOS TRÊS ÚLTIMOS ANOS(ANOS DE 2009, 2010, 2011), BEM COMO OS VALORES GASTOS NESTE ANO DE 2012</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES ÀS PONTES QUE FICAM LOCALIZADAS NAS COMUNIDADES DO SÃO JOSÉ, SÃO DOMINGOS E NOSSA SENHORA DE FÁTIMA, TENDO VISTO QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL PRONUNCIOU À VÁRIAS PESSOAS DOS CITADOS LOCAIS QUE TROCARIA AS MANILHAS DESTAS PONTES POR TUBULÃO ARMCO. ASSIM QUESEJA ENCAMINHADO À CASA, A DATA DE QUANDO SE INICIARÃO AS OBRAS. </t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS O MOTIVO REAL COMPROVADO COM DOCUMENTAÇÃO DA NÃO EFETIVAÇÃO E A DEVIDA REGULAMENTAÇÃO DA LEI GERAL DA MICRO E PEQUENA EMPRESA E POR QUE NÃO FOI CRIADA A ESTRUTURA DE UMA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO NESTA CIDADE, OBSERVANDO  QUE SE TRATA DE UMA AÇÃO  PARA A POLÍTICA DE CRESCIMENTO REAL E SUSTENTÁVEL TORNANDO O MUNICÍPIO MENOS DEPENDENTE DO FPM (FUNDO DE PARTICIPAÇÃO DOS MUNICÍPIOS) E CRIANDO OPORTUNIDADES QUE SE MATERIALIZAM  EM NOVOS NEGÓCIOS, ATRAÇÃO DE INVESTIMENTOS, CRIAÇÃO DE EMPREGOS E MAIOR ARRECADAÇÃO. CONSIDERANDO QUE UMA SECRETARIA MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO E O SEU ENGAJAMENTO NO ESTABELECIMENTO DE UMA  POLÍTICA SUSTENTÁVEL DA CIDADE. POIS O PODER PÚBLICO PODE E DEVE PRIORIZAR ESTE TIPO DE INVESTIMENTO PARA ESTIMULAR A INICIATIVA PRIVADA, TIRANDO CENTENAS DE PESSOAS DA INFORMALIDADE E COLOCANDO-AS NA FORMALIDADE COM O APOIO DO PODER PÚBLICO E DE ÓRGÃOS COMO O SEBRAE, NA AJUDA DA SUSTENTABILIDADE DOS NEGÓCIOS. A MINHA PREOCUPAÇÃO NESTE MOMENTO É O MOTIVO DA PREFEITURA NÃO A FRENTE  AÇÕES TÃO IMPORTANTES COMO ESTA, QUE APESAR DE INCIADAS CONTINUAM TRANCAFIADAS NAS GAVETAS</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DA LICITAÇÃO DO SEGURO DO VEÍCULO ADQUIRIDO PELO EXECUTIVO MUNICIPAL QUE FOI CEDIDO PARA A SECRETARIA DE AÇÃO SOCIAL, CONSTANDO TODAS AS EMPRESAS PARTICIPANTES, OS DEVIDOS VALORES, ENFIM, TODAS AS INFORMAÇÕES CONTIDAS EM UM PROCESSO LICITATÓRIO</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O SENHOR PRESIDENTE DETERMINE À COMISSÃO DE FINANÇAS E À COMISSÃO DE CONSTITUIÇÃO E REDAÇÃO DESTA CASA DE LEIS PARA DILIGÊNCIA À SECRETARIA MUNICIPAL DE FINANÇAS E TESOURARIA DA PREFEITURA MUNICIPAL DE ESPERA FELIZ PARA INFORMAÇÃO RÁPIDA E PRECISA DO TOTAL  DE EMPENHOS REALIZADOS PELO EXECUTIVO MUNICIPAL E INFORMAÇÃO SOBRE O MONTANTE DE DÍVIDA PÚBLICA, E SOBRE O MONTANTE A SER EMPENHADO, ISTO, DIANTE DE INFORMAÇÕES DE DIVERSOS COMERCIANTES E PRESTADORES DE SERVIÇOS QUE AGUARDAM AUTORIZAÇÃO PARA EMPENHO QUANTO A MERCADORIAS JÁ ENTREGUES E/OU SERVIÇOS JÁ PRESTADOS ( ESTANDO OS MESMOS SOMENTE COM REQUISIÇÃO). ADEMAIS, QUE É DE SUMA IMPORTÂNCIA ATÉ MESMO PARA O ATUAL CHEFE DO PODER EXECUTIVO SABER DA REAL SITUAÇÃO FINANCEIRA DA PREFEITURA MUNICIPAL EM VISTA QUE TAMBÉM CONCORRE AO CARGO DE CHEFIA; ASSIM SENDO, OBSERVANDO QUE O LEGISLATIVO MUNICIPAL É O PODER ENCARREGADO DE FISCALIZAR E QUE DEVE TER POSSE DESTAS INFORMAÇÕES SOLICITO O MÁXIMO DE EMPENHO DE MEUS COLEGAS RESPONSÁVEIS PELAS PASTAS CITADAS. 2 &amp;#8211; QUE AS REFERIDAS COMISSÕES SE INFORMEM TAMBÉM A RESPEITO DE CONVÊNIOS QUE TEM SIDO DESFEITOS NA ÚLTIMA HORA POR FALTA DE LEGALIDADE EM PROJETOS FEITOS PELA PREFEITURA; OBSERVANDO QUE É O MUNICÍPIO QUE ESTÁ PERDENDO ENQUANTO E NÃO APENAS O PREFEITO, EXEMPLO DISSO, INFORMO O OFÍCIO DE 0439/2012/GIDUR/ SR SUDESTE DE MINAS SOBRE CRÉDITO DE RECURSOS FINANCEIROS &amp;#8211; ORÇAMENTO GERAL DA UNIÃO NO VALOR R$246.550,00, CONTA VINCULADA AO CONTRATO DE REPASSE Nº0369.059-92/2011, ENTRE OUTROS, COMO O RECURSO DA REFORMA DA ÁREA DE LAZER. FAÇO OBSERVAR QUE DIANTE DA SITUAÇÃO REQUERIDA E DO MOMENTO ESPECIAL, CONSIDERANDO JÁ A DETERMINAÇÃO DA PRESIDÊNCIA DESTA CASA EM REQUERIMENTO FEITO POR ESTE VEREADOR, QUE POSSA ACOMPANHAR AS COMISSÕES A ASSESSORIA JURÍDICA E A ASSESSORIA CONTÁBIL DIANTE DE SEUS CONHECIMENTOS TÉCNICOS A RESPEITO DO SOLICITADO. </t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1924/1924_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1924/1924_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DETERMINE À COMISSÃO DE ADMINISTRAÇÃO PÚBLICA (REFERENTE A OBRAS) E COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO PARA DILIGENCIAREM À RUA CARANGOLA ACOMPANHADA DE TÉCNICO DE ENGENHARIA PARA OBSERVAR A QUALIDADE DOS SERVIÇOS DE INFRA-ESTRUTURA DO CALÇAMENTO QUE ESTÁ SENDO REALIZADO NESTA REFERIDA RUA, BEM COMO, PARA CONFISCAR UM OU MAIS BLOQUETES PARA ANÁLISE DA QUALIDADE DO MATERIAL, COM OBSERVÂNCIA DE QUE ESTA RUA É VIA DE TRÂNSITO DE VEÍCULOS PESADOS</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DETERMINE À COMISSÃO DE FINANÇAS DESTA CASA DE LEIS QUE BUSQUE INFORMAÇÕES NO PODER EXECUTIVO JUNTO À SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO COMO SE ENCONTRA A SITUAÇÃO ORÇAMENTÁRIA DO MUNICÍPIO, QUAL O GASTO ATÉ O PRESENTE MOMENTO, QUAIS SETORES APRESENTAM FRAGILIDADE E NECESSITAM DE SUPLEMENTAÇÃO E OS MOTIVOS PELA FALHA NA GESTÃO. OBSERVANDO QUE O ORÇAMENTO PREVISTO PARA ESTE ANO DE 2012 CHEGOU A QUASE 29 MILHÕES DE REAIS, É JUSTO QUE A MUNICIPALIDADE ATRAVÉS DO PODER EXECUTIVOEXPLIQUE A ESTA CASA DE LEIS O MOTIVO DE SUPLEMENTAÇÃO DO ORÇAMENTO JÁ SOLICITADA E APROVADA ANTERIORMENTE, E QUE PELA ATUAL SITUAÇÃO QUE TEMOS CONHECIMENTO HOJE COMO SERVIÇOS E MERCADORIAS JÁ CONTRATADOS E EXECUTADOS NÃO SENDO EMPENHADOS POR FALTA DE DOTAÇÃO; ASSIM, ESTOU SOLICITANDO DIRETAMENTE À COMISSÃO DESTA CASA DE LEIS SUPRACITADA PARA VERIFICAR JUNTO À PREFEITURA NA SECRETARIA INDICADA A SITUAÇÃO REQUERIDA, POIS, SOLICITAR DIRETAMENTE À PREFEITURA INFORMAÇÕES DO GÊNERO, NÃO TEMOS TIDO RESPOSTAS CLARAS E PRECISAS QUANDO VÊM É DE FORMA EVASIVA , ALIÁS, RESPOSTA ALGUMA TEM SIDO ENCAMINHADA; AGORA, COM A DILIGÊNCIA DA COMISSÃO IN LOCU É DE SE ESPERAR QUE NÃO VOLTE DE MÃO ABANANDO; OBSERVANDO AINDA, QUE ESTA CASA DE LEIS DISPONIBILIZE A ASSESSORIA TÉCNICA CONTÁBIL E JURÍDICA PARA QUE A COMISSÃO TENHA SUSTENTABILIDADE NO PROPÓSITO DO SOLICITADO.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAIS PROCEDIMENTOS FORAM ADOTADOS PELA ADMINISTRAÇÃO MUNICIPAL A RESPEITO DAS CONSTANTES ENCHENTES NAS RUAS CENTRAIS DA CIDADE ORIUNDAS DE TEMPORAIS, ISTO, POIS, APESAR DOS INÚMEROS REQUERIMENTOS E INDICAÇÕES A SITUAÇÃO CONTINUA A MESMA, A TODA CHUVA A RUA JOÃO SEBASTIÃO DE AMORIM NAS PROXIMIDADES DO RESTAURANTE BRASINHA FICA PARECENDO UM RIO, INCLUSIVE COM ALAGAMENTO DO RESTAURANTE CONFORME OCORREU NA ÚLTIMA SEMANA PRÓXIMA PASSADA; 2 &amp;#8211; QUE INFORME TAMBÉM SOBRE MEDIDAS ADOTAS COM REFERÊNCIA À SITUAÇÃO DA ÁREA DE LAZER DEVIDO AOS PROBLEMAS OCASIONADOS DEVIDO ÀS CHUVAS E À FALTA DE PLANEJAMENTO ADEQUADO NA CONTENÇÃO DAS TERRAS VINDAS DOS LOTEAMENTOS ACIMA DA REFERIDA ÁREA, QUE DURANTE TEMPORAIS TRANSFORMAM O LOCAL NUM VERDADEIRO ATOLEIRO</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAIS OS PROCEDIMENTOS ADOTADOS DIANTE DO ENCAMINHAMENTO DE &amp;#8220;CARTA ANÔNIMA&amp;#8221; ENDEREÇADA À CÂMARA MUNICIPAL VERSANDO SOBRE ENVOLVIMENTO DA FUNCIONÁRIA TACIARA CARLOS VELOSO EM AÇÕES INDEVIDAS NO EXERCÍCIO DO CARGO, ISTO, POIS, TEMOS CONHECIMENTO DE QUE A FUNCIONÁRIA APÓS O ENCAMINHAMENTO DA REFERIDA CARTA AO PREFEITO FOI REMANEJADA PARA SETOR EXTERNO DA PREFEITURA E ATÉ ENTÃO A CÂMARA MUNICIPAL NÃO RECEBEU QUALQUER INFORMAÇÃO A RESPEITO DO DOCUMENTO ENCAMINHADO</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS QUAIS AS DIFICULDADES ENFRENTADAS NESTES ÚLTIMOS MESES DE GOVERNO,  COMO ESTÁ SENDO PLANEJADO O FECHAMENTO DAS CONTAS EM RELAÇÃO AOS PAGAMENTOS DE FUNCIONÁRIOS E FORNECEDORES.	DE ACORDO COM MATÉRIA PUBLICADA NO JORNAL ESTADO DE MINAS, DE QUARTA-FEIRA, 5 DE SETEMBRO DE 2012 SOBRE ARROCHO NO FIM DO MANDATO EM PESQUISA REALIZADA PELA CONFEDERAÇÃO NACIONAL DOS MUNICÍPIOS QUE APONTOU DE 4.773 PREFEITOS, DE UM TOTAL DE 5.563 &amp;#8211; SOBRE SOBRE AS MAIORES DIFICULDADES ENFRENTADAS NOS ÚLTIMOS MESES DE GESTÃO E CONSTATOU QUE QUASE A METADE DELES ESTÁ COM PAGAMENTOS ATRASADOS A FORNECEDORES OU FUNCIONÁRIOS. SENDO QUE EM MINAS, 764 PREFEITOS &amp;#8211; DOS 853 &amp;#8211; PARTICIPARAM DO ESTUDO E A GRANDE MAIORIA RECLAMOU DE DIFICULDADES FINANCEIRAS, COM 44% DELES ADMITINDO QUE DEIXARÃO PARA SEUS SUCESSORES DÍVIDAS POR MEIO DE RESTOS A PAGAR OU QUE TERÃO QUE QUITÁ-LAS NOS PRÓXIMOS ANOS CASO SEJAM ELEITOS</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SE O GOVERNO MUNICIPAL SE INSCREVEU NO MINISTÉRIO DO DESENVOLVIMENTO AGRÁRIO PARA RECEBIMENTO DE MOTONIVELADORA E RETROESCAVADEIRA DA SEGUNDA FASE DO PROGRAMA DE ACELERAÇÃO DO CRESCIMENTO, PAC 2, POIS, O PRAZO TERMINA NESTA PRÓXIMA TERÇA-FEIRA, DIA 18. É IMPORTANTE FRISAR QUE A DOCUMENTAÇÃO DEVE SER APRESENTADA CORRETAMENTE PARA RECEBIMENTO DESTE BENEFÍCIO.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE INFORME A ESTE VEREADOR SOBRE A QUESTÃO DO REAJUSTE SALARIAL DE VEREADORES, PREFEITO, VICE-PREFEITO, E SECRETÁRIOS MUNICIPAIS SE FORAM OBSERVADAS AS 14 REGRAS PARA VENCIMENTOS E VERBAS PAGAS AOS VEREADORES E OUTROS PARA A PRÓXIMA LEGISLATURA, ISTO, POIS, AO TOMAR CONHECIMENTO DESTAS NOVAS REGRAS PELA PUBLICAÇÃO NO JORNAL ESTADO DE MINAS, DE TERÇA-FEIRA, 11 DE SETEMBRO DE 2012, QUE SEGUNDO O PERIÓDICO, NO ÚLTIMO DIA 06 O TRIBUNAL DE CONTAS DO ESTADO AS ENCAMINHOU A TODOS OS 853 MUNICÍPIOS DE MINAS; DIANTE DESTE FATO, ATÉ MESMO PORQUE ESTA CASA JÁ APRESENTOU E VOTOU PELO REAJUSTE ANTES DESTA DATA CITADA NO PERIÓDICO. OBSERVANDO QUE ESTE VEREADOR ZELA PELO CUMPRIMENTO DA LEI DE RESPONSABILIDADE FISCAL E POR ATENDIMENTO ÀS DETERMINAÇÕES DAS NORMATIVAS DO TRIBUNAL DE CONTAS, REQUEIRO NESTE ATO, A INFORMAÇÃO ACIMA, E COM ATENÇÃO À DATA SUPRAMENCIONADA, SE ESTA CASA JÁ ESTÁ COM INFORMAÇÃO ENCAMINHADA VIA OFÍCIO QUANTO AS 14 REGRAS PARA O PROPÓSITO CONSTANTE DESTA MATÉRIA. REQUEIRO AINDA, QUE DIANTE DESTA QUESTÃO, POSSA A PRESIDÊNCIA DETERMINAR À COMISSÃO DE JUSTIÇA QUE PROCEDA COM O SEU PARECER.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE TURISMO COM VISTAS AO PROGRESSO E AO DESENVOLVIMENTO, OBSERVANDO A NECESSIDADE DE INFORMAÇÕES AO CIDADÃO E OBSERVANDO A DISPONIBILIDADE TECNOLÓGICA DENTRO DAS POSSIBILIDADES DA MUNICIPALIDADE E OBJETIVANDO A ARRECADAÇÃO DE IMPOSTOS DE TAXAS PARA OS COFRES PÚBLICOS REQUEIRO INFORMAÇÕES AO CHEFE DO PODER EXECUTIVODA VIABILIDADE DE AUTORIZAÇÃO DE ESPAÇOS NO MUNICÍPIO  À EMPRESA &amp;#8220;INOVEE IMPORTAÇÃO PROPAGANDA E MARKETING LTDA&amp;#8221; PARA UTILIZAÇÃO COM PLACAS E/OU LETREIROS LUMINOSOS DE PROPAGANDA  QUE CONSTARÁ COM INFORMAÇÕES DE &amp;#8220;HORAS, DATAS, TEMPERATURA, COM A DIVULGAÇÃO DE INFORMAÇÕES DA MUNICIPALIDADE DE INTERESSE DA SOCIEDADE&amp;#8221;, COM OBSERVÂNCIA DE QUE O SERVIÇO É SEM QUALQUER ÔNUS PARA A MUNICIPALIDADE E QUE  AS INFORMAÇÕES CITADAS ACIMA DAR-SE-ÃO DE FORMA PERSONALIZADA. OBSERVADA ESTA VIABILIDADE DE CESSÃO DOS ESPAÇOS PARA ESTE FIM DESTACO A IMPORTÂNCIA DO ENVIO DE PROJETO DE LEI DO EXECUTIVO À CÂMARA MUNICIPAL PARA QUE POSSAMOS ANALISAR E VOTAR PELO PROGRESSO DA NOSSA CIDADE, QUANDO A EMPRESA SE COMPROMETE A QUITAR TODAS AS TAXAS E IMPOSTOS, INCLUSIVE AOS REFERENTES ÀS DIVULGAÇÕES PUBLICITÁRIAS DAS EMPRESAS QUE FIRMAREM CONTRATOS COM A EMPRESA CONCESSIONÁRIA DE PUBLICIDADE.	SEGUE ANEXO CÓPIA DE PROJETO DE LEI E CÓPIA DE MINUTA DE PERMISSÃO E DIREITO DE USO, BEM COMO, CÓPIADE PLACAS  JÁ INSTALADAS EM OUTRAS CIDADES;</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL 01 (UMA ) CÓPIA DO CONTRATO DO ALUGUEL DO IMÓVEL ONDE ESTÁ FUNCIONANDO A SEDE PROVISÓRIA DA PREFEITURA</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, QUAIS AS AÇÕES PREVENTIVAS ESTÃO SENDO TOMADAS PARA EVITAR TRAGÉDIAS QUE PODERÃO ACONTECER COM OS PRÓXIMOS PERÍODOS DE CHUVAS E QUAL É A RESPONSABILIDADE DOS PROPRIETÁRIOS RESPONSÁBEIS PELAS TERRAPLANAGENS REALIZADAS NO MUNICÍPIO? SOLICITO ESTAS INFORMAÇÕES EM REGIME DE URGÊNCIA, TENDO VISTA QUE A CIDADE ESTÁ AMEAÇADA.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, EM REGIME DE URGÊNCIA, UMA RELAÇÃO DE TODOS OS SERVIDORES EFETIVOS E CONTRATDOS DO MUNICÍPIO DE ESPERA FELIZ, INFORMANDO QUAL O CARGO DA LOTAÇÃO DOS SEVIDORES EFETIVOS CONFORME CONCURSO PÚBLICO E AINDA UMA LISTAGEM DOS APROVADOS NO ÚLTIMO PROCESSO SELETIVO, DEVENDO SER OBSERVADO O PRAZO LEGAL PARA RESPOSTA, SOB PENA DE FICAR CONFIGURADO DESCUMPRIMENTO PASSÍVEL DE RESPONDER PELOS TERMOS DO DECRETO 201/67, QUE DISPÕE SOBRE A RESPONSABILIDADE DOS PREFEITOS E VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DETERMINE À COMISSÃO DE ADMINISTRAÇÃO PÚBLICA E COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO QUE DILIGENCIEM AO EXECUTIVO MUNICIPAL A FIM DE INFORMAÇÕES ADICIONAIS SOBRE O ACORDO REALIZADO ENTRE PREFEITURA MUNICIPAL DE ESPERA FELIZ E CÂMARA MUNICIPAL DE VEREADORES PARA A CONSTRUÇÃO DA SEDE DO INSS; EM QUE CONSTA DO ACORDO A CESSÃO POR PARTE DO PODER EXECUTIVO DE TRANSFERÊNCIA DE PARTE DO PATRIMÔNIO DO MUNICÍPIO, ÁREA ONDE FUNCIONA DIVERSAS SECRETARIAS MUNICIPAIS NA RUA ROQUE FERREIRA DE CASTRO COM PRAÇA DR. JOSÉ AUGUSTO PARA CESSÃO AO LEGISLATIVO PARA CONSTRUÇÃO DE SUA SEDE NO 1° ANDAR. OBSERVANDO QUE SE TRATA DE MATÉRIA DESTA LEGISLATURA E MANDATO DO ATUAL PREFEITO É IMPORTANTE QUE SE PROCEDA A ESTA INFORMAÇÃO PARA QUE TENHAMOS ESTE ACORDO DOCUMENTADO AINDA NESTE GOVERNO. E, QUE A COMISSÃO DE CONSTITUIÇÃO E JUSTIÇA VIABILIZE OS ESTUDOS JUNTO AO DEPARTAMENTO JURÍDICO PARA PROCEDER AOS ATOS NECESSÁRIOS PARA QUE AINDA NESTE ANO SEJA PROVIDENCIADA A ESCRITURA PÚBLICA DESTA CESSÃO, INCLUSIVE COM TRAVAÇÃO DA PAUTA DE ASSUNTOS PERTINENTES AO PODER EXECUTIVO ATÉ QUE SE PROCESSE ESTA DOCUMENTAÇÃO</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL TOME AS MEDIDAS PREVENTIVAS DE ACIONAMENTO DA DEFESA CIVIL MUNICIPAL PARA OBSERVAÇÃO METEOROLÓGICA QUANTO A POSSIBILIDADE DE INTENSAS CHUVAS NESTE FIM DE ANO, COM ATENÇÃO REDOBRADA AOS PONTOS CRÍTICOS DA CIDADE, COMO O BAIRRO JOÃO CLARA, BAIRRO DO ROQUE, CENTRO DA CIDADE, ÁREA DE LAZER, MORRO DO VALTAIR, ETC; DISPONIBILIZANDO TELEFONES PARA ATENDIMENTO DE EMERGÊNCIAS, VEÍCULOS PARA ATENDIMENTOS AOS CIDADÃOS E AOS INTEGRANTES DA DEFESA CIVIL; BEM COMO OBSERVAR A NECESSIDADE DE MANUTENÇÃO DE RECURSOS PARA ATENDIMENTOS EMERGENCIAIS E DE PRODUTOS BÁSICOS PARA LIMPEZA E AINDA DESPERTAR A SECRETARIA DE SAÚDE PARA MEDICAMENTOS COMO VACINAS E OUTROS PARA PRONTO ATENDIMENTO NOS CASOS ESPECÍFICOS.</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS EM REGIME DE URGÊNCIA E RELEVÂNCIA OS DOCUMENTOS ESPECIFICADOS ABAIXO: CÓPIAS DAS NOTAS FISCAIS DOS VEÍCULOS/MÁQUINAS ADQUIRIDOS PELO MUNICÍPIO ATRAVÉS DE FINANCIAMENTO JUNTO AO BNDS/BDMG NO ANO DE 2011; DEMONSTRAÇÃO DOS PRAZOS PARA REVISÃO, COMPREENDENDO AS REVISÕES DE GARANTIA; COMPROVANTES DAS REVISÕES JÁ REALIZADAS; QUILOMETRAGEM ATUAL DE CADA VEÍCULO OU MÁQUINA</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICPAL INFORME A ESTA CASA DE LEIS SOBRE INCIDENTE ENVOLVENDO VEÍCULO DE PROPRIEDADE DA PREFEITRUA MUNICIPAL DE ESPERA FELIZ, VEÍCULO STRADA(DOADO PELA SAMARCO AO MUNICÍPIO), A SERVIÇO DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE QUE DE ACORDO COM INFORMAÇÕES DE CONTRIBUINTES, O VEÍCULO TERIA SIDO ROUBADO E SE ENVOLVIDO EM ACIDENTE; DESTA FORMA, QUE A PREFEITURA MUNICIPAL ATRAVÉS DO DEPARTAMENTO COMPETENTE INFORME AINDA SOBRE A DOCUMENTAÇÃO DO VEÍCULO E O LOCAL ONDE SE ENCONTRA O RESPECTIVO VEÍCULO NESTA DATA. QUE CONSTE TAMBÉM CÓPIA DO BOLETIM DE OCORRÊNCIA E AS DETERMINAÇÕES LEGAIS POR PARTE DO EXECUTIVO PARA APURAÇÃO DO FATO</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL INFORME A ESTA CASA DE LEIS SOBRE CASOS ATÍPICOS NA SECRETARIA MUNICIPAL DE SAÚDE COFORME TOMEI CONHECIMENTO POR PARTE DE CONTRIBUINTES DA FALTA DE MEDICAMENTOS, MATERIAIS DE ATENDIMENTO ODONTOLÓGICO, MATERIAIS PARA ASSEPSIA E CURATIVOS, BEM COMO DIFICULDADES PARA LIBERAÇÃO DE VEÍCULOS PARA VIAGENS DE PACIENTES EM TRATAMENTO EM LUGARES MAIS DISTANTES. MESMO SABENDO DAS DIFICULDADES QUE PASSAM DIVERSAS PREFEITURAS COMO NO CASO EM TELA, MAS QUE É PRECISO UM POISIONAMENTO DO PODER EXECUTIVO, POIS SAÚDE É UM CASO SÉRIO E QUE SE PERCEBE QUE FALTOU PLANEJAMENTO</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE REQUER QUE, DEPOIS DE OUVIDO O PLENÁRIO, SEJA ENCAMINHADO AO EXECUTIVO MUNICIPAL REQUERIMENTO SOLICITANDO INFORMAÇÕES SOBRE O TELECENTRO QUE ESTÁ AOS CUIDADOS DA ASSOCIAÇÃO DE MORADORES DO BAIRRO SANTA CECÍLIA, REMETENDO AO LEGISLATIVO TODA A DOCUMENTAÇÃO QUE ENVOLVE O REFERIDO PROJETO E RESPONDENDOAS SEGUINTES INDAGAÇÕES: QUAIS EQUIPAMENTOS FORAM REPASSADOS? DE QUE FORMA ESSES EQUIPAMENTOS FORAM ADQUIRIDOS? HÁ ALGUM TIPO DE CONVÊNIO? QUEM PAGA E QUAL O VALOR PAGO ÀS DUAS FUNCIONÁRIAS QUE TRABALHAM NO TELECENTRO? QUAIS OS CRITÉRIOS DE FUNCIONAMENTO DO TELECENTRO?</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE REQUER QUE, DEPOIS DE OUVIDO O PLENÁRIO, SEJA ENCAMINHADO AO EXECUTIVO MUNICIPAL REQUERIMENTO SOLICITANDO PROVIDÊCIAS URGENTES NA MANUTENÇÃO DO ATERRO CONTROLADO DESTA MUNICIPALIDADE, CONFORME JUSTIFICATIVA QUE SEGUE: A SITUAÇÃO ESTÁ CALAMITOSA: CERCA ABERTA, LIXO DESCOBERTO/ESPALHADO, MAU CHEIRO, MOSCAS, URUBUS, CÃES E ALTO RISCO DE CONTAMINAÇÃO. TAMBÉM SE PODE OBSERVAR NO LOCAL, LIXO SEPARADO POR PESSOAS QUE ALI FREQUENTAM, O QUE A LEI NÃO PERMITE, DEVENDO SER DESTACADO QUE A OMISSÃO DO CHEFE DO EXECUTIVO EM RESPONDER O PRESENTE REQUERIMENTO, ENSEJARÁ A APLICAÇÃO DOS TERMOS DO DECRETO 301/67, QUE DISPÕES SOBRE A RESPONSABILIDADE DOS PREFEITOS E VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE DETERMINE ESTUDOS PARA A AMPLIAÇÃO DA PARTICIPAÇÃO POPULAR NAS REUNIÕES DA CÂMARA ITENERANTE, AUDIÊNCIAS PÚBLICAS E TRIBUNAS, ISTO, OBJETIVANDO UMA MAIOR PARTICIPAÇÃO POPULAR BEM COMO DAS ENTIDADES REPRESENTATIVAS NAS AÇÕES LEGISLATIVAS. QUE SEJA VIABILIZADA NESTA OPORTUNIDADE A CRIAÇÃO DO CONSELHO DE ÉTICA DA CÂMARA MUNICIPAL PARA ANÁLISE DE AÇÕES LEGISLATIVAS DOS PRÓPRIOS EDIS E TAMBÉM QUE CRIE UMA COMISSÃO DE PARTICIPAÇÃO POPULAR. ISTO, EM OBSERVÂNCIA DE QUE A NOVA CÂMARA É COMPOSTA POR ONZE REPRESENTANTES DA COMUNIDADE CONFORME ELEITOS EM 07 DE OUTUBRO.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O SENHOR PRESIDENTE ANALISE A CONSULTA REALIZADA AO TCE - MG SOBRE IMPOSSIBILIDADE DE CUSTEIO, PELA CÂMARA MUNICIPAL, DE DESPESAS COM CONFRATERNIZAÇÃO DE FIM DE ANO DE VEREADORES, FUNCIONÁRIOS E CONVIDADOS E OUTRAS QUESTÕES, E, DETERMINE ANÁLISE E PARECER DO DEPARTAMENTO JURÍDICO DA CÂMARA MUNICIPAL</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A INSCRIÇÃO DO MUNICÍPIO DE ESPERA FELIZ NO PROGRAMA CRIADO PELO GOVERNO DE MINAS PARA AJUDAR A DESENVOLVER PROJETOS E GARANTIR RECURSOS. DIANTE DA GRANDE QUANTIDADE DE RECURSOS DO GOVERNO ESTADUAL E FEDERAL PARA REALIZAÇÕES DE PROJETOS NOS MUNICÍPIOS, CONSTATA-SE QUE A MAIORIA SEQUER CONSEGUE ELABORAR PROJETOS QUE GARANTEM ÊXITO NA CONQUISTA DOS OBJETIVOS, COMO TEM SIDO OBSERVADOE AMPLAMENTE QUESTIONADO POR ESTE VEREADOR NESTE MUNICÍPIO DE ESPERA FELIZ. DIANTE DO PROGRAMA DO GOVERNO QUE DISPONIBILIZARÁ TÉCNICOS DO SEPLAG PARA AUXILIAR AS PREFEITURAS INTERESSADAS DE FORMA QUE OS MUNICÍPIOS BUSQUEM AUTONOMIA NA ELABORAÇÃO DE SEUS PROJETOS E, COM ISSO, GARANTIR A MELHORIA DOS SERVIÇOS PRESTADOS À POPULAÇÃO COMO SE PRONUNCIOU O GOVERNADOR DE MINAS EM ENTREVISTA AO JORNAL ESTADO DE MINAS  </t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, ALTAMIRO NOGUEIRA, GILMAR DA  AMBULÂNCIA, Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/241/241_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/241/241_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONVOCADO O SECRETÁRIO MUNICIPAL DE OBRAS DO MUNICÍPIO DE ESPERA FELIZ, PARA PRESTAR ESCLARECIMENTOS SOBRE O PROGRAMA DE SINALIZAÇÃO DO TRÂNSITO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/245/245_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/245/245_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTES ÀS BAIAS PARA COLOCAÇÃO DE CAVALOS QUE FORAM CONSTRUÍDAS NO PARQUE DE EXPOSIÇÕES ALEXANDRE PEREIRA HÁ APROXIMADAMENTE 03 MESES. INFORMAÇÕES NO SENTIDO DE SABER: SE HOUVE ALGUM PROJETO PARA CONSTRUÇÃO DESTAS BAIAS, E SE HOUVE POR QUE NÃO PASSOU PELO LEGISLATIVO MUNICIPAL,OU AINDA SE OS PROPRIETÁRIOS COMPRARAM ESTES TERRENOS, INFORMAÇÃO SE ESTÁ DENTRO DA LEGALIDADE POR TEREM CONSTRUÍDO EM ESPAÇO PÚBLICO.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/358/358_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/358/358_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTES A ÁGUA DA COMUNIDADE DE SÃO GONÇALO, COMUNICANDO O MOTIVO DE ATÉ NO PRESENTE MOMENTO NÃO TER SIDO LIGADO O PADRÃO, TENDO EM VISTA QUE LÁ EXISTE UMA ÁGUA DE EXCELENTE QUALIDADE E ESTÁ SENDO OFERECIDA PARA A POPULAÇÃO UMA ÁGUA DE PÉSSIMA QUALIDADE.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/360/360_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/360/360_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PREFEITO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AO MÊS DE JANEIRO E FEVEREIRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/361/361_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/361/361_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS O NÚMERO DE SERVIDORES CONTRATADOS E COMISSIONADOS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/362/362_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/362/362_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, INFORME A ESTA CASA DE LEIS QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA AS CASAS QUE ESTÃO CONDENADAS DEVIDO AO DESMORONAMENTO EM VÁRIOS PONTOS DA RUA DOM SILVÉRIO PRÓXIMO AO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/363/363_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/363/363_texto_integral.pdf</t>
   </si>
   <si>
     <t>INFORMAÇÕES REFERENTES AO MOTIVO DA ÁGUA DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA E TAMBÉM DA COMUNIDADE DE SÃO DOMINGOS NÃO ESTÃO SENDO TRATADAS, TENDO EM VISTA QUE DESDE O INÍCIO DO GOVERNO ATUAL ATÉ O PRESENTE MOMENTO NÃO FOI REALIZADO NENHUM TRATAMENTO DE ÁGUA NESTAS COMUNIDADES.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, INFORMAÇÕES REFERENTES ÀS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS REFERENTES A RETIRADA DO MATERIAL DE CONSTRUÇÃO(AREIA, BRITA, ETC) QUE SE ENCONTRA DEPOSITADO NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA, NO CRUZAMENTO DE VEÍCULOS, TENDO VISTO QUE ESTE MATERIAL ESTÁ TOMANDO PARTE DA VIA, FAZENDO COM QUE OS VEÍCULOS DESVIEM, CAUSANDO TRANSTORNOS AOS MOTORISTAS E PEDESTRES, POIS TONA O LOCAL MAIS PERIGOSO.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, REQUER, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO CHEFE DO EXECUTIVO CÓPIA DO RESULTADO FINAL DO PROCESSO SELETIVO SIMPLIFICADO N 001/2012 PARA O CARGO DE GARI, CONSTANDO A CLASSIFICAÇÃO FINAL E RESPECTIVA NOTA DOS CANDIDATOS APROVADOS, BEM COMO A RELAÇÃO DE TODOS OS CONTRATADOS PARA O REFERIDO CARGO(GARI).</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, João Brum, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO CHEFE DO EXECUTIVO OS DOCUMENTOS ATUAIS DE ELEIÇÃO E POSSE DA DIRETORIA (ATAS REGISTRADAS), BEM COMO ALVARÁ DE FUNCIONAMENTO E CERTIDÕES DO MUNICÍPIO (QUITAÇÃO FISCAL), UMA VEZ QUE NO PROJETO NÃO FOI ENCAMINHADO OS REFERIDOS DOCUMENTOS PARA ANÁLISE.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES À REFORMA DO CHAFARIZ DA PRAÇA CIRA ROSA DE ASSIS, CONFORME CITADO NO INFORMATIVO DA PREFEITURA QUE ESTÁ CIRCULANDO NA CIDADE DIZENDO QUE FOI GASTO R$ 83.000,00 NA REFORMA E ELE SE ENCONTRA DESLIGADO, SEM ILUMINAÇÃO, NÃO SENDO JUSTIFICADO ESTE ALTÍSSIMO GASTO</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO CHEFE DO EXECUTIVO ESCLARECIMENTOS SOBRE O PROJETO DE LEI N 30/2012, CONSIDERANDO O DISPOSTO NO ART. 43 DA LEI N 4.320/64, QUANTO A EXISTÊNCIA DE RECURSOS DISPONÍVEIS PARA CONCORRER AS DESPESAS PRETENDIDA, BEM COMO A EXPOSIÇÃO JUSTIFICADA PARA A ABERTURA DO CRÉDITO ADICIONAL ESPECIAL OBJETO DA PROPOSIÇÃO, UMA VEZ QUE NO PROJETO NÃO FOI ENVIADA A JUSTIFICATIVA.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS,REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO CHEFE DO EXECUTIVO O ENCAMINHAMENTO PARA ESTA CASA DE LEIS DE CÓPIAS DOS PROCESSOS DE LICITAÇÃO, EM SEU INTEIRO TEOR, REFERENTES AS OBRAS DE CALÇAMENTO REALIZADAS EM NOSSO MUNICÍPIO, BEM COMO A REFERENTE AO PROJETO DE SINALIZAÇÃO DO TRÂNSITO DE NOSSA CIDADE, ALÉM DOS EMPENHOS E PAGAMENTOS REALIZADOS PARA AS EMPRESAS RESPONSÁVEIS, CONSIDERANDO AS RECLAMAÇÕES EXISTENTES QUANTO A QUALIDADE DAS OBRAS.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM REQUEREM QUE SEJA CONVOCADA REUNIÃO EXTRAORDINÁRIA PARA O DIA 14 DE MARÇO DO CORRENTE, ÀS 18:15 H., NA FORMA DO ART. 19 DO REGIMENTO INTERNO, PARA DARMOS CONTINUIDADE À ANÁLISE AOS PROJETOS DE LEI EM REGIME DE URGÊNCIA QUE TRAMITAM NA CASA, POR SE TRATAREM DE MATÉRIA DE GRANDE INTERESSE E NECESSIDADE PARA A MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CAS DE LEIS, PARA O DEVIDO ESTUDO, ANÁLISE E VOTAÇÃO DO PROJETO DE LEI N 036/2012 - DO EXECUTIVO MUNICIPAL - APROVA O LOTEAMENTO NOVA ESPERANÇA E DÁ OUTRAS PROVIDÊNCIAS, QUE TRAMITA NA CASA AS INFORMAÇÕES ABAIXO: SOLICITAR AO SECRETÁRIO DE MEIO AMBIENTE E DEFESA CIVIL INFORMAÇÕES SE AS EXIGÊNCIAS CONTIDAS EM SEU PARECER TÉCNICO QUE INSTRUIU A PROPOSIÇÃO FORAM CUMPRIDAS; SE FORAM APRESENTADAS PELO INTERESSADO LICENÇAS AMBIENTAIS JUNTO ASO DEMAIS ÓRGÃOS COMPETENTES, CONSIDERANDO QUE EM SEU PARECER HÁ INFORMAÇÃO DE QUE É OBRIGATÓRIA A EMISSÃO DE LICENÇA, ENVIANDO CÓPIAS SE POSITIVO; SE FOI CONCEDIDA ALGUMA LICENÇA MUNICIPAL NO ÂMBITO AMBIENTAL PARA O EMPREENDIMENTO, ENVIADO CÓPIAS SE POSITIVO; PRESTAR ESCLARECIMENTOS QUE JULGAR NECESSÁRIOS PARA A APROVAÇÃO DO PROJETO DE LEI N 36/2012</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, PARA O DEVIDO ESTUDO, ANÁLISE E VOTAÇÃO DO PROJETO DE LEI N. 36/2012 - DO EXECUTIVO MUNICIPAL - APROVA O LOTEAMENTO NOVA ESPERANÇA E DÁ OUTRAS PROVIDÊNCIAS QUE TRAMITA NA CASA AS INFORMAÇÕES ABAIXO CITADAS:  SOLICITAR AO SECRETÁRIO DE MEIO AMBIENTE E DEFESA CIVIL: A) INFORMAÇÃO SE AS EXIGÊNCIAS CONTIDAS EM SEU PARECER TÉCNICO QUE INSTRUIU A PROPOSIÇÃO FORAM CUMPRIDAS; B) SE FORAM APRESENTADAS PELO INTERESSADO LICENÇAS AMBIENTAIS JUNTO AOS DEMAIS ÓRGÃOS COMPETENTES, CONSIDERANDO QUE EM SEU PARACER HÁ INFORMAÇÃO DE QUE É OBRIGATÓRIA A EMISSÃO DE LICENÇA, ENVIANDO CÓPIAS SE POSITIVO; C) SE FOI CONCEDIDA ALGUMA LICENÇA MUNICIPAL NO ÂMBITO AMBIENTAL PARA O EMPREENDIMENTO, ENVIANDO CÓPIAS SE POSITIVO; C) PRESTAR ESCLARECIMENTOS QUE JULGAR NECESSÁRIOS PARA A APROVAÇÃO DO PROJETO DE LEI N. 36/2012</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, MILTON DO SINDICATO, TIÃOZINHO DA AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE EDUCAÇÃO, SAÚDE E ASSISTÊNCIA, ATRAVÉS DE SEUS MEMBROS, REQUER QUE VOSSA SENHORIA PRESTE AS INFORMAÇÕES ABAIXO ESPECIFICADAS:  1) QUAL O VALOR RECEBIDO PELO MUNICÍPIO PARA MANUTENÇÃO DO NÚCLEO DE APOIO DA SAÚDE DA FAMÍLIA - NASF, DESCRIMINANDO A FORMA DE RECEBIMENTO E O ÓRGÃO RESPONSÁVEL PELO REPASSE? 2) QUAL O VALOR DO CUSTO TOTAL PARA MANUTENÇÃO DO REFERIDO PROGRAMA, DESCRIMINANDO AS VERBAS EFETIVAMENTES GASTAS MENSALMENTE, INCLUSIVE COM PAGAMENTO DE PESSOAL E DEMAIS DESPESAS? 3) O MUNICÍPIO ATUALMENTE FAZ ALGUMA CONTRAPARTIDA OU MANTÊM ALGUMAS DESPESAS COM RECURSO PRÓPRIO PARA MANUTENÇÃO DO NASF?</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DA LICENÇA QUE AUTORIZOU O DESMATAMENTO QUE SENDO REALIZADO POR CIMA DA COPASA.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RELATÓRIO CONTENDO A MOVIMENTAÇÃO FINANCEIRA DO FUNDO MUNICIPAL DE HABITAÇÃO, INCLUINDO EXTRATO BANCÁRIO DE JANEIRO DO CORRENTE ANO ATÉ A PRESENTE DATA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3933,67 +3933,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1913/1913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1934/1934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1924/1924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/220/220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/221/221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/222/222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/224/224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/225/225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/227/227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/296/296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/295/295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/297/297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/298/298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/299/299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/300/300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/301/301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/302/302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/303/303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/304/304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/315/315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/305/305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/306/306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/307/307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/308/308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/309/309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/310/310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/311/311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/312/312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/313/313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/375/375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/376/376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/377/377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/378/378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/379/379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/380/380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/381/381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/382/382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/383/383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/384/384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/385/385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/386/386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/662/662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/654/654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/655/655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/656/656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/661/661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1752/1752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1753/1753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1760/1760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1770/1770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1771/1771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1772/1772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1774/1774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1777/1777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1780/1780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1784/1784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1785/1785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1786/1786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1787/1787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1788/1788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1789/1789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1790/1790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1791/1791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1792/1792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1796/1796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1799/1799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1801/1801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1821/1821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1822/1822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1823/1823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1824/1824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1893/1893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1894/1894_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1895/1895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1909/1909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1910/1910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1911/1911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1912/1912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1913/1913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1914/1914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1915/1915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1916/1916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1917/1917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1918/1918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1919/1919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1920/1920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1934/1934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1935/1935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1936/1936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1937/1937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1938/1938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1941/1941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1942/1942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1943/1943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1944/1944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1945/1945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1946/1946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/314/314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1922/1922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1921/1921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1947/1947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1948/1948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1949/1949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1950/1950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/118/118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/119/119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/120/120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1839/1839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1840/1840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1841/1841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1842/1842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1866/1866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1845/1845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1846/1846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1847/1847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1848/1848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1849/1849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1850/1850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1851/1851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1852/1852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1853/1853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1854/1854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1855/1855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1856/1856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1857/1857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1858/1858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1859/1859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1860/1860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1861/1861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1862/1862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1863/1863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1864/1864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1867/1867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1869/1869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1871/1871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1872/1872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1873/1873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1874/1874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1875/1875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1876/1876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1877/1877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1878/1878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1879/1879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1880/1880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1881/1881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1882/1882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1883/1883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1884/1884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1885/1885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1886/1886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1887/1887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1888/1888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1889/1889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1890/1890_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1891/1891_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1892/1892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1981/1981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1982/1982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1983/1983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1984/1984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1985/1985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1768/1768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1761/1761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1769/1769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1773/1773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1775/1775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1782/1782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1776/1776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1778/1778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1779/1779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1781/1781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1818/1818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1802/1802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1819/1819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1803/1803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1804/1804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1820/1820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1805/1805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1754/1754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1806/1806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1765/1765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1807/1807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1808/1808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1758/1758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1809/1809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1783/1783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1810/1810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1811/1811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1767/1767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1812/1812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1813/1813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1814/1814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1815/1815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1816/1816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1680/1680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1648/1648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1647/1647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1646/1646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1645/1645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1908/1908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/213/213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/214/214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/316/316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/246/246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/357/357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1706/1706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1707/1707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1708/1708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1709/1709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1710/1710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1711/1711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1712/1712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1713/1713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1714/1714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1715/1715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1716/1716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1717/1717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1718/1718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1719/1719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1720/1720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1740/1740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1721/1721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1742/1742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1722/1722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1723/1723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1896/1896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1897/1897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1898/1898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1899/1899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1900/1900_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1901/1901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1902/1902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1903/1903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1904/1904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1905/1905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1923/1923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1924/1924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1925/1925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1926/1926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1927/1927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1928/1928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1929/1929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1930/1930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1931/1931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1932/1932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1962/1962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1961/1961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1960/1960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1959/1959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1958/1958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1957/1957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1956/1956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1955/1955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1954/1954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1953/1953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1952/1952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1951/1951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/241/241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/245/245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/358/358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/360/360_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/361/361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/362/362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/363/363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1724/1724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1725/1725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1726/1726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1727/1727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1728/1728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1729/1729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1730/1730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1731/1731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1906/1906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1907/1907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1933/1933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2012/1963/1963_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H334"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>