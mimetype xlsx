--- v0 (2025-10-25)
+++ v1 (2026-03-20)
@@ -54,3717 +54,3717 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REGULAMENTAR O TRÂNSITO NA PRAÇA DO CAMPESTRE, COLOCANDO PLACAS DE SINALIZAÇÃO EM SENTIDO MÃO E CONTRA-MÃO</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR 02 (DOIS) QUEBRA-MOLAS NA RUA VIRGÍLIO JUSTINIANO ALVES</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 03 (TRÊS) QUEBRA-MOLAS NA RUA ARTHUR BINA NO TRECHO QUE COMPREENDE O BAIRRO SANTA CECÍLIA</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR 01 (UMA) GUARITA PARA _x000D_
 PARADA DE ÔNIBUS NA ESTRADA QUE LIGA ESPERA FELIZ A DORES DO RIO PRETO, NAS PROXIMIDADES DO MOTEL ESTRELA_x000D_
 </t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REGULAMENTAR O TRÂNSITO NA RUA DO RESTAURANTE PICANHA, QUE FICA LOCALIZADA NO TREVO QUE DÁ ACESSO A DORES DO RIO PRETO, COLOCANDO PLACAS DE SINALIZAÇÃO PERMITINDO O ESTACIONAMENTO SOMENTE DE 01 LADO</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS ATRAVÉS DO SITE WWW.PORTAL.JUVENTUDE.MG.GOV.BR, A FIM DE PARTICIPAR DA 3ª CONFERÊNCIA ESTADUAL DE POLÍTICAS PÚBLICAS DE JUVENTUDE</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS ATRAVÉS DO SITE WWW.ESPORTES.MG.GOV.BR, PARA PARTICIPAR DO PROGRAMA MECANISMOS DE INCENTIVO FISCAL;</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS ATRAVÉS DO E-MAIL ROSANA.BASTOS@ESPORTES.MG.GOV.BR PARA PARTICIPAR DO PROGRAMA PARADESPORTO, QUE TEM COMO PÚBLICO ALVO PESSOAS COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS ATRAVÉS DO SITE WWW.PORTAL.JUVENTUDE.MG.GOV.BR , A FIM DE PARTICIPAR DO 2º FÓRUM MINEIRO DE GESTORES PÚBLICOS DE JUVENTUDE</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS A FIM DE PARTICIPAR DOS JOGOS DE MINAS 2013, CONFORME INFORMAÇÕES ANEXADAS</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA ESTADUAL DE ESPORTES E DA JUVENTUDE &amp;#8211; SEEJ -  A FIM DE PARTICIPAR DO PROGRAMA MINAS OLÍMPICA &amp;#8211; JOGOS ESCOLARES DE MINAS GERAIS &amp;#8211; JEMG/2013, CONFORME INFORMAÇÕES ANEXADAS</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS GERAIS (SECRETARIA ESTADUAL DE ESPORTES) A FIM DE DESENVOLVER NO MUNICÍPIO DE ESPERA FELIZ/MG O PROJETO ESTRATÉGICO GERAÇÃO SAÚDE, CONFORME INFORMAÇÕES ANEXAS</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA ESTADUAL DE ESPORTES E DA JUVENTUDE &amp;#8211; SEEJ -  A FIM DE PARTICIPAR DO ICMS SOLIDÁRIO &amp;#8211; CRITÉRIO ESPORTES, CONFORME INFORMAÇÕES ANEXADAS.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O GOVERNO DE MINAS ATRAVÉS DO SITE WWW.ESPORTES.MG.GOV.BR, A FIM DE PARTICIPAR DAS OFICINAS DE ESPORTES QUE TEM COM PÚBLICO ALVO EQUIPES ESPORTIVAS DE COMPETIÇÃO DE PREFEITURAS, CLUBES E UNIVERSIDADES</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ERONDINA CAMPOS STOCK, NO MORRO DO WALTAIR, OU NA IMPOSSIBILIDADE NO MOMENTO, PATROLAR E ENSAIBRAR. APROVEITANDO O ENSEJO QUE SEJA  DESENTUPIDA A REDE PLUVIAL</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO À RUA ESTRADA PEDRA MENINA (PRÓXIMA AS CASAS POPULARES DO SR. DENEIR PELEGRINE - REFERÊNCIA &amp;#8211; ANTÔNIO LACERDA, QUE NECESSITA URGENTE DE MELHORIAS COMO: FAZER A REDE DE ESGOTO (MORADORES ALEGAM QUE OS DETRITOS SÃO JOGADOS NO RIO) E COMO FICA O MEIO AMBIENTE? CALÇAMENTO OU NA INVIABILIDADE NO MOMENTO,  QUE SEJA PATROLADA E ENSAIBRADA; LATÃO DE LIXO, PARA QUE ASSIM OS CAMINHÕES POSSAM RECOLHER O LIXO DESTA RUA; ROÇAR OS MATOS DOS BARRANCOS.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO À RUA MANOEL VENTURA QUE FICA PRÓXIMA A DELEGACIA DE POLÍCIA CÍVIL DE ESPERA FELIZ, TAIS COMO: ILUMINAÇÃO PÚBLICA; REDE DE ESGOTO; CALÇAMENTO</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2003/2003_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2003/2003_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENTRE EM CONTATO COM A CEMIG, PARA MUDAR A POSIÇÃO DE UM POSTE QUE ESTÁ LOCALIZADO NA AV. LUZIA ARRUDA DE SOUZA (PRÓXIMO AO AÇOUGUE DO MIQUÉIAS) EM FRENTE À RESIDÊNCIA DO JUNINHO DO ADALTO, POR ESTAR EM FRENTE A GARAGEM, O QUE VEM DIFICULTANDO MUITO A ENTRADA DO VEÍCULO</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENTRE EM CONTATO COM A CEMIG, PARA MUDAR A POSIÇÃO DE UM POSTE QUE ESTÁ LOCALIZADO NA RUA VIRGÍLIO JUSTINIANO ALVES N. 113, EM FRENTE À RESIDÊNCIA DO SR. JOSÉ CARLOS BRINCO, PASSANDO UNS 70 CM. PARA FRENTE, RETIRANDO-O ASSIM DA GARAGEM DESTE ILUSTRE SENHOR</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE ANALISE A POSSIBILIDADE DE COLOCAR UM POSTE DE ILUMINAÇÃO PÚBLICA NA ESQUINA DA RUA MOACIR CALDEIRAS COM A BEIRA RIO, NO BAIRRO SANTA INÊS (PENÚLTIMA RUA DEPOIS DO CAMPESTRE)</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.pdf</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2098/2098_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2098/2098_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL. ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE CALÇAR AS RUAS DO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A POSSIBILIDADE DE CALÇAR AS RUAS DO BAIRRO SANTA INÊS</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE AMPLIAR O CONVÊNIO COM A INSTITUIÇÃO LELECO PARA CRIANÇAS, BEM COMO, CONTRIBUIR PARA A CONSTRUÇÃO DE UMA CASA ADEQUADA ÀS SUAS NECESSIDADES</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DE BUSCAR RECURSOS JUNTO A UNIÃO PARA O TRATAMENTO DE ESGOTO (ENTRE OUTROS)</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE ESTUDE  A POSSIBILIDADE DE REVER A LEI QUE REGULAMENTA OS PONTOS DE TÁXI NO MUNICÍPIO</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t xml:space="preserve">LINDOMAR </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 01 (UMA) CAPELA MORTUÁRIA NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 03 (TRÊS) QUEBRA-MOLAS NA RUA AUGUSTA CARLOS DE ASSIS, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR O CONSERTO DO CALÇAMENTO DO ENTRONCAMENTO DA RUA JOÃO SEBASTIÃO DE AMORIM COM A RUA CAIANA, NAS PROXIMIDADES DOS ARMAZÉNS DE CAFÉ</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVER A SITUAÇÃO DE ENVIO DOS CONTRA-CHEQUES DOS SERVIDORES DO EXECUTIVO, SENDO QUE SEGUNDO ALGUNS FUNCIONÁRIOS OS CONTRA-CHEQUES ESTÃO SENDO ENTREGUES COM ATRASO E INFELIZMENTE,  ABERTOS</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA BOCA DE LOBO (BUEIRO) NA RUA JOÃO SEBASTIÃO DE AMORIM, NAS PROXIMIDADES DO N. 608</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR UM PROGRAMA DE COMPENSAÇÃO AMBIENTAL (ECO CRÉDITO E/OU OUTROS) NO MUNICÍPIO DE ESPERA FELIZ, PARA UMA CONTRIBUIÇÃO MENSAL OU ANUAL PARA TODOS OS PRODUTORES (AS) QUE PRESERVAM AS NOSSAS MATAS, AS NOSSAS NASCENTES, ENFIM A NOSSA NATUREZA</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FIRMAR CONVÊNIOS COM ÓRGÃOS COMPETENTES COM O OBJETIVO DE CONSTRUIR FOSSAS SÉPTICAS NAS RESIDÊNCIAS RURAIS QUE AINDA NÃO POSSUEM</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MELHORAR A REDE DE ESGOTO E FAZER O CALÇAMENTO DAS RUAS: DONA DONÁRIA E CARLOS VIRGÍLIO ALVES</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A COLOCAÇÃO DE PLACAS COM A IDENTIFICAÇÃO COM SEUS RESPECTIVOS NOMES EM TODAS AS RUAS E BAIRROS DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2036/2036_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2036/2036_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA RUA ÁLVARO DE SÁ BARBOSA, TENDO VISTO QUE O ACESSO ESTÁ RESTRITO A VEÍCULOS PEQUENOS, NÃO TENDO COMO PASSAR VEÍCULOS GRANDES,  PRINCIPALMENTE CAMINHÃO DE LIXO E APROVEITANDO O ENSEJO ENTRAR EM ACORDO COM O PROPRIETÁRIO DA RESIDÊNCIA ABAIXO PARA CONSTRUIR UM MURO DE ARRIMO NESTE LOCAL, CONFORME AS FOTOS ANEXADAS. </t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RETIRAR O CANTEIRO CENTRAL, INICIANDO NA PRAÇA DA BANDEIRA, NO TIÃO XAVIER, E FINALIZANDO NA LOJA ELETROZEMA, NO SANTANA MOTOS, A FIM DESTE ESPAÇO SE TRANSFORMAR EM ESTACIONAMENTO. </t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MELHORAR O ACESSO DA RUA GERSON GOMES DA SILVA (TAMBÉM CONHECIDA COMO RUA DA APAE), E TAMBÉM FAZER A REDE DE ESGOTO,  TENDO VISTO QUE NA ATUALIDADE O ESGOTO FICA A CÉU ABERTO.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE MORADORES DO BAIRRO SANTA CECÍLIA PARA MANUTENÇÃO DO TELECENTRO E OUTRAS ATIVIDADES</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE,  VEJA A VIABILIDADE DE FORNECER 10 MANILHAS DE 30&amp;#8221; PARA A COMUNIDADE DE FÁTIMA</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>RAFAEL XEXEU</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR 05 (CINCO) LATÕES DE LIXO NA COMUNIDADE DE SÃO SEBASTIÃO DA BARRA</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE ADQUIRIR 01 (UMA) ROÇADEIRA PARA A COMUNIDADE DO SÃO SEBASTIÃO DA BARRA, COM O INTUITO DE ROÇAR AS GRAMAS DOS JARDINS, CEMITÉRIOS, IGREJAS, CAMPO DE FUTEBOL, ETC., FICANDO SOB A RESPONSABILIDADE DO FUNCIONÁRIO DO EXECUTIVO O SR. BRUNO.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, LUIZ CARLOS MARINETI, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE  IMPLANTAR NO ÂMBITO DO MUNICÍPIO  DE ESPERA FELIZ O PROGRAMA DE DISTINÇÃO PELA   QUALIDADE ALIMENTAR E DÁ OUTRAS PROVIDÊNCIAS, CRIANDO O SELO DE QUALIDADE NOS HOTÉIS BARES, RESTAURANTES E SUPERMERCADOS (PARTE DE REFRIGERADORES).</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVITALIZAR A PRAÇA JOÃO PAULO II, QUE FICA EM FRENTE À IGREJA MATRIZ DE SÃO SEBASTIÃO, REPARANDO AS CALÇADAS QUE ESTÃO EM PÉSSIMO ESTADO, PRINCIPALMENTE NO ALTO DA PRAÇA EM FRENTE À IGREJA; MELHORAR O SISTEMA DE ILUMINAÇÃO COM COLOCAÇÃO DE NOVOS POSTES, REALIZAR A TROCA DOS BANCOS EXISTENTES QUE JÁ ESTÃO EM PÉSSIMO ESTADO, E QUE SEJA ELABORADO UM PROJETO DE JARDINAGEM ONDE SEJAM PLANTADAS FLORES COLORIDAS, EMBELEZANDO ASSIM NOSSA CIDADE</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NO CÓRREGO SÃO JOÃO QUE FICA LOCALIZADO NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL DE SAÚDE, VEJA A VIABILIDADE DE ADOTAR A INCLUSÃO DA MEDICINA POPULAR E ALTERNATIVA  COM MÉTODOS NATURAIS COMO: HOMEOPATIA, REIKI E OUTRAS TERAPIAS,  NO SISTEMA ÚNICO DE SAÚDE MUNICIPAL</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADOTAR O MÉTODO DE AULA INTEGRAL  NAS ESCOLAS MUNICIPAIS, MESMO QUE NÃO SEJA POSSÍVEL NO MOMENTO EM TODAS AS ESCOLAS, INCLUINDO AULAS DE MÚSICAS, DANÇAS, TEATROS, JOGOS E OUTROS, COM O INTUITO DE ALÉM DOS ALUNOS APRENDEREM MAIS, TIRAREM AS CRIANÇAS DAS RUAS, ESTIMULAR UMA ALIMENTAÇÃO SAUDÁVEL, MELHORANDO A CAPACIDADE FÍSICA E INTELECTUAL DOS ALUNOS</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI VISANDO IMPLANTAR O SISTEMA DE  FOSSAS SÉPTICAS EM TODAS AS PROPRIEDADES RURAIS QUE AINDA CONTAM COM O SISTEMA DE ESGOTO A CÉU ABERTO, DENTRO DOS CONFORMES E EXIGÊNCIAS DO MEIO AMBIENTE</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR PARA O MUNICÍPIO DE ESPERA FELIZ UM CAMINHÃO PREPARADO PARA COLETA DE FOSSAS SÉPTICAS, TAMBÉM CONHECIDO COMO LIMPA FOSSA</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA REFORMA GERAL NA QUADRA DE ESPORTES DA COMUNIDADE DO SÃO DOMINGOS E SE POSSÍVEL COLOCAR COBERTURA</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 02 (DOIS) QUEBRA-MOLAS NA RUA MARIA VERGA (RUA DO PSF) QUE FICA LOCALIZADA NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR 03 (TRÊS) REDUTORES DE VELOCIDADE OU QUEBRA-MOLAS NA RUA JOÃO SEBASTIÃO DE AMORIM  A PARTIR DO N.: 600 EM DIREÇÃO À CAIANA</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UMA) COBERTURA NA QUADRA DE ESPORTES DA COMUNIDADE DO PARAÍSO</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RECOLOCAR UM POSTE QUE FOI RETIRADO DA  RUA SALERMO DE SOUZA, NA BOCA DA PONTE, DANDO ACESSO A SUBIDA PELO ESCADÃO</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2017/2017_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2017/2017_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) POSTE NO FINAL DA RUA ÁLVARO DE SÁ BARBOSA, NAS PROXIMIDADES DA RESIDÊNCIA DO SR. WILSON DOS SANTOS</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM BUEIRO (BOCA DE LOBO) NA RUA JOÃO SEBASTIÃO DE AMORIM, EM FRENTE À LOJA BIUNDINI § BIUNDINI MODA ÍNTIMA</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A FIRMA QUE ESTÁ REALIZANDO O CALÇAMENTO DA RUA CARANGOLA E SOLICITE AGILIDADE NA COLOCAÇÃO DAS TAMPAS DOS BUEIROS EXISTENTES</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA MARIA ELIZABETE TOLEDO MARTINS</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE BUSCAR PROVIDÊNCIAS JUNTO AOS ÓRGÃOS COMPETENTES A FIM DE COMPLEMENTAR A ILUMINAÇÃO PÚBLICA NA RUA PAULO COUTINHO, NO BAIRRO SANTA INÊS, PRÓXIMO AO POSTO DO PINGO</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM ESPAÇO DE ENTRETENIMENTO NO BAIRRO JOÃO CLARA, AO LADO DA QUADRA DE ESPORTES E APROVEITANDO O ENSEJO REALIZAR UMA REFORMA NESTA DEVIDA QUADRA</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM PARQUE PARA CRIANÇAS AO LADO DO PROJETO HABITACIONAL DA COHAB QUE EM BREVE SERÁ  INICIADO AS OBRAS NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA VILA ARISTÓTELES GOMES DA SILVA, COMO: CALÇAMENTO, MAS NA INVIABILIDADE NO MOMENTO  QUE SEJA ACERTADA A RUA E ENSAIBRADA; SERVIÇO DE CAPINA</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2099/2099_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2099/2099_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA VILA MIRANDA, COMO: CALÇAMENTO, MAS NA INVIABILIDADE NO MOMENTO QUE SEJA ENSAIBRADA; SERVIÇO DE CAPINA E CONSTRUÇÃO DE UM BUEIRO (BOCA DE LOBO)</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI ONDE SEJA DISPOSTO A RESERVA DE VAGA NO MUNICÍPIO DE ESPERA FELIZ, NOS ESTACIONAMENTOS EM FRENTE AOS ESTABELECIMENTOS BANCÁRIOS E EXECUTIVO MUNICIPAL, PARA AS PESSOAS IDOSAS</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLEMENTAR NO MUNICÍPIO DE ESPERA FELIZ CURSOS DO FIC &amp;#8211; FORMAÇÃO INICIAL E CONTINUADA. CURSOS DE CAPACITAÇÃO E/OU APERFEIÇOAMENTO PROFISSIONAL, DO PROGRAMA PRONATEC, VISANDO A PREPARAÇÃO DOS CIDADÃOS PARA O MERCADO DE TRABALHO E MELHORAMENTO DA RENDA, CONFORME INFORMAÇÕES ADICIONAIS ANEXADAS.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL DE CAPINA NA COMUNIDADE DO SÃO DOMINGOS, TENDO VISTO QUE ENCONTRA-SE COM MUITOS MATOS AO REDOR DA QUADRA DE ESPORTE, PRAÇA DA IGREJA, POSTO DE SAÚDE, ETC E TAMBÉM APROVEITANDO O ENSEJO QUE SEJA CORTADA UMA ÁRVORE QUE ESTÁ ENTRE A QUADRA,  POSTO DE SAÚDE E A ESCOLA,  DEVIDO A TER CRESCIDO MUITO, COM MUITOS GALHOS ESPALHADOS EM CIMA DE REDES DE ENERGIA, O QUE VEM CAUSANDO PREOCUPAÇÃO NOS MORADORES, QUE ESTÃO COM MEDO DELA CAIR, VINDO À MACHUCAR AS PESSOAS, AINDA MAIS POR SER UMA ÁREA MUITO TRANSITADA</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA GRADE DENTRO DO RIO SÃO JOÃO, CONFORME JÁ FOI FEITO NA CIDADE VIZINHA DE CARANGOLA/MG, PARA QUE OS ENTULHOS QUE INFELIZMENTE, SÃO LANÇADOS NO RIO FIQUEM RETIDOS NESTE LOCAL, TENDO ASSIM MAIOR FACILIDADE DE SEREM RETIRADOS. SOLICITO AINDA QUE SEJA FEITO UM ESTUDO PARA VER QUAL O LOCAL MAIS ADEQUADO PARA COLOCAÇÃO DESTA GRADE. </t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA GUARITA PARA PARADA DE ÔNIBUS NA BR 482, NO TRECHO COMPREENDIDO ENTRE ESPERA FELIZ A CARANGOLA, EM FRENTE ÀS CASAS POPULARES DO SR. DENEIR PELEGRINE</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE IMPLANTAR UMA BIBLIOTECA AMBULANTE NO MUNICÍPIO DE ESPERA FELIZ, A FIM DE PROPICIAR O ACESSO AO MUNDO DO CONHECIMENTO, DA INFORMAÇÃO, DA EXPRESSÃO HUMANA</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PATROLAR E ENSAIBRAR A ESTRADA QUE DÁ ACESSO AO CÓRREGO DOS FARIAS ATÉ A ESTRADA PRINCIPAL DE CAPARAÓ, PRÓXIMO A FAZENDA DO BOLÃO</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PONTE DE CIMENTO, NO LOCAL DENOMINADO PONTE DOS MACACOS, SEGUINDO A SUGESTÃO DA COMUNIDADE DO CRUZEIRO ONDE SERÁ O LUGAR MAIS ADEQUADO PARA ESTA CONSTRUÇÃO</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, LUIZ CARLOS MARINETI, MARCOSUEL FIALHO, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE REGULARIZAR O PAGAMENTO DOS ADICIONAIS DE PERICULOSIDADE E INSALUBRIDADE PARA OS SERVIDORES PÚBLICOS DO MUNICÍPIO, INCLUSIVE COM A VERIFICAÇÃO DA POSSIBILIDADE DE OBSERVAÇÃO DA LEI FEDERAL N.: 12.740/2012.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>LINDOMAR , ALTAMIRO NOGUEIRA, Eluízio Bilheiro, MARCOSUEL FIALHO, OZIEL GOMES, RAFAEL XEXEU, Robinho Lacerda, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2066/2066_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2066/2066_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVISÃO DE VALORES DAS DIÁRIAS DO LEGISLATIVO MUNICIPAL, CONFORME TABELA EM ANEXO</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2067/2067_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2067/2067_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE ANALISAR A SITUAÇÃO DA RUA JOÃO SEBASTIÃO DE AMORIM CONFORME FOTOS ANEXADAS, ONDE A CALÇADA FINALIZA COM UMA GRANDE ÁRVORE QUE CAUSA TRANSTORNO PARA OS PEDESTRES QUE TÊM QUE DESCER DA CALÇADA E PASSAR POR ESTA RUA TÃO PERIGOSA ONDE PASSAM INÚMEROS CARROS. A SUGESTÃO DESTE VEREADOR É  QUE NA INVIABILIDADE DE CORTAR ESTA ÁRVORE, SEJA FEITO UMA RAMPA OU UMA DESCIDA ANTES DA ÁRVORE ONDE EXISTE UM BANCO POIS ASSIM AS PESSOAS PODERIAM CONTINUAR A SUA TRAVESSIA PELA RUA ANEXA A JOÃO SEBASTIÃO (RUA SEM SAÍDA) QUE É UMA RUA BEM MAIS TRANQUILA, TRAZENDO MAIOR SEGURANÇA AOS PEDESTRES</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2068/2068_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2068/2068_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE PINTAR UMA FAIXA DE PEDESTRE NA RUA JOÃO SEBASTIÃO DE AMORIM, ANTES DA ROTATÓRIA COM A RUA JOÃO ALVES DE BARROS, EM FRENTE A ÁRVORE DA FOTO ANEXADA</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA URGENTE NO CÓRREGO QUE DESCE DA PROPRIEDADE DOS LANES E SEGUE SENTIDO PARQUE DE EXPOSIÇÕES</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2070/2070_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2070/2070_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PODAR AS ÁRVORES DAS RUAS: FIORAVANTE PADULA E JOÃO SEBASTIÃO DE AMORIM</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE PODAR AS ÁRVORES LOCALIZADAS EM FRENTE AO ESTÁDIO REINÔ MARTINS DE OLIVEIRA</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) REDUTOR DE VELOCIDADE OU QUEBRA-MOLA EM FRENTE AO INSS</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE VERIFICAR AS REDES DE ESGOTO QUE ESTÃO SENDO LIGADAS NAS MANILHAS DA REDE PLUVIAL NA AV. AMÉRICO CANDIDO DE SOUZA, NO BAIRRO VALE DO SOL E APÓS PROVIDENCIAR A LIGAÇÃO CORRETA NA REDE DE ESGOTO.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ANALISE A ÁGUA QUE É CONSUMIDA PELOS ALUNOS, PROFESSORES DAS ESCOLAS DA REDE MUNICIPAL E NA VIABILIDADE COLOCAR BEBEDOUROS E FILTROS NESTAS ESCOLAS E AINDA CONSTRUIR REFEITÓRIOS</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2100/2100_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2100/2100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM FUNCIONÁRIO/VIGIA OU SEGURANÇA NA PRAÇA AMENAIDE VASCONCELOS, COM A FINALIDADE DE PROTEGER ESTE PATRIMÔNIO PÚBLICO. </t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE  O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DUARTE PAES</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2102/2102_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2102/2102_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA MANOEL VENTURA.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PASSAR UM CAMINHÃO PIPA LAVANDO O CENTRO DA CIDADE, INICIANDO NA LOJA ELETROZEMA E FINALIZANDO NAS PROXIMIDADES DO ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA, COMPREENDENDO A MAIOR PARTE DO CENTRO EMPRESARIAL E COMERCIAL DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENCAMINHAR UM OFÍCIO À COPASA SOLICITANDO A RETIRADA DA TUBULAÇÃO QUE PASSA NOS FUNDOS DA IGREJA MATRIZ DE SÃO SEBASTIÃO</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE BUSCAR MEIOS PARA A REFORMULAÇÃO DAS SEGUINTES LEIS: - CÓDIGO DE OBRAS -CÓDIGO DE POSTURAS -CÓDIGO DO MEIO AMBIENTE - PLANO DIRETOR</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER VALER A LEI  MUNICIPAL N.: 918/2010 &amp;#8211; REGULAMENTA  A PROPAGANDA VOLANTE NAS VIAS PÚBLICAS DE ESPERA FELIZ, JUNTAMENTE COM A LEI DE N.: 934/2010 QUE FAZ UMA ALTERAÇÃO A ESTA LEI DE REGULAMENTAÇÃO, CONFORME SEGUE ANEXADO AS DEVIDAS CÓPIAS</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 QUEBRA-MOLAS NA RUA NATHAIR FERREIRA DE CASTRO, NO BAIRRO JOÃO DO ROQUE</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A LADEIRA TROPICAL</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTITUIR O PROCON MUNICIPAL</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2116/2116_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2116/2116_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEJA A VIABILIDADE DE APRESENTAR UM PROJETO DE LEI CRIANDO A &amp;#8220;SALA DO EMPREENDEDOR&amp;#8221; EM ESPERA FELIZ, COMO FORMA DE AJUDAR OS PEQUENOS, MÉDIOS E GRANDES EMPREENDEDORES INTERESSADOS EM INSTALAR E/OU DESENVOLVER SUAS ATIVIDADES NA CIDADE, FOMENTANDO ASSIM O DESENVOLVIMENTO EMPRESARIAL E A CRIAÇÃO DE EMPREGOS E RENDAS</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO VEJA A VIABILIDADE DE INSTALAR UMA FAIXA DE PEDESTRE ELEVADA NA RUA CIRA ROSA DE ASSIS, NA ALTURA DO N.: 25, EM FRENTE À  ESCOLA SPEAKING CLUB IDIOMAS</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ASSESSORIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UMA FAIXA DE PEDESTRE ELEVADA NA RUA JOSÉ GRILLO, NA ALTURA DO N.: 84, EM FRENTE À EPACE INFORMÁTICA</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR NOVAS GRADES DE PROTEÇÃO NAS ESCADAS QUE DÃO ACESSO À RUA FIORAVANTE PADULA (PARTE ALTA DA PARTE BAIXA), E ARRUMAR AS GRADES EXISTENTES, AJUSTANDO-AS MELHOR AO CHÃO, POR NÃO ESTAREM FIRMES E TAMBÉM PINTÁ-LAS,  TENDO VISTO QUE ESTÃO ENFERRUJADAS</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM CORRIMÃO NO TRILHO QUE DÁ ACESSO AO MORRO DO WALTAIR, CONFORME FOTO ANEXADA</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UM POSTE NA RUA ERONDINA C. STOCK, QUE FICA LOCALIZADA NO MORRO DO WALTAIR, E SE POSSÍVEL QUE COLOQUE NAS PROXIMIDADES DO LOCAL GRIFADO NA FOTO ANEXADA, TENDO VISTO QUE A ILUMINAÇÃO DO POSTE EXISTENTE NÃO CONSEGUE ALCANÇAR TODA A EXTENSÃO DESTA VIA PÚBLICA, TORNANDO-A MUITO ESCURA E PERIGOSA</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ESTUDAR A SITUAÇÃO DA FAIXA DE PEDESTRE QUE FOI COLOCADA EM FRENTE À AUTO ESCOLA ALTERNATIVA, NA RUA AMÉRICO VESPÚCIO DE CARVALHO, E APÓS FAZER A DEVIDA MUDANÇA DE LOCAL, TENDO VISTO QUE A TRAVESSIA DE PEDESTRE NESTA FAIXA FICOU INVIÁVEL DEVIDO A GRADE PROTETORA QUE FOI FIXADA NA CALÇADA EM FRENTE A ESTE CENTRO DE FORMAÇÃO DE CONDUTORES</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE APROVEITAR PARTE DO ESPAÇO QUE O EXECUTIVO MUNICIPAL TEM PRÓXIMO À CURVA DA BARRAGEM, CONHECIDO COMO SÍTIO DA PREFEITURA PARA PLANTAR EUCALIPTOS COM FINALIDADE DE USO PRÓPRIO</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE APROVEITAR PARTE DO ESPAÇO QUE O EXECUTIVO MUNICIPAL TEM PRÓXIMO À CURVA DA BARRAGEM, CONHECIDO COMO SÍTIO DA PREFEITURA PARA ALOJAR PROVISORIAMENTE OS ANIMAIS QUE FICAM PELAS ESTRADAS,  ATÉ QUE O COMPROVADO DONO VÁ RETIRÁ-LO</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA OPERAÇÃO TAPA BURACOS NA RUA LUIZ PADRE BUENO, (RUA DO ALBERGUE)._x000D_
 </t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR ATRAVÉS DA SECRETARIA DE MEIO AMBIENTE,  UMA LIMPEZA NO LEITO DO RIO SÃO JOÃO</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER A ADESÃO AO PROJETO ATLETA NA ESCOLA, CUJA INSCRIÇÃO FOI ADIADA ATE 14/06. A INSCRIÇÃO PODE SER FEITA NO PORTAL WWW.ATLETA NA ESCOLA.MEC.GOV.BR</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE MÃO ÚNICA NA RUA ALEXANDRE PEREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA COM COBERTURA OU NA INVIABILIDADE NO MOMENTO, UM CAMPO COM GRAMADO SINTÉTICO, NA COMUNIDADE BOM PASTOR, NO ASSENTAMENTO PADRE JÉSUS.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PISO E COBERTURA NA QUADRA DE ESPORTES DA COMUNIDADE PEDRA MENINA/CHAVE.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM ESPAÇO QUE TENHA COMO FINALIDADE ARMAZENAR O RECOLHIMENTO DE PILHA, BATERIA, LÂMPADA, IMPRESSORA, COMPUTADORES, ETC. </t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL , ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 01 (UM) POSTE DE ILUMINAÇÃO NA RUA JAIR RÚBIO DE AMORIM, NAS PROXIMIDADES DA CONSTRUÇÃO DO PRÉDIO DO SR. CABRAL XAVIER.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DAR CONTINUIDADE AO CALÇAMENTO DA RUA GENÉZIO DE ASSIS MARINHO.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VERIFIQUE JUNTO AOS ÓRGÃOS COMPETENTES SOBRE A POSSIBILIDADE DE SER UTILIZADA A ESTRADA DO CONTORNO PARA QUE OS VEÍCULOS PESADOS SEJAM DESVIADOS PARA AQUELA VIA, DESAFOGANDO O TRÂNSITO DENTRO DA CIDADE DE ESPERA FELIZ/MG, ADOTANDO-SE AS MEDIDAS NECESSÁRIAS.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, Eluízio Bilheiro, GILMAR DA  AMBULÂNCIA, LINDOMAR , LUIZ CARLOS MARINETI, MARCOSUEL FIALHO, MILTON DO SINDICATO, OZIEL GOMES, RAFAEL XEXEU, Robinho Lacerda, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VERIFIQUE JUNTO AOS ÓRGÃOS COMPETENTES SOBRE A POSSIBILIDADE DE CONSTRUIR OU ALUGAR UMA CASA PARA FUNCIONAR UMA CAPELA MORTUÁRIA NA RUA NOVA, ATENDENDO ESTA CITADA RUA, E TAMBÉM O BAIRRO SANTA INÊS, MORRO DO WALTAIR ETC, CONFORME PROJETO APRESENTADO PELA COMUNIDADE CATÓLICA SANTA LUZIA QUE SEGUE ANEXADO.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR EM TODOS OS CARROS AGREGADOS DO EXECUTIVO MUNICIPAL, ADESIVOS LEGÍVEIS COM OS DIZERES A SERVIÇO DA PMEF.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PISTA DE SKATE NA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM GINÁSIO POLIESPORTIVO NA ÁREA DE LAZER DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ESTUDAR E ANALISAR  A LEI MUNICIPAL DA CIDADE DE EXTREMA/MG QUE VERSA SOBRE O PROJETO CONSERVADOR DAS ÁGUAS, E INFORMAÇÕES COMPLEMENTARES QUE SEGUEM ANEXADAS, E DENTRO DAS POSSIBILIDADES IMPLANTAR ESTE PROJETO NO NOSSO MUNICÍPIO COM A FINALIDADE DE INCENTIVAR O PRODUTOR RURAL A MELHORAR A QUALIDADE E QUANTIDADE DE ÁGUAS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM MUTIRÃO DE LIMPEZA NA COMUNIDADE DE SÃO DOMINGOS, NAS PROXIMIDADES DA QUADRA E DA ESCOLA, CONFORME VEM SENDO FEITO EM VÁRIOS BAIRROS E COMUNIDADES.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR TODAS AS CALÇADAS QUE PERTENCEM AO MUNICÍPIO, COMO POR EXEMPLO: CALÇADA DA POLICLÍNICA, CALÇADA DO ÓRGÃO MUNICIPAL, ETC</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFAZER O MURO DO CEMITÉRIO QUE FICA LOCALIZADO NO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA. APROVEITANDO O ENSEJO QUE REFAÇA TAMBÉM O MURO DA ESCOLA DESTE DISTRITO E CASO ESTA ESCOLA SEJA ESTADUAL, QUE VOSSA EXCELÊNCIA INTERCEDA JUNTO AO GOVERNO DE MINAS PARA A REALIZAÇÃO DESTA OBRA.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA ZANON NO BAIRRO SANTA CECÍLIA E TAMBÉM A COLOCAÇÃO URGENTE DE UMA BOCA DE LOBO NESTA MESMA VILA.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR LATÕES PARA LIXO, POIS TEMOS DIVERSAS LOCALIDADES EM FALTA DESSE UTENSÍLIO UTILIZADO PARA O DEPÓSITO TEMPORÁRIO DE LIXO DOMÉSTICO, ACARRETANDO PROBLEMAS AOS MORADORES.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS PROIBINDO ESTACIONAR EM FRENTE AO SEMINÁRIO, INÍCIO E FIM.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR CORRIMÕES NAS ESCADAS QUE DÃO ACESSO A PARTE ALTA DA PARTE BAIXA DA RUA FIORAVANTE PADULA.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO AOS BICHOS PEÇONHENTOS (RATOS, BARATAS, ETC) QUE ESTÃO CIRCULANDO PELA RUA ROQUE FERREIRA DE CASTRO, NA PRAÇA AMENAIDE, VINDO DO ESGOTO DO CORGUINHO.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAREM PROVIDÊNCIAS EM RELAÇÃO AOS ANIMAIS QUE FICAM SOLTOS PELAS RODOVIAS PRÓXIMAS AO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DAR CONTINUIDADE À CALÇADA QUE FICA LOCALIZADA NO CANTEIRO CENTRAL DA RUA FIORAVANTE PADULA, INICIANDO APROXIMADAMENTE NA DIREÇÃO DO HOTEL MONTANHÊS ATÉ O CHURRASQUINHO DO ALEX.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR EM REGIME DE URGÊNCIA UMA PLACA DE REGULAMENTAÇÃO DE TRÂNSITO - SENTIDO OBRIGATÓRIO,  NO MORRO DA RUA PIO XII, NAS PROXIMIDADES DA RESIDÊNCIA DA SRA. MARINHA NUNES (VIÚVA DO SAUDOSO VIRGILINHO), INDICANDO QUE O VEÍCULO SOMENTE PODERÁ SEGUIR NA RUA DOM CARLOTO, EM SENTIDO PARÓQUIA SÃO SEBASTIÃO.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DUAS) BOCAS DE LOBO (BUEIRO) NO MUNICÍPIO, SENDO NAS RUA ESPECIFICADAS ABAIXO: UM NA RUA PIO XII, EM FRENTE À OFICINA MECÂNICA DO SR. JUSCELINO E UM NA RUA ALMIRANTES BARROSO, EM FRENTE AO COMÉRCIO RURAL AGRÍCOLA</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR E AMPLIAR A SEDE DO POSTO DE SAÚDE DA COMUNIDADE DO CRUZEIRO</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR E GRAMAR O CEMITÉRIO QUE FICA LOCALIZADO NA COMUNIDADE DE SÃO SEBASTIÃO DA BARRA.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA POLIESPORTIVA COM COBERTURA, PRÓXIMO À CAPELA DA COMUNIDADE DO CRUZEIRO.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER A LIGAÇÃO DE UMA REDE PLUVIAL, LOCALIZADA NA VILA PAIXÃO.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PLAINAR UM LOTE DE TERRENO QUE PERTENCE A ASSOL - ASSOCIAÇÃO DE MORADORES DO BAIRRO VALE DO SOL, LOCALIZADO À AV. AMÉRICO CANDIDO DE SOUZA</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ARQUIMEDES MOREIRA DA SILVA, EM FRENTE A IGREJA DO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, DENTRO DAS VIABILIDADES, ENTRE EM CONTATO COM OS DEMAIS PREFEITOS DA REGIÃO PARA QUE OS MUNICÍPIOS DA VERTENTE DO CAPARAÓ SE MOBILIZEM A FIM DE EVITAR O FECHAMENTO DO PARQUE NACIONAL DO CAPARAÓ, CONFORME NOTÍCIA DIVULGADA NO SITE WWW.PORTALCAPARAO.COM.BR, QUE SEGUE ANEXADA.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ESTREITAR A PARCERIA COM A ECOBRIGADA, FORNECENDO SACOLAS, SEMENTES, ESTERCOS E TERRAS PARA A PRODUÇÃO DE MUDAS NATIVAS E FRUTÍFERAS, E APÓS DOAÇÃO DAS MUDAS PARA OS PRODUTORES.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE AMPLIAR A LARGURA DA CALÇADA DO CENTRO COMERCIAL DE ESPERA FELIZ, INICIANDO NO HOTEL MONTANHÊS E FINALIZANDO NA LOJA DO NININHO E TAMBÉM APROVEITAR PARA RETIRAR OS OBSTÁCULOS QUE EXISTEM NESTAS CALÇADAS (EX: BANCAS DE ROUPAS, ENTULHOS DE OBRAS, ETC.)</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER COLOCADA UMA PLACA DE TRÂNSITO INFORMATIVA COM OS DIZERES "DEVAGAR ESCOLA" OU "ÁREA ESCOLAR" NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA, PRÓXIMO AO CENTRO DE EDUCAÇÃO "PORTAL DO SABER". SOLICITO AINDA NESTA MESMA INDICAÇÃO QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DO ÓRGÃO COMPETENTE, FAÇA UMA ANÁLISE E ESTUDO PARA VER A VIABILIDADE DE TRANSFORMAR EM MÃO ÚNICA A RUA AMÉRICO VESPÚCIO DE CARVALHO (RUA DA ESCOLA PORTAL DO SABER).</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM TRABALHO DE DEMARCAÇÃO DE ÁREAS NÃO EDIFICANTES NO NOSSO MUNICÍPIO OBJETIVANDO A NÃO CONSTRUÇÃO DE MORADIAS EM ÁREAS DE RISCO.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2203/2203_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2203/2203_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO À UM BURACO EXISTENTE NA CABECEIRA DA PONTE QUE FICA PRÓXIMA AO AUTO POSTO TERRA BRANCA E POLICLÍNICA MUNICIPAL DE ESPERA FELIZ, CONFORME FOTOS ANEXADAS.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA BOCA DE LOBO/BUEIRO NA VILA MIRANDA QUE FICA LOCALIZADA NA PRAÇA DA BANDEIRA, NAS PROXIMIDADES DA RESIDÊNCIA DA D. SEULA GOMES E DA CASA DA CULTURA.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA TELA DE PROTEÇÃO ANTES DO PONTILHÃO DE FERRO QUE FICA LOCALIZADO NA ESTRADA QUE LIGA ESPERA FELIZ À CAIANA, SOMENTE DO LADO DIREITO, SENTIDO QUEM VAI DE ESPERA FELIZ PARA CAIANA.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DA ESCOLA ÁLVARO DE SÁ BARBOSA QUE FICA LOCALIZADA NA COMUNIDADE DA VARGEM ALEGRE, FUNCIONAREM TEMPO INTEGRAL  E CASO ESTA ESCOLA PERTENÇA AO ESTADO QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM O GOVERNO ESTADUAL PARA VER SE EXISTE ESTA POSSIBILIDADE.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA RAMPA DE ACESSO AOS DEFICIENTES FÍSICOS NOS LUGARES DE MAIS URGÊNCIA COMO: AGÊNCIAS BANCÁRIAS, IGREJAS, INSS, PREFEITURA MUNICIPAL, CÂMARA MUNICIPAL, GINÁSIO MUNICIPAL DE ESPORTES, DELEGACIA DE POLÍCIA, ESCOLAS, POSTOS DE SAÚDE E DEMAIS DEPARTAMENTOS PÚBLICOS COMO EM COMÉRCIOS EM GERAL.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ALTERAR O ART. 38 DA LEI MUNICIPAL Nº 883/09, DE 22 DE SETEMBRO DE 2009 QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO TUTELAR E SOBRE A FUNÇÃO DE CONSELHEIRO TUTELAR DO MUNICÍPIO DE ESPERA FELIZ, PASSANDO TER A SEGUINTE REDAÇÃO: ART. 38 - O CONSELHEIRO TUTELAR NO EFETIVO EXERCÍCIO DA SUA FUNÇÃO PERCEBERÁ COMO REMUNERAÇÃO O VALOR CORRESPONDENTE A UM SALÁRIO MÍNIMO VIGENTE MAIS 50% (CINQUENTA POR CENTO).</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR OU ALUGAR UM LOCAL PARA FUNCIONAR O TELECENTRO NA COMUNIDADE DO TABOÃO, QUE FUNCIONA ATUALMENTE NO SALÃO COMUNITÁRIO DA COMUNIDADE.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA DE LAZER COM BRINQUEDOS DE MADEIRAS EM TODAS AS COMUNIDADES DO MUNICÍPIO E AONDE JÁ EXISTE PRAÇA, QUE SEJAM COLOCADOS OS BRINQUEDOS DE MADEIRAS.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PRESIDENTE DA CASA, VEJA A VIABILIDADE DE REALIZAR UMA AUDIÊNCIA PÚBLICA, ENVOLVENDO REPRESENTANTES DO GOVERNO FEDERAL E DO ESTADO DE MINAS E ESPÍRITO SANTO, REPRESENTANTES DO IBAMA, IEF, MINISTÉRIO PÚBLICO, AGENTES POLÍTICOS, ORGANIZAÇÕES SOCIAIS E COMUNIDADES DO ENTORNO PARA DISCUTIREM A MANUTENÇÃO E A IMPORTÂNCIA DO PARQUE NACIONAL DO CAPARAÓ PARA A REGIÃO, BRASIL E O MUNDO.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONCEDER O ESPAÇO DA OBRA DA CAPELA MORTUÁRIA PARA O HOSPITAL DE ESPERA FELIZ OU PRONTO SOCORRO, COM O OBJETIVO DE FUNCIONAR ALGUM TIPO DE ATIVIDADE QUE NÃO VÁ TER AGLOMERAÇÃO DE PESSOAS.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE LANÇAR UMA CAMPANHA NO MUNICÍPIO A FIM DE MOBILIZAR OS MORADORES PARA QUE CONSTRUAM, RECUPEREM E MANTENHAM AS CALÇADAS DO NOSSO MUNICÍPIO DE UMA FORMA ADEQUADA E DE FÁCIL ACESSO, GARANTINDO O DIREITO DE IR VI COM AUTONOMIA, INDEPENDÊNCIA E SEGURANÇA, E AINDA APROVEITANDO O ENSEJO QUE SEJA LANÇADA NESTA CAMPANHA A IDEIA EDUCATIVA DOS CICLISTAS USAREM SOMENTE A VIA PÚBLICA PARA TRANSITAREM, NÃO PODENDO DE FORMA ALGUMA TRANSITAREM PELAS CALÇADAS.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ESTUDAR E ANALISAR A SITUAÇÃO DO ESTACIONAMENTO QUE FICA NO INÍCIO DA AVENIDA JAIME TOLEDO, EM FRENTE AO EDUCANDÁRIO SACRAMENTINO, POR MOTIVOS DOS MOTORISTAS ESTACIONAREM SEUS VEÍCULOS MUITO PRÓXIMO À PAREDE DO SEMINÁRIO, NÃO SOBRANDO CALÇADA PARA OS PEDESTRES PASSAREM, PRINCIPALMENTE OS ALUNOS DA ESCOLA ESTADUAL INTERVENTOR JÚLIO DE CARVALHO.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE APROVEITAR OS ESPAÇOS COMPREENDIDOS NAS BARRAS DE PROTEÇÃO QUE FORAM FIXADAS NAS ESCADAS QUE DÃO ACESSO A PARTE BAIXA DA RUA FIORAVANTE PADULA, CONFORME FOTO ANEXADA, SENDO DOS DOIS LADOS, COM A COLOCAÇÃO DE ADESIVOS DE FOTOS ANTIGAS DO NOSSO MUNICÍPIO E PONTOS TURÍSTICOS; E TAMBÉM COLOCAR FRASES EDUCATIVAS, COMO POR EXEMPLO: CUIDAR E ZELAR É NECESSÁRIO; PRESERVE O QUE TAMBÉM É SEU; NÃO JOGUE LIXO NO CHÃO; MANTENHA A CIDADE LIMPA, E ETC.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UM ESTUDO E APÓS TOMAR PROVIDÊNCIAS EM RELAÇÃO AO QUE PODE SER FEITO DE IMEDIATO NA PONTE QUE FICA LOCALIZADA NAS PROXIMIDADES DA LOTERIA, TENDO VISTO QUE CONTA COM VERGALHÕES EXPOSTOS EM SEUS ESTEIOS, CONFORME FOTO ANEXADA, PODENDO VIR A CAUSAR DANOS FUTUROS.</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REATIVAR A GUARITA QUE FICAVA LOCALIZADA NO ENTRONCAMENTO DA BR 482 QUE LIGA ESPERA FELIZ À DORES DO RIO PRETO COM A RODOVIA AGOSTINHO PATRUS, QUE DÁ ACESSO À COMUNIDADE DO PARAÍSO E DEMAIS COMUNIDADES.ELA FOI RETIRADA NA ÉPOCA DA OBRA DO ASFALTO DA RODOVIA AGOSTINHO PATRUS E SE ENCONTRA NO ACOSTAMENTO DESTA RODOVIA ATÉ A PRESENTE DATA. NA INVIABILIDADE DESTE PEDIDO, NÃO SENDO COMPETÊNCIA DO EXECUTIVO, SOLICITO QUE ESTE RENOMADO ÓRGÃO ENTRE EM CONTATO COM O DER E SOLICITE ESTA REIVINDICAÇÃO.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>Eluízio Bilheiro, GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMULAR O CÓDIGO DE OBRAS E O CÓDIGO DE POSTURA DO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR COLETA DE LIXO E LIMPEZA DE RUAS NA AVENIDA JOÃO VIEIRA DA COSTA.</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, DENTRO DE SUAS VIABILIDADES, TOME PROVIDÊNCIAS NA COMUNIDADE VILA DO QUICÉ, CONFORME ESPECIFICADAS ABAIXO: PATROLAR E COLOCAR SAIBRO; REDE DE ESGOTO; MANUTENÇÃO DE LIMPEZA; LATÕES DE LIXO; ORELHÃO; </t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ARRUMAR TAMPAS DE BUEIROS NAS RUAS CITADAS ABAIXO: RUA PEREIRA - COLOCAÇÃO DE UMA GRADE, CONFORME FOTO ANEXADA; RUA EM FRENTE À CEMIG, NAS PROXIMIDADES DA CLÍNICA REABILITAR - REPAROS, CONFORME FOTO ANEXADA.</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ANTÔNIO FRANCISCO ALVES E SE NÃO FOR POSSÍVEL NO MOMENTO ATUAL, QUE SEJA PATROLADA E ENSAIBRADA.</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR E ILUMINAR A RUA SANTA CECÍLIA QUE LOCALIZADA NO BAIRRO DO WALTAIR, CONFORME FOTOS EM ANEXO.</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ONÉIA FUMIAN OU NA INVIABILIDADE NO MOMENTO, MELHORAR O QUE FOR POSSÍVEL, PATROLANDO E ENSAIBRANDO PARA QUE ASSIM OS CARROS E PEDESTRES POSSAM TRANSITAR COM SEGURANÇA.</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFAZER O CALÇAMENTO, TIRANDO AS PEDRAS E COLOCANDO NOVAMENTE NA FORMA ADEQUADA E TAMBÉM FAZER UM BUEIRO/BOCA DE LOBO NA RUA RAIMUNDA FILOMENA DE AMORIM, NAS PROXIMIDADES DO Nº. 118.</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM LATÃO OU RECIPIENTE PARA LIXO NA RUA ERONDINA CAMPOS STOCK, EM FRENTE À RESIDÊNCIA DE Nº 34.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFAZER O MURO DE ARRIMO DA RUA DOM SILVÉRIO, COMPREENDIDO NO TRECHO DO Nº. 359 À 376, QUE CAIU LEVANDO METADE DO CALÇAMENTO DESTA RUA, IMPEDINDO ASSIM DE TRAFEGAR VEÍCULOS POR ESTA VIA PÚBLICA E TAMBÉM TRAZENDO PERIGO PARA OS PEDESTRES TRANSITAREM.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA VIGÍLIO JUSTINIANO ALVES QUE FICA LOCALIZADA NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2234/2234_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2234/2234_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA JOÃO SEBASTIÃO DE AMORIM ESQUINA COM AVENIDA JAIME TOLEDO, EM FRENTE AO EDUCANDÁRIO SACRAMENTINO, QUE CONSTA COM MUITOS BURACOS.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER REPAROS NO BUEIRO QUE ESTÁ LOCALIZADO NA RUA JOÃO SEBASTIÃO DE AMORIM, Nº. 434, COLOCANDO OU TROCANDO A GRADE, LIMPANDO E ACERTANDO-O NO LOCAL.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR E CONSTRUIR BUEIROS NA RUA JONAS AMARAL.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM LATÃO DE LIXO NA RUA JOÃO SEBASTIÃO DE AMORIM Nº 808.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR NOS CEMITÉRIOS DO MUNICÍPIO, OU PELO MENOS, NOS CEMITÉRIOS PRINCIPAIS SÃO JOÃO BATISTA E SÃO FRANCISCO, AS MEDIDAS ESPECIFICADAS ABAIXO: I - LOCAL DE RECEPÇÃO E INFORMAÇÕES; II INSTALAÇÕES SANITÁRIAS PARA O PÚBLICO, SEPARADAS POR SEXO; III - VESTIÁRIOS E INSTALAÇÕES SANITÁRIAS PARA OS SERVIDORES; IV - DEPÓSITO DE MATERIAIS E FERRAMENTAS.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM ÓRGÃOS COMPETENTES COMO: UFV, FUNDACENTRO E OUTROS, A FIM DE VER A POSSIBILIDADE DE FAZEREM UM ESTUDO/PESQUISA DE ANÁLISE DE SANGUE NO MUNICÍPIO PARA SABER O IMPACTO DOS AGROTÓXICOS NA SAÚDE PÚBLICA, COMO: I - IMPACTO NA SAÚDE DO TRABALHADOR; II - IMPACTO NA SAÚDE DA POPULAÇÃO; III - IMPACTO AMBIENTAL. </t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS QUE VISEM ACABAR COM O EMPOÇAMENTO DE ÁGUA NO CALÇAMENTO DA  RUA CARANGOLA, NO TRECHO ENTRE A RESIDÊNCIA DE NÚMERO 628 E 644</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DISPONIBILIZAR UMA PISTA DE &amp;#8220;SKATE&amp;#8221; PARA OS INTERESSADOS, EM LUGAR SEGURO E ADEQUADO.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR AS SEGUINTES PROVIDÊNCIAS COM RELAÇÃO À AVENIDA ARTHUR BINA DA SILVA: A) CALÇAR A  AVENIDA ACIMA ESPECIFICADA, JÁ QUE SE TRATA DE UM TRECHO BASTANTE MOVIMENTADO, ONDE INCLUSIVE EXISTEM DUAS IGREJAS; B) COLOCAR REDUTORES DE VELOCIDADE PRÓXIMO À OFICINA DO DIRCEU, POIS É  UM LUGAR BASTANTE MOVIMENTADO ONDE RESIDEM MUITAS CRIANÇAS, ALÉM DE SE TRATAR DE UMA ÁREA COM SIGNIFICATIVA QUANTIDADE DE PONTOS COMERCIAIS; C) TOMAR PROVIDÊNCIAS COM RELAÇÃO AOS BURACOS QUE SE FORMARAM AO LADO DA PONTE QUE LIGA A AVENIDA ARTHUR BINA DA SILVA À RUA JOÃO ALVES DE BARROS E QUE ESTÁ COLOCANDO  EM RISCO A SEGURANÇA DA POPULAÇÃO QUE TRANSITA NAQUELE LOCAL.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE NO TRECHO QUE LIGA A RUA FILOMENA DE AMORIM À BR 482.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Sandrinha Donadio, MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE E SE POSSÍVEL, FAIXAS DE PEDESTRES NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR REDUTORES DE VELOCIDADE ANTES DOS ENTRONCAMENTO DAS RUAS: CAPITÃO JOSÉ CARLOS DE SOUZA, RAIMUNDA FILOMENA DE AMORIM E SETE DE SETEMBRO.</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA FAIXA DE PEDESTRE OU REDUTORES DE VELOCIDADES PRÓXIMO AO PONTO DE ÔNIBUS , EM FRENTE À LOJA RUBENS AUTO PEÇAS, NA RUA JOSÉ GRILLO.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA-MOLAS OU REDUTORES DE VELOCIDADE NA RUA PRINCIPAL DA COMUNIDADE DO SÃO DOMINGOS</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR  E INSTALAR  UM GERADOR  DE ENERGIA NA POLICLÍNICA MUNICIPAL DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROMOVER CAMPANHA EDUCATIVA NO SENTIDO DE CONSCIENTIZAR OS PROPRIETÁRIOS DE ANIMAIS SOBRE A NECESSIDADE DE RECOLHIMENTO DOS DEJETOS DE SEUS ANIMAIS NAS VIAS PÚBLICAS, BEM COMO PROMOVER A ATUALIZAÇÃO E REFORMULAÇÃO DAS NORMAS, INCLUSIVE COM A INCLUSÃO DE NORMATIVO QUANDO A OBRIGATORIEDADE DO RECOLHIMENTO DO DEJETO E FISCALIZAÇÃO.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA RAIA DE MALHA EM SÃO SEBASTIÃO DA BARRA</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A QUADRA DE ESPORTES LOCALIZADA NO ESPAÇO KLABIM</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL URGENTE NAS BORDAS E NO LEITO DO RIO SÃO JOÃO, RETIRANDO OS ENTULHOS, FAZENDO REPAROS NOS MUROS E CABEÇAS DE PONTES EXISTENTES COMPREENDIDOS, INICIANDO NO BAIRRO JOÃO CLARA ATÉ O PONTILHÃO DE FERRO QUE FICA LOCALIZADO NA ESTRADA QUE LIGA ESPERA FELIZ À CAIANA.</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE URGENTEMENTE REALIZAR UMA LIMPEZA GERAL NO CÓRREGO DA MINERADORA, PRINCIPALMENTE NO TRECHO COMPREENDIDO ENTRE A RUA ÁLVARO DE SÁ BARBOSA ATÉ O PARQUE DE EXPOSIÇÃO</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ILUMINAR O CAMINHO DE TRILHO QUE FICA LOCALIZADO NO BAIRRO DO WALTAIR, TENDO VISTO QUE TRANSITAM MUITAS PESSOAS NESTA LOCALIDADE</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR 02 (DOIS) BUEIROS/BOCA-DE-LOBO, NA RUA SÃO PAULO QUE FICA LOCALIZADA NO BAIRRO JOÃO CLARA, EM FRENTE À RESIDÊNCIA DE N.: 49 E O OUTRO EM FRENTE AO NÚMERO 40. </t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RETIRAR A PONTA DO MEIO FIO QUE FICA COMPREENDIDA ENTRE A CALÇADA DO JARDIM DA IGREJA CATÓLICA &amp;#8211; RUA FIORAVANTE PADULA E ESCADARIA DO JARDIM &amp;#8211; RUA DOM CARLOTO, CONFORME FOTO ANEXADA, TENDO VISTO QUE DIFICULTA O TRÁFEGO DOS CADEIRANTES</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA MACLÓVIS MURILO LOPES, E AINDA ATERRAR  UM ESPAÇO COMPREENDIDO NESTA MESMA RUA SENDO DO NÚMERO 169 AO NÚMERO  215, ONDE EXISTE UM ESTREITAMENTO DEVIDO A DESMORONAMENTO</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR UMA LEI INSTITUINDO O TICKET-FEIRA NO VALOR DE R$30,00 (TRINTA REAIS) POR MÊS AOS SERVIDORES MUNICIPAIS</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A CAPELA DO BAIRRO JOÃO CLARA COLOCANDO UMA CERÂMICA NO CHÃO; REVESTIR OS BANCOS E O LOCAL ONDE FICA O CAIXÃO TAMBÉM COM CERÂMICA; CALÇAR AO REDOR DA CAPELA; E COLOCAR GRADE POR CIMA DA LAJE</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A CEMIG PARA A COLOCAÇÃO DE  01(UM) POSTE NA RUA OSÓRIO HOTTES,  CONFORME PEDIDO DO INQUILINO QUE SEGUE ANEXADO</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR REDE WI-FI NA ÁREA DE LAZER DO MUNICÍPIO, TENDO COMO FINALIDADE PROPORCIONAR À POPULAÇÃO O ACESSO GRATUITO À INTERNET.</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS NAS PROXIMIDADES DA ÁREA DE LAZER, ESTÁDIO MUNICIPAL, GINÁSIO POLIESPORTIVO E PARQUE DE EXPOSIÇÃO, INDICANDO O NOME DE CADA UM DESSES LOCAIS PÚBLICOS.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REGULARIZAR A SITUAÇÃO DO COMÉRCIO AMBULANTE NO NOSSO MUNICÍPIO, BEM COMO REGULARIZAR A EXPOSIÇÃO DE MERCADORIAS QUE FICAM NAS CALÇADAS EM FRENTE AOS COMÉRCIOS.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UM ESTACIONAMENTO ROTATIVO NO CENTRO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2294/2294_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2294/2294_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UMA ACADEMIA DE SAÚDE NA PRAÇA CIRA ROSA DE ASSIS, NAS PROXIMIDADES DA ANTIGA RESIDÊNCIA DO JUIZ E DO PROMOTOR.</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ACERTAR O ASFALTO DA VIA PÚBLICA NO ESPAÇO COMPREENDIDO ENRE A LOJA CONSTRULAR E O CORREIO, HAJA VISTA QUE EXISTEM MUITOS BURACOS E APROVEITANDO O ENSEJO QUE SEJA CONSTRUÍDO NESTE ESPAÇO UMA BOCA DE LOBO OU BUEIRO.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMULAR O CÓDIGO DE OBRAS E O CÓDIGO DE POSTURAS, ENFATIZANDO A QUESTÃO DOS LOTES/TERRENOS VAZIOS, QUE É UM PROBLEMA SÉRIO PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA BARRA DE PROTEÇÃO NAS PROXIMIDADES DA PONTE QUE FICA LOCALIZADA NA RUA JOÃO ALVES DE BARROS, DO LADO DA PADARIA MOTA, CONFORME MOSTRA AS FOTOS ANEXADAS.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PINTAR FAIXA DE PEDESTRE NA PARTE BAIXA DA RUA FIORAVANTE PADULA NAS PROXIMIDADES DA FARMÁCIA PICO DA BANDEIRA E DA LOJA O BOTICÁRIO E TAMBÉM NAS PROXIMIDADES DO CACHORRO QUENTE DO GILSINHO NA PARTE ALTA DESSA RUA.</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A VILA MIRANDA QUE FICA LOCALIZADA AO LADO DA IMOBILIÁRIA DO ROBERTINHO BARBOSA (VILA SEM SAÍDA), CONFORME PODE SER VISTO A GRANDE NECESSIDADE DO CALÇAMENTO, ATRAVÉS DAS FOTOS ANEXADAS.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENSAIBRAR A ESTRADA QUE DÁ ACESSO À ANTIGA FÁBRICA DE IOGURTE, NA COMUNIDADE PEDRA MENINA - CHAVE E TAMBÉM SEJA REVISTO A SITUAÇÃO DA COLETA DE LIXO DESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, QUE DENTRO DAS  VIABILIDADES COLOQUE DOIS CAMINHÕES DE SAIBRO NO LOTE PERTENCENTE À ASSOCIAÇÃO DE MORADORES DO VALE DO SOL, LOCALIZADO NA AV. AMÉRICO CANDIDO DE SOUZA.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, QUE DENTRO DAS VIABILIDADES SEJA COBRADO DA COPASA RECOLOCAR A TAMPA DA CAIXA DE PASSAGEM DE ÁGUA NA AV. AMÉRICO CANDIDO DE SOUZA, PRÓXIMO AO NÚMERO 161, NO VALE DO SOL.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA, Eluízio Bilheiro, LINDOMAR , LUIZ CARLOS MARINETI, MARCOSUEL FIALHO, MILTON DO SINDICATO, OZIEL GOMES, RAFAEL XEXEU, Robinho Lacerda, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NO ESPAÇO FÍSICO DA POLICLÍNICA MUNICIPAL ONDE FUNCIONA A SALA DE ESPERA, TORNANDO O ESPAÇO FECHADO E AINDA COLOCANDO UMA TELEVISÃO, ONDE SUGERIMOS PASSAREM PROGRAMAS EDUCATIVOS.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA DEODORO ROCHA, MAIS CONHECIDA COMO VILA BIUNDINI, QUE FICA LOCALIZADA EM FRENTE AO PORTÃO DA ÁREA DE LAZER.</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR MEDIDOR DE NÍVEL NO RIO SÃO JOÃO, A FIM DE PREVENÇÃO DE ENCHENTES.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA NELSON DA SILVA VALADÃO, NO BAIRRO NOVO HORIZONTE OU NA INVIABILIDADE NO MOMENTO QUE SEJA PATROLADA E CASCALHADA.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA CAPINA, COLETAR O LIXO, TAMPAR A CRATERA QUE FOI ABERTA PARA PASSAR MANILHA NA RUA DELÉTI HORTÊNSIA DE AZEVEDO, NO BAIRRO VALE DO SOL</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DO MORRO DO WALTAIR QUE DÁ ACESSO A BR 482, EM FRENTE AO FLASH CAR, CONFORME FOTOS ANEXADAS, E NA INVIABILIDADE NO MOMENTO QUE SEJA PATROLADA E CASCALHADA</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NA RUA VANDERLEI CASSIMIRO CAMPOS NO MORRO DO WALTAIR, CAPINANDO, COLETANDO O LIXO, COLOCAR SAIBRO, REFORÇAR E AUMENTAR A CERCA EXISTENTE.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE LIMPAR E PINTAR A RODOVIÁRIA ALFREDO BRANDÃO.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MOBILIZAR AUTORIDADES, ENTIDADES, COMERCIANTES, POLÍCIA MILITAR, PARA QUE SEJA DADO MAIS APOIO À CASA DO ACOLHIMENTO QUE VEM FAZENDO UM TRABALHO BRILHANTE NO MUNICÍPIO E TAMBÉM MAIS ASSISTÊNCIA SOCIAL AOS MENDIGOS QUE SE ENCONTRAM DORMINDO NA RODOVIÁRIA, PROVIDENCIANDO O ENCAMINHAMENTO DESTES CIDADÃOS ÀS CIDADES DE ORIGEM.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. MARCELO COUTINHO MARINHO PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES, QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRÍSSIMO TENENTE DA POLÍCIA MILITAR - LUIZ FABIANE HOTT PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO PASTOR JURANDIR RIBEIRO SANTOS PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO DR. MAURÉLIO CARLOS DA SILVA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. MARCEL DIAS FERREIRA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. OSMAR GOMES DA SILVA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. HÉLIO BILHEIRO FERREIRA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. WALACIR ALVES DE OLIVIERA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRÍSSIMO CASAL JONAS BARCELOS E VITOLINA SOARES BARCELOS PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRÍSSIMO SR. EDÉSIO ANTONIO SIQUEIRA SANTOS PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRÍSSIMO SR. FÁBIO VITOR DA SILVA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A RENOMADA CONCESSIONÁRIA DIRIJA VEÍCULOS</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O RENOMADO CARTÓRIO DE 1º OFÍCIO DE NOTAS &amp;#8211; CARTÓRIO DO FRED</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO PRODUTOR RURAL - SR. JOSÉ ALEXANDRE ABREU DE LACERDA</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS SRS. PEDRO FÓFANO E OMIR FÓFANO</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA  MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA D. GENY RIBEIRO DE MORAIS, PELA DIGNIDADE, COMPREENSÃO E SUPERAÇÃO DEMONSTRADOS NO PERCURSO DE SUA VIDA</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL SR. JOSÉ WALACE MARTINS LOPES E ANA MARIA GIL FREITAS LOPES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO PROFESSOR MAURO LÚCIO PARADIZO, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA EDUCACIONAL DO MUNICÍPIO DE ESPERA FELIZ E DA REGIÃO</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA  MOÇÃO DE APLAUSOS PARA O RENOMADO ESCRITÓRIO DE ADVOCACIA &amp;#8211; SOUZA NOVAES ADVOGADOS, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O RENOMADO INTERACT CLUBE DE ESPERA FELIZ/MG, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ANTÔNIO GOMES DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2087/2087_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2087/2087_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SERVIDOR PÚBLICO SR. MARCOS ANTÔNIO TOLEDO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA EDUCADORA ILENIR GRIPP, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA EDUCACIONAL DO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA  MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS GARIS DO EXECUTIVO MUNICIPAL, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA  MOÇÃO DE APLAUSOS PARA O GRUPO DE ESCOTEIROS FORÇA DO AMANHÃ (ESCOTEIROS E DIREÇÃO), PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS MEMBROS DO CONSELHO TUTELAR DE ESPERA FELIZ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO COMANDANTE DA POLÍCIA MILITAR DE ESPERA FELIZ &amp;#8211; TENENTE NELSON PEREIRA DOS SANTOS</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2094/2094_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2094/2094_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO PASTOR PRESIDENTE DA 1ªASSEMBLEIA DE DEUS EM ESPERA FELIZ, MINISTÉRIO ALFA &amp;#8211; JORCELINO GURGEL DOS SANTOS</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2095/2095_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2095/2095_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO PASTOR VICE- PRESIDENTE DA 1ª ASSEMBLEIA DE DEUS EM ESPERA FELIZ, MINISTÉRIO ALFA &amp;#8211; JOSÉ GERALDO DOMINGUES</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2096/2096_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2096/2096_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO FUNCIONÁRIO PÚBLICO SR. FARLEY ROCHA DE SOUZA</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2097/2097_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2097/2097_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL SR. MARCOS ANTÔNIO TEIXEIRA E MARIENA LABATI TEIXEIRA, POR SEREM EXEMPLO DE CASAL, DE PAIS DE FAMÍLIA E PRINCIPALMENTE DE SUPERAÇÃO</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A CONSTRUTORA PARAÍSO ESPERA FELIZ LTDA, PELO EXCELENTE SERVIÇO DE CALÇAMENTO QUE VEM REALIZANDO NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O CAPÍTULO ESPERA FELIZ N° 595 DA ORDEM DEMOLAY, PELO BELÍSSIMO TRABALHO REALIZADO NO ARRASTÃO DA SOLIDARIEDADE.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA SRA. ALZERINA BARBOSA PELOS RELEVANTES SERVIÇOS QUE VEM PRESTANDO AO MUNICÍPIO DE ESPERA FELIZ, ATRAVÉS DA CASA DO ACOLHIMENTO.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS ORGANIZADORES E PARTICIPANTES DA CAVALGADA DOS COWBOYS AMIGOS DE ESPERA FELIZ A PASSO FUNDO - RS.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ANTÔNIO CLÁUDIO VALENTIM DA SILVA PELOS RELEVANTES SERVIÇOS PRESTADOS AS LEGISLATIVO MUNICIPAL E AO MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. RONALDO CLEMENTE PEREIRA PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. OBETÂNIO LACERDA PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2166/2166_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2166/2166_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS SERVIDORES DO LEGISLATIVO MUNICIPAL, PELOS RELEVANTES SERVIÇOS PRESTADOS À CÂMARA MUNICIPAL E AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SECRETÁRIO DE OBRAS E INFRA-ESTRUTURA DO MUNICÍPIO DE ESPERA FELIZ - SR. EDSON FRANCISCO SIMÃO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO MESTRE RENATO MOTTA NACCARATTI PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ, ATRAVÉS DO CRAEDI</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ELISON BILHEIRO FERREIRA PELOS RELEVANTES SERVIÇOS PRESTADOS AO ESPORTE DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA DELEGADA DRA. PAULA FRANCO GONÇALVES PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO INVESTIGADOR DA POLÍCIA CIVIL SR. GLAUCIMAR BORGES GRIPP PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO INVESTIGADOR DA POLÍCIA CIVIL - SR. ROGÉRIO DA SILVA RIBEIRO PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ABAIXO SUBSCREVEM, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA AS ILUSTRÍSSIMAS COORDENADORAS, MONITORAS E JOVENS PARLAMENTARES DO PROJETO PARLAMENTO JOVEM DE MINAS, PELA BRILHANTE PARTICIPAÇÃO NA EDIÇÃO 2013 - PROJETO PARLAMENTO JOVEM DE MINAS QUE TEVE COMO TEMA: CIDADES SUSTENTÁVEIS, DESAFIOS PARA AS PRÓXIMAS GERAÇÕES. </t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ALDO LUIZ GULARTE PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JOÃO BENEDITO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SERVIDOR PÚBLICO SR. JOSÉ DAVID COIMBRA DARES, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA DE ESPORTES DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. AMARILDO RODRIGUES DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA DE ESPORTES DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ASILO E LAR SÃO SEBASTIÃO, NA PESSOA DA PRESIDENTE SRA. MARIA ARAÚJO TAVARES, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS DIRETORES: DA ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA - SR. ELIEL FERREIRA XAVIER, DO COLÉGIO PORTAL DO SABER - SRA. SILVANA EUNICE LEVANDOWISKI FUMIAN, DA ESCOLA ESTADUAL INTERVENTOR JÚLIO DE CARVALHO - SRA. TÂNIA MARIA SILVESTRE GALVANO PELO APOIO PROPORCIONADO AO PARLAMENTO JOVEM DE MINAS.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO PRESIDENTE DO ROTARY CLUBE DE ESPERA FELIZ - SR. FÁBIO VICTOR DA SILVA PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL ANTONIO JOSÉ DE AZEVEDO E MIRENE PAULA AZEVEDO, POR SEREM EXEMPLO DE CASAL, DE PAIS DE FAMÍLIA, DE DIGNIDADE, HONESTIDADE, HUMILDADE E PRINCIPALMENTE COMPANHEIRISMO.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA OS GANHADORES DO CONCURSO "CERTIFICA MINAS CAFÉ".</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR, QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO POLICIAL MILITAR, SR. FRANCISCO FERNANDES JÚNIOR.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, REQUER QUE, APÓS TRAMITAÇÃO, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. DEVANIL SOARES MORETH.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA - FICA DENOMINADA RUA ÁLVARO SIQUEIRA, A RUA LOCALIZADA NO BAIRRO SANTA CECÍLIA, QUE INICIA NA RUA JUSTINIANO ALVES E FINALIZA NA RUA PEREIRA</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA - FICA DENOMINADA RUA FLÁVIO GOMES, A RUA SEM SAÍDA QUE FICA LOCALIZADA NO BAIRRO VALE DO SOL, QUE TEM INÍCIO NA RUA FLORENÇA RODRIGUES, CONFORME MAPA ANEXADO</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2062/2062_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2062/2062_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE RECOMPOSIÇÃO SALARIAL DOS SERVIDORES DA CÂMARA MUNICIPAL E CONTÉM OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGA NO MUNICÍPIO DE ESPERA FELIZ NOS ESTACIONAMENTOS EM FRENTE AOS ESTABELECIMENTOS BANCÁRIOS E EXECUTIVO MUNICIPAL PARA AS PESSOAS IDOSAS</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2064/2064_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2064/2064_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO DE PROVIMENTO EM COMISSÃO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA - FICA DECLARADA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MULHERES DO CÓRREGO TABOÃO E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2013/5000/pl_n_17.2013.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2013/5000/pl_n_17.2013.pdf</t>
   </si>
   <si>
     <t>APROVA CONVÊNIO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O MÊS "OUTUBRO ROSA" NO ÂMBITO DO MUNICÍPIO DE ESPERA FELIZ DEDICADO A AÇÕES PREVENTIVAS À INTEGRIDADE DA SAÚDE DA MULHER.</t>
   </si>
   <si>
     <t>2870</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2870/2870_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2870/2870_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL QUE ESPECIFICA. " CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ANITA MEDEIROS DE CASTRO"</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFIETO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS A RELAÇÃO DOS TITULARES DAS 50 FAMÍLIAS QUE SERÃO BENEFICIADAS NO PROGRAMA MINHA CASA MINHA VIDA (PMCMV) DO GOVERNO FEDERAL EM CONVÊNIO COM A COHAB MINAS E O MUNICÍPIO DE ESPERA FELIZ/MG</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1965/1965_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1965/1965_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: RELAÇÃO DOS VEÍCULOS PÚBLICOS E PARTICULARES CADASTRADOS PARA REALIZAREM O TRANSPORTE ESCOLAR, INFORMANDO O TIPO DO VEÍCULO, A PLACA E O NOME DO RESPONSÁVEL; NOME DOS RESPONSÁVEIS PELA VISTORIA (REVISÃO) NOS QUESITOS SEGURANÇA E CONFORTO DOS VEÍCULOS.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A EXISTÊNCIA OU NÃO DO FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE (CONFORME DETERMINA O ART. 88 DO ECA). CASO EXISTA, INFORMAR NÚMERO DA CONTA E SALDO.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNCICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES, COM DOCUMENTOS COMPROBATÓRIOS, ACERCA DE RECURSOS ORIUNDOS DE EMENDAS PARLAMENTARES DESTINADAS A ESPERA FELIZ, SUPOSTAMENTE CANCELADAS POR SEUS AUTORES.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES ACERCA DA PROPOSTA DE FINANCIAMENTO DO MUNICÍPIO JUNTO À CIAXA ECONÔMICA OBJETIVANDO CALÇAMENTO NO BAIRRO VALE  DO SOL II</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNCIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO DE TODOS OS MAQUINÁRIOS (AUTOMÓVEIS, CAMINHONETE, CAMINHÃO, PATROL, RETRO E TRATOR) QUE ESTÃO AGREGADOS A PREFEITURA MUNICIPAL, INCLUINDO OS NÚMEROS DAS PLACAS E O NOME DOS PROPRIETÁRIOS.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES CONSTANDO SE O EXECUTIVO MUNICIPAL JÁ INTERCEDEU JUNTO À CAIXA ECONÔMICA FEDERAL DE ESPERA FELIZ PARA SOLICITAR QUE SEJA REALIZADO NO NOSSO MUNICÍPIO O SERVIÇO DE SEGURO DESEMPREGO, TENDO VISTA QUE É REALIZADO SOMENTE NO MUNICÍPIO DE CARANGOLA, E POR TER UM ACÚMULO DE PESSOAS A SEREM ATENDIDAS, NÃO TEM COMO PROPORCIONAR UM ATENDIMENTO DE QUALIDADE.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO PROJETO DE ESTAGIÁRIOS QUE FOI IMPLANTADO NO EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA DE AÇÃO SOCIAL, NA ÉPOCA DO SECRETÁRIO MARCELO NORTON. SOLICITO INFORMAÇÕES NO SENTIDO DE SABER SE ESTE PROJETO AINDA ESTÁ EM ANDAMENTO NO GOVERNO ATUAL E SE AFIRMATIVO, COMO ESTÁ SENDO FEITO OU SERÁ FEITA A SELEÇÃO DOS ESTAGIÁRIOS E AINDA SABER SOBRE A DIVULGAÇÃO DESTE PROJETO PARA A SOCIEDADE.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1973/1973_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1973/1973_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RELATÓRIO CONSTANDO UMA LISTA ESPECÍFICA COM TODOS OS NOMES DAS ASSOCIAÇÕES E INSTITUIÇÕES DO MUNICÍPIO DE ESPERA FELIZ QUE TÊM CONVÊNIOS FIRMADOS COM O EXECUTIVO MUNICIPAL, INFORMANDO AINDA O VALOR QUE É REPASSADO.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1974/1974_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1974/1974_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE À ESTA CASA DE LEIS, CÓPIA DAS FOLHAS DE PAGAMENTO REFERENTE AOS MESES DE JANEIRO E FEVEREIRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1975/1975_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1975/1975_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SE EXISTE NO PLANO DE GOVERNO DA NOVA ADMINISTRAÇÃO, ALGUM PROJETO PARA O TERRENO QUE FICA LOCALIZADO NO FINAL DA AVENIDA ARTHUR BINA (BAIRRO SANTA CECÍLIA), POIS CONFORME MORADORES É UM ESPAÇO IMENSO, QUE PODERIA SER APROVEITADO PARA UM LOCAL DE ENTRETENIMENTO DO BAIRRO, SENDO SUGERIDO UMA PRAÇA, ONDE PODERIAM ACONTECER AS FESTAS DA ASSOCIAÇÃO, E OUTROS EVENTOS MAIS.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1976/1976_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1976/1976_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE A SITUAÇÃO DAS FOSSAS SÉPTICAS NA ÁREA RURAL DO NOSSO MUNICÍPIO, INFORMANDO QUANTAS FAMÍLIAS AINDA NÃO POSSUEM ESTE TIPO DE TRATAMENTO PRIMÁRIO DE ESGOTO DOMÉSTICO, E APROVEITANDO O ENSEJO QUE SEJA ENCAMINHADO TAMBÉM MODELOS/PLANTAS DE FOSSAS SÉPTICAS A SEREM INSTALADAS NAS RESIDÊNCIAS RURAIS, A FIM DE BUSCARMOS RECURSOS PARA AQUISIÇÃO DAS MESMAS.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, LUIZ CARLOS MARINETI, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO CHEFE DO PODER EXECUTIVO, ESCLARECIMENTOS SOBRE O PROJETO DE LEI N° 13/2013, QUE DISPÕE SOBRE ALTERAÇÕES NA LEI N° 480/2001 QUE TRATA SOBRE O CONSELHO MUNICIPAL DE TURISMO, CONSIDERANDO QUE HÁ CONTRADIÇÃO ENTRE O CAPUT DO ART. 1° E SEUS INCISOS, UMA VEZ QUE O CAPUT ESTABELECE SOMENTE A ALTERAÇÃO DOS INCISOS I E IV DO ART. 3° DA LEI 480/2001, NÃO FAZENDO MENÇÃO A CRIAÇÃO DE NOVOS INCISOS, QUE SÃO CITADOS NA PROPOSIÇÃO (INCISOS VII, VIII E X).  </t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO MOTIVO DE TER SIDO RETIRADO O NOME DO EX-PREFEITO MUNICIPAL REINÔ MARTINS DE OLIVEIRA DO MURO DO ESTÁDIO MUNICIPAL E TAMBÉM O NOME DO SAUDOSO EX-PREFEITO MUNICIPAL ALFREDO BRANDÃO DO TERMINAL RODOVIÁRIO, E SOMENTE A TÍTULO DE INFORMAÇÃO REGISTRO QUE APÓS RESPOSTA DESTE RENOMADO ÓRGÃO,  SOLICITAREI ATRAVÉS DE INDICAÇÃO QUE  DENTRO DAS VIABILIDADES SEJAM COLOCADOS NOVAMENTE ESTES NOMES TÃO ILUSTRES NESTES LOCAIS</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE SOLICITA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA LISTAGEM DE TODAS AS EMPRESAS PARTICIPANTES E E DE TODAS AS EMPRESAS VENCEDORAS DAS LICITAÇÕES REALIZADAS NO EXECUTIVO MUNICIPAL NOS SETORES DE COMPRAS, COMPREENDIDAS NO PERÍODO DE 01 DE JANEIRO ATÉ O MÊS DE MAIO DO CORRENTE, CONSIDERANDO TODAS AS SECRETARIAS MUNICIPAIS</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM QUE, APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO PREFEITO MUNICIPAL , CÓPIAS DOS INSTRUMENTOS CONTRATUAIS FIRMADOS COM O HOSPITAL DE ESPERA FELIZ PARA O EXERCÍCIO DE 2013, REFERENTE AO PRONTO SOCORRO E DEMAIS ATENDIMENTOS MÉDICOS HOSPITALARES, PARA DEVIDO CONHECIMENTO E ACOMPANHAMENTO DO LEGISLATIVO</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, MILTON DO SINDICATO, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS  REGIMENTAIS, TENDO EM VISTA O PROJETO DE LEI N°. 19/2013, QUE "AUTORIZA A MANUTENÇÃO DE EQUIPAMENTO DE TRANSMISSÃO DE SINAL DE TELEVISÃO DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS", REQUEREM APÓS OUVIDO O PLENÁRIO, SEJA REQUERIDO AO PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES E DOCUMENTOS PARA A DEVIDA ANÁLISE DA PROPOSIÇÃO: 1) ENVIAR DOCUMENTO QUE COMPROVE A PROPRIEDADE E POSSE DA ÁREA CITADA NO PROJETO, EM ESPECIAL, QUANTO A ÁREA QUE É UTILIZADA PELO MUNICÍPIO PARA MANTER OS EQUIPAMENTOS DE TRANSMISSÃO, CONHECIDA COMO TORRE DE TELEVISÃO"; E 2) INFORMAR QUAL O ÓRGÃO, SETOR E SERVIDOR DO MUNICÍPIO QUE SÃO RESPONSÁVEIS PELA MANUTENÇÃO DA MENCIONADA "TORRE DE TELEVISÃO", INFORMANDO TAMBÉM A QUANTO TEMPO O MUNICÍPIO VEM UTILIZANDO A REFERIDA ÁREA, A QUE TÍTULO E FORMA QUE VEM SENDO UTILIZADA A ÁREA E QUEM FOI QUE AUTORIZOU A UTILIZAÇÃO DA ÁREA INICIALMENTE, ENVIADO OS DOCUMENTOS RELACIONADOS E COMPROBATÓRIOS</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, TENDO EM VISTA O PROJETO DE LEI N°. 19/2013, QUE "AUTORIZA A MANUTENÇÃO DE EQUIPAMENTO DE TRANSMISSÃO DE SINAL DE TELEVISÃO DE PROPRIEDADE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS", REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA ENVIADO AO PODER JUDICIÁRIO LOCAL SOLICITAÇÃO DE INFORMAÇÕES SOBRE A EXISTÊNCIA DE PROCESSO JUDICIAL EM NOME DA SRA. ONÉIA SEVERINO DE SOUZA BASTOS, ENVOLVENDO A ÁREA CONHECIDA COMO "TORRE DE TELEVISÃO".</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, QUE ENCAMINHE A ESTA CASA DE LEIS INFORMAÇÕES SOBRE O TRAMITE DO PROCESSO ADMINISTRATIVO EM QUE CONFIGURA PARTE A EX-SERVIDORA TACIARA VIÇOSO CARLOS.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, QUE ENCAMINHE A ESTA CASA DE LEIS UM RELATÓRIO CONSTANDO OS NOMES DE TODOS OS FUNCIONÁRIOS EFETIVOS, CONTRATADOS E CARGOS COMISSIONADOS DA ÁREA DE SAÚDE REFERENTE AOS MESES DE MAIO E JUNHO DE 2013.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve"> QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: SE O ENGENHEIRO RESPONSÁVEL PELO ACOMPANHAMENTO DA OBRA CAPELA MORTUÁRIA JÁ FEZ A VISTORIA PARA LIBERAÇÃO DA MESMA; SE A CAPELA MORTUÁRIA TEM PREVISÃO PARA SER INAUGURADA.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DO DEPARTAMENTO COMPETENTE, QUE ENCAMINHE A ESTA CASA DE LEIS UM RELATÓRIO CONSTANDO OS NOMES DE TODOS OS FUNCIONÁRIOS OCUPANTES DE CARGOS COMISSIONADOS DE TODAS AS SECRETARIAS E DEPARTAMENTOS DA PREFEITURA MUNICIPAL.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, PARA O PROSSEGUIMENTO DA ANÁLISE DO PROJETO DE LEI N°. 19/2013, QUE AUTORIZA A MANUTENÇÃO DE EQUIPAMENTO TRANSMISSÃO DE SINAL DE TELEVISÃO, REQUEREM QUE APÓS OUVIDO O PLENÁRIO, SEJA ENVIADOS AO PODER JUDICIÁRIO DESTA COMARCA SOLICITAÇÃO DE ENCAMINHAMENTO DE CÓPIAS DOS PROCESSOS MENCIONADOS EM SEU OFÍCIO N°. 026/2013/ADM, DE 10.06.2013, A SABER: </t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AOS MOTIVOS DO CAMPO DE FUTEBOL DA COMUNIDADE DO CÓRREGO GRANDE TER SIDO ABANDONADO E A PREFEITURA ESTAR CONSTRUINDO OUTRO CAMPO EM UM ESPAÇO QUE É PROPRIEDADE PARTICULAR DO SR. JOSÉ GERALDO RIBEIRO, CONFORME DITO POR MORADORES DA COMUNIDADE. REQUEIRO INFORMAÇÕES NO SENTIDO DE SABER: O TERRENO ONDE ESTÁ SENDO CONSTRUÍDO O CAMPO FOI DOADO PARA O EXECUTIVO? SE AFIRMATIVO, FAVOR ENCAMINHAR CÓPIA DA DOCUMENTAÇÃO; QUAIS OS MOTIVOS LEVARAM O EXECUTIVO A ABANDONAR UM CAMPO JÁ PRONTO E TER GASTOS PARA CONSTRUIR OUTRO? </t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONSTANDO TODAS AS DIÁRIAS DOS SECRETÁRIOS, DIRETORES E PREFEITO MUNICIPAL, COM SEUS RESPECTIVOS EMPENHOS, DESDE O PRIMEIRO DIA DO GOVERNO ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES REFERENTES AO MOTIVO DA REFORMA DO PSF PIONEIRA QUE FICA LOCALIZADO NO BAIRRO JOÃO CLARA, ESTAR PARADA HÁ MAIS DE UM MÊS?</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DO DOCUMENTO QUE O CONSELHO MUNICIPAL DE SAÚDE APROVOU PARA TERCEIRIZAÇÃO DO LABORATÓRIO DO SUS E AINDA QUE ENCAMINHE A PLANILHA DETALHADA COM OS CUSTOS DOS EXAMES REALIZADOS PELO SUS NOS ÚLTIMOS 6 MESES; E TAMBÉM A TABELA DE PREÇOS DOS EXAMES REALIZADOS PELO SUS E PARTICULAR.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL OS NOMES DAS EMPRESAS OU FIRMAS QUE LOCAM OS CARROS PARA O EXECUTIVO MUNICIPAL, QUANDO FOREM CRIADAS ESTAS FIRMAS/EMPRESAS; CÓPIAS DOS REGISTROS DE PREÇO PARA LOCAÇÃO DOS MESMOS; RELAÇÃO DE TODOS OS CARROS QUE SÃO ALUGADOS DIARIAMENTE; VALOR DOS CONTRATOS; INFORMAÇÕES SE HOUVE NECESSIDADE DE REALIZAÇÃO DE PROCESSO LICITATÓRIO PARA ESTAS DEVIDAS CONTRATAÇÕES E SE AFIRMATIVO, CÓPIA DA LISTA DOS VENCEDORES DAS LICITAÇÕES DOS CARROS ALUGADOS. ESTE REQUERIMENTO É DEVIDO A TEREM VINDO REPOSTAS CONTRADITÓRIAS DO EXECUTIVO REFERENTE A ESTES CARROS, SENDO QUE PARA O VEREADOR MILTON JOSÉ GOMES QUE JÁ SOLICITOU TAMBÉM ESTAS INFORMAÇÕES, FOI CLARAMENTE DITO SOBRE CARROS AGREGADOS E NA RESPOSTA QUE VEIOPARA ESTA VEREADORA QUE VOS ESCREVE, DIZ NÃO EXISTIREM CARROS AGREGADOS E SIM CARROS LOCADOS. SABEDORA QUE FALTA DE INFORMAÇÃO AO PARLAMENTAR É IMPROBIDADE ADMINISTRATIVA, CONFORME REZA O DECRETO DE LEI 201/67, AGUARDO RESPOSTA DESTE RENOMADO ÓRGÃO, TENDO VISTA QUE NÃO FUI RESPONDIDA DA MANEIRA DEVIDA.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES SOBRE TODOS OS VALORES PAGOS NAS RUBRICAS "SERVIÇOS TERCEIROS PESSOA JURÍDICA" E "SERVIÇOS TERCEIROS PESSOA FÍSICA", COM A DESCRIÇÃO NOMINAL DOS CREDORES E A FALTA DOS PAGAMENTOS EFETUADOS, NO PERÍODO DE 01 DE JANEIRO DE 2013 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PRESIDENTE DA CÂMARA UMA RELAÇÃO CONSTANDO OS NOMES DE TODAS AS FIRMAS/EMPRESAS QUE PRESTAM SERVIÇOS AO LEGISLATIVO MUNICIPAL, INFORMANDO A FUNÇÃO E O VALOR QUE É PAGO A CADA UM DESTES PRESTADORES DE SERVIÇO. </t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: RELAÇÃO CONSTANDO QUANTO O MUNICÍPIO GASTOU NA DISTRIBUIÇÃO DE MERENDA ESCOLAR NO ANO DE 2012 - GESTÃO ANTERIOR, (TENDO VISTA QUE CONFORME O CONTROLE INTERNO DO EXECUTIVO MUNICIPAL ESTES VALORES FICAM ARQUIVADOS), ESPECIFICANDO OS VALORES MÊS A MÊS, E APROVEITANDO QUE ENCAMINHE TAMBÉM UMA RELAÇÃO CONTENDO OS VALORES QUE JÁ FORAM GASTOS NESTA GESTÃO, DESDE JANEIRO ATÉ A PRESENTE DATA, TAMBÉM ESPECIFICADOS MÊS A MÊS.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2210/2210_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2210/2210_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE À ESTA CASA DE LEIS, UMA RELAÇÃO COM OS NOMES DE TODOS OS FISCAIS DO EXECUTIVO MUNICIPAL, COMPREENDIDO EM CADA SETOR.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL , REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES RELATIVAS AOS CRITÉRIOS DE SELEÇÃO DE MORADORES BENEFICIADOS COM AS MORADIAS DA ZONA HABITACIONAL DENOMINADA LOTEAMENTO SANTA INÊS, CITADAS ABAIXO: FOI ELABORADA UMA LISTA DE PRETENDENTES? SE AFIRMATIVO, COMO FOI REALIZADO O PROCESSOS DE ESCOLHA DAS PESSOAS? DIANTE DA LISTA DE PRETENDENTES, QUAIS OS CRITÉRIOS PARA SELEÇÃO DOS BENEFICIADOS COM A CASA PRÓPRIA?</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONSTANDO AS RUAS QUE NÃO POSSUEM DENOMINAÇÃO RECONHECIDA PELA PREFEITURA MUNICIPAL ATÉ O MOMENTO ATUAL.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE À ESTA CASA, AS INFORMAÇÕES ESPECIFICADAS ABAIXO: O EXECUTIVO MUNICIPAL PROVIDENCIOU OU IRÁ PROVIDENCIAR COMPRA DE LATÕES DE LIXO? A SAMARCO, CONFORME INFORMAÇÕES DE TERCEIROS, REALIZOU OU IRÁ REALIZAR DOAÇÃO DE LATÕES DE LIXO PARA O MUNICÍPIO? SE AFIRMATIVO AS PERGUNTAS ACIMA, EXISTE UMA PREVISÃO SOBRE A DATA PARA COLOCAÇÃO DESTES LATÕES NA CIDADE E QUAIS OS LOCAIS SERÃO COLOCADOS?</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES SE HOUVE LICITAÇÃO REFERENTE À COMPRA DE PRANCHÕES E VIGAS DE MADEIRA, E SE AFIRMATIVO QUE ENCAMINHE A ESTA CASA DE LEIS UMA CÓPIA DE TODO O PROCESSO LICITATÓRIO, A FIM DE CONHECIMENTO DAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PRESIDENTE DA CÂMARA QUE ENTRE COM MEDIDAS JUDICIAIS CABÍVEIS REFERENTE A NÃO TER OBTIDO RESPOSTA DO REQUERIMENTO N. 46/2013, INFORMANDO QUE ESTE REQUERIMENTO FOI ENCAMINHADO À PREFEITURA MUNICIPAL NO DIA 03 DE OUTUBRO DO CORRENTE, CONFORME CÓPIA ANEXADA.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL CÓPIAS DAS FOLHAS DE PAGAMENTO REFERENTE AOS MESES DE NOVEMBRO E DEZEMBRO DO CORRENTE ANO.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS DE 3 EM 3 MESES CÓPIAS DOS REPASSES CONTRATUAIS DOS TRAILERS QUE GANHARAM O PROCESSO LICITATÓRIO, E TAMBÉM DO ESPAÇO DA RODOVIÁRIA.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL CÓPIA DE TODO PROCESSO LICITATÓRIO REALIZADO ENTRE A PREFEITURA MUNICIPAL E A EMPRESA CONTRATADA PARA FABRICAR E ASSENTAR OS BLOQUETES NO BAIRRO VALE DO SOL, INFORMANDO AINDA, SE A FABRICAÇÃO E O ASSENTAMENTO DESTES BLOQUETES ESTÃO DE ACORDO COM A ESPECIFICAÇÃO EXIGIDA PELA PREFEITURA, E SE SUPORTAM O PESO CONFORME AS NORMAS VIGENTES.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA RELAÇÃO CONTENDO O NOME DE TODOS OS CONSELHOS CONSTITUÍDOS NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1978/1978_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1978/1978_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UM RELATÓRIO CONSTANDO OS NOMES DE TODOS OS FUNCIONÁRIOS EFETIVOS, CONTRATADOS E CARGOS COMISSIONADOS DA ÁREA DA SAÚDE E AINDA A DATA DA CONTRATAÇÃO DESTES SERVIDORES. </t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UM RELATÓRIO CONSTANDO OS NOMES E ENDEREÇOS DE CADA PSF - PROGRAMA DE SAÚDE DA FAMÍLIA, DO MUNICÍPIO DE ESPERA FELIZ, TANTO NA ÁREA URBANA QUANTO NA RURAL </t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1979/1979_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1979/1979_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE SOLICITA AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES A RESPEITO DO RECURSO QUE O MUNICÍPIO DE ESPERA FELIZ RECEBEU ATRAVÉS DO MINISTÉRIO DAS CIDADES, REFENTE AO PAGAMENTO DA 1ª PARCELA DA EMENDA DE AUTORIA DO DEPUTADO FEDERAL RENZO BRAZ, CONFORME ANEXADO, SOLICITANDO TER CONHECIMENTO SOBRE O ANDAMENTO DESTE RECURSO, SE JÁ ESTÁ SENDO UTILIZADO PARA OS FINS DESTINADOS, E SE AFIRMATIVO AONDE ESTÃO SENDO EMPREGADOS?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4071,67 +4071,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2003/2003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2098/2098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2017/2017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2099/2099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2067/2067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2070/2070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2102/2102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2116/2116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2234/2234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2094/2094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2096/2096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2097/2097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2062/2062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2064/2064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2013/5000/pl_n_17.2013.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2870/2870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1974/1974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1975/1975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2210/2210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1978/1978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1979/1979_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1986/1986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1987/1987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1988/1988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1989/1989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1990/1990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1991/1991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1992/1992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1993/1993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1994/1994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1995/1995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1996/1996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1997/1997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1998/1998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1999/1999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2000/2000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2001/2001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2002/2002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2003/2003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2004/2004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2005/2005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2058/2058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2098/2098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2007/2007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2008/2008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2047/2047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2046/2046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2045/2045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2044/2044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2043/2043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2042/2042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2041/2041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2040/2040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2039/2039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2038/2038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2037/2037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2036/2036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2035/2035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2048/2048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2033/2033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2032/2032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2031/2031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2030/2030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2029/2029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2028/2028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2027/2027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2026/2026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2025/2025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2024/2024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2023/2023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2022/2022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2021/2021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2020/2020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2019/2019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2018/2018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2017/2017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2016/2016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2015/2015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2014/2014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2013/2013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2012/2012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2011/2011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2010/2010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2099/2099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2057/2057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2056/2056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2055/2055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2054/2054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2053/2053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2052/2052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2051/2051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2050/2050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2049/2049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2066/2066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2067/2067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2068/2068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2069/2069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2070/2070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2071/2071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2072/2072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2073/2073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2074/2074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2100/2100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2101/2101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2102/2102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2123/2123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2122/2122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2121/2121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2120/2120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2119/2119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2118/2118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2117/2117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2116/2116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2115/2115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2114/2114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2113/2113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2112/2112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2111/2111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2110/2110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2109/2109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2108/2108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2107/2107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2106/2106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2105/2105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2140/2140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2141/2141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2142/2142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2143/2143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2145/2145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2146/2146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2147/2147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2148/2148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2149/2149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2150/2150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2151/2151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2152/2152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2153/2153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2154/2154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2155/2155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2156/2156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2157/2157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2158/2158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2159/2159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2160/2160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2161/2161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2162/2162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2163/2163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2190/2190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2191/2191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2192/2192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2193/2193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2194/2194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2195/2195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2196/2196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2197/2197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2198/2198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2199/2199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2200/2200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2201/2201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2203/2203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2205/2205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2206/2206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2207/2207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2213/2213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2214/2214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2215/2215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2216/2216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2217/2217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2218/2218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2219/2219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2220/2220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2221/2221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2222/2222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2223/2223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2224/2224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2225/2225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2226/2226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2227/2227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2228/2228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2229/2229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2230/2230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2231/2231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2232/2232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2233/2233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2234/2234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2235/2235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2236/2236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2237/2237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2238/2238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2239/2239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2252/2252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2253/2253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2254/2254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2255/2255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2256/2256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2257/2257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2258/2258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2259/2259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2260/2260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2261/2261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2262/2262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2263/2263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2264/2264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2265/2265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2266/2266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2267/2267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2268/2268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2269/2269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2270/2270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2271/2271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2272/2272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2306/2306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2307/2307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2308/2308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2293/2293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2294/2294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2295/2295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2309/2309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2296/2296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2297/2297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2298/2298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2299/2299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2300/2300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2301/2301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2302/2302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2303/2303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2304/2304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2287/2287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2288/2288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2289/2289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2290/2290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2291/2291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2292/2292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2144/2144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2273/2273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2274/2274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2275/2275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2276/2276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2277/2277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2278/2278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2279/2279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2280/2280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2281/2281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2282/2282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2077/2077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2078/2078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2079/2079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2080/2080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2081/2081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2082/2082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2083/2083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2084/2084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2085/2085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2086/2086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2087/2087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2089/2089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2090/2090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2091/2091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2092/2092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2093/2093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2094/2094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2095/2095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2096/2096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2097/2097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2124/2124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2125/2125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2126/2126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2127/2127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2128/2128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2164/2164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2165/2165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2166/2166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2167/2167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2168/2168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2169/2169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2170/2170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2171/2171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2172/2172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2249/2249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2248/2248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2247/2247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2246/2246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2245/2245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2244/2244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2243/2243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2242/2242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2310/2310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2311/2311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2250/2250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2251/2251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2060/2060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2061/2061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2062/2062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2063/2063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2064/2064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2065/2065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2013/5000/pl_n_17.2013.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2208/2208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2870/2870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1964/1964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1965/1965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1966/1966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1967/1967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1968/1968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1970/1970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1971/1971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1972/1972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1973/1973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1974/1974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1975/1975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1976/1976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2059/2059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2075/2075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2076/2076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2104/2104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2129/2129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2130/2130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2131/2131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2132/2132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2133/2133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2134/2134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2173/2173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2174/2174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2175/2175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2176/2176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2177/2177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2178/2178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2179/2179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2180/2180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2209/2209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2210/2210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2211/2211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2212/2212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2240/2240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2241/2241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2283/2283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2284/2284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2285/2285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/2286/2286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1969/1969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1978/1978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1977/1977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2013/1979/1979_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H325"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>