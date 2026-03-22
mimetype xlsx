--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,2485 +54,2485 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2582</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2582/2582_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2582/2582_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UMA BARRA DE PROTEÇÃO NAS PROXIMIDADES DA PONTE QUE FICA LOCALIZADA NA RUA JOÃO ALVES DE BARROS, AO LADO DA PADARIA MOTA.</t>
   </si>
   <si>
     <t>2583</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR MANILHAS DEBAIXO DA PONTE DA RUA JOÃO ALVES DE BARROS, TENDO VISTA QUE  O ESGOTO ESTÁ CORRENDO A CÉU ABERTO.</t>
   </si>
   <si>
     <t>2584</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2584/2584_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2584/2584_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DEMARCAR A ÁREA DE ESTACIONAMENTO NA AVENIDA JAIME TOLEDO, EM FRENTE AO SEMINÁRIO.</t>
   </si>
   <si>
     <t>2585</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2585/2585_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2585/2585_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR SERVIÇOS DE ESCOAMENTO DE ÁGUA E MANUTENÇÃO DOS SERVIÇOS DE LIMPEZA DO CEMITÉRIO EM SÃO GONÇALO.</t>
   </si>
   <si>
     <t>2586</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2586/2586_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2586/2586_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE APROVEITAR OS LABORATÓRIOS DE INFORMÁTICA NAS ESCOLAS RURAIS PARA OFERECER CURSOS DE INFORMÁTICA AOS MORADORES.</t>
   </si>
   <si>
     <t>2587</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2587/2587_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2587/2587_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA VIABILIDADE DE ELABORAR A CARTEIRA DE TRABALHO, NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2588</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2588/2588_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2588/2588_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A CÂMARA MUNICIPAL, VEJA A VIABILIDADE DE CRIAR NO LEGISLATIVO MUNICIPAL UM CENTRO DE ATENDIMENTO AO CIDADÃO, COM OBJETIVO DE PRESTAR INFORMAÇÕES À POPULAÇÃO SOBRE SEUS DIREITOS E ASSESSORÁ-LOS NA BUSCA DE SOLUÇÕES PARA OS PROBLEMAS JURÍDICOS E SOCIAIS.</t>
   </si>
   <si>
     <t>2589</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2589/2589_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2589/2589_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A CÂMARA MUNICIPAL VEJA A VIABILIDADE DE PRESTAR SERVIÇOS DE CONSULTORIA JURÍDICA E TAMBÉM IMPLANTAR O PROCON NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2590/2590_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2590/2590_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR NO BAIRRO JOÃO DO ROQUE UMA ÁREA DE LAZER VOLTADA PARA AS CRIANÇAS DESTE LOCAL.</t>
   </si>
   <si>
     <t>2591</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>RAFAEL XEXEU</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UM RESERVATÓRIO DE ÁGUA DE FIBRA NA COMUNIDADE DE SÃO SEBASTIÃO DA BARRA, INFORMANDO QUE O RESERVATÓRIO EXISTENTE  NÃO ESTÁ COMPORTANDO, DEVIDO AO AUMENTO SIGNIFICATIVO DE HABITANTES</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE MÃO ÚNICA NA RUA ALEXANDRE PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2593/2593_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2593/2593_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O MINISTÉRIO DE ESPORTE, SOLICITANDO A CONSTRUÇÃO DE UMA PRAÇA DE ESPORTES (GINÁSIO) NA ÁREA DE LAZER DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2594/2594_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2594/2594_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O MINISTÉRIO DO ESPORTE, PARA QUE ATRAVÉS DA LEI DE INCENTIVO AO ESPORTE CONSIGA TRAZER ACADEMIA AO AR LIVRE GRATUITA PARA O MUNICÍPIO DE ESPERA FELIZ, SENDO SUGERIDO COMO LOCAL A COLOCAÇÃO NA ÁREA DE LAZER</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, ALTAMIRO NOGUEIRA, MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2595/2595_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2595/2595_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DISPONIBILIZAR UMA ÁREA PARA CONSTRUÇÃO DE TREZENTAS CASAS DO PROJETO MINHA CASA MINHA VIDA, SENDO SUGERIDO O SUGERIDO O TERRENO DA BARRAGEM QUE PERTENCE AO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2596</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2596/2596_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2596/2596_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UMA COMPORTA NA CABECEIRA DO CÓRREGO QUE PASSA NO BAIRRO DO ROQUE, TENDO COMO FINALIDADE REPRESAR A ÁGUA ATÉ QUE ALCANCE UM NÍVEL NECESSÁRIO PARA QUE AO SER SOLTA POSSA LAVAR O CÓRREGO, MELHORANDO O PROBLEMA DO ODOR DESAGRADÁVEL. ESTA SUGESTÃO É PROVISÓRIA, SOMENTE ATÉ O EXECUTIVO RESOLVER ESTE PROBLEMA DE UMA FORMA MAIS VIÁVEL.</t>
   </si>
   <si>
     <t>2597</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2597/2597_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2597/2597_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR PLACAS DE SINALIZAÇÃO REGULAMENTANDO A VELOCIDADE PARA OS VEÍCULOS TRANSITAREM PELA RUA JOÃO SEBASTIÃO DE AMORIM NO TRECHO COMPREENDIDO ENTRE O ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA E O PONTILHÃO.</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2598/2598_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2598/2598_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE PASSAGEM OBRIGATÓRIA NO ENTRONCAMENTO DA RUA CIRA ROSA COM A RUA JOSÉ GRILLO, INDICANDO QUE QUEM ESTÁ DESCENDO A RUA CIRA ROSA E VAI ENTRAR NA ROTATÓRIA DA MAÇONARIA DEVE ENTRAR PELO LADO DIREITO E NÃO PELO ESQUERDO COMO VEM ACONTECENDO, POIS DA FORMA QUE VEM SENDO CONDUZIDO O TRÂNSITO NAQUELE LOCAL, PODERÁ ACONTECER IMPREVISTOS E ATÉ COLISÕES, TENDO VISTO QUE NA ATUALIDADE TANTO QUEM SOBE PARA CIRA ROSA OU QUEM DESCE PARA A RUA JOSÉ GRILLO ESTÃO SE POSICIONANDO DO MESMO LADO.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2599/2599_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2599/2599_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL NA COMUNIDADE DE SÃO GONÇALO E TODAS AS DEMAIS COMUNIDADES DAQUELA REGIÃO COMO: ANGOLA, BOA ESPERANÇA, MARIANINHO, SÃO JOÃO DA FARINHA, NOSSA SENHORA DE LOURDES, TABOÃO, SANTA CLARA, CÓRREGO GRANDE, VENTANIA, COM CAPINA, RETIRADA DE ENTULHOS E LIXOS, ETC.</t>
   </si>
   <si>
     <t>2600</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2600/2600_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2600/2600_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE FAZER UM MURO DE ARRIMO NA RUA TIRADENTES, QUE FICA LOCALIZADA NO MORRO DO SÃO FRANCISCO, A FIM DE EVITAR TRANSTORNOS FUTUROS, TENDO VISTA QUE O LOCAL NÃO TRAZ SEGURANÇA AOS MORADORES E VISITANTES.</t>
   </si>
   <si>
     <t>2601</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2601/2601_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2601/2601_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA ÁLVARO DE SÁ BARBOSA, CONFORME SOLICITADO PELOS MORADORES ATRAVÉS DE ABAIXO ASSINADO.</t>
   </si>
   <si>
     <t>2602</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2602/2602_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2602/2602_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PASSAR O CARRO FUMACÊ POR TODAS AS RUAS DO MUNICÍPIO, CONFORME JÁ SOLICITADO  ATRAVÉS DE OUTRAS INDICAÇÕES, A FIM DE COMBATER A INFESTAÇÃO  DE PERNILONGOS EM ESPERA FELIZ, QUE VEM CAUSANDO INDIGNAÇÃO E RECLAMAÇÃO GERAL DA POPULAÇÃO, E CASO SEJA PROIBIDO FAZER ESTA ASPERSÃO, FAVOR ENCAMINHAR À CASA CÓPIA DA LEI OU REGULAMENTAÇÃO QUE PROÍBA ESTE SERVIÇO.</t>
   </si>
   <si>
     <t>2603</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROMOVA A RECOMPOSIÇÃO/REAJUSTE DAS DIÁRIAS PAGAS AOS SERVIDORES DA PREFEITURA PELO DESLOCAMENTO EM SERVIÇO.</t>
   </si>
   <si>
     <t>2604</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA RUA JOÃO AUGUSTO BORGES OU TAMBÉM CONHECIDA, ANTIGA RUA MARIA MOREIRA DE SOUZA, CONFORME ESPECIFICADAS ABAIXO: CALÇAMENTO OU NA INVIABILIDADE NO MOMENTO OPERAÇÃO TAPA-BURACOS, EXTENSÃO DA REDE ELÉTRICA, COLOCAÇÃO DE MAIS UM POSTE NESTA RUA ESQUINA COM A RUA MORAES DE LIMA - VALE DO SOL</t>
   </si>
   <si>
     <t>2605</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2605/2605_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2605/2605_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA GERALDO GENOVES E SE POSSÍVEL TROCAR DE LOCAL UM POSTE QUE FICA EM FRENTE A RESIDÊNCIA DE N. 63, PASSANDO PARA O OUTRO LADO DA RUA, SENDO NA MESMA DIREÇÃO.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2606/2606_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2606/2606_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE PATROLAR E ENSAIBRAR A ESTRADA DE ACESSO A ENTRADA PRINCIPAL DO ASSENTAMENTO PADRE JÉSUS.</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2607/2607_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2607/2607_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA, VEJA A VIABILIDADE DE CRIAR UMA COMISSÃO ESPECIAL PARA ESTUDO E ANÁLISE DO REGIMENTO INTERNO DO LEGISLATIVO MUNICIPAL, TENDO COMO OBJETIVO REVISAR E PROPOR ALTERAÇÕES.</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2608/2608_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2608/2608_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA VEJA A VIABILIDADE DE REFORMULAR A LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REFORMAR A PONTE DA COMUNIDADE ANGOLA QUE FICA LOCALIZADA NA ZONA RURAL DE ESPERA FELIZ, SUGERINDO QUE SEJA TROCADA POR UMA PONTE DE TUBULÃO OU CONCRETO, OU ATÉ MESMO NA  INVIABILIDADE NO MOMENTO POR UMA DE MADEIRA</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2610/2610_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2610/2610_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REFORMAR A PONTE DA COMUNIDADE DE BOA ESPERANÇA QUE FICA LOCALIZADA NA ZONA RURAL DE ESPERA FELIZ, SUGERINDO QUE SEJA TROCADA POR UMA PONTE DE TUBULÃO OU CONCRETO, OU ATÉ MESMO NA INVIABILIDADE NO MOMENTO POR UMA DE MADEIRA</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2611/2611_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2611/2611_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REALIZAR MELHORIAS NAS ESTRADAS QUE DÃO ACESSO ÀS COMUNIDADES DE SÃO GONÇALO, ANGOLA, BOA ESPERANÇA, MARIANINHO, SÃO JOÃO DA FARINHA, NOSSA SENHORA DE LOURDES, TABOÃO, SANTA CLARA, CÓRREGO GRANDE, VENTANIA</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2612/2612_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2612/2612_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE A MESA DIRETORA DA CÂMARA, VEJA A VIABILIDADE DE REVISAR O PLANO DE CARGOS E SALÁRIOS, TENDO COMO FINALIDADE INCLUIR AS FUNÇÕES CRIADAS A PARTIR DA ÚLTIMA REESTRUTURAÇÃO, (ATRAVÉS DE PROJETO DE LEI) E TAMBÉM ATUALIZAR A TABELA DE VENCIMENTOS COM OS SALÁRIOS ATUAIS</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2613/2613_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2613/2613_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REFORMAR A PONTE QUE FICA PRÓXIMA A PROPRIEDADE DO SR. SEBASTIÃO ZANON( DÁ ACESSO A PROPRIEDADE DO SR. ÍTALO MARTINS E DO SAUL BARBOSA), TROCANDO OS PRANCHÕES QUE ESTÃO MUITO DANIFICADOS POR PRANCHÕES QUE ESTÃO MUITO DANIFICADOS POR PRANCHÕES NOVOS.</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2620/2620_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2620/2620_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A POSSIBILIDADE DE VIABILIZAR MEIOS PARA LIMPEZA DAS MARGENS DO CÓRREGO DO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2621/2621_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2621/2621_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE DE TOMAR PROVIDÊNCIAS PARA EVITAR QUE A PRAÇA CIRA ROSA, DEIXE DE SER MEIO DE ACOMODAÇÃO DE USUÁRIOS DE DROGAS</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A POSSIBILIDADE DE VIABILIZAR MEIOS PARA FAZER REPAROS EM DESNIVELAMENTO DE CAIXA DE CONTENÇÃO, LOCALIZADA NA RUA  NILTON FERREIRA DE CASTRO, NAS PROXIMIDADES DO IMÓVEL DE N 87.</t>
   </si>
   <si>
     <t>2622</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2622/2622_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2622/2622_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE TOTALIZAR O CALÇAMENTO DA RUA SÃO JOÃO, SITUADA NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2623</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2623/2623_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2623/2623_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A POSSIBILIDADE DE VIABILIZAR MEIOS PARA FAZER O CALÇAMENTO DA RUA ROBSON COUTINHO, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2624</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2624/2624_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2624/2624_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE A VIABILIDADE DE COLOCAR COLETORES DE LIXO (LATÃO) NAS INTERMEDIAÇÕES DAS ÁREAS DA RUA SÃO JOÃO, SITUADA NO BAIRRO DO ROQUE, NAS PROXIMIDADES DO N 200</t>
   </si>
   <si>
     <t>2625</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2625/2625_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2625/2625_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE OFERECER UNIFORMES E ACESSÓRIOS BÁSICOS COMO LUVAS E BOTAS AOS GARIS DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2626</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2626/2626_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2626/2626_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA ÁREA DE LAZER, ESPECIFICAMENTE NOS BANHEIROS, ARQUIBANCADA E BEBEDOURO.</t>
   </si>
   <si>
     <t>2627</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2627/2627_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2627/2627_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A VILA JOÃO SERAFIM DE SOUZA, LOCALIZADA NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2628</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2628/2628_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2628/2628_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PATROLAR A ESTRADA QUE INICIA NO PONTILHÃO DE FERRO ATÉ O PATRONATO, PRINCIPALMENTE NO MORRO QUE FICA LOCALIZADO NO INÍCIO DA ESTRADA.</t>
   </si>
   <si>
     <t>2629</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2629/2629_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2629/2629_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE FAZER QUEBRA-MOLAS NA RUA DA MINERAÇÃO, NAS PROXIMIDADES DO PARQUE DE EXPOSIÇÕES.</t>
   </si>
   <si>
     <t>2630</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2630/2630_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2630/2630_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO DE N 35/2014 QUE SEGUE ANEXADO, SOLICITO QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM CÔMODO COM TELA NA COMUNIDADE DE SÃO GERALDO, PARA O DEVIDO RECOLHIMENTO DOS LIXOS DAS COMUNIDADES AREIA BRANCA, SANTO AMARO E BOMFIM, QUE SÃO DEPOSITADOS NESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>2641</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2641/2641_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2641/2641_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO DE N. 36/2014 QUE SEGUE ANEXADA, QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ZELAR PELOS CAMPOS DE FUTEBOL DA ÁREA RURAL DO MUNICÍPIO COMO: CORTAR A GRAMA, MARCAÇÃO DO CAMPO; FAZER VESTUÁRIOS, COLOCAR NOVAS REDES, DOAR BOLAS E AINDA SUGIRO, QUE SEJA COMPRADO UM TRATORZINHO PARA BATERAM OS CAMPOS E TAMBÉM A DISPONIBILIZAÇÃO DOS FUNCIONÁRIOS DA SECRETARIA DE ESPORTES PARA AGILIZAR ESTES TRABALHOS.</t>
   </si>
   <si>
     <t>2631</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2631/2631_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2631/2631_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO DE N 56/2014 QUE SEGUE ANEXADA, SOLICITO QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PAVIMENTAR A RUA OZÓRIO HOTTES, NO BAIRRO SANTA INÊS, HAJA VISTA QUE FOI UMA SUGESTÃO DO PRÓPRIO PREFEITO PARA ESTE VEREADOR.</t>
   </si>
   <si>
     <t>2642</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2642/2642_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2642/2642_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO DE N.: 34/2014 QUE SEGUE ANEXADA, SOLICITO QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INTERCEDER JUNTO AO GOVERNO DO ESTADO A FIM DE CONSEGUIR ASFALTO OU CALÇAMENTO PARA O TRECHO COMPREENDIDO ENTRE A ESTRADA AGOSTINHO PATRUS E O DISTRITO DO SÃO JOSÉ DA PEDRA MENINA, TENDO EM VISTA QUE É UM TRECHO PEQUENO DE APROXIMADAMENTE 700 METROS. OU AINDA, SE HOUVER ALGUM PROJETO REFERENTE A ESTE PEDIDO QUE SEJA NOTIFICADO A ESTA CASA DE LEIS PARA PODERMOS PASSAR INFORMAÇÕES PRECISAS PARA OS NOSSOS MUNICÍPES.</t>
   </si>
   <si>
     <t>2643</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2643/2643_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2643/2643_texto_integral.pdf</t>
   </si>
   <si>
     <t>REITERANDO A INDICAÇÃO DE N. 154/2014 QUE SEGUE ANEXADA, SOLICITO AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE DE DAR UMA LIMPEZA GERAL NOS PÓRTICOS (PORTAIS) DE ENTRADA DA CIDADE, RETIRANDO TODOS OS ENTULHOS, FEZES DE POMBOS, E AINDA TROCANDO AS LÂMPADAS QUEIMADAS E VENDO A POSSIBILIDADE DE PLANTAR FLORES.</t>
   </si>
   <si>
     <t>2632</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2632/2632_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2632/2632_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL NA COMUNIDADE DE SÃO GONÇALO, COM RETIRADA DE ENTULHOS, CAPINA, PODA, ETC.</t>
   </si>
   <si>
     <t>2633</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2633/2633_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2633/2633_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONCEDER MEIOS DE AJUDAR ÀS NECESSIDADES JUNTO À DELEGACIA DE POLÍCIA CIVIL COMO: PINTURA, CADEIRAS OU SOFÁS PARA MELHOR ATENDER OS NOSSOS MUNÍCIPES E PARA QUE OS RENOMADOS PROFISSIONAIS POSSAM DESEMPENHAR SEUS TRABALHOS EM UM  LOCAL MAIS APROPRIADO.</t>
   </si>
   <si>
     <t>2634</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2634/2634_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2634/2634_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ELABORAR PROJETOS PARA CALÇAMENTOS DE RUAS, NÃO DEIXANDO DE INCLUIR O TRECHO DE ESTRADA QUE DÁ ACESSO À COMUNIDADE DE SÃO JOSÉ DA PEDRA MENINA, POIS, EM BREVE DEVERÁ SER LANÇADO O PROJETO MAIS MUNICÍPIOS DO GOVERNO DE MINAS, VISANDO ASFALTAMENTO DE VIAS PÚBLICAS. SE CONFIRMADA A PROPOSTA, PRECISAMOS ESTAR PREPARADOS, COM PROJETOS PRONTOS A SEREM PROTOCOLADOS, E ASSIM, SAIREMOS NA FRENTE.</t>
   </si>
   <si>
     <t>2635</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2635/2635_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2635/2635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O PODER EXECUTIVO, ATRAVÉS DA SECRETARIA COMPETENTE, BUSQUE MEIOS PARA ERRADICAR A POPULAÇÃO DE CARAMUJOS AFRICANOS QUE VÊM SE PROLIFERANDO EM DIVERSAS ÁREAS DA CIDADE, COLOCANDO EM RISCO A SAÚDE DA POPULAÇÃO. </t>
   </si>
   <si>
     <t>2636</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA, MARCOSUEL FIALHO, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2636/2636_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2636/2636_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CRIAR UMA CASA ABRIGO, VISANDO O ACOLHIMENTO TEMPORÁRIO NAS SITUAÇÕES DE RISCO, DESTINADAS ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA AMPARADAS PELA LEI MARIA DA PENHA, ACOMPANHADAS OU NÃO DE FILHOS(AS) MENORES E SEM OUTROS RECURSOS.</t>
   </si>
   <si>
     <t>2637</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2637/2637_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2637/2637_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAMENTO DA RUA JUREMA VENTURA MARINHO.</t>
   </si>
   <si>
     <t>2638</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2638/2638_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2638/2638_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR A SEDE DO CRAS - CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL, NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2644</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2644/2644_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2644/2644_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAMENTO DA RUA PAULO DUARTE COUTINHO.</t>
   </si>
   <si>
     <t>2639</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2639/2639_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2639/2639_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAMENTO DA RUA HILDA ARAÚJO CAMPOS.</t>
   </si>
   <si>
     <t>2640</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2640/2640_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2640/2640_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REFORMAR E AMPLIAR A PRAÇA/CALÇADÃO QUE FICA LOCALIZADA NA RUA JOÃO SEBASTIÃO DE AMORIM.</t>
   </si>
   <si>
     <t>2645</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2645/2645_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2645/2645_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR UMA PISTA DE SKATE NA ÁREA DE LAZER DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2646</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t xml:space="preserve">GILMAR DA  AMBULÂNCIA, LINDOMAR </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2646/2646_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2646/2646_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAMENTO DA RUA PASTOR MOISÉS ANTÔNIO DOS SANTOS, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2647</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2647/2647_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2647/2647_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAMENTO DA RUA MÁRCIA BEPPLER, NO BAIRRO DO ROQUE. </t>
   </si>
   <si>
     <t>2648</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>OZIEL GOMES</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2648/2648_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2648/2648_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR UMA QUADRA ESPORTIVA COM COBERTURA E FECHADA NAS LATERAIS NA COMUNIDADE DE SÃO JOÃO DA FARINHA.</t>
   </si>
   <si>
     <t>2649</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2649/2649_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2649/2649_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O FNDE - FUNDO NACIONAL DE DESENVOLVIMENTO DA EDUCAÇÃO, A FIM DE CONSTRUIR UMA CRECHE "PRO-INFÂNCIA" NO BAIRRO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>2650</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2650/2650_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2650/2650_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE ASFALTAR O ENTORNO DA PRAÇA JOSÉ ALVES COSTA (PRAÇA DO CAMPESTRE), BEM COMO A RUA JAIR DE SOUZA CASTRO, COM INÍCIO NA PRAÇA JOSÉ ALVES ATÉ O POSTO DO PINGO.</t>
   </si>
   <si>
     <t>2651</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2651/2651_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2651/2651_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA OZÓRIO HOTTS, NO BAIRRO SANTA INÊS, PRÓXIMO À ESCOLA ESTADUAL ALTIVO LEOPOLDINO DE SOUZA.</t>
   </si>
   <si>
     <t>2663</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2663/2663_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2663/2663_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ELABORAR UM PROJETO DE LEI REGULAMENTANDO TRANSPORTE GRATUITO PARA ALUNOS QUE ESTUDAM EM CIDADES VIZINHAS, NÍVEL SUPERIOR. </t>
   </si>
   <si>
     <t>2664</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O DER SOLICITANDO A COLOCAÇÃO DE 2 PLACAS DE ADVERTÊNCIA DE TRAVESSIA DE ANIMAIS NO KM 2 DA RODOVIA AGOSTINHO PATRUS QUE LIGA ESPERA FELIZ À COMUNIDADE DO PARAÍSO, NOS DOIS LADOS DA RODOVIA, A FIM DE EVITARMOS TRANSTORNOS FUTUROS. </t>
   </si>
   <si>
     <t>2665</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2665/2665_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2665/2665_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR 2 QUEBRA-MOLAS NA ESTRADA QUE DÁ ACESSO A PROPRIEDADE DO SR. ADAILTON FARIA NAS PROXIMIDADES DO CURRAL DESTA PROPRIEDADE QUE FICA LOCALIZADO ÀS MARGENS DA ESTRADA.</t>
   </si>
   <si>
     <t>2666</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2666/2666_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2666/2666_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE SUBSCREVE REQUER A IMPLANTAÇÃO VIA SECRETARIA DE EDUCAÇÃO, O INSERÇÃO DO PSICOPEDAGOGO CLÍNICO E INSTITUCIONAL, NAS ESCOLAS DA REDE MUNICIPAL DE ENSINO. ASSIM COMO, SUA REGULARIZAÇÃO NAS ESCOLAS DA REDE PRIVADA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2667</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2667/2667_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2667/2667_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, SOLICITA A POSSIBILIDADE DE VIABILIZAR UM REFEITÓRIO NAS DEPENDÊNCIAS DO PARQUE DE EXPOSIÇÃO, PARA QUE SEJA SERVIDO O ALMOÇO DOS SERVIDORES QUE POR LÁ CUMPREM SEUS EXPEDIENTES.</t>
   </si>
   <si>
     <t>2668</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2668/2668_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2668/2668_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RETORNAR COM O ATENDIMENTO MÉDICO PARA A COMUNIDADE DO MONTE VERDE, PELO MENOS UMA VEZ AO MÊS COMO ERA REALIZADO ANTERIORMENTE.</t>
   </si>
   <si>
     <t>2669</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2669/2669_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2669/2669_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR GRATUITAMENTE EXAMES DE CÂNCER DE PRÓSTATA - TOQUE RETAL E EXAME DE SANGUE - PSA NO MUNICÍPIO, CONFORME LEI FEDERAL E CASO O  MUNICÍPIO JÁ PRESTE ESTE SERVIÇO RELEVANTE AOS MUNÍCIPES DEIXO REGISTRADO MEUS PARABÉNS A ADMINISTRAÇÃO, TENDO VISTA A IMPORTÂNCIA DESTE EXAME DE PREVENÇÃO.</t>
   </si>
   <si>
     <t>2670</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2670/2670_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2670/2670_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE MÃO ÚNICA NA RUA ALEXANDRE PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>2673</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2673/2673_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2673/2673_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE SOLICITA A VIABILIDADE DE CRIAR UM UNIFORME ADEQUADO PARA TODOS OS SERVIDORES QUE TRABALHAM NA COLETA DE LIXO DO NOSSO MUNICÍPIO, BEM COMO UTENSÍLIOS DE PROTEÇÃO (MACACÃO, GORRO, LUVAS, BOTAS E MÁSCARAS).</t>
   </si>
   <si>
     <t>2674</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2674/2674_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2674/2674_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE FIRMAR UMA PARCERIA/CONVÊNIO COM UMA OU MAIS ÓTICAS DE ESPERA FELIZ, FICANDO A CRITÉRIO DO EXECUTIVO, PARA QUE SEJAM CEDIDOS DESCONTOS NA AQUISIÇÃO DE ÓCULOS ÀS PESSOAS QUE O EXECUTIVO ENCAMINHAR A REFERIDA ÓTICA, E AINDA, QUE A PESSOA ENTREGUE OS ÓCULOS ANTIGOS À ÓTICA PARA QUE SEJA DOADO PARA PESSOAS CARENTES.</t>
   </si>
   <si>
     <t>2675</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2675/2675_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2675/2675_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONTINUAR A RUA DA LADEIRA TROPICAL, FAZENDO ABERTURA DESTA RUA, DANDO ASSIM ACESSO À RUA MAJOR PEREIRA, TENDO VISTA QUE AS PESSOAS JÁ PASSAM POR ESSE TRECHO. É UM LOCAL QUE O NECESSITA QUE O EXECUTIVO PASSE A MÁQUINA REABRINDO MAIS E TAMBÉM REALIZANDO UMA LIMPEZA DE CAPINA, TORNANDO ASSIM REALMENTE UMA RUA PARA TRAVESSIA DAS PESSOAS.</t>
   </si>
   <si>
     <t>2676</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2676/2676_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2676/2676_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A LADEIRA TROPICAL.</t>
   </si>
   <si>
     <t>2700</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2700/2700_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2700/2700_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A CEMIG PARA A COLOCAÇÃO DE UM POSTE DE ILUMINAÇÃO NA RUA WESSER LACERDA, NAS PROXIMIDADES DA RESIDÊNCIA DE N. 129. </t>
   </si>
   <si>
     <t>2701</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2701/2701_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2701/2701_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O DER, SOLICITANDO LIMPEZA DAS MARGENS DA RODOVIA QUE LIGA ESPERA FELIZ A DORES DO RIO PRETO, NO TRECHO COMPREENDIDO ENTRE O PÓRTICO DE ENTRADA ATÉ O TREVO QUE DÁ ACESSO AO TREVO QUE DÁ ACESSO À ESTRADA PARA A COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
     <t>2702</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2702/2702_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2702/2702_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ESTUDE A POSSIBILIDADE DE CRIAR UM GRUPO DE PLANEJAMENTO ESTRATÉGICO MUNICIPAL, EM PREPARAÇÃO AO PPA 2018-2021, COM O OBJETIVO DE ENVOLVER A SOCIEDADE NA CONSTRUÇÃO DE UM PLANO QUE POSSA ATENDER MAIS E MELHOR A POPULAÇÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2703</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2703/2703_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2703/2703_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO VEJA A VIABILIDADE DE CONSERTAR (02) DOIS BUEIROS NA AV. AMÉRICO CÂNDIDO DE SOUZA E TAMBÉM REPARAR A PARTE ANTIGA DO CALÇAMENTO DESTA RUA, DEVIDO ESTAREM TRAZENDO RISCOS ÀS PESSOAS.</t>
   </si>
   <si>
     <t>2704</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REALIZAR UMA REFORMA NA PINGUELA QUE FICA LOCALIZADA NA RUA GIOVANI LABATI NO BAIRRO DO ROQUE, ATRÁS DO POSTO DE SAÚDE, TROCANDO OS PRANCHÕES DE MADEIRA POR CIMENTO OU TUBULÃO.</t>
   </si>
   <si>
     <t>2705</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2705/2705_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2705/2705_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR UMA GUARITA NO PONTO DE ÔNIBUS QUE DÁ ACESSO AO CÓRREGO VENTANIA, NO KM 133,8 DA MG 111</t>
   </si>
   <si>
     <t>2712</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2712/2712_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2712/2712_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CRIAR ACESSIBILIDADE NA CALÇADA QUE FICA LOCALIZADA NA RUA HENRIQUE GRIPP FILHO, ESQUINA COM JOÃO SEBASTIÃO DE AMORIM, EM FRENTE A LOJA DO NININHO (CONSTRUINDO UMA RAMPA).</t>
   </si>
   <si>
     <t>2713</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2713/2713_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2713/2713_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA PLACA DE MÃO ÚNICA NA RUA ALEXANDRE PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>2714</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2714/2714_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2714/2714_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REALIZAR MELHORIAS NO TRÂNSITO DA RUA JOSÉ GRILLO, CONFORME CITADO ABAIXO: COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO VERTICAL, ALERTANDO MOTORISTAS REDUZIREM A VELOCIDADE; IMPLANTAR UM QUEBRA-MOLA NA RUA JOSÉ GRILLO EM FRENTE AO COMÉRCIO DO CARLINHOS CARERE; TRANSFERIR DE LOCAL A FAIXA DE PEDESTRES QUE ESTÁ EM FRENTE AO RESTAURANTE PALADAR , PASSANDO-A PARA DEZ METROS APÓS O QUEBRA-MOLA, SENTIDO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>2715</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2715/2715_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2715/2715_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR ALGUM TIPO DE MELHORIAS NAS VIAS PÚBLICAS QUE FICAM LOCALIZADAS NA REGIÃO DO CAMPESTRE CLUBE ATÉ O POSTO DO TONINHO URGENTEMENTE, ATÉ QUE SE INCIEM AS OBRAS DE ASFALTAMENTO QUE SOMOS SABEDORES, SERÃO REALIZADAS.</t>
   </si>
   <si>
     <t>2716</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2716/2716_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2716/2716_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR 2 (DOIS) QUEBRA-MOLAS NA ESTRADA QUE LIGA ESPERA FELIZ A CAPARAÓ, NAS PROXIMIDADES DA IGREJA ASSEMBLEIA DE DEUS - MINISTÉRIO ALFA (PERTO DA VENDA DO EX-VEREADOR PAULO TEIXEIRA).</t>
   </si>
   <si>
     <t>2717</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2717/2717_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2717/2717_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, TOME PROVIDÊNCIAS EM RELAÇÃO AS FAIXAS DE PEDESTRES DO MUNICÍPIO PINTANDO-AS NOVAMENTE COM UMA TINTA ESPECIAL, OU ATÉ MESMO QUE DENTRO DAS VIABILIDADES SEJAM COLOCADAS FAIXAS ADESIVAS, QUE É CONFECCIONADA DE UM MATERIAL ELASTOPLÁSTICO LAMINADO, CONFORME VEM SENDO AFIXADAS EM VÁRIAS CIDADES, DEVIDO A MAIOR VISIBILIDADE E DURABILIDADE.</t>
   </si>
   <si>
     <t>2718</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2718/2718_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2718/2718_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR O ESTUDO NECESSÁRIO E APÓS TOMAR PROVIDÊNCIAS EM RELAÇÃO A PONTE QUE FICA LOCALIZADA NA ESTRADA QUE LIGA O BONFIM AO MUNICÍPIO DE CAPARAÓ, NAS PROXIMIDADES DO ANTIGO SÍTIO DO SR. ROSEMBERG, FICANDO A SUGESTÃO DE SER FEITO MANILHAMENTO E ATERRAMENTO NESTA PONTE E TAMBÉM A TROCA DOS PRANCHÕES.</t>
   </si>
   <si>
     <t>2719</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2719/2719_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2719/2719_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A ESTRADA QUE DÁ ACESSO A APAE, INICIANDO NO MORRO QUE FICA LOCALIZADO APÓS O PONTILHÃO, SENTIDO ESPERA FELIZ A CAIANA FINALIZANDO NA RUA MAJOR PEREIRA, CONTORNANDO ASSIM TODO O PERCURSO DE ACESSO A ESTA ENTIDADE TÃO FUNDAMENTAL NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2720</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2720/2720_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2720/2720_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, REALIZE UM ESTUDO NECESSÁRIO E VEJA A VIABILIDADE DE ABRIR UMA CURVA OU ACOSTAMENTO NA ESTRADA ESPERA FELIZ AO MUNICÍPIO DE CAIANA, PRÓXIMO AO NÚMERO 870</t>
   </si>
   <si>
     <t>2721</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2721/2721_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2721/2721_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA ENCAMINHADA A SEGUINTE INDICAÇÃO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, QUE O PODER EXECUTIVO VEJA A VIABILIDADE DE COLOCAR ILUMINAÇÃO NOS POSTES LOCALIZADOS NA RUA GENÉSIO DE ASSIS, PRÓXIMO AO N 109.</t>
   </si>
   <si>
     <t>2722</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2722/2722_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2722/2722_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O PODER EXECUTIVO, VEJA A VIABILIDADE DE COLOCAR MANILHAS NA ESQUINA DA RUA JOÃO DOMINGOS LEAL COM A RUA DELETHE HORTÊNCIA, NO BAIRRO VALE DO SOL (ATRÁS DA IGREJA CATÓLICA)</t>
   </si>
   <si>
     <t>2723</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2723/2723_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2723/2723_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ELABORAR UM NOVO PROJETO DE LEI DE TRÂNSITO VIGENTE COM AS ADEQUAÇÕES SUGERIDAS PELO POLICIAL MILITAR  SR. CLÁUDIO DE FARIA RODRIGUES</t>
   </si>
   <si>
     <t>2728</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2728/2728_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2728/2728_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE CALÇAR OU ASFALTAR A RUA CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>2729</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2729/2729_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2729/2729_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE CRIAR O CONSELHO MUNICIPAL DE IGUALDADE RACIAL EM ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2730</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2730/2730_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2730/2730_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE FORNECER UMA MÁQUINA DE BENEFICIAR FEIJÃO À ASSOCIAÇÃO CONTERRA, NO ASSENTAMENTO PADRE JÉSUS.</t>
   </si>
   <si>
     <t>2731</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2731/2731_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2731/2731_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR TRÊS QUEBRA-MOLAS NA RUA MAJOR PEREIRA, NO BAIRRO PÃO DE LÓ.</t>
   </si>
   <si>
     <t>2732</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO A REDE DE ESGOTO QUE ESTÁ LOCALIZADA NO QUINTAL DA RESIDÊNCIA DO SR. ADONAI LUIZ RODRIGUES NA RUA MAJOR PEREIRA, N. 1.353, NO BAIRRO PÃO DE LÓ, AO LADO DA APAE.</t>
   </si>
   <si>
     <t>2733</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2733/2733_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2733/2733_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO A UMA REDE DE ESGOTO QUE SE LOCALIZA NO QUINTAL DA RESIDÊNCIA DA SRA. NÉRIA DAS GRAÇAS GOMES, NA RUA PIO XII, N. 295, BATENDO LAJE OU ATÉ MESMO COLOCANDO MANILHAS, RESOLVENDO ESTA SITUAÇÃO CAÓTICA DA MORADORA</t>
   </si>
   <si>
     <t>2734</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2734/2734_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2734/2734_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AO FATO QUE VEM OCORRENDO NA CABEÇA DA PONTE QUE FICA LOCALIZADA NA AVENIDA ARTHUR BINA, FAZENDO UMA CONTENÇÃO COMO FOI FEITA DO OUTRO LADO DA PONTE</t>
   </si>
   <si>
     <t>2735</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2735/2735_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2735/2735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, DETERMINE À SECRETARIA COMPETENTE A REALIZAÇÃO DE ESTUDOS PARA PROJETAR A CONSTRUÇÃO DE UM TEATRO MUNICIPAL, ENTRANDO EM CONTATO COM O MINISTÉRIO DA CULTURA PARA OBTENÇÃO DE RECURSOS.  </t>
   </si>
   <si>
     <t>2736</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2736/2736_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2736/2736_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR QUEBRA-MOLAS NA RUA ERNESTO GRILLO, INICIANDO NO CLUBE LIONS ATÉ O SR. OSMAR GOMES. INFORMANDO QUE É UMA RUA ESTREITA QUE NÃO TEM COMO TRANSITAR VEÍCULOS, MAS ESTÁ SENDO ROTA DE FUGA DE MOTOQUEIROS QUE PASSAM EM ALTA VELOCIDADE.</t>
   </si>
   <si>
     <t>2737</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>Eluízio Bilheiro, MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2737/2737_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2737/2737_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE VEJA A VIABILIDADE DE INCENTIVAR A BANDA DE MÚSICA PEDRO BERNARDES DA VEIGA, COM AQUISIÇÃO E MANUTENÇÃO DE EQUIPAMENTOS E AINDA, CONTRATAÇÃO MAESTRO.</t>
   </si>
   <si>
     <t>2738</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2738/2738_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2738/2738_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR UM MATA-BURRO 300 METROS APÓS A VENDA DO PAULO TEIXEIRA, SENTIDO A CAPARAÓ, CONSTRUINDO NA ESTRADA VICINAL, APROXIMADAMENTE 40 METROS DA PRINCIPAL, PRÓXIMO ÀS MANGUEIRAS, DIVISA DA PROPRIEDADE DO ADEMIR E DO SEBASTIÃO MAQUETE</t>
   </si>
   <si>
     <t>2741</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2741/2741_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2741/2741_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE PATROLAR COM A MÁQUINA E APÓS COLOCAR TERRA E SAIBRO NA ENTRADA DA COMUNIDADE DA BOA ESPERANÇA, NAS PROXIMIDADES DA PROPRIEDADE DO SR. RUY, DESVIANDO ASSIM A ÁGUA QUE FICA EMPOSSADA NESTE LOCAL.</t>
   </si>
   <si>
     <t>2742</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2742/2742_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2742/2742_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR SAIBRO NOS MORROS DA ESTRADA QUE DÁ ACESSO À COMUNIDADE DO ANGOLA.</t>
   </si>
   <si>
     <t>2743</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2743/2743_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2743/2743_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UMA LIXEIRA DE MADEIRA NO KM 133,8 DA MG 111, QUE DÁ ACESSO À COMUNIDADE DA VENTANIA</t>
   </si>
   <si>
     <t>2744</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2744/2744_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2744/2744_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE URGENTEMENTE PATROLAR A ESTRADA QUE DÁ ACESSO A COMUNIDADE VENTANIA, (MORRO DO ZÉ NOVAES ATÉ A IGREJINHA DA VENTANIA)</t>
   </si>
   <si>
     <t>2745</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2745/2745_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2745/2745_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR SAIBRO NUM TRECHO DA ESTRADA VICINAL NO CÓRREGO DA VENTANIA, PRÓXIMO À SEDE DA FAZENDA DO SR. NILSON BRAGA AMORIM.</t>
   </si>
   <si>
     <t>2747</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2747/2747_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2747/2747_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR SAIBRO E SE PRECISO PATROLAR A ESTRADA QUE FICA LOCALIZADA DEPOIS DA IGREJA DA COMUNIDADE DA VARGEM ALEGRE À DIREITA (SENTIDO ESPERA FELIZ AO PARAÍSO), ENTRADA PARA PROPRIEDADE DO SR. SEBASTIÃO ZANON</t>
   </si>
   <si>
     <t>2748</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2748/2748_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2748/2748_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR DOIS QUEBRA-MOLAS NA ESTRADA QUE LIGA ESPERA FELIZ A CAPARAÓ, NAS PROXIMIDADES DA IGREJA ASSEMBLEIA DE DEUS - MINISTÉRIO ALFA (PERTO DA VENDA DO EX-VEREADOR PAULO TEIXEIRA)</t>
   </si>
   <si>
     <t>2749</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2749/2749_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2749/2749_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE CONSTRUIR UMA PRAÇA OU ÁREA DE RECREAÇÃO NO FINAL DA AVENIDA ARTHUR BINA NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>2750</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA, Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2750/2750_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2750/2750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE A CÂMARA MUNICIPAL, VEJA A VIABILIDADE DE CONCEDER UMA MEDALHA DE HONRA AO MÉRITO AO ALMIRANTE ADEMIR SOBRINHO POR TER ASSUMIDO A CHEFIA DO ESTADO-MAIOR CONJUNTO DAS FORÇAS ARMADAS (EMCFA) DO MINISTÉRIO DA DEFESA. </t>
   </si>
   <si>
     <t>2751</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2751/2751_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2751/2751_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR DOIS QUEBRA-MOLAS NAS PROXIMIDADES DA IGREJA ASSEMBLEIA DE DEUS NO BAIRRO DO ROQUE, SENDO UM ANTES E O OUTRO APÓS A IGREJA ASSEMBLEIA DE DEUS NO BAIRRO DO ROQUE, SENDO UM ANTES E O OUTRO APÓS A IGREJA</t>
   </si>
   <si>
     <t>2752</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2752/2752_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2752/2752_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR DOIS QUEBRA-MOLAS NA BR 482, SENDO UM ANTES E OUTRO APÓS A PONTE QUE FICA NAS PROXIMIDADES DA ENTRADA DO BAIRRO FLORESTA - PEDREIRA DENEIR PELEGRINE</t>
   </si>
   <si>
     <t>2753</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2753/2753_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2753/2753_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL,VEJA A VIABILIDADE DE COLOCAR UMA FAIXA DE PEDESTRE NA RUA AMÉRICO VESPÚCIO DE CARVALHO, NAS PROXIMIDADES DO CENTRO DE EDUCAÇÃO PORTAL DO SABER, EM FRENTE A FEIRA DO CRISTIANO.</t>
   </si>
   <si>
     <t>2671</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2671/2671_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2671/2671_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS REGULAMENTANDO ATRAVÉS DE PLACAS O ESTACIONAMENTO  DE VEÍCULOS NA RUA GENÉSIO DE ASSIS, (RUA DO INSS), TENDO VISTA QUE É UMA RUA ESTREITA E OS VEÍCULOS ESTACIONAM DE UM LADO E DE OUTRO, DIFICULTANDO A PASSAGEM E NA MAIORIA DAS VEZES NÃO TENDO NEM COMO TRANSITAR.</t>
   </si>
   <si>
     <t>2672</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>Robinho Lacerda, ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2672/2672_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2672/2672_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS REGULAMENTANDO ATRAVÉS DE PINTURA DE FAIXAS O ESTACIONAMENTO DE VEÍCULOS NA RODOVIÁRIA ALFREDO BRANDÃO, SENDO QUE EXISTEM TRÊS VAGAS E NÃO SÃO DELIMITADAS E POR ISTO OS MOTORISTAS ESTACIONAM O VEÍCULO ATRAVESSADO, FAZENDO COM QUE OS MOTORISTAS NÃO TENHAM O DEVIDO ESPAÇO PARA ESTACIONAREM.</t>
   </si>
   <si>
     <t>2677</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>Robinho Lacerda, ALTAMIRO NOGUEIRA, Eluízio Bilheiro, GILMAR DA  AMBULÂNCIA, LINDOMAR , LUIZ CARLOS MARINETI, MARCOSUEL FIALHO, MILTON DO SINDICATO, OZIEL GOMES, RAFAEL XEXEU, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2677/2677_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2677/2677_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. LOANDA FERNANDES VALENTE, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO ESPERAFELICENSE AUSENTE, NO DIA 17 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2678</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2678/2678_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2678/2678_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. ABEL PIRES FILHO, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO ESPERAFELICENSE AUSENTE, NO DIA 17 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2679</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2679/2679_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2679/2679_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PAVIMENTAR A RUA ARTHUR BINA DA SILVA.</t>
   </si>
   <si>
     <t>2706</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2706/2706_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2706/2706_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DOS SENHORES ADÃO EDSON SANTANA E EDVALDO LIMA SANTANA PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2707</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2707/2707_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2707/2707_texto_integral.pdf</t>
   </si>
   <si>
     <t>2708</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2708/2708_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2708/2708_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. GABRIEL ROCHA DE SOUZA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2709</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2709/2709_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2709/2709_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO DR. LUIZ ANTONIO AVELAR PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2710</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2710/2710_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2710/2710_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. MARIA DE LOURDES PINHEIRO SILVA PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2711</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2711/2711_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2711/2711_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. PAULO EDUARDO CIRINO PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2724</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2724/2724_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2724/2724_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. SIDNEIA MEDEIROS PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2725</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2725/2725_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2725/2725_texto_integral.pdf</t>
   </si>
   <si>
     <t>2726</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2726/2726_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2726/2726_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE PINTAR UMA FAIXA DE TRAVESSIA DE PEDESTRES NA RUA JOSÉ GRILLO, EM FRENTE AO BAR DO PAULINHO SIMIQUELI.</t>
   </si>
   <si>
     <t>2727</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2727/2727_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2727/2727_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO EXCELENTÍSSIMO DEPUTADO FEDERAL - REGINALDO DE OLIVEIRA LOPES PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2739</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2739/2739_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2739/2739_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE FAZER UMA CONTENÇÃO NA BOCA DA PONTE NA BR 488, PRÓXIMO AO BAIRRO JOÃO CLARA, POIS O BECO QUE LIGA O ASFALTO AO BAIRRO DESMORONOU E ESTÁS DIFICULTANDO A PASSAGEM DE PEDESTRES.</t>
   </si>
   <si>
     <t>2740</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2740/2740_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2740/2740_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE MELHORAR O ESCOAMENTO DE ALGUNS BUEIROS NO VALE DO SOL II, ALARGANDO AS GRADES E AINDA FAZENDO GRADES NA EXTENSÃO DA RUA COM O OBJETIVO DE DIMINUIR O VOLUME DE ÁGUA</t>
   </si>
   <si>
     <t>2746</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2746/2746_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2746/2746_texto_integral.pdf</t>
   </si>
   <si>
     <t>2754</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2754/2754_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2754/2754_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CONSTRUIR UM VESTIÁRIO NO CAMPO DE FUTEBOL DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA.</t>
   </si>
   <si>
     <t>2755</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2755/2755_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2755/2755_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE RETIRAR UM POSTE QUE FICA EM FRENTE À RESIDÊNCIA DO SR. JOSÉ ÊNIO, NA RUA WESSER DE LACERDA AMORIM, NAS PROXIMIDADES DA IGREJA FILADÉLFIA.</t>
   </si>
   <si>
     <t>2756</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2756/2756_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2756/2756_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE SEREM TOMADAS PROVIDÊNCIAS EM RELAÇÃO AOS ANIMAIS DE GRANDE PORTE QUE FICAM SOLTOS PELA CIDADE, PRINCIPALMENTE NA SAÍDA CIDADE, SENTIDO A CARANGOLA.</t>
   </si>
   <si>
     <t>2757</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2757/2757_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2757/2757_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE MELHORAR A ILUMINAÇÃO DA QUADRA DE ESPORTES DA COMUNIDADE DE SÃO DOMINGOS, SENDO QUE ESTÃO ACENDENDO SOMENTE DUAS LÂMPADAS, TORNANDO O LOCAL MUITO ESCURO E APROVEITAR PARA REALIZAR UMA REFORMA NESTA QUADRA, COLOCANDO UMA TELA DE PROTEÇÃO AO SEU REDOR.</t>
   </si>
   <si>
     <t>2687</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2687/2687_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2687/2687_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO, APÓS TRAMITAÇÃO REGIMENTAL, CONSIGNA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JOÃO BATISTA DE SOUZA, PELA DEDICAÇÃO, CARINHO E AMOR DEMONSTRADO À SUA MÃE QUE PERMANECEU POR 22 ANOS EM UMA CADEIRA DE RODAS, CUIDANDO COM MUITO ZELO, DEIXANDO UM EXEMPLO A SER SEGUIDO NA NOSSA CIDADE.</t>
   </si>
   <si>
     <t>2688</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2688/2688_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2688/2688_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. ANDERSON MARINHO DE SOUZA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2689</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2689/2689_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2689/2689_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE CONGRATULAÇÕES PARA O ILUSTRÍSSIMO SECRETÁRIO DE ESTADO ÂNGELO OSVALDO, PELA INDICAÇÃO DE JOÃO MIGUEL, PARA O CARGO DE SUPERINTENDENTE DE INTERIORIZAÇÃO E AÇÃO CULTURAL, NO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>2690</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2690/2690_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2690/2690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O GRUPO DE MOUNTAIN BIKE DE ESPERA FELIZ "ELO DAS MONTANHAS". </t>
   </si>
   <si>
     <t>2691</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2691/2691_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2691/2691_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO FOTÓGRAFO ANDRÉ LEAL, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2692</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2692/2692_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2692/2692_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O SR. ITAMAR PIRES DA SILVA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2693</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2693/2693_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2693/2693_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. SEBASTIÃO PELEGRINE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2694</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2694/2694_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2694/2694_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JOHNE HENRIQUE PARADA PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2695</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2695/2695_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2695/2695_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS ILUSTRÍSSIMOS CONSELHEIROS TUTELARES DE ESPERA FELIZ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2696</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2696/2696_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2696/2696_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JOSÉ ANTÔNIO MENDES PELA BRILHANTE ORGANIZAÇÃO DA 35 FESTA REGIONAL DO TRABALHO DO PARAÍSO - ESPERA FELIZ</t>
   </si>
   <si>
     <t>2697</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2697/2697_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2697/2697_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS/AS ILUSTRÍSSIMOS/AS ASSISTENTES SOCIAIS DE ESPERA FELIZ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2698</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE CONGRATULAÇÃO PARA A ILUSTRÍSSIMA DRA. SAYONARA GRILLO COUTINHO LEONARDO DA SILVA PELA BRILHANTE DEFESA DOS DIREITOS TRABALHISTAS, QUANDO DA SUA PARTICIPAÇÃO NO DEBATE SOBRE O PL QUE TRATA DA TERCEIRIZAÇÃO DO TRABALHO NO BRASIL, PROMOVIDO PELA TV CULTURA.</t>
   </si>
   <si>
     <t>2699</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2699/2699_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2699/2699_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A MINERADORA OTACÍLIO CARLOS DE SOUZA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2929</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2929/2929_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2929/2929_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPÕE O SUBSÍDIO DO PRESIDENTE E DOS VEREADORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>2930</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2930/2930_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2930/2930_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPÕE O SUBSÍDIO DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2922/2922_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2922/2922_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA JOÃO AUGUSTO BORGES"</t>
   </si>
   <si>
     <t>2909</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2909/2909_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2909/2909_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CAPELANIA E DISPÕE SOBRE A PRESTAÇÃO DE ASSISTÊNCIA RELIGIOSA, NOS ESTABELECIMENTOS DE ENSINO, HOSPITAIS, INSTITUIÇÕES CARCERÁRIAS, INSTITUIÇÕES SÓCIO-EDUCATIVAS E QUARTÉIS, NO MUNICÍPIO DE ESPERA FELIZ/MG, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2910</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2910/2910_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2910/2910_texto_integral.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS E DATAS COMEMORATIVAS DO MUNICÍPIO DE ESPERA FELIZ, A SEMANA DA FAMÍLIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2911</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2911/2911_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2911/2911_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROPÕE A LEITURA BÍBLICA NAS ESCOLAS PÚBLICAS E PRIVADAS DO MUNICÍPIO DE ESPERA FELIZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2912</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2912/2912_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2912/2912_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIDADE DE EXEMPLAR DA BÍBLIA SAGRADA EM LINGUAGEM COMUM E EM BRAILE NOS ACERVOS DE BIBLIOTECAS PÚBLICAS E PRIVADAS, LOCALIZADAS NO ÂMBITO DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2923</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2923/2923_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2923/2923_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE AOS ALUNOS MATRICULADOS NA REDE MUNICIPAL DE ENSINO DE ESPERA FELIZ, QUE SEJAM FILHOS (AS) DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR, O DIREITO À TRANSFERÊNCIA DE MATRÍCULA ENTRE AS UNIDADE DE ENSINO, DE ACORDO COM A NECESSIDADE DE MUDANÇAS DE ENDEREÇOS DA MÃE OU RESPONSÁVEL AGREDIDA.</t>
   </si>
   <si>
     <t>2914</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2914/2914_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2914/2914_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA ANTÔNIO BENTO DA SILVA"</t>
   </si>
   <si>
     <t>2915</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2915/2915_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2915/2915_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA JOANATAS GONÇALVES"</t>
   </si>
   <si>
     <t>2916</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2916/2916_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2916/2916_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA JOSÉ FRANKLIN DE SOUZA"</t>
   </si>
   <si>
     <t>2917</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2917/2917_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2917/2917_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "DOMINGOS DONADIO FILHO"</t>
   </si>
   <si>
     <t>2918</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2918/2918_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2918/2918_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "SEBASTIÃO MARINETI"</t>
   </si>
   <si>
     <t>2934</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2934/2934_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2934/2934_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "LUZIA CRETON DE OLIVEIRA"</t>
   </si>
   <si>
     <t>2924</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2924/2924_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2924/2924_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA PEDRO ADOLFO DA SILVA"</t>
   </si>
   <si>
     <t>2925</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2925/2925_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2925/2925_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA MAURO PORTES DA SILVA"</t>
   </si>
   <si>
     <t>2926</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2926/2926_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2926/2926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA MAYARA RODRIGUES ALVES"_x000D_
 </t>
   </si>
   <si>
     <t>2931</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2931/2931_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2931/2931_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "WALDIR ZANUTI"</t>
   </si>
   <si>
     <t>2927</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2927/2927_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2927/2927_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA. "PRAÇA JOEL DONADIO"</t>
   </si>
   <si>
     <t>2937</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2937/2937_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2937/2937_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA. "PRAÇA PASTOR WALDEMAR SAMPAIO"</t>
   </si>
   <si>
     <t>2938</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2938/2938_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2938/2938_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA ABEL PIRES FERREIRA"</t>
   </si>
   <si>
     <t>2928</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2928/2928_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2928/2928_texto_integral.pdf</t>
   </si>
   <si>
     <t>REDUZ O VALOR DO SUBSÍDIO DOS VEREADORES DO MUNICÍPIO DE ESPERA FELIZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2919</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2919/2919_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2919/2919_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTENTÁVEL DA AGRICULTURA FAMILIAR.</t>
   </si>
   <si>
     <t>2932</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2932/2932_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2932/2932_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA. CAPSOL "ASSOCIAÇÃO FILANTRÓPICA CASA DE ACOLHIMENTO PORTAL DO SOL"</t>
   </si>
   <si>
     <t>2920</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2920/2920_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2920/2920_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA. "ASSOCIAÇÃO DOS AGRICULTORES E AGRICULTURAS FAMILIARES DO ASSENTAMENTO PADRE JÉSUS" CONTERRA</t>
   </si>
   <si>
     <t>2933</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2933/2933_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2933/2933_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "CRISTIANO JOSÉ BIUNDINE EVARISTO"</t>
   </si>
   <si>
     <t>2939</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2939/2939_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2939/2939_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "VEREADOR SEBASTIÃO DE SOUZA ANDRADE"</t>
   </si>
   <si>
     <t>2940</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2940/2940_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2940/2940_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA GENY DE SOUZA FIALHO"</t>
   </si>
   <si>
     <t>2935</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2935/2935_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2935/2935_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA SEBASTIÃO CAIXEIRO"</t>
   </si>
   <si>
     <t>2921</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2921/2921_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2921/2921_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA DO LELECO"</t>
   </si>
   <si>
     <t>2941</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2941/2941_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2941/2941_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA GABRIEL GOMES NOGUEIRA"</t>
   </si>
   <si>
     <t>2936</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2936/2936_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2936/2936_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "MOACIR PEREIRA BARROS"</t>
   </si>
   <si>
     <t>2913</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2913/2913_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2913/2913_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. "RUA PASTOR OSCAR GUILHERME"</t>
   </si>
   <si>
     <t>2943</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Robinho Lacerda, Eluízio Bilheiro, MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2943/2943_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2943/2943_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO E ESPERAFELICENSE ÀS PESSOAS QUE ESPECIFICA. PAULO EDUARDO CIRINO, ORESTES NOGUEIRA, ELTON BILHEIRO FERREIRA, REGINALDO LÁZARO DE OLIVEIRA LOPES, ADÃO EDSON SANTANA E EDVALDO LIMA SANTANA, SEBASTIÃO SANTANA  SILVA, LUIZ ANTÔNIO AVELAR, ROBERTO GOMES BOREL, LEONARDO BOREL DA SILVA, GABRIEL ROCHA DE SOUZA, MARIA DE LOURDES PINHEIRO SILVA, SIDNÉIA MEDEIROS BAUER, MOÍSES ANTÔNIO DA SILVA, LUIZ CARLOS MARINETI.</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2614/2614_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2614/2614_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL CRONOGRAMA DOS MÉDICOS E DENTISTAS DOS PSFS DA ZONA RURAL E ZONA URBANA COM NOME E REGISTRO DOS PROFISSIONAIS, CONSTANDO AINDA O LOCAL DE ATENDIMENTO.</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE A ESTE SUBSCREVE, NOS TERMOS REGIMENTAIS, REQUER, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL O CUMPRIMENTO DA LEI MUNICIPAL N. 1057/2013, QUE DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE AVISOS DE PROIBIÇÃO DE VENDA, OFERTA, FORNECIMENTO E PERMISSÃO DE CONSUMO DE BEBIDAS ALCOÓLICAS, CIGARROS E DEMAIS PRODUTOS QUE CAUSEM DEPENDÊNCIA FÍSICA OU PSÍQUICA, AINDA QUE GRATUITAMENTE, AOS MENORES DE 18 ANOS, PROCEDENDO A DEVIDA FISCALIZAÇÃO AOS ESTABELECIMENTOS DO MUNICÍPIO, DESTACANDO QUE HÁ OMISSÃO PODERÁ GERAR A RESPONSABILIZAÇÃO NOS TERMOS DO DECRETO-LEI N. 201/67.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2618/2618_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2618/2618_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES REFERENTES AO MOTIVO DO VEÍCULO DE APOIO QUE FICAVA NA COMUNIDADE DE SÃO GONÇALO, ATENDENDO A ÁREA DE SAÚDE NÃO ESTAR MAIS ATENDENDO A COMUNIDADE, TENDO VISTA QUE ERA UM GRANDE BENEFÍCIO PARA A POPULAÇÃO DESTA REGIÃO, POR MORAREM DISTANTES DA ÁREA MÉDICA DO MUNICÍPIO, HAVENDO ASSIM A NECESSIDADE DESTE VEÍCULO PARA ATENDIMENTOS DE EMERGÊNCIA. A TÍTULO DE INFORMAÇÃO OS MORADORES ALEGAM QUE NO MANDATO ANTERIOR TINHA VEÍCULO DE APOIO.</t>
   </si>
   <si>
     <t>2652</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2652/2652_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2652/2652_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR REQUER INFORMAÇÕES REFERENTES AOS EQUIPAMENTOS/APARELHAGENS PARA FUNCIONAMENTO DA ACADEMIA DE SAÚDE DO MUNICÍPIO QUE FICARÁ NA ÁREA DE LAZER DE ESPERA FELIZ, TENDO VISTA QUE ENCAMINHEI UM REQUERIMENTO EM JUNHO DE 2014 A ESTE RENOMADO ÓRGÃO E OBTIVE RESPOSTA EM 01 DE AGOSTO DE 2014 QUE OS EQUIPAMENTOS JÁ HAVIAM SIDO AUTORIZADOS A SEREM LICITADOS E ATÉ A PRESENTE DATA, NÃO FORAM FIXADOS ESTES EQUIPAMENTOS NO LOCAL CITADO</t>
   </si>
   <si>
     <t>2653</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2653/2653_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2653/2653_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA REQUER ESCLARECIMENTOS SOBRE A SITUAÇÃO ENVOLVENDO O PAGAMENTO DO ADICIONAL DE INSALUBRIDADE DOS SERVIDORES QUE EXERCEM A FUNÇÃO DE GARI JUNTO A PREFEITURA MUNICIPAL DE ESPERA FELIZ, REQUERENDO, AINDA, SEJA ADOTADA A PROVIDÊNCIA NECESSÁRIA PARA PROMOVER O PAGAMENTO DO REFERIDO ADICIONAL NO GRAU MÁXIMO (40%), CONFORME PRECEDENTE DA 2 CÂMARA CÍVEL DO E. TRIBUNAL DE JUSTIÇA DO ESTADO DE MINAS GERAIS</t>
   </si>
   <si>
     <t>2654</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2654/2654_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2654/2654_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE REQUER QUE O PREFEITO MUNICIPAL ENCAMINHE A ESTA CASA DE LEIS CÓPIA DA FOLHA DE PAGAMENTO REFERENTE AOS MESES: JANEIRO, FEVEREIRO E MARÇO DO CORRENTE E QUE CONTINUE ENCAMINHANDO A PARTIR DO MÊS DE ABRIL A FOLHA DE PAGAMENTO MENSALMENTE PARA ESTA CASA DE LEIS.</t>
   </si>
   <si>
     <t>2655</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2655/2655_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2655/2655_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR REQUER INFORMAÇÕES MAIS DETALHADAS REFERENTES AS DIÁRIAS DA SECRETÁRIA DE SAÚDE, SENDO QUE JÁ SOLICITEI A ESTE RENOMADO ÓRGÃO E FUI ATENDIDA COM RESPOSTA DE NOTAS DE PAGAMENTO/EMPENHO (ANEXADAS), MAS NECESSITO AINDA QUE ESTE RENOMADO ÓRGÃO ENCAMINHE A ESTA CASA COMPROVANTES MAIS ESPECÍFICOS DESTES CURSOS, PALESTRAS, SEMINÁRIOS E OFICINAS QUE A SECRETÁRIA PARTICIPOU COMO: CÓPIA DOS CERTIFICADOS, RECIBO DE INSCRIÇÕES; CÓPIAS DE ATAS, ENFIM, ALGUM DOCUMENTO QUE COMPROVE A PRESENÇA DA SECRETÁRIA NOS EVENTOS</t>
   </si>
   <si>
     <t>2656</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2656/2656_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2656/2656_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES MAIS DETALHADAS REFERENTES AOS EXAMES MARCADOS PELO SISTEMA EXTRA-COTAS, SENDO: COMO FUNCIONA ESSA MARCAÇÃO? PARA ONDE ESTÃO SENDO ENCAMINHADOS ESTES EXAMES?</t>
   </si>
   <si>
     <t>2657</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2657/2657_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2657/2657_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA REQUER INFORMAÇÕES REFERENTES SOBRE O PMAQ - PROGRAMA DE MELHORIAS DO ACESSO DA QUALIDADE NA ATENÇÃO BÁSICA SENDO ESPECIFICADAS ABAIXO: A VERBA JÁ VEIO PARA O MUNICÍPIO? CASO AFIRMATIVO, EM QUAL DATA? QUAIS OS RESPECTIVOS VALORES?</t>
   </si>
   <si>
     <t>2658</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2658/2658_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2658/2658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">A VEREADORA REQUER INFORMAÇÕES MAIS DETALHADAS REFERENTES AO OFÍCIO DE N. 95/2015 DO EXECUTIVO ENCAMINHANDO A ESTA CASA ONDE DIZ: AS EQUIPES DE SAÚDE DA FAMÍLIA LUZ, ESPERANÇA E HARMONIA ESTÃO SEM PROFISSIONAL MÉDICO, POIS OS MESMOS SOLICITARAM DEMISSÃO. REQUEIRO QUE ENCAMINHE A ESTA CASA DE LEIS, CÓPIA DOS COMPROVANTES DAS DEMISSÕES CONSTANDO OS NOMES DOS PROFISSIONAIS E AS DATAS DAS DEMISSÕES. E AINDA, INFORMAÇÕES NO SENTIDO DE SABER SE A SECRETÁRIA DE SAÚDE JÁ ESTÁ TOMANDO AS MEDIDAS CABÍVEIS PARA SOLUCIONAR ESTE PROBLEMA, NÃO DEIXANDO QUE A POPULAÇÃO FIQUE SEM ATENDIMENTO MÉDICO. </t>
   </si>
   <si>
     <t>2659</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2659/2659_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2659/2659_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA REQUER QUE, CONSIDERANDO A RESPOSTA DO OFÍCIO DE N. 92/2015 QUE SEGUE ANEXADO, CÓPIAS DOS LAUDOS EMITIDOS PELO ENGENHEIRO DO TRABALHO, USADO PELA PREFEITURA PARA PAGAMENTO DE ADICIONAIS DE INSALUBRIDADE E PERICULOSIDADE.</t>
   </si>
   <si>
     <t>2686</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2686/2686_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2686/2686_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL A CÓPIA INTEGRAL DO PROCESSO DE LICITAÇÃO DE N. 23/2015, REFERENTE À CHAMADA PÚBLICA DE N. 02/2015, ONDE CONSTA COMO VENCEDORES DO CERTAME CAROLINE GRAVEL, JOSÉ HENRIQUE APOSTÓLICO GRAVEL, GILSON RODRIGUES QUINELATO, ASSOCIAÇÃO AGRÍCOLA FAMILIAR COMUNIDADE ANGOLA, ANTONIO JORGE DE OLIVEIRA E CRISTIANO PAIXÃO PEIXOTO, PARA ANÁLISE.</t>
   </si>
   <si>
     <t>2685</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2685/2685_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2685/2685_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES REFERENTES AO PROGRAMA BOLSA FAMÍLIA NO MUNICÍPIO DE ESPERA FELIZ, COMO: QUAIS SÃO OS CRITÉRIOS UTILIZADOS NO MUNICÍPIO PARA INCLUSÃO DAS PESSOAS NESTE PROGRAMA; LISTA COM O NOME DAS PESSOAS CADASTRADAS/RECADASTRADAS NO ANO DE 2015</t>
   </si>
   <si>
     <t>2682</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2682/2682_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2682/2682_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UMA CÓPIA LEGÍVEL DA RESPOSTA AO REQUERIMENTO DE N. 09/2015, HAJA VISTA QUE O EXECUTIVO  JÁ ENCAMINHOU ESTA RESPOSTA À CASA, MAS OS NÚMEROS ESTÃO INELEGÍVEIS, NÃO TENDO COMO REALIZAR O ESTUDO NECESSÁRIO.</t>
   </si>
   <si>
     <t>2683</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2683/2683_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2683/2683_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS CÓPIAS DOS CERTIFICADOS OU CÓPIAS DAS ATAS DAS REUNIÕES OU OUTRO DOCUMENTO QUE REALMENTE COMPROVE A PARTICIPAÇÃO DA SECRETÁRIA DE SAÚDE NOS EVENTOS REFERENTES AS CÓPIAS DAS NOTAS DE PAGAMENTO</t>
   </si>
   <si>
     <t>2684</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2684/2684_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2684/2684_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES REFERENTES AOS LATÕES DE LIXO NO MUNICÍPIO, COMO: O EXECUTIVO COMPROU OU TEM PREVISÃO DE COMPRA DE LATÕES, E SE AFIRMATIVO QUAL O PRAZO PARA CHEGAREM E SEREM COLOCADOS PELAS RUAS DE NOSSA CIDADE? OU TERCEIRIZOU ESTE SERVIÇO? OU AINDA SE TOMOU OU AINDA VAI TOMAR ALGUMA PROVIDÊNCIA EM RELAÇÃO A FALTA DESTE UTENSÍLIO TÃO NECESSÁRIO À LIMPEZA DE NOSSA CIDADE? DESTACO QUE O OBJETIVO DE TER ESTAS INFORMAÇÕES EM MÃOS É QUE COMO LEGISLADOR SOU COBRADO A TODO INSTANTE PELA POPULAÇÃO QUE RECLAMA DA FALTA DE LATÕES NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2759</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2759/2759_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2759/2759_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS AS INFORMAÇÕES CITADAS: RELAÇÃO ESPECIFICANDO OS VALORES DAS VERBAS QUE CHEGAM PARA REFORMA DE TODOS OS PSFS DO MUNICÍPIO; NOMES DOS PSFS BENEFICIADOS COM ESTAS VERBAS; EXISTE ALGUM PSF QUE INICIOU OBRAS DE REFORMA E ESTAS OBRAS ESTÃO PARADAS NO MOMENTO? SE AFIRMATIVO, QUAL O NOME DO PSF E QUAL O MOTIVO DE NÃO TER SIDO FINALIZADA? DO PERÍODO DE JANEIRO DE 2015 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>2760</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2760/2760_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2760/2760_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL A RELAÇÃO DE CADASTRAMENTO DE TODAS AS PESSOAS/FAMÍLIAS DE TODOS OS PSFS - PROGRAMA DA SAÚDE DA FAMÍLIA, DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2763</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2763/2763_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2763/2763_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, OBJETIVANDO TOMAR CIÊNCIA DO ANDAMENTO DA OBRA DE CONSTRUÇÃO DA PISTA DE SKATE DO MUNICÍPIO, TERMOS REGIMENTAIS, REQUER QUE, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO CHEFE DO EXECUTIVO MUNICIPAL O ENCAMINHAMENTO PARA ESTA CASA DE LEIS, DAS INFORMAÇÕES ABAIXO: PRAZO DE EXECUÇÃO, PLANILHA ORÇAMENTÁRIA, VALOR INVESTIDO NA OBRA E ORIGEM DO RECURSO, CÓPIA DO PROJETO DA OBRA, NOME DA EMPRESA QUE ESTÁ EXECUTANDO A OBRA.</t>
   </si>
   <si>
     <t>2762</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2762/2762_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2762/2762_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES REFERENTES AOS VEÍCULOS CAMINHÃO IVECO - HLF 8633 E MICRO-ÔNIBUS - PLACA HLF 4806 QUE SE ENCONTRAM NO PÁTIO DO PARQUE DE EXPOSIÇÕES AO AR LIVRE SUJEITOS A ESTE SOL ESCALDANTE QUE ASSOLA O NOSSO MUNICÍPIO. REQUEIRO INFORMAÇÕES SOBRE QUAIS OS PROCEDIMENTOS O EXECUTIVO ESTÁ TOMANDO OU QUE TOMARÁ EM RELAÇÃO A ESTES VEÍCULOS, SE IRÁ REFORMAR/RESTAURAR PARA QUE POSSAM VOLTAR A SERVIR A POPULAÇÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, LUIZ CARLOS MARINETI, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2616/2616_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2616/2616_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO CHEFE DO EXECUTIVO ESCLARECIMENTOS SOBRE A SITUAÇÃO ALEGADA PELO SR. EMERSON CAETANO COSTA, QUANTO AS VAGAS E PROVIMENTO PARA O CARGO DE VIGIA RONDANTE, CONFORME DOCUMENTO SUBSCRITO PELO REFERIDO CIDADÃO (CÓPIA INCLUSA), QUE INDAGA, INCLUSIVE, SOBRE A QUESTÃO ENVOLVENDO DESVIO DE FUNÇÃO E DESCUMPRIMENTO DAS REGRAS DO ÚLTIMO CONCURSO PÚBLICO REALIZADO PELA PREFEITURA</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI, MILTON DO SINDICATO, OZIEL GOMES, RAFAEL XEXEU</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2617/2617_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2617/2617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE PARTICIPAÇÃO POPULAR, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA AUTORIZADA A REALIZAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR AS QUESTÕES ENVOLVENDO OS RECURSOS HÍDRICOS DE NOSSO MUNICÍPIO E REGIÃO. </t>
   </si>
   <si>
     <t>2660</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2660/2660_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2660/2660_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA REITERADO E SOLICITADO AO CHEFE DO EXECUTIVO RESPOSTA SOBRE O REQUERIMENTO APROVADO EM 04/02/2015 E ENVIADO A PREFEITURA (CÓPIA INCLUSA), REQUERENDO ESCLARECIMENTOS SOBRE A SITUAÇÃO ALEGADA PELO SR. EMERSON CAETANO COSTA, QUANTO AS VAGAS E PROVIMENTO PARA O CARGO DE VIGIA RONDANTE, CONFORME DOCUMENTO SUBSCRITO PELO REFERIDO CIDADÃO, QUE INDAGA, INCLUSIVE, SOBRE A QUESTÃO ENVOLVENDO DESVIO DE FUNÇÃO E DESCUMPRIMENTO DAS REGRAS DO ÚLTIMO CONCURSO PÚBLICO REALIZADO PELA PREFEITURA", CONSIDERANDO, INCLUSIVE OS DITAMES DA LEI DE IMPROBIDADE ADMINISTRATIVA.</t>
   </si>
   <si>
     <t>2661</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2661/2661_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2661/2661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL, NOS TERMOS REGIMENTAIS, TENDO EM VISTA O PROJETO DE LEI N. 10/2015, QUE APROVA O LOTEAMENTO VASCONCELOS E DÁ OUTRAS PROVIDÊNCIAS, REQUEREM, APÓS OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL ESCLARECIMENTO SOBRE A CONCLUSÃO APONTADA PELO PARECER TÉCNICO AMBIENTAL, NO ITEM 7, AO AFIRMAR QUE FICOU ACORDADO ENTRE A SECRETARIA E O PROPRIETÁRIO QUE NO LOTEAMENTO DEVE CONSTAR UM LOCAL DESTINADO A PRAÇA Q BENEFICIARÁ OS FUTUROS MORADORES COM LAZER/PAISAGISMO, CONSIDERANDO QUE NO PROJETO ENVIADO NÃO CONSTA ÁREA DESTINADA A PRAÇA. </t>
   </si>
   <si>
     <t>2662</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2662/2662_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2662/2662_texto_integral.pdf</t>
   </si>
   <si>
     <t>A VEREADORA QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS UM RELATÓRIO CONSTANDO INFORMAÇÕES DA SAÚDE COMO: VALOR MENSAL RECEBIDO E ONDE E COMO ESTÁ SENDO EMPREGADO; COMO ESTÁ SENDO FEITA A MARCAÇÃO DOS EXAMES, COTAS E EXTRA-COTAS? QUE EXAMES ESTÃO SENDO REALIZADOS? QUANTIDADE DE CONSULTAS MARCADAS MENSALMENTE; DISPONIBILIDADE DE MEDICAMENTOS E PRESERVATIVOS DISTRIBUÍDOS À POPULAÇÃO; CÓPIAS DOS EMPENHOS DAS DIÁRIAS DA SECRETÁRIA DE SAÚDE NO PERÍODO DE JANEIRO  DE 2014 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>2681</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2681/2681_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2681/2681_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL UMA RELAÇÃO CONSTANDO O NOME DE TODAS AS RUAS QUE FORAM PAVIMENTADAS NO MANDATO ATUAL, E AINDA, UM RELATÓRIO CONTENDO O VALOR UTILIZADO PARA A REALIZAÇÃO DE TODOS ESTES CALÇAMENTOS, ESPECIFICANDO O VALOR DAS VERBAS DESTINADAS E O VALOR DAS CONTRAPARTIDAS DO EXECUTIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>2758</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2758/2758_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2758/2758_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE , OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL UMA RELAÇÃO CONSTANDO O NOME DE TODAS AS RUAS QUE FORAM PAVIMENTADAS NO MANDATO ATUAL, E AINDA, UM RELATÓRIO CONTENDO O VALOR UTILIZADO PARA A REALIZAÇÃO DE TODOS ESTES CALÇAMENTOS, ESPECIFICANDO O VALOR DAS VERBAS DESTINADAS E O VALOR DAS CONTRAPARTIDAS DO EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>2761</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2761/2761_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2761/2761_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES SOBRE O CONJUNTO HABITACIONAL SANTA INÊS, O MOTIVO DE AINDA NÃO TEREM LIBERADO AS MORADIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2839,67 +2839,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2582/2582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2584/2584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2585/2585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2586/2586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2587/2587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2588/2588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2589/2589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2590/2590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2593/2593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2594/2594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2595/2595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2621/2621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2670/2670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2700/2700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2701/2701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2702/2702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2703/2703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2705/2705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2712/2712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2713/2713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2714/2714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2715/2715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2716/2716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2717/2717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2720/2720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2721/2721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2722/2722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2723/2723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2728/2728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2730/2730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2731/2731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2733/2733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2734/2734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2735/2735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2736/2736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2738/2738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2706/2706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2707/2707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2708/2708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2709/2709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2710/2710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2711/2711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2726/2726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2727/2727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2692/2692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2694/2694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2695/2695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2696/2696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2697/2697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2699/2699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2929/2929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2930/2930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2922/2922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2910/2910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2911/2911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2912/2912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2923/2923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2914/2914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2915/2915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2916/2916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2917/2917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2918/2918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2934/2934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2924/2924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2925/2925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2926/2926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2931/2931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2937/2937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2938/2938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2928/2928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2919/2919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2932/2932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2920/2920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2933/2933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2940/2940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2935/2935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2921/2921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2941/2941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2936/2936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2913/2913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2943/2943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2662/2662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2761/2761_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2582/2582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2583/2583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2584/2584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2585/2585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2586/2586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2587/2587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2588/2588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2589/2589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2590/2590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2591/2591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2592/2592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2593/2593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2594/2594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2595/2595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2596/2596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2597/2597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2598/2598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2599/2599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2600/2600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2601/2601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2602/2602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2603/2603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2604/2604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2605/2605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2606/2606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2607/2607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2608/2608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2609/2609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2610/2610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2611/2611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2612/2612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2613/2613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2620/2620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2621/2621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2619/2619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2622/2622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2623/2623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2624/2624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2625/2625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2626/2626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2627/2627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2628/2628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2629/2629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2630/2630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2641/2641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2631/2631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2642/2642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2643/2643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2632/2632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2633/2633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2634/2634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2635/2635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2636/2636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2637/2637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2638/2638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2644/2644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2639/2639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2640/2640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2645/2645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2646/2646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2647/2647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2648/2648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2649/2649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2650/2650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2651/2651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2663/2663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2665/2665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2666/2666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2667/2667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2668/2668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2669/2669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2670/2670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2673/2673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2674/2674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2675/2675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2676/2676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2700/2700_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2701/2701_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2702/2702_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2703/2703_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2704/2704_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2705/2705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2712/2712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2713/2713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2714/2714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2715/2715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2716/2716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2717/2717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2718/2718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2719/2719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2720/2720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2721/2721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2722/2722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2723/2723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2728/2728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2729/2729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2730/2730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2731/2731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2732/2732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2733/2733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2734/2734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2735/2735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2736/2736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2737/2737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2738/2738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2741/2741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2742/2742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2743/2743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2744/2744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2745/2745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2747/2747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2748/2748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2749/2749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2750/2750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2751/2751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2752/2752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2753/2753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2671/2671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2672/2672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2677/2677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2678/2678_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2679/2679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2706/2706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2707/2707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2708/2708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2709/2709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2710/2710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2711/2711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2724/2724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2725/2725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2726/2726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2727/2727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2739/2739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2740/2740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2746/2746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2754/2754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2755/2755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2756/2756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2757/2757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2687/2687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2688/2688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2689/2689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2690/2690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2691/2691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2692/2692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2693/2693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2694/2694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2695/2695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2696/2696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2697/2697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2698/2698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2699/2699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2929/2929_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2930/2930_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2922/2922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2909/2909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2910/2910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2911/2911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2912/2912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2923/2923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2914/2914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2915/2915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2916/2916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2917/2917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2918/2918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2934/2934_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2924/2924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2925/2925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2926/2926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2931/2931_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2927/2927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2937/2937_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2938/2938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2928/2928_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2919/2919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2932/2932_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2920/2920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2933/2933_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2939/2939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2940/2940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2935/2935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2921/2921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2941/2941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2936/2936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2913/2913_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2943/2943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2614/2614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2615/2615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2618/2618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2652/2652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2653/2653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2654/2654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2655/2655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2656/2656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2657/2657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2658/2658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2659/2659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2686/2686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2685/2685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2682/2682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2683/2683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2684/2684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2759/2759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2760/2760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2763/2763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2762/2762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2616/2616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2617/2617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2660/2660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2661/2661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2662/2662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2681/2681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2758/2758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2015/2761/2761_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="190.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>