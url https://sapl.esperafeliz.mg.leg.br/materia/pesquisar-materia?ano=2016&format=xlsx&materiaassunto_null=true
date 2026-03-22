--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,1683 +54,1683 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2764/2764_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2764/2764_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA PASTOR OSCAR GUILHERME OU NA INVIABILIDADE NO MOMENTO, QUE SEJA PATROLADA E ENSAIBRADA EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2765/2765_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2765/2765_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE REFORMAR A PONTE DO CÓRREGO GRANDE A 500 METROS DO ASFALTO, PRÓXIMO A RESIDÊNCIA DO SR. ERLY OLIVEIRA DO CARMO, TROCANDO AS VIGAS E PRANCHÕES.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2767/2767_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2767/2767_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UMA REFORMA NOS VESTIÁRIOS E BANHEIROS SOCIAIS DO ESTÁDIO MUNICIPAL.</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2768/2768_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2768/2768_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR LIXEIRAS DE MADEIRA NA COMUNIDADE DO CÓRREGO GRANDE, SENDO SELECIONADO POR ESTE RENOMADO  ÓRGÃO UM LOCAL DE FÁCIL ACESSO, PORTANTO NÃO SENDO MUITO PRÓXIMO A ESCOLA E O POSTO DE SAÚDE, HAJA VISTA O MAU ODOR. SOLICITO TAMBÉM QUE O LIXO SEJA RECOLHIDO PELO MENOS DE 15 EM 15 DIAS</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2769/2769_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2769/2769_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLETAR O LIXO QUE ESTÁ LOCALIZADO NA LIXEIRA DA COMUNIDADE VENTANIA, HAJA VISTA QUE TEM SEMANAS QUE NÃO FAZEM O RECOLHIMENTO.</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2770/2770_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2770/2770_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, REITERO A INDICAÇÃO DE N. 108/2014, QUE SEGUE ANEXADA, VENDO A VIABILIDADE DE REALIZAR MELHORIAS NO PSF DO CÓRREGO GRANDE E RETORNAR COM O NOME DO SR. MANOEL ROBERTO FERREIRA.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2771/2771_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2771/2771_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE DESENTUPIR E LIMPAR O BUEIRO QUE FICA LOCALIZADO EM FRENTE A RESIDÊNCIA DO SR. DAURO CARLOS, NA RUA ALEXANDRE PEREIRA.</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2772/2772_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2772/2772_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE RECOLHER O LIXO QUE ESTÁ LOCALIZADO NA RUA GENÉSIO DE ASSIS MARINHO, NOS FUNDOS DA LOJA CONSTRULAR, EM FRENTE AO NÚMERO 97</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2773/2773_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2773/2773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PATROLAR A ESTRADA DO BONFIM QUE TEM INÍCIO NA BR QUE LIGA ESPERA FELIZ A DORES DO RIO PRETO EM FRENTE AO MOTEL ESTRELAS, INDO ATÉ A COMUNIDADE DO AREAL. APROVEITANDO PATROLAR TAMBÉM UM GALHO DESTA ESTRADA QUE DÁ ACESSO À PROPRIEDADE DO SR. NORIVAL SOARES DA SILVA, (FAZENDA BONFIM). OS MORADORES PEDEM AINDA QUE, JOGUE SAIBRO NOS MORROS LOCALIZADOS NA ESTRADA. </t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2774/2774_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2774/2774_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TROCAR DE LUGAR A VALA DE MANUTENÇÃO QUE FICA LOCALIZADA EM FRENTE AO BANHEIRO FEMININO DO PARQUE DE EXPOSIÇÃO ALEXANDRE PEREIRA DE SOUZA, OU ATÉ MESMO EM DIAS DE FESTA QUE SEJA PROVIDENCIADO UMA TAMPA BEM SEGURA PARA COLOCAR POR CIMA DESTE BURACO.</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2775/2775_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2775/2775_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CRIAR A REDE DE ESGOTO  NA VILA MIRANDA E TAMBÉM INSTALAÇÃO DE UM BUEIRO.</t>
   </si>
   <si>
     <t>2776</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>MARCOSUEL FIALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2776/2776_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2776/2776_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL,VEJA A VIABILIDADE DE RECAPEAR A RUA CAPITÃO JOSÉ CARLOS DE SOUZA.</t>
   </si>
   <si>
     <t>2777</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2777/2777_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2777/2777_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA/DESENTUPIR URGENTE O BUEIRO QUE FICA LOCALIZADO NA RUA JOSÉ CARLOS DE SOUZA, PRÓXIMO A RESIDÊNCIA DE N. 406, NAS PROXIMIDADES DO AMILTON.</t>
   </si>
   <si>
     <t>2778</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2778/2778_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2778/2778_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA PIRACICABA, NO MORRO DO WALTAIR.</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2782/2782_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2782/2782_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE RESTAURAR O CALÇAMENTO E ARRUMAR TAMBÉM A REDE DE ESGOTO DA RUA DO CAFÉ, MORRO DO WALTAIR.</t>
   </si>
   <si>
     <t>2779</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2779/2779_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2779/2779_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR UMA LIXEIRA DE MADEIRA NA RUA PEDRO TOLEDO, NO BAIRRO VALE DO SOL, HAJA VISTA QUE A LIXEIRA EXISTENTE NÃO ESTÁ COMPORTANDO O LIXO, HAVENDO A NECESSIDADE URGENTE DE SER COLOCADA UMA LIXEIRA MAIOR</t>
   </si>
   <si>
     <t>2780</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2780/2780_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2780/2780_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REPARAR A TAMPA QUE FICA LOCALIZADA NO CALÇAMENTO DA RUA MILTON FERREIRA DE CASTRO.</t>
   </si>
   <si>
     <t>2781</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2781/2781_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2781/2781_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE INSTALAR UM QUEBRA-MOLAS NA RUA CAPARAÓ, EM FRENTE A IGREJA UNIÃO COM CRISTO E A RESIDÊNCIA DE N. 135 E AINDA COLOCAR PLACAS DE AVISO DE QUEBRA-MOLAS NO POSTE QUE FICA LOCALIZADO ONDE SERÁ FIXADO O QUEBRA-MOLAS, SENDO COLOCADAS AS PLACAS DOS DOIS LADOS DO POSTE</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2783/2783_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2783/2783_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA RUA PEDRO TOLEDO NO BAIRRO VALE DO SOL, PATROLANDO, JOGANDO SAIBRO/CASCALHO NOS LUGARES DE NECESSIDADE E AINDA REALIZAR UM SERVIÇO DE CAPINA.</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2784/2784_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2784/2784_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA PRAÇA DO CAMPESTRE, RESTAURANDO AS CONSTRUÇÕES EXISTENTES QUE ESTÃO QUEBRADAS, COLOCAÇÃO DE BANCOS NA PRAÇA, SERVIÇO DE CAPINA, PLANTAR GRAMA EM VÁRIOS LOCAIS.</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2785/2785_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2785/2785_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA/DESENTUPIR URGENTE UM BUEIRO QUE FICA LOCALIZADO NA RUA ALEXANDRE PEREIRA DE SOUZA</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2786/2786_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2786/2786_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE RETIRAR O ENTULHO E O BARRANCO QUE CAIU DA RUA RAIMUNDA F. AMORIM NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA, NA RESIDÊNCIA DE NÚMERO 12</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2787/2787_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2787/2787_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR 02 (DOIS) QUEBRA-MOLAS NA ESTRADA QUE LIGA SÃO SEBASTIÃO À COMUNIDADE DO BOIADEIRO NAS PROXIMIDADES DA RESIDÊNCIA DO SR. KARDEC (ESTRADA DO BOIADEIRO)</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2788/2788_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2788/2788_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR OU ASFALTAR NOVAMENTE A RUA VIRGÍLIO JUSTINIANO ALVES, NO BAIRRO SANTA CECÍLIA, OU NA INVIABILIDADE NO MOMENTO COLOCAR SAIBRO NAS CRATERAS/BURACOS QUE ACUMULAM ÁGUA.</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2789/2789_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2789/2789_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TOMAR AS MEDIDAS NECESSÁRIAS (ATERRAMENTO OU COLOCAÇÃO DE SAIBRO) PARA ACABAR COM AS ÁGUAS EMPOSSADAS NOS TERRENOS BALDIOS QUE FICAM NO BAIRRO APARECIDA ZANON, NAS PROXIMIDADES DA ASSEMBLEIA DE DEUS</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2790/2790_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2790/2790_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENSAIBRAR A RUA JOÃO BATISTA ZANON (BOBOCO)</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2791/2791_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2791/2791_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENSAIBRAR A RUA PASTOR OSCAR GUILHERME.</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2792/2792_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2792/2792_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A CEMIG PARA VER A VIABILIDADE DE COLOCAR MAIS UM BRAÇO NO POSTE QUE FICA LOCALIZADO NA ESQUINA DA RUA HENRIQUE GRIPP FILHO COM A RUA SEBASTIÃO AMARO DA SILVA OU NA INVIABILIDADE DE COLOCAR ESTE BRAÇO QUE O POSTE EXISTENTE SEJA TROCADO POR UM POSTE QUE CONTENHA DOIS BRAÇOS DE ILUMINAÇÃO.</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2793/2793_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2793/2793_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, A PEDIDO DA MORADORA ÉRICA, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A CEMIG PARA VER A POSSIBILIDADE DE COLOCAÇÃO DE POSTE NA RUA QUE DÁ ACESSO AO INSS, RUA QUE TEM INÍCIO NA RUA JOÃO SEBASTIÃO DE AMORIM (ONDE FICA LOCALIZADA AS LATERAIS DO PRÉDIO NOVO QUE ESTÁ SENDO CONSTRUÍDO DO SR. CABRAL).</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2794/2794_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2794/2794_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA RUA QUE FAZ DIVISA ESPERA FELIZ A DORES DO RIO PRETO, SENDO A PRIMEIRA RUA ANTES DA ENTRADA DO POSTO FISCAL</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2795/2795_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2795/2795_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE INSTALAR PLACAS EM TODAS AS RUAS E PRAÇAS DO NOSSO MUNICÍPIO QUE ENCONTRAM-SE SEM DENOMINAÇÃO. SE POSSÍVEL QUE SIGA O MODELO DE PLACAS ATUAIS USADAS EM CIDADES MAIORES, TROCANDO TAMBÉM AS PLACAS JÁ EXISTENTES.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>LUIZ CARLOS MARINETI</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2796/2796_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2796/2796_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ESTENDER A VARRIÇÃO DE RUA, NO BAIRRO JOÃO CLARA, NA RUA CAPARAÓ, ATÉ PRÓXIMO A PONTE QUE DÁ ACESSO AOS POSTOS DE GASOLINA. E AINDA QUE SEJA ACRESCENTADO MAIS UM LATÃO DE LIXO PRÓXIMO A PARADA DE ÔNIBUS, EM FRENTE AO MERCADO ZANINI, OU SEJA CONSTRUÍDO UMA LIXEIRA MAIOR, COMO OUTRAS JÁ COLOCADAS NA CIDADE.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2797/2797_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2797/2797_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR REDUTORES DE VELOCIDADE NA RUA CAPARAÓ/BR 482 - ENTRADA PARA SÃO SEBASTIÃO DA BARRA, POIS O TRÂNSITO ALI É INTENSO E O RISCO DE ACIDENTE É CONSTANTE. PEÇO AINDA, VER A POSSIBILIDADE DE CALÇAR/ASFALTAR UM TRECHO DAQUELA RUA AO LADO DA CONSTRUÇÃO DO SUPERMERCADO JACARÉ, POR SE TRATAR DE UM LOCAL COM GRANDE TRÂNSITO DE VEÍCULOS QUE PROVOCAM MUITA POEIRA, PREJUDICANDO MUITO AQUELA REGIÃO COMERCIAL E HABITACIONAL</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2798/2798_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2798/2798_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NOS CANTEIROS DO "TREVO" QUE DÁ ACESSO AO BAIRRO VALE DO SOL, PROVIDENCIANDO A DIMINUIÇÃO DOS CANTEIROS PARA PERMITIR O TRÁFEGO DE PEDESTRE E FACILITAR A MANOBRA DE VEÍCULOS DE MAIOR PORTE</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2799/2799_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2799/2799_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, A PEDIDO DA MORADORA BRUNA CAMPOS FERREIRA REALIZE CALÇAMENTO NA RUA ÁLVARO DE SÁ BARBOSA. APROVEITO PARA SOLICITAR MELHORIAS PARA ESSA RUA COMO LIMPEZA, HAJA VISTA QUE CONTA COM MUITOS MATOS, E QUE TAMBÉM QUE SEJAM RETIRADOS OS CAVALOS QUE FICAM PERAMBULANDO, DEIXANDO A RUA SUJA. OUTRA SUGESTÃO É QUE ATÉ QUE INICIE AS OBRAS DO CALÇAMENTO ESTA RUA SEJA PATROLADA, ALIVIANDO UM POUCO OS BURACOS. MAS DEIXANDO REGISTRADO QUE O CLAMOR E O SONHO DOS MORADORES É REALMENTE O CALÇAMENTO.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2800/2800_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2800/2800_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, A PEDIDO DE MORADORES, EM ESPECIAL DO SR. JOSÉ MARIA LUGAT, VEJA A VIABILIDADE DE CONSEGUIR COLOCAR UM VEÍCULO/ÔNIBUS TRANSITANDO PELAS RUAS DO MUNICÍPIO COM INTUITO DE LEVAR ALUNOS QUE RESIDEM EM BAIRROS DISTANTES PARA AS ESCOLAS DA ÁREA URBANA.</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2801/2801_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2801/2801_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REFORMAR A PONTE DA COMUNIDADE DE SÃO GONÇALO QUE DÁ ACESSO A COMUNIDADE DE CAPIM ROXO.</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2802/2802_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2802/2802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE REFORMAR A PONTE DA COMUNIDADE DE SÃO GONÇALO QUE DÁ ACESSO A COMUNIDADE DO CÓRREGO DO BOM FIM </t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2803/2803_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2803/2803_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PATROLAR E ENSAIBRAR O TRECHO DA ESTRADA QUE DÁ ACESSO AO CAPARAÓ, COMPREENDIDO ENTRE A PROPRIEDADE DO AILTON CONCOLATO ATÉ O TAMBORIL, INDO PARA TRÊS CRUZES.</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2804/2804_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2804/2804_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UM ESTUDO E VER A POSSIBILIDADE DE IMPLANTAR UM PROJETO PARA CONSTRUÇÃO DE CAIXAS DE CONTENÇÃO NAS ESTRADAS RURAIS DO MUNICÍPIO E APROVEITANDO O ENSEJO QUE SEJA REALIZADA LIMPEZA NAS CAIXAS DE CONTENÇÃO JÁ EXISTENTES NA REGIÃO DO CHALÉ.</t>
   </si>
   <si>
     <t>2805</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2805/2805_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2805/2805_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA REDE DE ESGOTO DA RUA JOÃO VIANA, TROCANDO AS MANILHAS EXISTENTES POR MANILHAS MAIS GROSSAS E ADEQUADAS, INICIANDO NA RESIDÊNCIA DE N. 2 E FINALIZANDO NO RIO SÃO JOÃO. </t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2806/2806_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2806/2806_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ADESIVAR OS LATÕES DE LIXO DO MUNICÍPIO, INFORMANDO DIA E HORÁRIO DA COLETA EM TAMANHO BEM VISÍVEL.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2807/2807_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2807/2807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O EXCELENTÍSSIMO PREFEITO MUNICIPAL DE CAIANA/MG PARA QUE JUNTOS ENTREM EM CONTATO COM O DER OU ÓRGÃO COMPETENTE PARA VER A POSSIBILIDADE DE FAZER UM ACOSTAMENTO NA ESTRADA QUE LIGA ESPERA FELIZ A CAIANA. </t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2808/2808_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2808/2808_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR PINTURA EM TODOS OS QUEBRA-MOLAS E REFORÇAR AS PINTURAS DAS FAIXAS DE PEDESTRES.</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2809/2809_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2809/2809_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA/DESENTUPIR TODOS OS BUEIROS DO MUNICÍPIO E TAMBÉM CONSERTAR AS TAMPAS DE LOBO QUE ESTÃO DANIFICADAS.</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2810/2810_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2810/2810_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE MELHORAR O SISTEMA DE ILUMINAÇÃO PÚBLICA DA RUA MAJOR PEREIRA INICIANDO NA RESIDÊNCIA DE N. 1570 E FINALIZANDO NO ASFALTO QUE LIGA ESPERA FELIZ A CAIANA. APROVEITANDO SOLICITO TAMBÉM O CALÇAMENTO PARA ESTE MESMO TRECHO DA CITADA RUA.</t>
   </si>
   <si>
     <t>2828</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2828/2828_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2828/2828_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIDADE DE O EXECUTIVO COLOCAR UM QUEBRA-MOLAS NA RUA FILOMENA AMORIM, NAS PROXIMIDADE DA RESIDENCIA DE NÚMERO 286.</t>
   </si>
   <si>
     <t>2829</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2829/2829_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2829/2829_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO A INSTALAÇÃO DE QUEBRA-MOLAS NA RUA CAPARAÓ, NAS PROXIMIDADES DA RESIDÊNCIA DE NÚMERO 429</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2830/2830_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2830/2830_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE PROCEDER O DESENTUPIMENTO DA REDE DE ESGOTO DA RUA ORLANDO SEBASTIÃO FUMIAN, NAS PROXIMIDADES DA RESIDÊNCIA DE N.: 30 E APROVEITAR O ENSEJO REALIZAR O CALÇAMENTO DESTA RUA.</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2831/2831_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2831/2831_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE EM CALÇAR UM TRECHO DA VIA PÚBLICA QUE FICA LOCALIZADO NO ENTRONCAMENTO DA RUA CAIANA A RUA ARSÊNIO SOBRINHO.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2832/2832_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2832/2832_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, A VIABILIDADE EM PINTAR NOVAMENTE AS FAIXAS DE PEDESTRES QUE FICAM LOCALIZADAS NA RUA JOÃO SEBASTIÃO DE AMORIM.</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2833/2833_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2833/2833_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR NO MUNICÍPIO PLACAS INDICATIVAS DE SINALIZAÇÃO DE LOCAIS PÚBLICOS COM PREFEITURA, CÂMARA, HOSPITAL, INSS, DELEGACIA, ETC E TAMBÉM PLACAS DE ATRATIVOS TURÍSTICOS COMO AS NOSSAS CACHOEIRAS, PICO DA BANDEIRA, ETC.</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2834/2834_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2834/2834_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM COLOCAR PLACAS DE REGULAMENTAÇÃO DE VELOCIDADE NA RUA JOÃO SEBASTIÃO DE AMORIM, INICIANDO NO ESTÁDIO MUNICIPAL E  FINALIZADO NO FINAL DESTA RUA</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2835/2835_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2835/2835_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TROCAR AS MANILHAS DA RUA JOÃO SEBASTIÃO DE AMORIM, EM TORNO DO CALÇADÃO, POR MANILHAS MAIORES, MAIS ADEQUADAS, HAJA VISTO QUE EM ÉPOCAS DE CHUVA NÃO TEM COMO A ÁGUA ESCOAR.</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2836/2836_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2836/2836_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR JUNTO AO EXECUTIVO MUNICIPAL, A VIABILIDADE EM REALIZAR MELHORIAS NA RUA DUARTE PAES.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2837/2837_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2837/2837_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM PATROLAR A ESTRADA DO MORRO DA CANOA, INICIANDO NO FINAL DA AVENIDA JAIME TOLEDO E FINALIZANDO NO ALTO, O QUE DÁ APROXIMADAMENTE 1 KM</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2838/2838_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2838/2838_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM INSTALAR UM BUEIRO NA RUA SÃO PAULO, NAS PROXIMIDADES DA RESIDÊNCIA DE Nº 30, NO BAIRRO JOÃO CLARA</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2839/2839_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2839/2839_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM COLOCAR MAIS LATÕES DE LIXOS NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2840/2840_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2840/2840_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM PROVIDENCIAR A LIMPEZA E SERVIÇOS DE CAPINA NAS MARGENS DO RIO SÃO JOÃO</t>
   </si>
   <si>
     <t>2841</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2841/2841_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2841/2841_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE DE TROCAR AS VIGAS E OS PRANCHÕES DA PONTE DA COMUNIDADE DE MONTES CLAROS, PASSANDO PELO CÓRREGO BOM FIM, SENTIDO ALTO CAPARAÓ</t>
   </si>
   <si>
     <t>2842</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2842/2842_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2842/2842_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A POSSIBILIDADE EM DISPONIBILIZAR TRANSPORTE ESCOLAR, PARA ESCOLA ESTADUAL PARAÍSO.</t>
   </si>
   <si>
     <t>2871</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2871/2871_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2871/2871_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL QUE, VEJA A VIABILIDADE DE IMPLANTAÇÃO DE ESPELHOS CONVEXOS EM LOCAIS ESTRATÉGICO PARA AUXILIAR O TRÂNSITO EM ESPERA FELIZ</t>
   </si>
   <si>
     <t>2843</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2843/2843_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2843/2843_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL QUE VEJA A VIABILIDADE EM COLOCAR UMA GRADE DE PROTEÇÃO NO BUEIRO QUE FICA COLOCADO AO MURO DO ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA, NAS PROXIMIDADES DA OFICINA DO PREGUINHO.</t>
   </si>
   <si>
     <t>2844</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Robinho Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2844/2844_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2844/2844_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE DE COLOCAR NO ATO DA INAUGURAÇÃO DO CALÇADÃO DA RUA JOÃO SEBASTIÃO DE AMORIM QUE ESTÁ SENDO REMODELADO, UMA PLACA CONSTANDO O NOME QUE É CALÇADÃO DILSON ARAÚJO PORTO</t>
   </si>
   <si>
     <t>2845</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2845/2845_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2845/2845_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM REPARAR O CALÇAMENTO DA RUA PIRACICABA E RUA DO CAFÉ, QUE FICAM LOCALIZADO NO MORRO DO WALTAIR</t>
   </si>
   <si>
     <t>2846</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2846/2846_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2846/2846_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM ENVIAR O SETOR RESPONSÁVEL PARA ESTAR AVERIGUANDO A SITUAÇÃO QUE SE ENCONTRA ATRÁS DA IGREJA MATRIZ, COM UMA GRANDE PROLIFERAÇÃO DE ROEDORES.</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2862/2862_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2862/2862_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO QUE VEJA A VIABILIDADE EM CALÇAR A RUA DA LADEIRA TROPICAL, LOCALIZADA NA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2863/2863_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2863/2863_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR JUNTO AO EXECUTIVO MUNICIPAL QUE VEJA A VIABILIDADE EM CALÇAR A RUA VIRGÍLIO JUSTINIANO ALVES.</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2864/2864_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2864/2864_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM REFAZER O MURO QUE FICA LOCALIZADO ENTRE O ESTÁDIO MUNICIPAL E A RUA NICOLAU DE FREITAS.</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2865/2865_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2865/2865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR AO EXECUTIVO, QUE VEJA A VIABILIDADE EM REFORMAR A QUADRA DA COMUNIDADE DO SÃO DOMINGOS. </t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2866/2866_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2866/2866_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE DE REFORMAR A QUADRA DA COMUNIDADE DA CHAVE/PEDRA MENINA</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>RAFAEL XEXEU</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2867/2867_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2867/2867_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO, QUE VEJA A VIABILIDADE EM CONSTRUIR 01 (UM) BANHEIRO FEMININO NA PAVILHÃO LEITEIRO DO PARQUE DE EXPOSIÇÃO ALEXANDRE PEREIRA DE SOUZA.</t>
   </si>
   <si>
     <t>2868</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2868/2868_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2868/2868_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO, QUE VEJA A VIABILIDADE EM TOMAR AS DEVIDAS PROVIDÊNCIAS EM RELAÇÃO AOS ANIMAIS QUE ESTÃO SOLTOS NAS RODOVIAS PRÓXIMAS E DENTRO DO CIDADE DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>2944</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2944/2944_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2944/2944_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER REAJUSTE NO SALÁRIO DE TODOS OS SERVIDORES MUNICIPAIS, INCLUSIVE DOS APOSENTADOS, CONFORME O ÍNDICE DO INPC - ÍNDICE NACIONAL DE PREÇO AO CONSUMIDOR, AFERIDO PELO INSTITUTO BRASILEIRO DE GEOGRAFIA E ESTATÍSTICA.</t>
   </si>
   <si>
     <t>2945</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2945/2945_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2945/2945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REAJUSTAR O SALÁRIO DOS MOTORISTAS DA SAÚDE, DA EDUCAÇÃO, DO SETOR DE OBRAS, DE TODOS OS MOTORISTAS DO EXECUTIVO MUNICIPAL DE ESPERA FELIZ. </t>
   </si>
   <si>
     <t>2946</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2946/2946_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2946/2946_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR DOIS BUEIROS PARA SEREM INSTALADOS NA RUA AMÉRICO VESPÚCIO DE CARVALHO, NAS PROXIMIDADES DA RESIDÊNCIA N.: 126.</t>
   </si>
   <si>
     <t>2947</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2947/2947_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2947/2947_texto_integral.pdf</t>
   </si>
   <si>
     <t>VEJA A VIABILIDADE DE SER FEITO CALÇAMENTO NA RUA ERONDINA CAMPOS STOCK.</t>
   </si>
   <si>
     <t>2948</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CRIAR UM PONTO DE TÁXI NO BAIRRO PÃO DE LÓ. </t>
   </si>
   <si>
     <t>2949</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2949/2949_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2949/2949_texto_integral.pdf</t>
   </si>
   <si>
     <t>REALIZAR MELHORIAS NA RUA SANTA CECÍLIA (CONHECIDA COMO MORRO A ESQUERDA) QUE FICA LOCALIZADA NO BAIRRO DO WALTAIR.</t>
   </si>
   <si>
     <t>2991</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2991/2991_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2991/2991_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CRIAR ACESSIBILIDADE NA CALÇADA QUE FICA LOCALIZADA NA RUA HENRIQUE GRIPP FILHO, ESQUINA COM JOÃO SEBASTIÃO DE AMORIM, EM FRENTE A LOJA DO NININHO (CONSTRUINDO UMA PASSAGEM PARA CADEIRANTES, CARRINHOS DE BEBÊ, GESTANTES, IDOSOS, CRIANÇAS, ETC.</t>
   </si>
   <si>
     <t>2992</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2992/2992_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2992/2992_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE INTERCEDER JUNTO À COPASA A FIM DE COLOCAREM HIDRÔMETROS INDIVIDUAIS NA RUA GERSON GOMES NO BAIRRO PÃO DE LÓ.</t>
   </si>
   <si>
     <t>2993</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2993/2993_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2993/2993_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REFORMAR A PONTE QUE FICA LOCALIZADA NO FINAL DA RUA ROQUE FERREIRA DE CASTRO.</t>
   </si>
   <si>
     <t>2994</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2994/2994_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2994/2994_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE CALÇAR A RUA PASTOR OSCAR GUILHERME, E NA INVIABILIDADE NO MOMENTO, ENSAIBRAR EM REGIME DE URGÊNCIA.</t>
   </si>
   <si>
     <t>2995</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2995/2995_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2995/2995_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE COLOCAR UM TAMBOR DE LIXO NA RUA CARLOS VIRGÍLIO ALVES, N.165.</t>
   </si>
   <si>
     <t>2996</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2996/2996_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2996/2996_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE CALÇAR E INSTALAR BUEIROS NA RUA JONAS AMARAL.</t>
   </si>
   <si>
     <t>2997</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2997/2997_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2997/2997_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE CALÇAR A RUA MACLÓVIS MURILO LOPES (INICIANDO NA MARMORARIA ANJOS) </t>
   </si>
   <si>
     <t>2998</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2998/2998_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2998/2998_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE INSTALAR DOIS OU MAIS QUEBRA-MOLAS NA RUA MANOEL FRANCISCO NEVES; E AINDA, REALIZAR REFORMAS NAS CAIXAS DE CONTENÇÃO/BUEIROS, QUE SE ENCONTRAM QUEBRADAS, SEM TAMPAS.</t>
   </si>
   <si>
     <t>2999</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2999/2999_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2999/2999_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, FAÇA UM ESTUDO E VEJA A MELHOR FORMA DE INSTALAR DUAS PEQUENAS ESCADAS COM CORRIMÃO NA RUA JOÃO SEBASTIÃO DE AMORIM, ENTRE A LOJA TAVARES E A LOJA BOTICÁRIO, NO CANTEIRO CENTRAL.</t>
   </si>
   <si>
     <t>3001</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3001/3001_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3001/3001_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE COLOCAR DOIS QUEBRA-MOLAS E UM LATÃO DE LIXO NA RUA AMÉRICO SOBRINHO.</t>
   </si>
   <si>
     <t>3002</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3002/3002_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3002/3002_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE COLOCAREM FAIXAS NAS SAÍDAS DO MUNICÍPIO ALERTANDO OS MOTORISTAS SOBRE A NOVA LEI QUE OBRIGA FARÓIS BAIXOS NA ESTRADA DURANTE O DIA.</t>
   </si>
   <si>
     <t>3003</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3003/3003_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3003/3003_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE AUMENTAR O ESPAÇO DOS QUIOSQUES DA OBRA DO CALÇADÃO DO CENTRO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3004</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3004/3004_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3004/3004_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE COLOCAR UM QUEBRA-MOLAS NA SAÍDA PARA O MUNICÍPIO DE CAIANA, ENTRE A MERCEARIA PONTO CERTO E A PROPRIEDADE DO SR. JOSÉ RICARDO.</t>
   </si>
   <si>
     <t>3005</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3005/3005_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3005/3005_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE TERMINAR O SERVIÇO DE MANILHAMENTO NO LOTEAMENTO MAIA, INICIADO PELOS MORADORES, ASSIM QUE O LOTEAMENTO FOR DEVIDAMENTE APROVADO.</t>
   </si>
   <si>
     <t>3006</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3006/3006_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3006/3006_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE COLOCAR POSTE DE ILUMINAÇÃO PÚBLICA NO LOTEAMENTO MAIA, ASSIM QUE ESTE LOTEAMENTO ESTEJA DEVIDAMENTE APROVADO.  </t>
   </si>
   <si>
     <t>3007</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3007/3007_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3007/3007_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE REFORMAR A ESCOLA AVELINO CURTY E O POSTO DE SAÚDE DA COMUNIDADE DO SÃO DOMINGOS, PRIORIZANDO A PINTURA DESTES LOCAIS.</t>
   </si>
   <si>
     <t>3008</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3008/3008_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3008/3008_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE SER COLOCADA UMA TELA DE ALAMBRADO NA QUADRA QUE FICA LOCALIZADA NA COMUNIDADE DE SÃO DOMINGOS E SE NÃO FOR COMPETÊNCIA DO EXECUTIVO, QUE O MESMO ENTRE EM CONTATO COM O ÓRGÃO ESTADUAL COMPETENTE, PARA QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3009</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3009/3009_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3009/3009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE SEREM CONSTRUÍDOS QUEBRA-MOLAS AO LONGO DA RUA ANA PAIXÃO DE SOUZA, NO BAIRRO VALE DO SOL. </t>
   </si>
   <si>
     <t>3010</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3010/3010_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3010/3010_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE SEREM CONSTRUÍDOS QUEBRA-MOLAS AO LONGO DA RUA JAIR DE SOUZA CASTRO, NO BAIRRO SANTA INÊS.</t>
   </si>
   <si>
     <t>3012</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>GILMAR DA  AMBULÂNCIA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3012/3012_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3012/3012_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE SAÚDE,VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO RESPONSÁVEL E IMPLANTAR O PROJETO BRASIL SORRIDENTE NO NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2766/2766_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2766/2766_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS URGENTES EM RELAÇÃO AOS BUEIROS DA ÚLTIMA RUA DO BAIRRO VALE DO SOL QUE ENCONTRAM-SE ABERTOS E TAMBÉM PROVIDÊNCIAS EM RELAÇÃO ÀS CAIXAS DE PASSAGEM QUE FORAM ABERTAS, SENDO RETIRADAS PEDRAS E ENTULHOS E JOGADOS PELA RUA, O QUE VEM IMPEDINDO O TRÂNSITO.</t>
   </si>
   <si>
     <t>2847</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO, ALTAMIRO NOGUEIRA</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2847/2847_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2847/2847_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM INSTALAR UM QUEBRA-MOLAS EM FRENTE A IGREJA ANA BATISTA, QUE FICA LOCALIZADO NA RUA CARANGOLA</t>
   </si>
   <si>
     <t>2848</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2848/2848_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2848/2848_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CALÇAR A RUA SÃO JOÃO, NO BAIRRO DO ROQUE</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2849/2849_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2849/2849_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CONSERTA A CAIXA/BUEIRO QUE ESTÁ QUEBRADO NA RUA ARQUIMEDES MOREIRA DA SILVA</t>
   </si>
   <si>
     <t>2850</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2850/2850_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2850/2850_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CALÇAR A RUA CARLOS VIRGÍLIO ALVES</t>
   </si>
   <si>
     <t>2851</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2851/2851_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2851/2851_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CALÇAR A RUA JADIR DE OLIVEIRA</t>
   </si>
   <si>
     <t>2852</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2852/2852_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2852/2852_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CALÇAR A RUA JUSCELINO KUBSTCHEK, QUE FICA PRÓXIMA A APAE.</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2853/2853_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2853/2853_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM REPARAR 02 (DUAS) PONTES QUE FICAM LOCALIZADA NA COMUNIDADE ÁGUA ESPALHADA, UMA PRÓXIMA A IGREJA CATÓLICA E OUTRA PRÓXIMA AO SÍTIO CARLOS SAMPAIO</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2854/2854_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2854/2854_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CALÇAR OU RECAPAR A RUA VIRGÍLIO JUSTINIANO ALVES</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2855/2855_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2855/2855_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM REPARAR A PONTE QUE FICA LOCALIZADA NA COMUNIDADE DO CHALÉ, ENTRADA DA PROPRIEDADE DO SR. ZIQUE E SR. GREGÓRIO (GOIM)</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2856/2856_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2856/2856_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A DISPONIBILIDADE EM PROVIDENCIAR 01 (UM) CAMINHÃO DE SAIBRO PARA A FAZENDA DO JULINHO LATORRE, FAZENDA PEDRA MENINA.</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2857/2857_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2857/2857_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM CONTRATAR 01 (UM) MÉDICO CLÍNICO GERAL, PARA QUE POSSA ATENDER A POLICLÍNICA DE ESPERA FELIZ E QUE ANALISE SE HÁ POSSIBILIDADE EM REVER O CRONOGRAMA DE MARCAÇÃO DE CONSULTA</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>Sandrinha Donadio, MILTON DO SINDICATO</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2858/2858_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2858/2858_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM COLOCAR MAIS UMA LIXEIRA E DOIS QUEBRA-MOLAS, NA COMUNIDADE DO PARAÍSO, PRÓXIMA À RESIDÊNCIA DO SR. ZÉ DO ORLANDO.</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2859/2859_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2859/2859_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO, QUE VEJA A VIABILIDADE EM REFORMAR 02 (DUAS) PONTES NA COMUNIDADE DO CRUZEIRO, SENDO UMA PRÓXIMA À  CAPELA E A OUTRA PRÓXIMA AO SR. JOSÉ LUIZ FARIA</t>
   </si>
   <si>
     <t>2869</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2869/2869_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2869/2869_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO MUNICIPAL, QUE VEJA A VIABILIDADE EM RETIRAR A AREIA DO PARQUINHO DO JARDIM DE INFÂNCIA CEMEI E COLOQUE GRAMA NO LUGAR.</t>
   </si>
   <si>
     <t>3000</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3000/3000_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3000/3000_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. HIDAIANA JANUÁRIO DE SOUZA COUTINHO PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>3011</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3011/3011_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3011/3011_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. MICHEL DE ASSIS E SILVA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 17 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2821</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2821/2821_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2821/2821_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JULIANO VALADÃO RODRIGUES</t>
   </si>
   <si>
     <t>2822</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2822/2822_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2822/2822_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JUAREZ TAVARES PROBA</t>
   </si>
   <si>
     <t>2823</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2823/2823_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2823/2823_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL SR. SEBASTIÃO CARLOS GOMES E LUZIA HOTTES GOMES.</t>
   </si>
   <si>
     <t>2824</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2824/2824_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2824/2824_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. MILTON GONÇALVES DE CARVALHO</t>
   </si>
   <si>
     <t>2825</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2825/2825_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2825/2825_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. EDMILTON BEBERT DE CARVALHO</t>
   </si>
   <si>
     <t>2826</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2826/2826_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2826/2826_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. NIVALDO BERBERT DE CARVALHO</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2861/2861_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2861/2861_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA SRA. HÉLIA ANTÔNIA OLIVEIRA</t>
   </si>
   <si>
     <t>2882</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2882/2882_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2882/2882_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. (RUA MANOEL ROBADY SINIS, A RUA LOCALIZADA NO LOTEAMENTO MARIA APARECIDA, RUA B</t>
   </si>
   <si>
     <t>2883</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2883/2883_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2883/2883_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. (RUA JOÃO BATISTA ZANON (BOBOCO), A RUA LOCALIZADA NO LOTEAMENTO MARIA APARECIDA, RUA A.)</t>
   </si>
   <si>
     <t>2884</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2884/2884_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2884/2884_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. (RUA ANTONIO PEDROSA LAVIOLA, A RUA A LOCALIZADA NO LOTEAMENTO PEDROSA)</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2811/2811_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2811/2811_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL UMA RELAÇÃO ESPECIFICANDO OS VALORES REPASSADOS À ASSOCIAÇÃO SÃO VICENTE DE PAULA NO ANO DE 2015.</t>
   </si>
   <si>
     <t>2812</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2812/2812_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2812/2812_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO INFORMAÇÕES SOBRE A SITUAÇÃO DA ÁREA DE LAZER, REFERENTES À SUA CONSTRUÇÃO E QUANDO IRÁ ENTRAR EM FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2813/2813_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2813/2813_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO INFORMAÇÕES SOBRE QUAIS FUNÇÕES QUE AS SERVIDORAS ANA PAULA DORNELLAS E SÂMIA GRILLO DA SILVA DESEMPENHAM NO EXECUTIVO MUNICIPAL, TENDO EM VISTA QUE, CONFORME COMENTÁRIOS AS DUAS DESENVOLVEM FUNÇÕES DUPLAS NO SETOR DA SAÚDE, MESMO SABENDO DA INCOMPATIBILIDADE DE 02 (DOIS) CARGOS NO MESMO SETOR.</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2814/2814_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2814/2814_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO INFORMAÇÕES SOBRE A PROLIFERAÇÃO DO AEDES AEGYPTI NO MUNICÍPIO DE ESPERA FELIZ, TENDO EM VISTA QUE, A RELATOS DE QUE HOUVE  UM ÓBITO POR DOENÇAS QUE TAL MOSQUITO TRANSMITE. E TAMBÉM QUAIS CUIDADOS ESTÃO SENDO REALIZADOS PARA COMBATES TAL ENDEMIA.</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2815/2815_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2815/2815_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO TODOS OS DADOS SOBRE A REFORMA CALÇADÃO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2816/2816_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2816/2816_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO INFORMAÇÕES SOBRE AS PESSOAS QUE FORAM CONTEMPLADAS PELO PROGRAMA "CASA POPULAR" DO GOVERNO E O PORQUÊ DESTAS NÃO ESTAREM HABITANDO TAIS CASAS, TENDO EM VISTA QUE, AS CASAS JÁ ESTÃO CONCLUÍDAS.</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2817/2817_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2817/2817_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO A AGENDA DA EQUIPE DE SAÚDE BUCAL DO PSF VANGUARDA A PARTIR DO MÊS DE FEVEREIRO/2016 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2818/2818_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2818/2818_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO NOVAS INFORMAÇÕES SOBRE A SERVIDORA ANA PAULA DORNELLAS, SENDO ESSAS, SEU CONTRACHEQUE DESDE JANEIRO DE 2014 ATÉ A PRESENTE DATA; SEU VÍNCULO COM A UNIG DE ITAPERUNA ONDE CONSTA QUE TRABALHA NO PERÍODO DE 7:50 ÀS 11:20 NAS TERÇAS-FEIRAS, TENDO VISTA QUE, TEM UM CARGA HORÁRIA DE 40 HORAS SEMANAIS NO PSF VANGUARDA E SE ESTÃO SENDO CUMPRIDAS TAIS 40 HORAS SEMANAIS, POIS PROVAVELMENTE POSSA HAVER UM ACUMULO DE CARGA HORÁRIA.</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2819/2819_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2819/2819_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXECUTIVO INFORMAÇÕES SOBRE A ATUAL SITUAÇÃO DO TELECENTRO COMUNITÁRIO LOLANDA LABATTI</t>
   </si>
   <si>
     <t>2827</t>
   </si>
   <si>
     <t>Sandrinha Donadio, Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2827/2827_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2827/2827_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR INFORMAÇÕES AO EXECUTIVO SOBRE A PROLIFERAÇÃO DA DOENÇA DE LEISHMANIOSE QUE ESTÁ AFETANDO A POPULAÇÃO ESPERAFELICENSE.</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2820/2820_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2820/2820_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITAR AO EXECUTIVO INFORMAÇÕES PRECISAS SOBRE O VEREADOR OZIEL GOMES DA SILVA, NO SENTIDO DE SABER SE OCUPA ALGUM CARGO NO EXECUTIVO MUNICIPAL, E SE AFIRMATIVO QUAL A FUNÇÃO/CARGO OCUPA?</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2860/2860_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2860/2860_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">SOLICITAR JUNTO AO EXECUTIVO QUE ENVIE INFORMAÇÕES REFERENTE A CONTRATAÇÃO DA EMPRESA CONSTRUTORA SANTANA E SANTANA, SOBRE A RELAÇÃO DOS PAGAMENTOS REFERENTES AO PERÍODO DE JANEIRO DE 2013 ATÉ OS DIAS ATUAIS E VALORES A SER PAGOS PARA TAL EMPRESA. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2037,67 +2037,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2776/2776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2777/2777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2778/2778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2782/2782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2780/2780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2781/2781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2783/2783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2784/2784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2785/2785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2786/2786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2787/2787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2788/2788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2790/2790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2791/2791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2792/2792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2793/2793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2794/2794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2795/2795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2796/2796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2797/2797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2798/2798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2799/2799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2800/2800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2801/2801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2802/2802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2804/2804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2805/2805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2806/2806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2807/2807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2808/2808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2809/2809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2810/2810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2828/2828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2829/2829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2830/2830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2831/2831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2832/2832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2833/2833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2834/2834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2835/2835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2836/2836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2837/2837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2838/2838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2839/2839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2840/2840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2841/2841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2842/2842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2871/2871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2843/2843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2844/2844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2845/2845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2846/2846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2862/2862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2863/2863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2864/2864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2865/2865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2866/2866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2867/2867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2868/2868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2944/2944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2945/2945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2946/2946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2947/2947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2949/2949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2991/2991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2992/2992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2993/2993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2994/2994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2995/2995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2996/2996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2997/2997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2998/2998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2999/2999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3001/3001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3003/3003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3006/3006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3008/3008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3009/3009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3010/3010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3012/3012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2847/2847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2848/2848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2849/2849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2850/2850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2851/2851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2852/2852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2853/2853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2854/2854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2855/2855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2856/2856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2857/2857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2858/2858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2859/2859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2869/2869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3000/3000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3011/3011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2821/2821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2822/2822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2823/2823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2824/2824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2825/2825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2826/2826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2861/2861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2882/2882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2883/2883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2811/2811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2812/2812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2813/2813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2814/2814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2815/2815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2817/2817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2818/2818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2819/2819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2827/2827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2820/2820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2860/2860_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2764/2764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2765/2765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2767/2767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2768/2768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2769/2769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2770/2770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2771/2771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2772/2772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2773/2773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2774/2774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2775/2775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2776/2776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2777/2777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2778/2778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2782/2782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2779/2779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2780/2780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2781/2781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2783/2783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2784/2784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2785/2785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2786/2786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2787/2787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2788/2788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2789/2789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2790/2790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2791/2791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2792/2792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2793/2793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2794/2794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2795/2795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2796/2796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2797/2797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2798/2798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2799/2799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2800/2800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2801/2801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2802/2802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2803/2803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2804/2804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2805/2805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2806/2806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2807/2807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2808/2808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2809/2809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2810/2810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2828/2828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2829/2829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2830/2830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2831/2831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2832/2832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2833/2833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2834/2834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2835/2835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2836/2836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2837/2837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2838/2838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2839/2839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2840/2840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2841/2841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2842/2842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2871/2871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2843/2843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2844/2844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2845/2845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2846/2846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2862/2862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2863/2863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2864/2864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2865/2865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2866/2866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2867/2867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2868/2868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2944/2944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2945/2945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2946/2946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2947/2947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2949/2949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2991/2991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2992/2992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2993/2993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2994/2994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2995/2995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2996/2996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2997/2997_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2998/2998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2999/2999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3001/3001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3002/3002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3003/3003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3004/3004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3005/3005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3006/3006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3007/3007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3008/3008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3009/3009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3010/3010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3012/3012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2766/2766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2847/2847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2848/2848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2849/2849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2850/2850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2851/2851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2852/2852_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2853/2853_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2854/2854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2855/2855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2856/2856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2857/2857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2858/2858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2859/2859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2869/2869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3000/3000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/3011/3011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2821/2821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2822/2822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2823/2823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2824/2824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2825/2825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2826/2826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2861/2861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2882/2882_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2883/2883_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2884/2884_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2811/2811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2812/2812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2813/2813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2814/2814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2815/2815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2816/2816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2817/2817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2818/2818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2819/2819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2827/2827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2820/2820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2016/2860/2860_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="41.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>