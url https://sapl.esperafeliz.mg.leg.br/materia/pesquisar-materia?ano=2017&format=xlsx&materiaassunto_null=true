--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,2790 +54,2790 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2950</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2950/2950_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2950/2950_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A LADEIRA TROPICAL QUE FICA LOCALIZADA NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>2951</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2951/2951_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2951/2951_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA ROBSON COUTINHO, NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>2952</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2952/2952_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2952/2952_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JONAS AMARAL.</t>
   </si>
   <si>
     <t>2953</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Dr. Erick Amaral</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2953/2953_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2953/2953_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE EQUIPAR OS OPERÁRIOS QUE TRABALHAM RECOLHENDO RESÍDUOS SÓLIDOS, COM EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL, TAIS COMO: LUVA DE PROTEÇÃO, BOTINAS DE SEGURANÇA, MÁSCARA DE PROTEÇÃO, PROTETOR AURICULAR, PROTETOR SOLAR E UNIFORME.</t>
   </si>
   <si>
     <t>2954</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t xml:space="preserve">Elcinho Professor </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2954/2954_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2954/2954_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, QUE SEJA EFETUADO PELO MUNICÍPIO, ATRAVÉS DE INSTRUMENTOS POSSÍVEIS, A REGULARIZAÇÃO FUNDIÁRIA URBANA DOS IMÓVEIS DO MUNICÍPIO DE ESPERA FELIZ, EM CUMPRIMENTO DA LEI FEDERAL 11977/09, INCLUSIVE REALIZANDO A DEMARCAÇÃO URBANÍSTICA E LEGITIMAÇÃO DA POSSE.</t>
   </si>
   <si>
     <t>2955</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2955/2955_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2955/2955_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA NA PRAÇA JOSÉ ALVES, QUE FICA LOCALIZADA EM FRENTE AO CAMPESTRE CLUBE.</t>
   </si>
   <si>
     <t>2956</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2956/2956_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2956/2956_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, A PEDIDO DA SRA. MARIA MADALENA AMORIM RÚBIO, VEJA A VIABILIDADE DE REALIZAR MELHORIAS,CONFORME  SOLICITADAS ABAIXO: PATROLAR A ESTRADA DO TREVO DA COMUNIDADE DO SÃO DOMINGOS ATÉ O ALTO DAS TRÊS CRUZES, COLOCAR SAIBRO NESTA MESMA ESTRADA, INSTALAR TRÊS QUEBRA-MOLAS EM FRENTE A PROPRIEDADE DO SR. ADSON RÚBIO.</t>
   </si>
   <si>
     <t>2957</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Ediel Gomes</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2957/2957_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2957/2957_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLEMENTAR O PROCESSO DE FISCALIZAÇÃO E POSTERIOR EXECUÇÃO DO PREVISTO NA LEI COMPLEMENTAR N. 28/2016, CAP. IV, ARTIGO 207, E LEI COMPLEMENTAR 27/2015, TÍTULO XI, CAP. VII, ARTIGO 245</t>
   </si>
   <si>
     <t>2958</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2958/2958_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2958/2958_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL,  ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR NO CALENDÁRIO DE EVENTOS DA CIDADE UM MOMENTO DE LAZER NO CALÇADÃO DILSON ARAÚJO PORTO, ACONTECENDO UMA VEZ AO MÊS, NO SÁBADO.</t>
   </si>
   <si>
     <t>2959</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2959/2959_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2959/2959_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE COLOCAR NA ENTRADA E NA SAÍDA, NAS PROXIMIDADES DOS PÓRTICOS, BANNERS, FAIXAS, OUTDOOR COM OS DIZERES QUE TEMOS EM NOSSO MUNICÍPIO O MELHOR CAFÉ DO BRASIL.</t>
   </si>
   <si>
     <t>2960</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2960/2960_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2960/2960_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE AMPLIAR O SETOR DE CARTEIRA DE IDENTIFICAÇÃO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2961</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2961/2961_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2961/2961_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR REDE DE ESGOTO, MEIO-FIO E REALIZAR MELHORIAS NO TRECHO DO ASFALTO DA COMUNIDADE DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>2962</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2962/2962_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2962/2962_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A QUADRA DE ESPORTES DA COMUNIDADE DO TABOÃO E FAZER CALÇAMENTO EM FRENTE AO SALÃO COMUNITÁRIO E A ESCOLA.</t>
   </si>
   <si>
     <t>2963</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2963/2963_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2963/2963_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A ESTRADA PRINCIPAL DA COMUNIDADE DA BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>2964</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2964/2964_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2964/2964_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELEVAR À CATEGORIA DE DISTRITO A COMUNIDADE DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>2965</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2965/2965_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2965/2965_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE  DE CALÇAR A RUA HÉLIO DE SOUZA, QUE FICA LOCALIZADA NO BAIRRO DA COOPERATIVA.</t>
   </si>
   <si>
     <t>2967</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2967/2967_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2967/2967_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O   EXECUTIVO   MUNICIPAL,  ATRAVÉS   DA   SECRETARIA   COMPETENTE,   VEJA   A   VIABILIDADE   DE   CADASTRAR   O   MUNICÍPIO   DE ESPERA   FELIZ   NO   MINISTÉRIO   DO   TURISMO   PARA   REALIZAÇÃO   DE EVENTOS, TAIS COMO EXPOSIÇÃO AGROPECUÁRIA  E FESTA DO PARAÍSO.</t>
   </si>
   <si>
     <t>2968</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t xml:space="preserve">Acácio Siqueira </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2968/2968_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2968/2968_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CONSTRUIR 02 (DOIS) CÔMODOS AO LADO OU PRÓXIMOS AO SALÃO COMUNITÁRIO DO CÓRREGO DO ANGOLA, PARA ATENDIMENTO MÉDICO;</t>
   </si>
   <si>
     <t>2969</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2969/2969_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2969/2969_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE TOMAR PROVIDÊNCIAS EM RELAÇÃO A SITUAÇÃO DOS ANIMAIS QUE FICAM VAGANDO NO ASFALTO, PRÓXIMO AOS PÓRTICOS DE ENTRADA DA CIDADE, (DIREÇÃO CARANGOLA, ETC.)  NAS MARGENS DESTA RODOVIA EXISTEM MUITOS LOTEAMENTOS E PASTOS.  SUGIRO QUE O EXECUTIVO ENTRE EM CONTATO COM OS PROPRIETÁRIOS DOS ANIMAIS E PEÇA QUE FAÇAM CERCAS ENTRE ESTES PASTOS E OS LOTEAMENTOS, ACABANDO ASSIM COM ESTE GRAVÍSSIMO PROBLEMA.</t>
   </si>
   <si>
     <t>2970</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2970/2970_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2970/2970_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE DRAGAR O RIO DA COMUNIDADE DA BOA ESPERANÇA ATÉ ONDE É PERMITIDO PELOS ÓRGÃOS RESPONSÁVEIS, E APÓS ATERRAR O CAMPO DE FUTEBOL QUE FICA PRÓXIMO AO RIO;</t>
   </si>
   <si>
     <t>2971</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2971/2971_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2971/2971_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE IMPLANTAR GUARDA MUNICIPAL NO CENTRO DA CIDADE, NA ROTATÓRIA QUE FICA NA RUA JOÃO SEBASTIÃO DE AMORIM COM ROQUE FERREIRA DE CASTRO;</t>
   </si>
   <si>
     <t>2972</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2972/2972_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2972/2972_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE ESTABELECER ESTACIONAMENTO ROTATIVO NA ÁREA CENTRAL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>2973</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2973/2973_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2973/2973_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE RETORNAR COM UM CARRO PARA A ÁREA DE SAÚDE DA COMUNIDADE DO TABOÃO;</t>
   </si>
   <si>
     <t>2974</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Elcinho Professor , Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2974/2974_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2974/2974_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE POSSA SER INSTALADO REDUTORES DE VELOCIDADE NA SAÍDA   DA   CIDADE   EM   SENTIDO   À   CARANGOLA   PRÓXIMO   A MECÂNICA DO MARLON, OU CASO NÃO SEJA COMPETÊNCIA DO MUNICÍPIO, SEJA   OFICIADO   AO   ÓRGÃO   ESTADUAL   RESPONSÁVEL PELA RODOVIA.</t>
   </si>
   <si>
     <t>2975</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2975/2975_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2975/2975_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   POSSA   SER   INSTALADO   REDUTORES   DE   VELOCIDADE ENTRE O MATADOURO MUNICIPAL E A ENTRADA DO CAICEF, OU CASO NÃO SEJA COMPETÊNCIA DO MUNICÍPIO, SEJA OFICIADO AO ÓRGÃO ESTADUAL RESPONSÁVEL PELA RODOVIA.</t>
   </si>
   <si>
     <t>2976</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2976/2976_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2976/2976_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE DISPONIBILIZAR MEIOS PARA QUE SEJA REALIZADA A EMISSÃO DE CERTIDÃO DE REGULARIDADE MUNICIPAL   ATRAVÉS   DE   MEIO   ELETRÔNICO, OU  SEJA,   NO SITE: WWW.ESPERAFELIZ.MG.GOV.BR;</t>
   </si>
   <si>
     <t>2977</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2977/2977_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2977/2977_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, QUE SEJA EFETUADO PELO MUNICÍPIO, ATRAVÉS DE INSTRUMENTOS POSSÍVEIS, A REGULARIZAÇÃO FUNDIÁRIA URBANA DOS IMÓVEIS DO MUNICÍPIO DE ESPERA FELIZ, EM CUMPRIMENTO DA LEI FEDERAL 11977/09, INCLUSIVE REALIZANDO A DEMARCAÇÃO URBANÍSTICA E LEGITIMAÇÃO DA POSSE</t>
   </si>
   <si>
     <t>2978</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Eluízio Bilheiro, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2978/2978_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2978/2978_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS   DA   SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ENVIAR A ESTA CASA DE LEIS, PARA ANÁLISE, ESTUDO E VOTAÇÃO, PROJETO DE LEI DE USO E PARCELAMENTO DO SOLO DO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>2979</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2979/2979_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2979/2979_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER COM ESTUDO TÉCNICO DE ENGENHARIA CIVIL SOBRE AS CONDIÇÕES ESTRUTURAIS DA PONTE SOBRE O RIO SÃO JOÃO LOCALIZADA NA RUA MAJOR PEREIRA;</t>
   </si>
   <si>
     <t>2980</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2980/2980_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2980/2980_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NAS QUADRAS DE ESPORTES DAS COMUNIDADES DO SÃO DOMINGOS; VARGEM ALEGRE E TABOÃO, CONFORME ESPECIFICADAS ABAIXO: PINTURA DAS QUADRAS; TAPAR OS BURACOS; TROCAR AS REDES DOS GOLS; BOLAS DISPONÍVEIS PARA OS JOGADORES; TROCAR LUMINÁRIAS QUEIMADAS;</t>
   </si>
   <si>
     <t>2981</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2981/2981_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2981/2981_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ENTRE EM CONTATO COM O DER E PEÇA PARA QUE ELE PROVIDENCIE EM REGIME DE URGÊNCIA LIMPEZA NAS LATERAIS (MARGENS) DAS RODOVIAS QUE LIGAM ESPERA FELIZ A CAIANA; ESPERA FELIZ A DORES DO RIO PRETO; ESPERA FELIZ AO PARAÍSO;</t>
   </si>
   <si>
     <t>2982</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Júlio Maria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2982/2982_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2982/2982_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE MARCAR UMA REUNIÃO/ENCONTRO JUNTAMENTE COM A SECRETARIA DE SAÚDE, SECRETARIA DE MEIO AMBIENTE E PROPRIETÁRIOS RURAIS, A FIM DE REALIZAR UM ESTUDO PARA VER O QUE PODE SER FEITO PARA IMPLANTAÇÃO DO SISTEMA DE FOSSAS SÉPTICAS EM TODAS AS PROPRIEDADES RURAIS, QUE AINDA CONTAM COM O SISTEMA DE ESGOTO A CÉU ABERTO;</t>
   </si>
   <si>
     <t>2983</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2983/2983_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2983/2983_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ELEVAR A CATEGORIA DE DISTRITO A COMUNIDADE DO SÃO DOMINGOS;</t>
   </si>
   <si>
     <t>2984</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2984/2984_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2984/2984_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, ELABORE UM PROJETO DE LEI CONCEDENDO UM DIA DE FOLGA AO SERVIDOR PÚBLICO MUNICIPAL NA DATA DO SEU ANIVERSÁRIO;</t>
   </si>
   <si>
     <t>2985</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2985/2985_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2985/2985_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PRESIDENTE DA CÂMARA, ELABORE UM PROJETO DE LEI CONCEDENDO UM DIA DE FOLGA AO SERVIDOR PÚBLICO MUNICIPAL NA DATA DO SEU ANIVERSÁRIO;</t>
   </si>
   <si>
     <t>3013</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3013/3013_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3013/3013_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE EDUCAÇÃO, VEJA A VIABILIDADE DE ABRIR UMA CRECHE MUNICIPAL NO DISTRITO DE SÃO JOSÉ. NÃO HAVENDO POSSIBILIDADE PARA FUNCIONAR ANUALMENTE, QUE SEJA VISTA A POSSIBILIDADE DE SER ABERTA SOMENTE NO PERÍODO DA SAFRA DE CAFÉ. SUGIRO A ESTE RENOMADO ÓRGÃO QUE ENTRE EM CONTATO COM O GOVERNO ESTADUAL SOLICITANDO A LIBERAÇÃO DO ESPAÇO DA ESCOLA ESTADUAL FAZENDA PARAÍSO PARA INSTALAÇÃO DESTA CRECHE, HAJA VISTA QUE ESTE LOCAL ESTÁ SEM FUNCIONAMENTO, CONFORME INFORMAÇÕES DOS MORADORES.</t>
   </si>
   <si>
     <t>3014</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3014/3014_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3014/3014_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE BUSCAR RECURSOS JUNTO AO GOVERNO ESTADUAL OU FEDERAL PARA ASFALTAR OU CALÇAR O TRECHO COMPREENDIDO ENTRE A VENDA DA MERQUINHA (ESTRADA AGOSTINHO PATRUS) E O DISTRITO SÃO JOSÉ DA PEDRA MENINA ATÉ A PONTE QUE DÁ ACESSO AO ESPÍRITO SANTO. </t>
   </si>
   <si>
     <t>3015</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3015/3015_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3015/3015_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR UMA FISCALIZAÇÃO NA PRAÇA JOSÉ ALVES QUE FICA LOCALIZADA EM FRENTE AO CAMPESTRE CLUBE, A FIM DESCOBRIR E COMBATER O QUE OCORRE NAQUELA PRAÇA QUE QUASE TODAS AS CRIANÇAS QUE FREQUENTAM ESTE LOCAL ADQUIREM A DOENÇA IMPETIGO. SUGIRO QUE PROMOVA UMA LIMPEZA TOTAL EM TODA A PRAÇA E VEJA O QUE PODE SER FEITO PARA EVITAR ESTE GRANDE DESCONFORTO PARA AS FAMÍLIAS.  </t>
   </si>
   <si>
     <t>3016</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3016/3016_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3016/3016_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CONSEGUIR ATRAVÉS DO GOVERNO ESTADUAL OU FEDERAL EQUIPAMENTOS DE ACADEMIA AO AR LIVRE PARA SEREM INSTALADOS NA PRAÇA JOSÉ ALVES QUE FICA LOCALIZADA EM FRENTE AO CAMPESTRE CLUBE, HAJA VISTA QUE OS EQUIPAMENTOS EXISTENTES ESTÃO TODOS DANIFICADOS, E CONFORME INFORMAÇÕES, NÃO TEM CONSERTO. PEÇO AINDA QUE COLOQUE UM VIGIA NESTA PRAÇA, PARA ZELAR PELO BEM PÚBLICO.</t>
   </si>
   <si>
     <t>3017</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3017/3017_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3017/3017_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL DISPONIBILIZE PESSOAL PARA LIMPEZA E MELHORIAS NO ESCOAMENTO DAS ÁGUAS QUE ACUMULAM NA CURVA QUE ANTECEDE O CAICEF (KLABIN).</t>
   </si>
   <si>
     <t>3018</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3018/3018_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3018/3018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL VEJA A VIABILIDADE DE COLOCAR ILUMINAÇÃO NO TRECHO DA BR 482 (POR CIMA) DA RUA ÁLVARO DE SÁ BARBOSA. </t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3030/3030_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3030/3030_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA O REBAIXAMENTO DO FINAL DA RUA GERSON GOMES OU O MANILHAMENTO PARA ESCOAMENTO DAS ÁGUAS DAS CHUVAS.</t>
   </si>
   <si>
     <t>3019</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3019/3019_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3019/3019_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA A CRIAÇÃO DE UMA OUVIDORIA MUNICIPAL, PARA QUE A POPULAÇÃO TENHA UM CANAL DIRETO  COM A ADMINISTRAÇÃO MUNICIPAL, ATRAVÉS DE LINHAS TELEFÔNICAS, SITE OU APLICATIVOS DE CELULAR.</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3020/3020_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3020/3020_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE AUMENTAR O VALOR QUE É REPASSADO PARA A ASSOCIAÇÃO DE DEFICIENTES FÍSICOS DE ESPERA FELIZ, HAJA VISTA OS RELEVANTES SERVIÇOS PRESTADOS NA COMUNIDADE.</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3021/3021_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3021/3021_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE EXECUTAR OS SEGUINTES SERVIÇOS NA ÁREA DE LAZER: REFORMAR O GRAMADO DO CAMPO DE TREINO; COLOCAR REDES DE NYLON ATRÁS DOS GOLS DO CAMPO DE TREINO, DISPONIBILIZANDO NA FORMA DE EMPRÉSTIMO PARA OS ESPORTISTAS, FAZER A DEMARCAÇÃO DO CAMPO DE TREINO, SUBSTITUIR AS LÂMPADAS QUEIMADAS POR NOVAS DOS REFLETORES DO CAMPO DE TREINO E DA QUADRA DE ESPORTES, FAZER A PINTURA DA QUADRA DE ESPORTES DEMARCANDO SUA ÁREA, DISPONIBILIZAR AOS ESPORTISTAS, NA FORMA DE EMPRÉSTIMOS, BOLAS DE FUTEBOL, BOLAS DE FUTSAL, BOLAS DE VOLLEYBALL, BOLAS DE HANDEBOL E OUTRAS.</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3022/3022_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3022/3022_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA ÁREA DE LAZER NO BAIRRO DO ROQUE, COM PRAÇA, QUADRA, ETC, SENDO SUGERIDO O LOCAL NA RUA SÃO JOÃO (AO LADO DA CRECHE)</t>
   </si>
   <si>
     <t>3023</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3023/3023_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3023/3023_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CONSTRUIR UMA ÁREA DE LAZER NO BAIRRO PÃO DE LÓ (PATRONATO), COM PRAÇA, QUADRA, ETC.</t>
   </si>
   <si>
     <t>3024</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3024/3024_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3024/3024_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, OFICIE A EMPRESA DE TRANSPORTE COLETIVO CIRCULAR, PARA QUE A MESMA MANTENHA E NÃO ALTERE SEUS ITINERÁRIOS E OS PONTOS DE PARTIDA E FINAL. </t>
   </si>
   <si>
     <t>3025</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3025/3025_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3025/3025_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE DEMARCAR ESTACIONAMENTO PARA MOTOS NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>3026</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3026/3026_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3026/3026_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE ELABORAR UM PROJETO DE LEI QUE DISPONHA SOBRE A CRIAÇÃO DE PONTOS COLETORES DE ÓLEO VEGETAL USADO, ESTABELECENDO REGRAS COMO: SE HAVERÁ OU NÃO PUNIÇÕES PARA O DESCARTE INCORRETO; COMO SERÁ FEITA A ESCOLHA DA EMPRESA RESPONSÁVEL PELA COLETA, SENDO SUGERIDO A ASSOCIAÇÃO DE MULHERES DO MUNICÍPIO DE ESPERA FELIZ, QUE JÁ UTILIZAM ESTE PRODUTO PARA A FABRICAÇÃO DE SABÃO EM PEDRA, LÍQUIDO E DETERGENTE; QUAL SETOR IRÁ FISCALIZAR O CUMPRIMENTO DA MESMA, ENTRE OUTROS. OUTRA SUGESTÃO É QUE SENDO ELABORADO, APROVADO E SANCIONADA ESTA LEI DE COLETA DE ÓLEO VEGETAL, QUE SEJA PUBLICADA ATRAVÉS DE JORNAIS, RÁDIO, REDE SOCIAL, ESCOLAS, IGREJAS, DIVULGANDO BEM ESTA INFORMAÇÃO PARA A POPULAÇÃO.</t>
   </si>
   <si>
     <t>3027</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3027/3027_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3027/3027_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR UMA LIMPEZA AO REDOR DA ESCOLA MUNICIPAL ÁLVARO DE SÁ BARBOSA E TAMBÉM UMA MANUTENÇÃO NA PRAÇA QUE FICA PRÓXIMA A ESTA ESCOLA COM LIMPEZA E REPAROS.</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3028/3028_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3028/3028_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE COLOCAR UM BICICLETÁRIO NO ENTRONCAMENTO DA RUA FIORAVANTE PADULA (EM FRENTE A LOJA BOTICÁRIO), ONDE FORAM COLOCADOS RECENTEMENTE VASOS DE FLORES, PARA IMPEDIR A PASSAGEM DE VEÍCULOS, O QUE TOTALMENTE COMPREENSÍVEL, SABEDOR DOS PERIGOS DE RETORNAREM VEÍCULOS NAQUELE LOCAL. OUTRO MOTIVO DE FAZER ESSE BICICLETÁRIO É PARA QUE OS CICLISTAS ESTACIONEM MAIS AS BICICLETAS NOS CANTEIROS CENTRAIS, COMO VEM SENDO FEITO, CONFORME PODE SER VISTO ATRAVÉS DAS FOTOS QUE SEGUEM ANEXADAS.</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3029/3029_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3029/3029_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CRIAR UM ESTACIONAMENTO PARA MOTOCICLETA, NA RUA ROQUE FERREIRA DE CASTRO, FICANDO LOCALIZADO 14 METROS ANTES DA FAIXA DE PEDESTRE, EM FRENTE À PADARIA RIBEIRO E ZINI, CONFORME SEGUEM ANEXADOS FOTOS DO LOCAL E MAPA DA ÁREA EM ESTUDO.</t>
   </si>
   <si>
     <t>3036</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3036/3036_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3036/3036_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL,JUNTAMENTE SETOR RESPONSÁVEL COM O SETOR RESPONSÁVEL, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA RUA ESTRADA PEDRA MENINA, CONHECIDA COMO BAIRRO DO ANTÕNIO LACERDA, LOCALIZADA NO BAIRRO FLORESTA, TAIS COMO: PATROLAR, ENSAIBRAR E RETIRAR OS ENTULHOS.</t>
   </si>
   <si>
     <t>3039</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3039/3039_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3039/3039_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ASFALTAR OU CALÇAR PARTE DA RUA SÃO JOÃO, LOCALIZADA NO BAIRRO DO ROQUE.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3040/3040_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3040/3040_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ASFALTAR OU CALÇAR A RUA CARLOS VIRGÍLIO ALVES.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3041/3041_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3041/3041_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE ABRIR, PATROLAR E ENSAIBRAR A ESTRADA QUE PASSA POR FORA DO MUNICÍPIO DE ESPERA FELIZ(CONTINUAÇÃO DA BR 482) COM RECURSOS PRÓPRIOS, DESVIANDO ASSIM O TRÂNSITO PESADO DE CAMINHÕES E CARRETAS DE DENTRO DA CIDADE, COM CONSTANTE MANUTENÇÃO, ATÉ QUE ALCANCEMOS RECURSOS PARA A TÃO ALMEJADA OBRA DE ASFALTAR ESTE TRECHO.</t>
   </si>
   <si>
     <t>3042</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3042/3042_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3042/3042_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CALÇAR A SUBIDA DE ACESSO AO ARRAIAL QUE PERTENCE AO MUNICÍPIO DE ESPERA FELIZ QUE FAZ DIVISA COM DORES DE MINAS. </t>
   </si>
   <si>
     <t>3043</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3043/3043_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3043/3043_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA MUNICIPAL, ESTUDE A VIABILIDADE DE REALIZAR UMA PARCERIA COM A AGÊNCIA DE DESENVOLVIMENTO ECONÔMICO E SOCIAL DA REGIÃO DO CAPARAÓ PARA QUE O SERVIDOR POSSA TER ACESSO AO CARTÃO ADESC.</t>
   </si>
   <si>
     <t>3044</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3044/3044_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3044/3044_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, DENTRO DAS VIABILIDADES, ENTRE EM CONTATO COM O DER SOLICITANDO A DESOBSTRUÇÃO DO BUEIRO QUE FICA LOCALIZADO NA RODOVIA AGOSTINHO PATRUS, NAS PROXIMIDADES DA ESCOLA DA COMUNIDADE NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>3045</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3045/3045_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3045/3045_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE PATROLAR E CASCALHAR OS PONTOS MAIS CRÍTICOS DAS ESTRADAS DO CÓRREGO GRANDE, ANGOLA, MARIANINHO, CÓRREGO DOS ALVES, COMUNIDADE DE LOURDES, TABOÃO, SANTA CLARA, SÃO GONÇALO, BOA ESPERANÇA E VENTANIA(PRINCIPALMENTE PROXIMIDADES DA PSICULTURA)</t>
   </si>
   <si>
     <t>3046</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3046/3046_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3046/3046_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE EFETUAR A INSTALAÇÃO DE PLACAS INDICATIVAS COM NOMES DAS COMUNIDADES CÓRREGO GRANDE, VENTANIA, ANGOLA, MARIANINHO, CÓRREGO DOS ALVES, COMUNIDADE DE LOURDES, TABOÃO, SANTA CLARA, SÃO GONÇALO E BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3047/3047_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3047/3047_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CONSTRUIR TRÊS GUARITAS, SENDO LOCALIZADAS, UMA NA ENTRADA DA COMUNIDADE DO TABOÃO, UMA EM FRENTE A FAZENDA DO ZÉ VIEIRA E UMA NAS PROXIMIDADES DA RESIDÊNCIA DO SR. PEDRO RAIMUNDO.</t>
   </si>
   <si>
     <t>3048</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3048/3048_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3048/3048_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE AMPLIAR O POSTO DE SAÚDE DA COMUNIDADE DE SÃO GONÇALO, CONSTRUINDO UM BANHEIRO PARA OS FUNCIONÁRIOS E UMA SALA PARA ATENDIMENTO.</t>
   </si>
   <si>
     <t>3049</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3049/3049_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3049/3049_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, REALIZE A COMPRA DE UM TERRENO PARA CONSTRUÇÃO DE CASAS ATRAVÉS  DA COHAB-MG, SENDO QUE PARA REALIZAÇÃO DA AQUISIÇÃO, SEJA REALIZADO O LEILÃO DE TERRENOS DE PROPRIEDADE DO MUNICÍPIO COMO: A ANTIGA SAIBREIRA, ANTIGA USINA, ETC., OU OUTRAS ÁREAS NÃO UTILIZADAS ATUALMENTE.</t>
   </si>
   <si>
     <t>3050</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3050/3050_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3050/3050_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL FAÇA A DEMOLIÇÃO DA ANTIGA RODOVIÁRIA (PRÓXIMA AO SEMINÁRIO)  CONSTRUA UMA PRAÇA NO LOCAL. DESTACO QUE SENDO ESTA OBRA REALIZADA, DAREI ENTRADA NA CASA COM UM PROJETO DE LEI DENOMINANDO COMO PRAÇA HENEIDA BENELI DUARTE.</t>
   </si>
   <si>
     <t>3051</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3051/3051_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3051/3051_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE CONSTRUIR UMA VARANDA NO PSF DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA.</t>
   </si>
   <si>
     <t>3052</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3052/3052_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3052/3052_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, DENTRO DAS VIABILIDADES, ENTRE EM CONTATO COM O DER SOLICITANDO A INSTALAÇÃO DE DOIS RADARES NA RODOVIA AGOSTINHO PATRUS, QUE LIGA A BR 482 À COMUNIDADE DO PARAÍSO, SENDO UM NA ALTURA DO KM 15, NA ENTRADA PARA O CÓRREGO DO BREJO E OUTRO NO KM 13,5, EM FRENTE A CHAMINÉ.</t>
   </si>
   <si>
     <t>3053</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3053/3053_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3053/3053_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR "VIGIAS RONDANTES", NO PERÍODO NOTURNO, UM "NA PRAÇA AMENAIDE ROCHA VASCONCELOS" E OUTRO "NO PARQUE MUNICIPAL ÁREA DE LAZER".</t>
   </si>
   <si>
     <t>3054</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3054/3054_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3054/3054_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR UMA LIMPEZA URGENTE NO POÇO DE PEIXES ORNAMENTAL QUE FICA NA PRAÇA CIRA ROSA DE ASSIS, E APÓS TER SEMPRE MANUTENÇÃO DESSA LIMPEZA.</t>
   </si>
   <si>
     <t>3055</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3055/3055_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3055/3055_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR MELHORIAS NA COMUNIDADE DA VARGEM ALEGRE COMO: PATROLAR E ENSAIBRAR O TRECHO DA ESTRADA SEM PAVIMENTAÇÃO QUE LIGA  A ESCOLA ÁLVARO DE SÁ BARBOSA AO ASFALTO DA ESTRADA AGOSTINHO PATRUS; ILUMINAR O PARQUINHO QUE FICA NAS MARGENS DA ESTRADA AGOSTINHO PATRUS, PRÓXIMO A E. M. ÁLVARO DE SÁ BARBOSA.</t>
   </si>
   <si>
     <t>3056</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3056/3056_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3056/3056_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ZELAR PELOS CAMPOS DE FUTEBOL DAS ÁREAS RURAIS DO MUNICÍPIO COMO: CORTAR A GRAMA, MARCAÇÃO DO CAMPO; FAZER VESTUÁRIOS, COLOCAÇÃO DE NOVAS REDES, DOAÇÃO DE BOLAS E AINDA SENDO SUGERIDO A AQUISIÇÃO DE UM TRATORZINHO PARA BATEREM OS CAMPOS. OUTRA SOLUÇÃO É QUE SEJA ADUBADO O CAMPO DO ESTÁDIO MUNICIPAL REINÔ MARTINS DE OLIVEIRA, POIS DEVIDO INFORMAÇÕES HÁ QUATRO ANOS QUE ESTE CAMPO NÃO É ADUBADO.</t>
   </si>
   <si>
     <t>3057</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3057/3057_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3057/3057_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR MELHORIAS NO ASSENTAMENTO PADRE JÉSUS CONFORME ESPECIFICADAS ABAIXO: LIMPEZA NA ENTRADA DO ASSENTAMENTO PADRE JÉSUS; PORTAL DE ENTRADA COM IDENTIFICAÇÃO OU ATÉ MESMO, NA INVIABILIDADE, UMA PLACA DE IDENTIFICAÇÃO.</t>
   </si>
   <si>
     <t>3058</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3058/3058_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3058/3058_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE UM ENGENHEIRO REALIZAR UMA AVALIAÇÃO DAS CALÇADAS DO NOSSO MUNICÍPIO QUE NÃO TEM RAMPAS PARA DEFICIENTES TRANSITAR E AINDA ESTÃO SENDO INVADIDAS POR MESAS/CADEIRAS E MERCADORIAS. APÓS ESTUDO QUE SEJA ELABORADO UM PROJETO CONTENDO AS NECESSIDADES E SEJAM TOMADAS ÀS DEVIDAS PROVIDÊNCIAS, PROPORCIONANDO AOS PEDESTRES E PRINCIPALMENTE CADEIRANTES, CALÇADAS COM ESTRUTURAS APROPRIADAS.</t>
   </si>
   <si>
     <t>3059</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3059/3059_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3059/3059_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM O SETOR COMPETENTE, ESTUDE A VIABILIDADE DE COLOCAR UMA CLÁUSULA NO ALVARÁ DE FUNCIONAMENTO DA CARRETA DA ALEGRIA QUE SEMPRE SE FAZ PRESENTE O MUNICÍPIO, PERMITINDO QUE AS MÚSICAS TOCADAS SEJAM SOMENTE MÚSICAS INFANTIS, POIS ATUALMENTE SÃO DE ADULTOS, TENDO DUPLO SENTIDO.</t>
   </si>
   <si>
     <t>3060</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3060/3060_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3060/3060_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE SUBSTITUIR, "EM CARÁTER DE URGÊNCIA" A PONTE DO CÓRREGO ESPERA FELIZ, QUE FICA NO INÍCIO DA RUA CIRA ROSA DE ASSIS, ESQUINA COM A RUA ROQUE FERREIRA DE CASTRO.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3069/3069_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3069/3069_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE COLOCAR REDUTORES DE VELOCIDADE E PLACAS INFORMANDO "ESCOLA", NAS PROXIMIDADES DA TURMA VINCULADA PEDRA MENINA - CHAVE, QUE PERTENCE A ESCOLA ESTADUAL FAZENDA CÓRREGO GRANDE</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3070/3070_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3070/3070_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR UMA LIMPEZA DENTRO DA GALERIA DO BAIRRO DO ROQUE E APÓS PAVIMENTÁ-LA, E AINDA, DENTRO DAS POSSIBILIDADES COBRIR ESTA GALERIA, CONFORME FEITO NA PRAÇA AMENAIDE VASCONCELOS.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3071/3071_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3071/3071_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE FAZER UM CANTEIRO DE FLORES NA ENTRADA DO BAIRRO DO ROQUE, NA RUA MARIA VEIGA.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3072/3072_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3072/3072_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REFAZER A PAVIMENTAÇÃO DA RUA MARIA VEIGA, QUE FICA NA ENTRADA DO BAIRRO DO ROQUE, HAJA VISTA QUE OS BLOQUETES ESTÃO PRATICAMENTE TODOS QUEBRADOS, NÃO TENDO COMO CONSERTAR E SIM, REPITO, REFAZER ESTE CALÇAMENTO.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3073/3073_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3073/3073_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE REALIZAR, UMA LIMPEZA AO REDOR DA ESCOLA MUNICIPAL ALTO SÃO DOMINGOS (TV FORQUILHA DO RIO) E AINDA DEMARCAR, A ÁREA COM ALAMBRADO.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3074/3074_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3074/3074_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR TRÊS QUEBRA-MOLAS NA ESTRADA DA COMUNIDADE DO TABOÃO, SENDO: UM EM FRENTE À ENTRADA DA PROPRIEDADE DO SR. GILBERTO BATISTA; OUTRO EM FRENTE À ENTRADA DA PROPRIEDADE DO SR. VANDO DO DÉ; E OUTRO EM FRENTE À RESIDÊNCIA DO SR. SINVAL. </t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3075/3075_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3075/3075_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UMA SALA PARA SER INSTALADO O TELECENTRO COMUNITÁRIO DO TABOÃO, SENDO SUGERIDO CONSTRUIR AO LADO DA ESCOLA, NA PROPRIEDADE DO SR. JOÃO CANUTO (QUE GENTILMENTE JÁ CEDEU O ESPAÇO). </t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3076/3076_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3076/3076_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ANALISE OS ANEXOS ENCAMINHADOS SOBRE O EDITAL DE PATROCÍNIO DO GOVERNO DO ESTADO PARA PROJETOS E EVENTOS QUE PROMOVAM DESENVOLVIMENTO SOCIAL E DENTRO DAS VIABILIDADES SE INSCREVA NA PÁGINA WWW.CODEMIG.COM.BR. SENDO EM REGIME DE URGÊNCIA, HAJA VISTA QUE O PRAZO PARA INSCRIÇÃO FINALIZA NO DIA 31 DE MAIO.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3077/3077_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3077/3077_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VIABILIZE A CONSTRUÇÃO DE UMA VARANDA NO PSF LUZ VANGUARDA, PROPORCIONANDO MAIS CONFORTO PARA OS USUÁRIOS DO LOCAL.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3078/3078_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3078/3078_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, DENTRO DAS VIABILIDADES, COM O AUXÍLIO DAS MÁQUINAS DA PREFEITURA, FAÇA ABERTURA DE ESTRADA QUE DÁ ACESSO AO CÓRREGO DOS LEANDROS, NA COMUNIDADE DE SÃO DOMINGOS E APÓS ABERTURA COLOCAR SAIBRO.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3079/3079_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3079/3079_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, REALIZE OBRA DE CALÇAMENTO E INSTALAÇÃO DE REDE DE ESGOTO NA RUA CORNÉLIO JOSÉ BRAZ, QUE FICA LOCALIZADA NO BAIRRO VALE DO SOL II. </t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3080/3080_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3080/3080_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, REALIZE OBRA DE CALÇAMENTO E INSTALAÇÃO DE REDE DE ESGOTO NA RUA JOSÉ GOMES, QUE FICA LOCALIZADA NO BAIRRO VALE DO SOL II.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3081/3081_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3081/3081_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL, FIQUE AUTORIZADO A PROCEDER UMA HOMENAGEM ESPECIAL A SERVIDORES DA SECRETARIA DE EDUCAÇÃO QUE REALIZAM/REALIZARAM AO LONGO DOS ANOS RELEVANTES SERVIÇOS À EDUCAÇÃO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3082/3082_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3082/3082_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR NA ÁREA DE LAZER, BRINQUEDOS INDICADOS PARA CRIANÇAS MENORES DE DOZE ANOS, SEGUINDO O MODELO DOS BRINQUEDOS DAS FOTOS QUE SEGUEM ANEXADAS.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3083/3083_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3083/3083_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER COM REFORMA E AMPLIAÇÃO DO POSTO DE SAÚDE DA COMUNIDADE DA CHAVE, SENDO: CONSTRUÇÃO DE DUAS SALAS, SENDO UMA PARA VACINAÇÃO E OUTRA PARA CURATIVOS; PINTURA</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3084/3084_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3084/3084_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR UMA AMPLIAÇÃO NO PSF HARMONIA QUE FICA LOCALIZADO NO BAIRRO DO ROQUE, CONSTRUINDO AO LADO UM LOCAL COBERTO, ONDE SERÃO REALIZADAS ATIVIDADES FÍSICAS, PALESTRAS E OUTROS EVENTOS DO PSF.</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3085/3085_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3085/3085_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DELIMITAR A ÁREA DO PSF VANGUARDA LUZ, COLOCANDO OS PORTÕES NA PARTE DA FRENTE E MURO OU TELA NA PARTE DOS FUNDOS.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3086/3086_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3086/3086_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE IMPLANTAR UMA NOVA EQUIPE DE SAÚDE DA FAMÍLIA E SAÚDE BUCAL, NA ÁREA DE ABRANGÊNCIA DA EQUIPE DE SAÚDE DA FAMÍLIA PIONEIRA (JOÃO CLARA)</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3087/3087_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3087/3087_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE COLOCAR LATÕES DE LIXO DUPLOS NA COMUNIDADE DA CHAVE, SENDO: UM NO COMEÇO DA ENTRADA DAS TRÊS CRUZES; OUTRO EM FRENTE AO TRAILER E OUTRO PRÓXIMO A ENTRADA DA QUADRA.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Ediel Gomes, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3088/3088_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3088/3088_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER UMA REFORMA NA QUADRA DO BAIRRO JOÃO CLARA, SENDO: VIRAR OS REFLETORES PARA DENTRO DA QUADRA; AUMENTAR O TAMANHO DA QUADRA, SENDO QUE EXISTE ÁREA DEVIDA; COBERTURA.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3089/3089_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3089/3089_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA VIABILIDADE DE INSTALAR POSTES DE ILUMINAÇÃO PÚBLICA NA RUA MANOEL VENTURA.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3094/3094_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3094/3094_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UM QUEBRA-MOLAS NA RUA MANOEL VENTURA.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3090/3090_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3090/3090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVER AS DATAS DE ENCAMINHAMENTO DOS PROJETOS REFERENTES À LIBERAÇÃO DE VERBAS PARA EVENTOS NO MUNICÍPIO, ENCAMINHANDO-OS COM MAIS ANTECEDÊNCIA. </t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3091/3091_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3091/3091_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER COM A RECUPERAÇÃO DO BURACO EXISTENTE NA RUA MOACIR MAGALHÃES CALDEIRA, OU NÃO SENDO COMPETÊNCIA DO EXECUTIVO, QUE SEJA SOLICITADO À COPASA.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3092/3092_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3092/3092_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR QUEBRA-MOLAS NAS RUAS JOÃO SEBASTIÃO DE AMORIM( SAÍDA PARA CAIANA) E RUA MAJOR PEREIRA (EM FRENTE A VENDA DO SR. LAIR FRAUCHES), HAJA VISTA QUE JÁ FORAM INSTALADAS, AS PLACAS INDICATIVAS DE QUEBRA-MOLAS.</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3095/3095_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3095/3095_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ILUMINAR A COMUNIDADE DE FÁTIMA.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3096/3096_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3096/3096_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CONSTRUIR UM LOCAL APROPRIADO PARA FUNCIONAR O PONTO DE APOIO DO PSF DINÂMICA QUE FICA LOCALIZADO NA COMUNIDADE DE FÁTIMA, TENDO VISTA QUE ESTA UNIDADE DE SAÚDE FUNCIONA ATUALMENTE EM UMA SALA QUE PERTENCE A IGREJA. </t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3097/3097_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3097/3097_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JOÃO DOMINGOS LEAL.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3098/3098_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3098/3098_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA PEDRO TOLEDO.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3099/3099_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3099/3099_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA DALETE HORTÊNCIA DE AZEVEDO</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3100/3100_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3100/3100_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA IZAUTINA FERREIRA DA SILVA</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3101/3101_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3101/3101_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ILUMINAR A PRAÇA JOSÉ ALVES QUE FICA EM FRENTE AO CAMPESTRE CLUBE DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3102/3102_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3102/3102_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR MELHORIAS NA COMUNIDADE DE SÃO GONÇALO, CONFORME ESPECIFICADAS ABAIXO: PASSAR A MÁQUINA RASPANDO E RETIRANDO O RESTANTE DO ASFALTO, DEIXANDO A RUA NIVELADA COM A ESTRADA; REALIZAR LIMPEZA E CAPINA AO REDOR DE TODA A COMUNIDADE.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3103/3103_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3103/3103_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM QUEBRA-MOLAS NA RUA ERNESTO GRILLO, EM FRENTE AO HOTEL VALE VERDE.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3104/3104_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3104/3104_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ALTERAR O CÓDIGO DE POSTURAS DO MUNICÍPIO, "LEI COMPLEMENTAR N. 28/2016, DE 31 DE MARÇO DE 2016", ESPECIFICAMENTE, NO QUE TANGE AO HORÁRIO DE FUNCIONAMENTO, DE ACORDO COM AS SUGESTÕES A SEGUIR: </t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3105/3105_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3105/3105_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER O CALÇAMENTO DA VILA KLABIN.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3106/3106_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3106/3106_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA A AFIXAÇÃO DE PLACAS DE ESTACIONAMENTO EM FRENTE AS ESCOLAS DA ZONA URBANA E RURAL PARA EMBARQUE E DESEMBARQUE DE ALUNOS.</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3107/3107_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3107/3107_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL VEJA A POSSIBILIDADE DE CONSTRUIR UMA PRAÇA NO BAIRRO PÃO DE LÓ.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3108/3108_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3108/3108_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL CRIE UMA COMISSÃO DE CONTROLE INTERNO PARA A PREFEITURA MUNICIPAL DE ESPERA FELIZ, DOTANDO A MESMA DE PROFISSIONAIS DA ÁREA ADMINISTRATIVA, JURÍDICA E CONTÁBIL.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3109/3109_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3109/3109_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA A LAVAGEM DA RUA MARCIONILO EURO CARLOS, UMA VEZ QUE A MESMA ENCONTRA-SE TOTALMENTE TOMADA PELA TERRA E DETRITOS DE CONSTRUÇÕES.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3110/3110_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3110/3110_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA O PATROLAMENTO E CONSEQUENTEMENTE A COLOCAÇÃO DE SAIBRO NA ESTRADA QUE LIGA O ASFALTO APÓS A BARRAGEM ATÉ O BOTEQUIM</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3115/3115_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3115/3115_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA   COMPETENTE, VEJA   A   VIABILIDADE DE CALÇAR A RUA EX-PRESIDENTE JUSCELINO KUBSTCHEK, QUE FICA PRÓXIMA À APAE.</t>
   </si>
   <si>
     <t>3116</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3116/3116_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3116/3116_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O   EXECUTIVO MUNICIPAL, ATRAVÉS   DA   SECRETARIA   COMPETENTE, VEJA   A   VIABILIDADE DE CALÇAR A RUA QUE FAZ DIVISA ESPERA FELIZ A DORES DO RIO PRETO, SENDO A PRIMEIRA RUA ANTES DA ENTRADA DO POSTO FISCAL.</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3117/3117_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3117/3117_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM A SECRETARIA COMPETENTE, PROCEDA MELHORIAS NO MURO DO CEMITÉRIO SÃO JOÃO BATISTA, POIS O MESMO ESTÁ COM PARTE EXPOSTA, CORRENDO RISCO DE DESMORONAR.</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3118/3118_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3118/3118_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O EXECUTIVO   MUNICIPAL, ATRAVÉS   DA   SECRETARIA   COMPETENTE, VEJA   A   VIABILIDADE   ATERRAR A ENTRADA DA ESTRADA DE CHÃO QUE DÁ ACESSO AO CÓRREGO AREIA BRANCA, QUE FICA EM FRENTE AO PESQUE E PAGUE DO MAURO DO AVIÁRIO.</t>
   </si>
   <si>
     <t>3119</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3119/3119_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3119/3119_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE IMPLANTAR BUEIROS NAS RUAS OLIVEIRA NUNES, AMÉRICO CABRAL DE ALMEIDA, PADRE LUIZ BUENO E AVENIDA ARTHUR BINA DA SILVA, BEM COMO MELHORAR A QUALIDADE DA PAVIMENTAÇÃO PARA QUE O ESCOAMENTO DE ÁGUAS PLUVIAIS POSSAM OCORRER DE FORMA SATISFATÓRIA.</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3120/3120_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3120/3120_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ALTERAR O CÓDIGO DE POSTURAS DO MUNICÍPIO &amp;#8220;LEI COMPLEMENTAR Nº. 28/2016, DE 31 DE MARÇO DE 2016&amp;#8221;, ACRESCENTANDO AO ARTIGO 320, UM XII INCISO, COM A SEGUINTE REDAÇÃO: ART. 320............................................................................XII &amp;#8211; NAS CALÇADAS, QUINTAIS, VARANDAS, JARDINS, GARAGENS OU INTERIOR DE ESTABELECIMENTOS COMERCIAIS E RESIDENCIAIS.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3121/3121_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3121/3121_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA DE COMPETENTE, VEJA A VIABILIDADE DE ALTERAR O CÓDIGO DE POSTURAS DO MUNICÍPIO, &amp;#8220;LEI COMPLEMENTAR Nº. 28/2016, DE 31 DE MARÇO DE 2016&amp;#8221;, ACRESCENTANDO AO ARTIGO 348, UM 3º PARÁGRAFO, COM A SEGUINTE REDAÇÃO: ART. 348............................................................................§3º - MEDIANTE LICENÇA ESPECIAL, OS ESTABELECIMENTOS INDUSTRIAIS E COMERCIAIS, PODERÃO ESTENDER SEU FUNCIONAMENTO ATÉ ÀS 22:00 (VINTE E DUAS) HORAS, ESPECIFICAMENTE PARA REALIZAÇÃO DE SERVIÇOS DE CARGAS E DESCARGAS DE MERCADORIAS;</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3122/3122_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3122/3122_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O   EXECUTIVO   MUNICIPAL, ATRAVÉS   DA   SECRETARIA   COMPETENTE, VEJA A VIABILIDADE DE COLOCAR PLACAS INFORMATIVAS NA PRAÇA CIRA ROSA DE ASSIS COM OS DIZERES: NÃO PISE NA GRAMA; PRESERVE A NATUREZA; MANTENHA A PRAÇA LIMPA E BONITA E AINDA, SUGIRO QUE SEJAM COLOCADOS NO MOMENTO, LATÕES PROVISÓRIOS NESTA MESMA PRAÇA, HAJA VISTO ESTAR CIENTE QUE SERÃO COLOCADAS POSTERIORMENTE, LIXEIRAS SELETIVAS.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3123/3123_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3123/3123_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O   EXECUTIVO MUNICIPAL, ATRAVÉS   DA   SECRETARIA   COMPETENTE, VEJA   A   VIABILIDADE DE ADQUIRIR UM CAMINHÃO PIPA NOVO E TAMBÉM EQUIPAMENTOS DE COMBATE A INCÊNDIOS, E MANTER ESTE CAMINHÃO DE PLANTÃO COM FUNCIONÁRIOS DISPONÍVEIS PARA EVENTUAIS ACIDENTES DE INCÊNDIO QUE POSSAM VIR OCORRER NO MUNICÍPIO</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3124/3124_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3124/3124_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE   O   EXECUTIVO MUNICIPAL, ATRAVÉS   DA   SECRETARIA   COMPETENTE, VEJA   A   VIABILIDADE DE REALIZAR UM ESTUDO SOBRE CONSTRUÇÃO DE UMA CICLOVIA E PISTA DE CAMINHADA NA ESTRADA QUE LIGA ESPERA FELIZ A CARANGOLA (BR 482), INICIANDO NO PÓRTICO DE ESPERA FELIZ E FINALIZANDO NO TREVO QUE DÁ ACESSO AO MUNICÍPIO DE MANHUMIRIM, E APÓS DEVIDO ESTUDO, QUE DENTRO DAS POSSIBILIDADES, INTERCEDA JUNTO AO GOVERNO ESTADUAL OU FEDERAL PARA ALCANÇAR RECURSOS PARA REALIZAÇÃO DA OBRA.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADQUIRIR UM ÔNIBUS EXCLUSIVO PARA A SECRETARIA DE ESPORTES, POSSIBILITANDO ATENDER AS COMPETIÇÕES INTERMUNICIPAIS E RURAIS, ALÉM DE ATENDER A DEMANDA DOS ESPORTISTAS NO MUNICÍPIO. SUGIRO AINDA, QUE NA INVIABILIDADE NO MOMENTO DE ADQUIRIR UM ÔNIBUS, SEJA VISTO A VIABILIDADE DE REFORMAR ALGUM ÔNIBUS DO EXECUTIVO, QUE POR VENTURA NÃO ESTEJA SENDO UTILIZADO.</t>
   </si>
   <si>
     <t>3127</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3127/3127_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3127/3127_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COBRAR DA COPASA UMA DIVULGAÇÃO MAIOR E MAIS ESCLARECEDORA QUANTO A NECESSIDADE DE CONTENÇÃO OU ECONOMIA DE ÁGUA. PODENDO SER REALIZADA UM CAMPANHA DE CONSCIENTIZAÇÃO EM PARCERIA ENTRE COPASA/PREFEITURA E CÂMARA. DIVULGAÇÃO COM SONORIZAÇÃO LENTA, EM TODOS OS BAIRROS.</t>
   </si>
   <si>
     <t>3128</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3128/3128_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3128/3128_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFORMAR A PONTE DE MADEIRA QUE FICA NA COMUNIDADE DE SÃO GONÇALO, INDO PARA O CAPIM ROXO, PRÓXIMA AO CEMITÉRIO DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>3129</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3129/3129_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3129/3129_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ADERIR AO PROGRAMA DE INICIATIVA DO GOVERNO ESTADUAL "MAIS ASFALTO" , COM O OBJETIVO DE MELHORAR A MOBILIDADE URBANA E RURAL E, CONSEQUENTEMENTE, MELHORAR O ESCOAMENTO DA PRODUÇÃO AGRÍCOLA DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3130</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3130/3130_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3130/3130_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE TROCAR AS LÂMPADAS DA LUMINÁRIAS DOS PORTAIS DE ENTRADA DO MUNICÍPIO, HAJA VISTA QUE ESTÃO QUEIMADAS.</t>
   </si>
   <si>
     <t>3131</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3131/3131_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3131/3131_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, INTERCEDA JUNTO A CEMIG, PARA REALOCAR OS POSTES DA REDE ELÉTRICA, LOCALIZADOS NA MARGEM DA BR 482, DO LADO ESQUERDO (SENTIDO ESPERA FELIZ A CARANGOLA), INICIANDO NA LOJA DO SR. OLAVIO AUTO PEÇAS E FINALIZANDO NA OFICINA DO MARLON.</t>
   </si>
   <si>
     <t>3132</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3132/3132_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3132/3132_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA MUNICIPAL, VEJA A VIABILIDADE DE MELHORAR O SISTEMA DE MARCAÇÃO DE CONSULTAS DO POSTO DE SAÚDE DO MUNICÍPIO, AUMENTANDO O NÚMERO DE EXAMES E TAMBÉM MELHORANDO A FORMA COMO É REALIZADA A MARCAÇÃO</t>
   </si>
   <si>
     <t>3140</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3140/3140_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3140/3140_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, JUNTAMENTE COM SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE FAZER UMA COBERTURA NA QUADRA DA COMUNIDADE DE VARGEM ALEGRE.</t>
   </si>
   <si>
     <t>3141</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3141/3141_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3141/3141_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA OU ÓRGÃO COMPETENTE, VEJA A VIABILIDADE DE INSTALAR UMA CRECHE NA COMUNIDADE DE SÃO GONÇALO, CONSTRUINDO UM LOCAL PRÓPRIO OU MESMO ALUGANDO UMA RESIDÊNCIA.</t>
   </si>
   <si>
     <t>3142</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3142/3142_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3142/3142_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INCLUIR NO CALENDÁRIO DE EVENTOS A FESTA DO CARRO DE BOI DA COMUNIDADE DO TABOÃO E ADJACÊNCIAS.</t>
   </si>
   <si>
     <t>3143</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3143/3143_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3143/3143_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER UMA REFORMA GERAL NA QUADRA DE SÃO DOMINGOS, NESTE MUNICÍPIO, COMO: COBERTURA, COLOCAR UMA NOVA TELA DE PROTEÇÃO NOS GOLS, RECUPERAÇÃO DO PISO, ILUMINAÇÃO E ETC.</t>
   </si>
   <si>
     <t>3144</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3144/3144_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3144/3144_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA COBERTURA NA QUADRA DA COMUNIDADE DA CHAVE.</t>
   </si>
   <si>
     <t>3145</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3145/3145_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3145/3145_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR A RUA JOSÉ MOREIRA DE LACERDA, NO BAIRRO VALE DO SOL.</t>
   </si>
   <si>
     <t>3146</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3146/3146_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3146/3146_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE AMPLIAR A ESTRADA DO ASSENTAMENTO PADRE JÉSUS, CONFORME SOLICITADO PELOS MORADORES.</t>
   </si>
   <si>
     <t>3147</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3147/3147_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3147/3147_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL SOLICITE DA EMPRESA QUE REALIZA A COLETA DOS DEJETOS DO MATADOURO MUNICIPAL E NAS EMPRESAS QUE COMERCIALIZAM CARNES, QUE O TRANSPORTE EFETUADO PELA MESMA OCORRA ATRAVÉS DE CAMINHÕES FECHADOS (BAÚ) OU CASO SEJAM EFETUADOS EM CAMINHÕES COM CARROCERIA, PROCEDENDO A COBERTURA DO MESMO COM LONA.</t>
   </si>
   <si>
     <t>3148</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3148/3148_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3148/3148_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ABRIR, ENCASCALHAR E CONSTRUIR BUEIROS NA ESTRADA QUE LIGA AS COMUNIDADES: SÃO DOMINGOS A TRÊS CRUZES.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Acácio Siqueira , Ediel Gomes, Elcinho Professor , Eluízio Bilheiro, João Brum, Júlio Maria, Keké Lacerda, Matusalém, Rômolo Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3111/3111_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3111/3111_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRE ADALBERTO DE OLIVEIRA, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO DE ESPERAFELICENSE AUSENTE, NO DIA 14 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3112/3112_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3112/3112_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA ILUSTRE ADRIANA MULLER DIMAS E SOUZA, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO DE HONRA AO MÉRITO, NO DIA 14 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3113/3113_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3113/3113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA ILUSTRE ALINE SAD AMARAL CARLOS, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO ESPERAFELICENSE AUSENTE, NO DIA 14 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3114/3114_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3114/3114_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA ILUSTRE SRA. ALZERINA BARBOSA DE OLIVEIRA, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO DE HONRA AO MÉRITO, NO DIA 14 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3126</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3126/3126_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3126/3126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO CASAL SR. JULIANO JOSÉ PECORARO DE OLIVEIRA E SRA. LEANDRA DO NASCIMENTO CRUZ PECORARO DE OLIVEIRA PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃOS ESPERAFELICENSES. </t>
   </si>
   <si>
     <t>3133</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3133/3133_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3133/3133_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. OLAVIO HEITOR PARA SER HOMENAGEADO NA ENTREGA TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3134</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3134/3134_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3134/3134_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. MARIANA APARECIDA GOMES DA SILVA CORREIA PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO HONORÍFICO DESTA CASA DE LEIS, NO MÊS DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ BENEMÉRITA.</t>
   </si>
   <si>
     <t>3135</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO CASAL FILETO JUNIOR FARIA LOPES E VIVIANE MARA DE LIMA ZANON PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO CIDADÃOS HONORÁRIOS DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3136</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3136/3136_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3136/3136_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. MARIA SOARES MADALENA PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ HONORÁRIA DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3137</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3137/3137_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3137/3137_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. FRANCISCO DUTRA DA SILVA NETO PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3138</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3138/3138_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3138/3138_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO CASAL SR. GILMAR PINHEIRO E LÚCIA CANUTO PARA SEREM HOMENAGEADOS NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃOS HONORÁRIOS DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3139</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3139/3139_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3139/3139_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. ADÃO FERNANDES FERREIRA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE RECEBENDO O TÍTULO DE CIDADÃO BENEMÉRITO.</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3149/3149_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3149/3149_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO SR. DINIS PINHEIRO PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 16 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>2989</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2989/2989_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2989/2989_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A ILUSTRÍSSIMA SRA. CYNARA DE OLIVEIRA RÚBIO MORAES, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA EDUCACIONAL DO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2990/2990_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2990/2990_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O GRUPO "MOUNTAIN BIKE ELO DAS MONTANHAS" PELA REALIZAÇÃO DO III ENCONTRO DE MOUNTAIN BIKES NAS MONTANHAS DA SERRA DO CAPARAÓ - EPIC MOUNTAIN, NOS DIAS 11 E 12 DE FEVEREIRO DE 2017</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4073/brn3c2af423710f_025868.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4073/brn3c2af423710f_025868.pdf</t>
   </si>
   <si>
     <t>"Altera a redação do artigo 38, caput da Lei Municipal n° 883/09 e dá outras providências"</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>Dr. Érick do Amaral e Souza, Eluízio Bilheiro, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4066/plc_16_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4066/plc_16_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera o Plano Carreira dos Servidores Públicos do Poder Legislativo do Município de Espera Feliz, Lei Complementar n° 25/2015 e dá outras providências</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4067/plc_17_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4067/plc_17_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de cargos da Lei Municipal Complementar n° 11/2013 e dá outras providências</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4068/brn3c2af423710f_025636.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4068/brn3c2af423710f_025636.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Restruturação do Regime Próprio de Previdência Social dos Servidores do Município de Espera Feliz e dá outras providências correlatas</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4069/brn3c2af423710f_025670.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4069/brn3c2af423710f_025670.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio Anual do Fundo Previdenciário do Município de Espera Feliz - Fumpref e dá outras providências</t>
   </si>
   <si>
     <t>4070</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4070/brn3c2af423710f_025671.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4070/brn3c2af423710f_025671.pdf</t>
   </si>
   <si>
     <t>Institui o Código de Obras do município de Espera Feliz - MG</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4071/brn3c2af423710f_025754.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4071/brn3c2af423710f_025754.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Uso e Parcelamento do Solo Urbano e Rural no município de Espera Feliz, e dá outras providências</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4072/brn3c2af423710f_025789.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4072/brn3c2af423710f_025789.pdf</t>
   </si>
   <si>
     <t>Institui o Novo Código Tributário do Município</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Estabelecer Programa Municipal de Atendimento ao Produtor Rural do Município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4074/projeto_de_lei_02_de_2017_reestrutura_vencimentos_dos_anexos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4074/projeto_de_lei_02_de_2017_reestrutura_vencimentos_dos_anexos.pdf</t>
   </si>
   <si>
     <t>Reestrutura vencimentos dos anexos ll e lV da Lei Complementar n° 11/13 e anexo ll da Lei Complementar n° 12/13, e dá outras providências</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Eluízio Bilheiro, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4075/projeto_de_lei_03_de_2017_recomposicao_salarial_servidores_camara.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4075/projeto_de_lei_03_de_2017_recomposicao_salarial_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos servidores da Câmara Municipal de Espera Feliz/MG e dá outras providências</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4076/projeto_04_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4076/projeto_04_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza ajuda financeira ao Grêmio Recreativo Escola de Samba Unidos de Espera Feliz e dá outras providências</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4077/projeto_de_lei_05_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4077/projeto_de_lei_05_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza o parcelamento dos valores lançados em dívida ativa pela Fazenda Municipal e dá outras providências</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4078/projeto_de_lei_no_06_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4078/projeto_de_lei_no_06_de_2017.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Incentivos aos Escritores residentes no município</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4079/projeto_de_lei_no_07_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4079/projeto_de_lei_no_07_de_2017.pdf</t>
   </si>
   <si>
     <t>Institui a Semana de Incentivo à Leitura no município</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4080/projeto_08_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4080/projeto_08_de_2017.pdf</t>
   </si>
   <si>
     <t>Autoriza ajuda financeira que especifica</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4081/projeto_09_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4081/projeto_09_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal n° 1.221/2017, de 02/02/2017 e dá outras providências</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4082/projeto_10_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4082/projeto_10_de_2017.pdf</t>
   </si>
   <si>
     <t>Dá denominação à vila que especifica</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4083/projeto_11_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4083/projeto_11_de_2017.pdf</t>
   </si>
   <si>
     <t>Altera o art. da Lei n° 900/09, de 22 de dezembro de 2009</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4084/projeto_12_de_2017_conselho_turismo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4084/projeto_12_de_2017_conselho_turismo.pdf</t>
   </si>
   <si>
     <t>Altera artigo 2°, 3° e 4° da Lei Municipal n° 480/2001 e Lei Municipal n° 697/2005</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4085/projeto_13_de_2017_festa_do_paraiso.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4085/projeto_13_de_2017_festa_do_paraiso.pdf</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4086/projeto_14_de_2017_conselho_de_assistencia_social.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4086/projeto_14_de_2017_conselho_de_assistencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Único de Assistência Social do Município de Espera Feliz/MG e dá outras providências</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4087/projeto_15_de_2017_ajuda_financeira_festa_do_taboao.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4087/projeto_15_de_2017_ajuda_financeira_festa_do_taboao.pdf</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4088/projeto_16_de_2017__conselho_anti_drogas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4088/projeto_16_de_2017__conselho_anti_drogas.pdf</t>
   </si>
   <si>
     <t>Altera artigo 2° e 14 da Lei Municipal n° 977/2011 e dá outras providências</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4089/brn3c2af423710f_025871.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4089/brn3c2af423710f_025871.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária de 2018 e dá outras providências</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4090/projeto_18_de_2017_rpv.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4090/projeto_18_de_2017_rpv.pdf</t>
   </si>
   <si>
     <t>Fixa valor para pagamento de Obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, parágrafos 3° e 4° da Constituição Federal</t>
   </si>
   <si>
     <t>4091</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4091/projeto_19_de_2017_autismo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4091/projeto_19_de_2017_autismo.pdf</t>
   </si>
   <si>
     <t>Institui no município de Espera Feliz, Estado de Minas Gerais, a Política Municipal dos Direitos das Pessoas com Transtorno de Espectro Autista dá outras providências. A Câmara Municipal faz saber que aprovou e o Prefeito Municipal sancionou a seguintes Lei</t>
   </si>
   <si>
     <t>4092</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4092/projeto_20_de_2017_diaria_servidores_executivo_-_copia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4092/projeto_20_de_2017_diaria_servidores_executivo_-_copia.pdf</t>
   </si>
   <si>
     <t>Altera Valores de Diárias Estabelecidos no anexo ll, constante da Lei Municipal n° 876/2009, de 31/08/2009</t>
   </si>
   <si>
     <t>4093</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4093/projeto_21_de_2017_revoga_adalto_luiz.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4093/projeto_21_de_2017_revoga_adalto_luiz.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei n° 1.137/2015, que aprovou o loteamento Adalto Luiz e dá outras providências</t>
   </si>
   <si>
     <t>4094</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4094/projeto_22_e_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4094/projeto_22_e_2017.pdf</t>
   </si>
   <si>
     <t>Estabelece a exploração do serviço de passeio turístico de passageiros por meio de Trenzinho da Alegria</t>
   </si>
   <si>
     <t>4095</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4095/projeto_23_de_2017_rua_jose_chagrinha.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4095/projeto_23_de_2017_rua_jose_chagrinha.pdf</t>
   </si>
   <si>
     <t>"Dá denominação à Rua que especifica"</t>
   </si>
   <si>
     <t>4096</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4096/projeto_24_de_2017_regularizacao_fundiaria.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4096/projeto_24_de_2017_regularizacao_fundiaria.pdf</t>
   </si>
   <si>
     <t>Institui a Regularização Fundiária Urbana (Reurb) no município de Espera Feliz/MG, e dá outras providências</t>
   </si>
   <si>
     <t>4097</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4097/projeto_25_de_2017_monte_verde.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4097/projeto_25_de_2017_monte_verde.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública a Associação que especifica"</t>
   </si>
   <si>
     <t>4098</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4098/brn3c2af423710f_025960.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4098/brn3c2af423710f_025960.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2018 e dá outras providências</t>
   </si>
   <si>
     <t>4099</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4099/projeto_27_de_2017_alteracao_fontes.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4099/projeto_27_de_2017_alteracao_fontes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover alterações de fontes e destinações de recursos previstos na LOA/2018 conforme definição da Secretaria do Tesouro Nacional STN</t>
   </si>
   <si>
     <t>4100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4100/brn3c2af423710f_025970.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4100/brn3c2af423710f_025970.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2018-2021</t>
   </si>
   <si>
     <t>4101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4101/projeto_29_de_2017_giz.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4101/projeto_29_de_2017_giz.pdf</t>
   </si>
   <si>
     <t>Dispõe da adoção obrigatória de giz antialérgico ou de caneta para lousa branca, no âmbito da Rede Pública Municipal de Ensino e dá outras providências</t>
   </si>
   <si>
     <t>4102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4102/projeto_de_lei_30_de_2017_valorizacao_da_familia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4102/projeto_de_lei_30_de_2017_valorizacao_da_familia.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Valorização da família e dá outras providências</t>
   </si>
   <si>
     <t>4103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4103/projeto_31_de_2017_-_programa_de_denominacao_de_ruas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4103/projeto_31_de_2017_-_programa_de_denominacao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Estabelece o Programa Municipal de Denominação das Vias Rurais e Pontes do município de Espera Feliz e dá outras providências</t>
   </si>
   <si>
     <t>4105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4105/projeto_32_de_2017_folga_servido_publico.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4105/projeto_32_de_2017_folga_servido_publico.pdf</t>
   </si>
   <si>
     <t>"Concede um dia de folga ao Servidor Público Municipal no dia do seu aniversário, nas situações que especifica"</t>
   </si>
   <si>
     <t>4104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4104/projeto_33_de_2017_folga_servidor_legislativo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4104/projeto_33_de_2017_folga_servidor_legislativo.pdf</t>
   </si>
   <si>
     <t>Concede um dia de folga ao Servidor do Legislativo Municipal no dia do seu aniversário, nas situações que especifica.</t>
   </si>
   <si>
     <t>4106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4106/projeto_34_de_2017_revoga_loteamento_vasconcelos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4106/projeto_34_de_2017_revoga_loteamento_vasconcelos.pdf</t>
   </si>
   <si>
     <t>Revoga Lei Municipal nº 1.138/2015, que aprovou o loteamento Vasconcelos e dá outras providências.</t>
   </si>
   <si>
     <t>4107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4107/projeto_35_de_2017_revoga_loteamento_jardim_pinheiro.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4107/projeto_35_de_2017_revoga_loteamento_jardim_pinheiro.pdf</t>
   </si>
   <si>
     <t>Revoga Lei Municipal nº 1.171/2015, que aprovou o Loteamento Jardim Pinheiro e dá outras providências.</t>
   </si>
   <si>
     <t>4108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4108/projeto_36_de_2017_operacao_de_credito.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4108/projeto_36_de_2017_operacao_de_credito.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com Banco do Brasil S.A., e dá outras providências.</t>
   </si>
   <si>
     <t>4109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4109/projeto_de_lei_37-2017_000275.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4109/projeto_de_lei_37-2017_000275.pdf</t>
   </si>
   <si>
     <t>Aprova Plano Municipal de Turismo de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4110/projeto_de_lei_38-2017_000276.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4110/projeto_de_lei_38-2017_000276.pdf</t>
   </si>
   <si>
     <t>Consolida as Normas Jurídicas pertinentes à Política Nacional de Turismo e ações dela decorrentes no município e dá outras providências.</t>
   </si>
   <si>
     <t>4111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4111/projeto_de_lei_39-2017_000277.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4111/projeto_de_lei_39-2017_000277.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão de espaço público para práticas esportivas que envolvam competições e dá outras providências.</t>
   </si>
   <si>
     <t>3179</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora, Dr. Erick Amaral, Eluízio Bilheiro, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3179/3179_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3179/3179_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA MEMBROS DAS COMISSÕES PERMANENTES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3180/3180_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3180/3180_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 124 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL, RESOLUÇÃO N. 157/2008, DE 03 DE DEZEMBRO DE 2008.</t>
   </si>
   <si>
     <t>4112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4112/brn3c2af423710f_025995.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4112/brn3c2af423710f_025995.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ESPERA FELIZ RELATIVA AO EXERCÍCIO DE 2007</t>
   </si>
   <si>
     <t>3181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA DOTAÇÕES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018 DA CÂMARA MUNICIPAL DE ESPERA FELIZ E CONTÉM OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4113/pr_05_de_2017_autoriza_consulta_publica.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4113/pr_05_de_2017_autoriza_consulta_publica.pdf</t>
   </si>
   <si>
     <t>Autoriza a realização da consulta pública que especifica</t>
   </si>
   <si>
     <t>4114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4114/pr_06_de_2017_concessao_de_titulos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4114/pr_06_de_2017_concessao_de_titulos.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DE TÍTULOS DE CIDADANIA HONORÁRIA E BENEMÉRITA, TÍTULOS DE ESPERAFELICENSE AUSENTE E MOÇÕES EM FORMATO DE DIPLOMA E DE OFÍCIO, PELA CÂMARA MUNICIPAL DE ESPERA FELIZ, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4115</t>
   </si>
   <si>
     <t>Ediel Gomes, João Brum, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4115/brn3c2af423710f_025996.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4115/brn3c2af423710f_025996.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE ESPERA FELIZ RELATIVA AO EXERCÍCIO DE 2015</t>
   </si>
   <si>
     <t>4116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4116/brn3c2af423710f_025997.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4116/brn3c2af423710f_025997.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADÃO HONORÁRIO DE ESPERA FELIZ E CIDADÃO BENEMÉRITO ÀS PESSOAS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>4117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4117/pr_09_de_2017_cessao_estagiario.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4117/pr_09_de_2017_cessao_estagiario.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CÂMARA MUNICIPAL A CELEBRAR CONVÊNIO COM A DIREÇÃO DO FORO DA COMARCA DE ESPERA FELIZ/MG PARA CESSÃO DE ESTAGIÁRIO</t>
   </si>
   <si>
     <t>2966</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2966/2966_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2966/2966_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES REFERENTES AOS FUNCIONÁRIOS QUE ATUAM NO GOVERNO MUNICIPAL E TAMBÉM EM OUTROS SETORES PÚBLICOS FORA DO MUNICÍPIO, SE CONSEGUEM CONCILIAR AS CARGAS HORÁRIAS. SOLICITO CRONOGRAMA DE HORÁRIOS DESTES SERVIDORES NO NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>2988</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2988/2988_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2988/2988_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, UMA LISTAGEM DO EXECUTIVO MUNICIPAL COM OS NOMES DOS RESPONSÁVEIS PELAS SECRETARIAS MUNICIPAIS E TAMBÉM OS CARGOS DE CHEFIA DE TODOS SETORES MUNICIPAIS (EX: CHEFE DE SETOR DE TRIBUTAÇÃO, DIRETOR DE DEPARTAMENTO; ETC.) A FIM DE PRESTARMOS INFORMAÇÕES AOS MUNÍCIPES QUE NOS PROCURAM QUERENDO SABER A QUEM RECORRER QUANDO NECESSITAM DOS SERVIÇOS PÚBLICOS.</t>
   </si>
   <si>
     <t>2986</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2986/2986_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2986/2986_texto_integral.pdf</t>
   </si>
   <si>
     <t>SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES DA SECRETARIA   MUNICIPAL   DE EDUCAÇÃO   SE   ALGUM   VEÍCULO   QUE   REALIZA   O   TRANSPORTE ESCOLAR, FAZ O ITINERÁRIO QUE PASSA PELA RUA MAJOR PEREIRA, PRÓXIMO   A   APAE, TANTO   NO   PERÍODO   MATUTINO   QUANTO VESPERTINO. CASO NÃO HAJA O TRANSPORTE DOS ALUNOS, SE HÁ ALGUMA PREVISÃO PARA FAZÊ &amp;#8211; LO?</t>
   </si>
   <si>
     <t>2987</t>
   </si>
   <si>
     <t>João Brum, Júlio Maria, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2987/2987_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2987/2987_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES, QUE A ESTE SUBSCREVEM, MEMBROS DA COMISSÃO DE OBRAS E SERVIÇOS PÚBLICOS, NOS TERMOS REGIMENTAIS, REQUEREM QUE APÓS OUVIDO O PLENÁRIO SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS O MOTIVO PELO QUAL A CONSTRUÇÃO DA QUADRA ESPORTIVA NO CÓRREGO MARIANINHO NÃO FOI FINALIZADA, DIANTE DOS QUESTIONAMENTOS DAQUELA LOCALIDADE, QUE CONTA COM POUCAS OPÇÕES DE LAZER.</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3032/3032_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3032/3032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME  ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, QUE SEJA INFORMADO PELA PREFEITURA MUNICIPAL SE EXISTE ALGUM PLANO PARA REALIZAÇÃO DA ILUMINAÇÃO PÚBLICA NA RUA C, LOCALIZADA EM SÃO DOMINGOS. </t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3033/3033_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3033/3033_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SOBRE QUEM SÃO OS PROFISSIONAIS DA EMPRESA AMMEL SAÚDE LTDA QUE REALIZAM AS PERÍCIAS MÉDICAS NOS SERVIDORES QUE SE ENCONTRAM EM AFASTAMENTO FUNCIONAL(ATESTADO MÉDICO). SE EXISTE UM LIVRO DE OCORRÊNCIAS PARA REGISTRAR EVENTUAIS DESVIOS DE CONDUTAS DOS FUNCIONÁRIOS DA CITADA EMPRESA. QUE INFORME A QUANTIDADE DE SERVIDORES SE SUBMETERAM A PERÍCIA NOS MESES DE OUTUBRO, NOVEMBRO, DEZEMBRO DE 2016 E NOS MESES DE JANEIRO E FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3034/3034_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3034/3034_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE,REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, CÓPIAS DOS ALVARÁS DE LOCALIZAÇÃO E FUNCIONAMENTO DOS ESTABELECIMENTOS SUPERMERCADO JACARÉ E A LOJA MARCOLOJA, PARA CONHECIMENTO DE HORÁRIO DE FUNCIONAMENTO.</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3035/3035_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3035/3035_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES REFERENTES ÀS PROVIDÊNCIAS QUE FORAM TOMADAS EM RELAÇÃO À INDICAÇÃO DE N.: 08/2017 DE 01 DE FEVEREIRO DESTA CASA DE LEIS, ENCAMINHADA A ESTE RENOMADO ÓRGÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>3061</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3061/3061_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3061/3061_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, UMA DECLARAÇÃO DO EXECUTIVO MUNICIPAL COMPROVANDO QUE NÃO HÁ PRÁTICA DE APLICAÇÃO DE HERBICIDA HOUNDUP EM ÁREAS DE RISCO, CONFORME DETERMINADO POR LEI, HAJA VISTA QUE ALGUNS PAIS DENUNCIARAM ESTA APLICAÇÃO AO REDOR DAS ESCOLAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3062</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3062/3062_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3062/3062_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL INFORMAÇÕES SOBRE QUANTOS FISCAIS DE POSTURA POSSUI ATUALMENTE EM SEU QUADRO DE PESSOAL, BEM COMO, CASO EXISTAM FISCAIS NESTA ÁREA, SE OS MESMOS REALIZAM PERIODICAMENTE A FISCALIZAÇÃO DA OCUPAÇÃO DOS LOGRADOUROS POR MESAS E CADEIRAS NOS TERMOS DO ARTIGO 140 A 143 DO CÓDIGO DE POSTURAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3063</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3063/3063_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3063/3063_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUEREM QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, AS INFORMAÇÕES CITADAS ABAIXO: I) O MOTIVO PELO QUAL AS LUZES DA ÁREA DE LAZER ENCONTRAM-SE APAGADAS NO PERÍODO NOTURNO; II) CASO SEJAM PROBLEMAS NA REDE ELÉTRICA, INFORMAR QUANDO SERÁ SOLUCIONADO</t>
   </si>
   <si>
     <t>3064</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3064/3064_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3064/3064_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, REQUEREM QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ARTIGO 66 DA LEI ORGÂNICA, PARÁGRAFO XIV AS INFORMAÇÕES CITADAS ABAIXO: I) A FREQUÊNCIA MENSAL, EM DIAS OU HORAS, QUE OS FISCAIS DE POSTURAS E OBRAS, DESENVOLVEM "EM CAMPO", AS ATIVIDADES DE FISCALIZAÇÃO E ORIENTAÇÃO AOS CONTRIBUINTES; II) SE O NÚMERO DE FUNCIONÁRIOS PÚBLICOS MUNICIPAIS QUE PREENCHEM AS VAGAS PARA O CARGO DE FISCAL É SUFICIENTE PARA DESENVOLVER OS TRABALHOS COM EFICIÊNCIA E EFICÁCIA, SEGUNDO PRINCÍPIOS ELEMENTARES DA GESTÃO PÚBLICA; III) CASO O NÚMERO DE VAGAS PARA O CARGO DE FISCAL NÃO SEJA SUFICIENTE, INFORMAR SE HÁ PERSPECTIVA DE REALIZAÇÃO DE CONCURSO PÚBLICO PARA O REFERIDO CARGO NO FUTURO PRÓXIMO.</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3065/3065_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3065/3065_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SOBRE O MOTIVO DO SETOR DE TRIBUTAÇÃO NÃO ESTAR SEGUINDO AS NORMAS DOS HORÁRIOS ESTABELECIDOS NO CÓDIGO DE POSTURAS DO MUNICÍPIO PARA LIBERAÇÃO DE ALVARÁ. CONSIDERANDO QUE DE ACORDO COM O ALVARÁ DO ESTABELECIMENTO JACARÉ DISTRIBUIDORA DE ALIMENTOS LTDA, QUE SEGUE ANEXADO O HORÁRIO DE FUNCIONAMENTO AOS DOMINGOS E FERIADOS É DE 08:00 H ÀS 15:00 H, E NO CÓDIGO DE POSTURAS É DE 8 H ÀS 13 H, HAVENDO ASSIM UMA CONTRADIÇÃO A LEI. </t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>Elcinho Professor , Ediel Gomes, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3066/3066_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3066/3066_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ESTE SUBSCREVEM, APÓS TRAMITAÇÃO REGIMENTAL, REQUEREM QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ARTIGO 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, RELAÇÃO CONTANDO OS NOMES DE TODAS AS ENTIDADES E ASSOCIAÇÕES FILANTRÓPICAS QUE RECEBEM REPASSES/AUXÍLIO PÚBLICO ATRAVÉS DO EXECUTIVO MUNICIPAL, BEM COMO RELAÇÃO DAS ASSOCIAÇÕES E ENTIDADES FILANTRÓPICAS CADASTRADAS NA SECRETARIA DE AÇÃO SOCIAL.</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3067/3067_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3067/3067_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONTENDO OS VALORES QUE DESTINADOS ÀS APAS DA VARGEM ALEGRE E DO TABOÃO, E AINDA, ESPECIFICADOS ONDE ESTES RECURSOS SÃO APLICADOS.</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3068/3068_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3068/3068_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, INFORMAÇÕES COM O NOME DA EMPRESA GANHADORA DA LICITAÇÃO DE MAQUINÁRIO PARA ATENDIMENTO AOS PRODUTORES RURAIS  DA REGIÃO DO TABOÃO E ADJACÊNCIAS</t>
   </si>
   <si>
     <t>3151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3151/3151_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3151/3151_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONTENDO OS VALORES DESTINADOS AO REEMBOLSO A TÍTULO DE DIÁRIAS AOS SERVIDORES MOTORISTAS LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE, CIRCUNSTANCIADAMENTE QUANTO AOS DESLOCAMENTOS QUE TIVERAM COMO DESTINO A CAPITAL DO ESTADO NO PERÍODO COMPREENDIDO ENTRE O PRIMEIRO DIA DE JANEIRO DO CORRENTE ANO ATÉ A PRESENTE DATA, DISCRIMINANDO DE FORMA INDIVIDUALIZADA OS SERVIDORES E DATAS DOS REFERIDOS DESLOCAMENTOS, BEM COMO, OS VALORES E DATAS EM QUE EFETIVAMENTE FORAM REEMBOLSADOS.</t>
   </si>
   <si>
     <t>3152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3152/3152_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3152/3152_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ARTIGO 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, UMA RELAÇÃO CONSTANDO TODOS OS IMÓVEIS (PRÉDIOS, TERRENOS, ETC.) QUE PERTENCEM AO EXECUTIVO MUNICIPAL, COM SEUS RESPECTIVOS ENDEREÇOS.</t>
   </si>
   <si>
     <t>3153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3153/3153_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3153/3153_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ARTIGO 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, UMA RELAÇÃO ESPECIFICANDO OS MEMBROS DAS DIRETORIAS DE TODAS AS ASSOCIAÇÕES QUE RECEBEM REPASSE DO MUNICÍPIO, E AINDA, O ENDEREÇO DE CADA ASSOCIAÇÃO.</t>
   </si>
   <si>
     <t>3154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3154/3154_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3154/3154_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE  LEIS, RESPEITANDO O PRAZO REGIMENTAL CONFORME ART. 66  DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES CONTENDO O VALOR TOTAL GASTO NA REALIZAÇÃO DA 36ª EXPOSIÇÃO AGROPECUÁRIA DE ESPERA FELIZ, REALIZADA NO ANO DE 2016.</t>
   </si>
   <si>
     <t>3155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3155/3155_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3155/3155_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES DETALHADAS DOS GASTOS QUE SERÃO UTILIZADOS NA REALIZAÇÃO DA 37ª EXPOSIÇÃO AGROPECUÁRIA DE ESPERA FELIZ OU ATÉ MESMO UMA PREVISÃO, ESPECIFICANDO OS VALORES QUE SERÃO APLICADOS NOS SHOWS, PALCO, ILUMINAÇÃO, SONORIZAÇÃO, TELÕES, DIVULGAÇÃO, CONCURSO LEITEIRO, PAVILHÃO DE PRODUTOS AGRÍCOLAS E ARTESANAL, ETC. </t>
   </si>
   <si>
     <t>3156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3156/3156_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3156/3156_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, CÓPIA DO CONTRATO DA EMPRESA VENCEDORA DA LICITAÇÃO PARA CONSTRUÇÃO DAS SECRETARIAS MUNICIPAIS.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3157/3157_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3157/3157_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, ESCLARECIMENTOS SOBRE A SITUAÇÃO QUE VEM OCORRENDO NA RUA MAJOR PEREIRA, NA ALTURA DO NÚMERO 444. SEGUNDO INFORMAÇÕES DE MORADORES, A PROPRIETÁRIA DA CASA DOS FUNDOS COLOCOU UM PORTÃO ENTRE UMA RESIDÊNCIA E OUTRA, FECHANDO UM LOCAL QUE DAVA ACESSO ÀS PESSOAS DE PASSAREM PARA A RUA DE CIMA E DE ACORDO COM ELES ESTA SITUAÇÃO ESTÁ TOTALMENTE ERRADA, POIS AFIRMAM QUE ESTA ÁREA É PÚBLICA.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3158/3158_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3158/3158_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SE HÁ VIABILIDADE DE INSTALAR NO ANO CORRENTE A EMISSÃO DE GUIAS E CERTIDÕES NEGATIVAS, BEM COMO OUTROS SERVIÇOS ATRAVÉS DO SITE INSTITUCIONAL.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3159/3159_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3159/3159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SE POSSUI A SALA DE ESTABILIZAÇÃO PREVISTA NA PORTARIA 2.338/2011 DO MINISTÉRIO DA SAÚDE QUE ESTABELECEU AS DIRETRIZES PARA IMPLANTAÇÃO DAS MESMAS. CASO POSSUA, INFORME SE RECEBEU OS RECURSOS PREVISTOS NO ARTIGO 7º DA REFERIDA PORTARIA, CASO NÃO POSSUA, SE TEM A INTENÇÃO DE CRIAR A REFERIDA SALA. </t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3160/3160_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3160/3160_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONTENDO OS ABASTECIMENTOS DE COMBUSTÍVEIS REALIZADOS NOS VEÍCULOS DISPONIBILIZADOS À SECRETARIA MUNICIPAL DE SAÚDE NO PERÍODO COMPREENDIDO ENTRE O PRIMEIRO DIA DE JANEIRO DO CORRENTE ANO ATÉ A PRESENTE DATA, CONTENDO DE FORMA INDIVIDUALIZADA AS PLACAS DOS VEÍCULOS ABASTECIMENTOS, A QUANTIDADE E O TIPO DE COMBUSTÍVEL, OS VALORES, DATAS E ESTABELECIMENTO EM QUE FORAM REALIZADAS, BEM COMO A IDENTIFICAÇÃO DOS SERVIDORES MOTORISTAS LOTADOS OU NÃO NA CITADA SECRETARIA E QUE EFETIVAMENTE ASSINARAM AS RESPECTIVAS NOTAS DE ABASTECIMENTO.</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3161/3161_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3161/3161_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, UMA RELAÇÃO CONTENDO OS VALORES DESTINADOS AO REEMBOLSO A TÍTULO DE DIÁRIAS AOS SERVIDORES MOTORISTAS LOTADOS NA SECRETARIA MUNICIPAL DE SAÚDE NO PERÍODO COMPREENDIDO ENTRE O PRIMEIRO DIA DE JANEIRO DO CORRENTE ANO ATÉ A PRESENTE DATA, DISCRIMINANDO DE FORMA INDIVIDUALIZADA OS SERVIDORES, OS VEÍCULOS UTILIZADOS, DATAS, DESTINOS ESPECIFICANDO OS ESTABELECIMENTOS E HORÁRIOS DE ATENDIMENTO OU OBJETIVO DOS REFERIDOS DESLOCAMENTOS,BEM COMO, OS VALORES E DATAS EM QUE EFETIVAMENTE FORAM REEMBOLSADOS.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3162/3162_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3162/3162_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, RELAÇÃO NOMINAL E DATA DE ADMISSÃO DOS FUNCIONÁRIOS EFETIVOS, ADMITIDOS APÓS MAIO DE 2010 ATÉ A PRESENTE DATA.</t>
   </si>
   <si>
     <t>3150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3150/3150_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3150/3150_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XVI, UMA RELAÇÃO DOS MEMBROS DA COMISSÃO DE AVALIAÇÃO E COMISSÃO DE RECURSOS, CONFORME ART. 35 DO PLANO DE CARGOS, CARREIRAS E VENCIMENTOS DOS SERVIÇOS PÚBLICOS - EXECUTIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, CÓPIA DO FORMULÁRIO QUE FOI ADOTADO PARA REALIZAR AVALIAÇÃO NO PLANO DE CARGOS, CARREIRA E VENCIMENTOS DO EXECUTIVO, CONFORME ESPECIFICADO NO PARÁGRAFO 1º DO ARTIGO 35 DESTE PLANO.</t>
   </si>
   <si>
     <t>3335</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/3335/req_31.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/3335/req_31.pdf</t>
   </si>
   <si>
     <t>Informações se o Executivo está buscando alternativas para solucionar o acentuado problema de inúmeras redes de esgoto que absorvem também a rede pluvial do nosso município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3144,67 +3144,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2950/2950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2951/2951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2952/2952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2953/2953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2954/2954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2955/2955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2957/2957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2958/2958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2959/2959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2960/2960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2961/2961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2962/2962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2963/2963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2964/2964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2965/2965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2967/2967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2968/2968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2969/2969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2970/2970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2971/2971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2972/2972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2973/2973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2974/2974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2975/2975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2976/2976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2977/2977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2978/2978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2979/2979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2980/2980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2981/2981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2982/2982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2983/2983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2984/2984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2985/2985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3013/3013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3014/3014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3015/3015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3016/3016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3017/3017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3018/3018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3030/3030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3019/3019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3020/3020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3021/3021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3022/3022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3024/3024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3025/3025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3026/3026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3027/3027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3028/3028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3029/3029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3036/3036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3039/3039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3040/3040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3041/3041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3042/3042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3043/3043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3044/3044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3045/3045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3046/3046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3047/3047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3048/3048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3049/3049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3050/3050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3052/3052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3053/3053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3054/3054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3055/3055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3056/3056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3057/3057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3058/3058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3059/3059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3060/3060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3069/3069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3070/3070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3071/3071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3072/3072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3073/3073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3074/3074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3075/3075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3077/3077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3078/3078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3079/3079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3080/3080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3081/3081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3082/3082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3083/3083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3084/3084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3085/3085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3086/3086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3087/3087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3088/3088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3089/3089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3094/3094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3090/3090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3091/3091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3092/3092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3095/3095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3096/3096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3097/3097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3098/3098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3099/3099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3100/3100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3101/3101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3102/3102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3103/3103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3104/3104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3106/3106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3107/3107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3108/3108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3109/3109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3110/3110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3115/3115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3116/3116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3117/3117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3118/3118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3119/3119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3120/3120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3121/3121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3122/3122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3123/3123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3124/3124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3127/3127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3128/3128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3129/3129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3130/3130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3131/3131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3132/3132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3141/3141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3148/3148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3111/3111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3112/3112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3113/3113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3114/3114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3126/3126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3133/3133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3134/3134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3136/3136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3137/3137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3138/3138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3139/3139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3149/3149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2989/2989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2990/2990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4073/brn3c2af423710f_025868.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4066/plc_16_de_2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4067/plc_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4068/brn3c2af423710f_025636.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4069/brn3c2af423710f_025670.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4070/brn3c2af423710f_025671.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4071/brn3c2af423710f_025754.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4072/brn3c2af423710f_025789.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4074/projeto_de_lei_02_de_2017_reestrutura_vencimentos_dos_anexos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4075/projeto_de_lei_03_de_2017_recomposicao_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4076/projeto_04_de_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4077/projeto_de_lei_05_de_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4078/projeto_de_lei_no_06_de_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4079/projeto_de_lei_no_07_de_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4080/projeto_08_de_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4081/projeto_09_de_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4082/projeto_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4083/projeto_11_de_2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4084/projeto_12_de_2017_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4085/projeto_13_de_2017_festa_do_paraiso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4086/projeto_14_de_2017_conselho_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4087/projeto_15_de_2017_ajuda_financeira_festa_do_taboao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4088/projeto_16_de_2017__conselho_anti_drogas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4089/brn3c2af423710f_025871.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4090/projeto_18_de_2017_rpv.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4091/projeto_19_de_2017_autismo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4092/projeto_20_de_2017_diaria_servidores_executivo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4093/projeto_21_de_2017_revoga_adalto_luiz.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4094/projeto_22_e_2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4095/projeto_23_de_2017_rua_jose_chagrinha.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4096/projeto_24_de_2017_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4097/projeto_25_de_2017_monte_verde.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4098/brn3c2af423710f_025960.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4099/projeto_27_de_2017_alteracao_fontes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4100/brn3c2af423710f_025970.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4101/projeto_29_de_2017_giz.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4102/projeto_de_lei_30_de_2017_valorizacao_da_familia.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4103/projeto_31_de_2017_-_programa_de_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4105/projeto_32_de_2017_folga_servido_publico.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4104/projeto_33_de_2017_folga_servidor_legislativo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4106/projeto_34_de_2017_revoga_loteamento_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4107/projeto_35_de_2017_revoga_loteamento_jardim_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4108/projeto_36_de_2017_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4109/projeto_de_lei_37-2017_000275.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4110/projeto_de_lei_38-2017_000276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4111/projeto_de_lei_39-2017_000277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3179/3179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3180/3180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4112/brn3c2af423710f_025995.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4113/pr_05_de_2017_autoriza_consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4114/pr_06_de_2017_concessao_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4115/brn3c2af423710f_025996.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4116/brn3c2af423710f_025997.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4117/pr_09_de_2017_cessao_estagiario.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2966/2966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2988/2988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2986/2986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2987/2987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3032/3032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3033/3033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3034/3034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3035/3035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3061/3061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3062/3062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3063/3063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3064/3064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3065/3065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3066/3066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3067/3067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3068/3068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3152/3152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3153/3153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3154/3154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3155/3155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3157/3157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3158/3158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3159/3159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3160/3160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3161/3161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/3335/req_31.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2950/2950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2951/2951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2952/2952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2953/2953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2954/2954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2955/2955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2956/2956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2957/2957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2958/2958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2959/2959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2960/2960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2961/2961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2962/2962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2963/2963_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2964/2964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2965/2965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2967/2967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2968/2968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2969/2969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2970/2970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2971/2971_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2972/2972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2973/2973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2974/2974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2975/2975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2976/2976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2977/2977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2978/2978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2979/2979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2980/2980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2981/2981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2982/2982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2983/2983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2984/2984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2985/2985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3013/3013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3014/3014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3015/3015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3016/3016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3017/3017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3018/3018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3030/3030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3019/3019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3020/3020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3021/3021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3022/3022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3023/3023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3024/3024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3025/3025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3026/3026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3027/3027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3028/3028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3029/3029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3036/3036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3039/3039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3040/3040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3041/3041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3042/3042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3043/3043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3044/3044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3045/3045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3046/3046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3047/3047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3048/3048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3049/3049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3050/3050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3051/3051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3052/3052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3053/3053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3054/3054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3055/3055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3056/3056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3057/3057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3058/3058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3059/3059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3060/3060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3069/3069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3070/3070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3071/3071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3072/3072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3073/3073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3074/3074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3075/3075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3076/3076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3077/3077_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3078/3078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3079/3079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3080/3080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3081/3081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3082/3082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3083/3083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3084/3084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3085/3085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3086/3086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3087/3087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3088/3088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3089/3089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3094/3094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3090/3090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3091/3091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3092/3092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3095/3095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3096/3096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3097/3097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3098/3098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3099/3099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3100/3100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3101/3101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3102/3102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3103/3103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3104/3104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3105/3105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3106/3106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3107/3107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3108/3108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3109/3109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3110/3110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3115/3115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3116/3116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3117/3117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3118/3118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3119/3119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3120/3120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3121/3121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3122/3122_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3123/3123_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3124/3124_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3127/3127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3128/3128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3129/3129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3130/3130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3131/3131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3132/3132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3140/3140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3141/3141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3142/3142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3143/3143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3144/3144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3145/3145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3146/3146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3147/3147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3148/3148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3111/3111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3112/3112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3113/3113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3114/3114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3126/3126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3133/3133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3134/3134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3135/3135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3136/3136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3137/3137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3138/3138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3139/3139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3149/3149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2989/2989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2990/2990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4073/brn3c2af423710f_025868.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4066/plc_16_de_2017.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4067/plc_17_de_2017.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4068/brn3c2af423710f_025636.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4069/brn3c2af423710f_025670.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4070/brn3c2af423710f_025671.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4071/brn3c2af423710f_025754.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4072/brn3c2af423710f_025789.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4074/projeto_de_lei_02_de_2017_reestrutura_vencimentos_dos_anexos.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4075/projeto_de_lei_03_de_2017_recomposicao_salarial_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4076/projeto_04_de_2017.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4077/projeto_de_lei_05_de_2017.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4078/projeto_de_lei_no_06_de_2017.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4079/projeto_de_lei_no_07_de_2017.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4080/projeto_08_de_2017.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4081/projeto_09_de_2017.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4082/projeto_10_de_2017.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4083/projeto_11_de_2017.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4084/projeto_12_de_2017_conselho_turismo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4085/projeto_13_de_2017_festa_do_paraiso.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4086/projeto_14_de_2017_conselho_de_assistencia_social.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4087/projeto_15_de_2017_ajuda_financeira_festa_do_taboao.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4088/projeto_16_de_2017__conselho_anti_drogas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4089/brn3c2af423710f_025871.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4090/projeto_18_de_2017_rpv.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4091/projeto_19_de_2017_autismo.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4092/projeto_20_de_2017_diaria_servidores_executivo_-_copia.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4093/projeto_21_de_2017_revoga_adalto_luiz.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4094/projeto_22_e_2017.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4095/projeto_23_de_2017_rua_jose_chagrinha.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4096/projeto_24_de_2017_regularizacao_fundiaria.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4097/projeto_25_de_2017_monte_verde.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4098/brn3c2af423710f_025960.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4099/projeto_27_de_2017_alteracao_fontes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4100/brn3c2af423710f_025970.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4101/projeto_29_de_2017_giz.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4102/projeto_de_lei_30_de_2017_valorizacao_da_familia.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4103/projeto_31_de_2017_-_programa_de_denominacao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4105/projeto_32_de_2017_folga_servido_publico.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4104/projeto_33_de_2017_folga_servidor_legislativo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4106/projeto_34_de_2017_revoga_loteamento_vasconcelos.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4107/projeto_35_de_2017_revoga_loteamento_jardim_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4108/projeto_36_de_2017_operacao_de_credito.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4109/projeto_de_lei_37-2017_000275.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4110/projeto_de_lei_38-2017_000276.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4111/projeto_de_lei_39-2017_000277.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3179/3179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3180/3180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4112/brn3c2af423710f_025995.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3181/3181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4113/pr_05_de_2017_autoriza_consulta_publica.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4114/pr_06_de_2017_concessao_de_titulos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4115/brn3c2af423710f_025996.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4116/brn3c2af423710f_025997.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/4117/pr_09_de_2017_cessao_estagiario.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2966/2966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2988/2988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2986/2986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/2987/2987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3032/3032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3033/3033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3034/3034_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3035/3035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3061/3061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3062/3062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3063/3063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3064/3064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3065/3065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3066/3066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3067/3067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3068/3068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3151/3151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3152/3152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3153/3153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3154/3154_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3155/3155_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3156/3156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3157/3157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3158/3158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3159/3159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3160/3160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3161/3161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3162/3162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2017/3150/3150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2017/3335/req_31.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H246"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>