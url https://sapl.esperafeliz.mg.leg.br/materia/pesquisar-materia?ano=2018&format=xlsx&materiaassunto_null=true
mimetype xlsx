--- v0 (2025-12-15)
+++ v1 (2026-03-22)
@@ -54,1890 +54,1890 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ediel Gomes</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3164/3164_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3164/3164_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM ALAMBRADO NO CAMPO DE FUTEBOL DA COMUNIDADE DO PARAÍSO.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Júlio Maria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3165/3165_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3165/3165_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROMOVER UMA REFORMA NA RUA QUE FICA EM FRENTE À IGREJA DO PARAÍSO, TIRANDO O CALÇAMENTO E ATERRANDO E ENSAIBRANDO A RUA, A FIM DE EVITAR ALAGAMENTO ENTRE A IGREJA E A RODOVIA, HAJA VISTA QUE NA ATUALIDADE HÁ DESNÍVEL NO TERRENO.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3166/3166_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3166/3166_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UM ALAMBRADO NO POSTO DE SAÚDE DA COMUNIDADE DO PARAÍSO</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3167/3167_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3167/3167_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REPARAR A PAVIMENTAÇÃO DA VIA PÚBLICA DA COMUNIDADE DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3168/3168_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3168/3168_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE ATERRAR E ENSAIBRAR A ESTRADA QUE LIGA A COMUNIDADE DO PARAÍSO À PROPRIEDADE DO SR. PAULINHO NUNES (FINALIZANDO NA PONTE) E AINDA REALIZAR UM ESTUDO PARA VER SE HÁ A NECESSIDADE DE COLOCAR MANILHAS.</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Acácio Siqueira , Ediel Gomes, Elcinho Professor , Eluízio Bilheiro, João Brum, Júlio Maria, Keké Lacerda, Matusalém, Rômolo Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3169/3169_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3169/3169_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INSERIR NO SISTEMA ORÇAMENTÁRIO MUNICIPAL UM PROGRAMA DE GOVERNO DE DENOMINAÇÃO DAS VIAS RURAIS E PONTES DO MUNICÍPIO, CONTEMPLANDO: MAPEAMENTO  E DENOMINAÇÃO DE TODAS AS VIAS E PONTES RURAIS DO MUNICÍPIO DE ESPERA FELIZ; INSTALAÇÕES DE PLACAS, EM CADA UMA DAS VIAS, CONTENDO: NOME DA VIA RURAL, INFORMAÇÕES SOBRE O TRAJETO, LOCALIZAÇÃO E DESTINO, DISTÂNCIA ENTRE TRAJETOS...</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3170/3170_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3170/3170_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXCELENTÍSSIMO PREFEITO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ESTUDE A VIABILIDADE DE PATROLAR E CASCALHAR OS PONTOS MAIS CRÍTICOS DAS ESTRADAS DO CÓRREGO GRANDE, ANGOLA, MARIANINHO, CÓRREGO DOS ALVES, COMUNIDADE DE LOURDES, TABOÃO, SANTA CLARA, SÃO GONÇALO, BOA ESPERANÇA E VENTANIA</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3171/3171_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3171/3171_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL,  VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, A FIM DE ILUMINAR A PONTE QUE FICA LOCALIZADA NA BR 482 - RUA RAIMUNDA FILOMENA DE AMORIM (PRÓXIMA A ENTRADA QUE DÁ ACESSO A ESTRADA DO CAPARAÓ E A RUA ASSUNTA CAPRA PELEGRINE)</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Ediel Gomes, Júlio Maria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3172/3172_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3172/3172_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, A FIM DE ABRIR A ESTRADA QUE DÁ ACESSO A COMUNIDADE DO SÃO FELIPE E AINDA CONSTRUIR CAIXAS DE CONSTRUÇÃO.</t>
   </si>
   <si>
     <t>3173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3173/3173_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3173/3173_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, PARA QUE TOME PROVIDÊNCIAS NO TREVO QUE DÁ ACESSO AOS MUNICÍPIOS DE ESPERA FELIZ/CARANGOLA/MANHUMIRIM, MELHORANDO O ACESSO DOS VEÍCULOS QUE VÊM DE ESPERA FELIZ E QUEREM REALIZAR A TRAVESSIA PARA A ESTRADA DE CHÃO QUE VAI PARA CHÁCARA BURITIS E DEMAIS COMUNIDADES.</t>
   </si>
   <si>
     <t>3174</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t xml:space="preserve">Elcinho Professor </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3174/3174_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3174/3174_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA COMPETENTE, PARA QUE POSSA SER INSTALADOS REDUTORES DE VELOCIDADE NA RUA JAIR DE SOUZA CASTRO, PRÓXIMO AO NÚMERO 08, UMA VEZ QUE OCORREU UM ACIDENTE EM VIRTUDE DO EXCESSO DE VELOCIDADE.</t>
   </si>
   <si>
     <t>3175</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3175/3175_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3175/3175_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE DE ENTRAR EM CONTATO COM A SECRETARIA COMPETENTE, A FIM DE REALIZAR UMA CAMPANHA DE COMBATE AO CARAMUJO AFRICANO, QUE AUMENTOU DE FORMA CONSIDERÁVEL NESTE PERÍODO DE CHUVAS.</t>
   </si>
   <si>
     <t>3176</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3176/3176_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3176/3176_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, DENTRO DAS VIABILIDADES, REALIZE MELHORIAS E LIMPEZA NAS CANALETAS DA RODOVIA BR 482, NA PARTE SUPERIOR DA RUA ÁLVARO DE SÁ BARBOSA, UMA VEZ QUE AS ÁGUAS DAS CHUVAS TEM SIDO REPRESADA, OFERECENDO RISCO À POPULAÇÃO.</t>
   </si>
   <si>
     <t>3177</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3177/3177_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3177/3177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE CRIAR UM MUSEU VIRTUAL. </t>
   </si>
   <si>
     <t>3178</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3178/3178_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3178/3178_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE CRIAR UM SITE ONDE SEJAM COMPILADOS TODAS AS INFORMAÇÕES TURÍSTICAS DE NOSSA CIDADE E REGIÃO DO CAPARAÓ, INCLUÍDO OS DADOS DOS HOTÉIS E POUSADAS, NÚMERO DE VAGAS DISPONÍVEIS, GUIAS, EVENTOS, ETC.</t>
   </si>
   <si>
     <t>3182</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3182/3182_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3182/3182_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, VEJA A VIABILIDADE ENTRAR EM CONTATO COM O ÓRGÃO COMPETENTE, A FIM DE COLOCAR LÂMPADAS NOS DOIS POSTES QUE FICAM LOCALIZADOS NA RUA 20 DE OUTUBRO NO DISTRITO SÃO JOSÉ DA PEDRA MENINA. INFORMANDO QUE NA REDE ELÉTRICA JÁ ESTÁ PRONTA, FALTANDO SOMENTE AS LÂMPADAS.</t>
   </si>
   <si>
     <t>3183</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3183/3183_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3183/3183_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE, E VEJA A VIABILIDADE DE COLOCAR NO CALÇADÃO DILSON ARAÚJO PORTO UMA PLACA DE PROIBIDO REALIZAR O CONTORNO NA RUA JOÃO SEBASTIÃO DE AMORIM NAS PROXIMIDADES DA DROGARIA MARANATA.</t>
   </si>
   <si>
     <t>3184</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE VEJA A VIABILIDADE DE COLOCAR UM QUEBRA-MOLAS NA BR 482, EM FRENTE AO AÇOUGUE DO MIQUÉIAS.</t>
   </si>
   <si>
     <t>3185</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3185/3185_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3185/3185_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE EM REGIME DE URGÊNCIA DE NIVELAR E CASCALHAR AS RUAS DO CONJUNTO HABITACIONAL SANTA INÊS. ESTOU CIENTE QUE O CALÇAMENTO DESTE CONJUNTO ESTÁ PREVISTO, MAS ATÉ QUE VIABILIZE, FAÇO A DEVIDA SUGESTÃO.</t>
   </si>
   <si>
     <t>3186</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3186/3186_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3186/3186_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE AUMENTAR E FIXAR EM UMA POSIÇÃO MAIS VISÍVEL A PLACA QUE FICA NA RUA FIORAVANTE PADULA, ENTRONCAMENTO COM PRAÇA CIRA ROSA DE ASSIS (CALÇADA DA GLORINHA GOMES).</t>
   </si>
   <si>
     <t>3187</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3187/3187_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3187/3187_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE FISCALIZAR A LEI QUE ESTABELECE A EXPLORAÇÃO DO SERVIÇO DE PASSEIO TURÍSTICO DE PASSAGEIROS POR MEIO DO TRENZINHO DA ALEGRIA, HAJA VISTA QUE NÃO ESTÁ SENDO CUMPRIDO O ART. 6.</t>
   </si>
   <si>
     <t>3188</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3188/3188_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3188/3188_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE FISCALIZAR OS PONTOS COMERCIAIS DA CIDADE QUE ESTÃO OCUPANDO OS PASSEIOS DOS LOGRADOUROS COM COLOCAÇÃO DE MESAS, CADEIRAS E EQUIPAMENTOS COMPLEMENTARES, HAJA VISTA QUE PELO CÓDIGO DE POSTURAS DO MUNICÍPIO, TÊM QUE SER MANTIDO UMA FAIXA MÍNIMA DE UM METRO, DESIMPEDIDA  PARA OS TRANSEUNTES.</t>
   </si>
   <si>
     <t>3189</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Dr. Erick Amaral</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3189/3189_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3189/3189_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PAVIMENTAR A RUA ARY DE SOUZA ROMANO.</t>
   </si>
   <si>
     <t>3190</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3190/3190_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3190/3190_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA FAIXA DE PEDESTRE NA RUA HENRIQUE GRIPP FILHO, ESQUINA COM A RUA JOÃO SEBASTIÃO DE AMORIM, NO PONTO QUE LIGA A CALÇADA DO RESTAURANTE "TOMATE SECO" À CALÇADA DA "AÇAITERIA MAIS SABOR".</t>
   </si>
   <si>
     <t>3191</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3191/3191_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3191/3191_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE FAZER UMA ROTATÓRIA, NA RUA JOSÉ GRILLO, EM FRENTE A ENTRADA DO BAIRRO JOÃO DO ROQUE, PARA QUE O TRÂNSITO DE VEÍCULOS NAQUELA LOCALIDADE, SE TORNE MAIS ORGANIZADO E SEGURO.</t>
   </si>
   <si>
     <t>3192</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3192/3192_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3192/3192_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE ADQUIRIR UMA CAMINHONETE PARA OS FUNCIONÁRIOS DA PREFEITURA QUE TRABALHAM COM A REDE DE ESGOTO DO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3193</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3193/3193_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3193/3193_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE EM REGIME DE URGÊNCIA DE INSTALAR DOIS QUEBRA-MOLAS NA RUA VANTE PADULA, SENDO UM NAS PROXIMIDADES DA RESIDÊNCIA DE N 31 E OUTRO ENTRE AS RESIDÊNCIAS DE N 97 A 105.</t>
   </si>
   <si>
     <t>3194</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3194/3194_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3194/3194_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE COLOCAR PLACAS DE PROIBIDO PARAR E ESTACIONAR NA RUA JOÃO SEBASTIÃO DE AMORIM, SENTIDO ESPERA FELIZ À CAIANA, INICIANDO NAS PROXIMIDADES DO OURO VERDE COMÉRCIO DE CAFÉ ESPERA FELIZ E FINALIZANDO NA MERCEARIA PONTO CERTO.</t>
   </si>
   <si>
     <t>3195</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3195/3195_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3195/3195_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE PROMOVER E REALIZAR UM CONCURSO PÚBLICO PARA OS ARTESÃOS DO MUNICÍPIO DE ESPERA FELIZ, A FIM REALIZAREM ORNAMENTAÇÃO NATALINA EM NOSSA CIDADE. SEGUE ANEXADO UM MODELO DE REGULAMENTO.</t>
   </si>
   <si>
     <t>3196</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3196/3196_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3196/3196_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL NA COMUNIDADE SÃO GONÇALO E TAMBÉM UMA OPERAÇÃO TAPA-BURACOS OU RECAPEAMENTO DO ASFALTO DA RUA PRINCIPAL DESTA COMUNIDADE.</t>
   </si>
   <si>
     <t>3219</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3219/3219_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3219/3219_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE INSTALAR QUATRO LIXEIRAS NA COMUNIDADE DO PARAÍSO, SENDO: UMA NO CÓRREGO SANTA RITA, NAS PROXIMIDADES DA "A CAFETERIA", E AS DEMAIS NA RUA PRINCIPAL, SENDO UMA NAS PROXIMIDADES DO BAR DO JOEL, OUTRA PRÓXIMA A VENDA DA LICÉIA E POR FIM UMA NAS PROXIMIDADES DA ESCOLA ESTADUAL FAZENDA PARAÍSO</t>
   </si>
   <si>
     <t>3220</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3220/3220_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3220/3220_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL NA MAJOR PEREIRA, REALIZANDO SERVIÇO DE CAPINA, COLOCAÇÕES DE LATÕES DE LIXO NA MAJOR PEREIRA, REALIZANDO SERVIÇO DE CAPINA, COLOCAÇÃO DE LATÕES DE LIXO E TAMBÉM PODA DE UMA ÁRVORE QUE ESTÁ SENDO ALOJAMENTO DE MUITOS MORCEGOS. ESTA ÁRVORE FICA NAS PROXIMIDADES DA RESIDÊNCIA DE N. 650.</t>
   </si>
   <si>
     <t>3221</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3221/3221_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3221/3221_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE REALIZAR UMA LIMPEZA GERAL NA RUA TIRADENTES, REALIZANDO SERVIÇO DE CAPINA, COLOCAÇÃO DE LATÕES DE LIXO, E TAMBÉM FISCALIZE DUAS RESIDÊNCIAS QUE ESTÃO ABANDONADAS, SENDO FOCO DE BICHOS PEÇONHENTOS E PRINCIPALMENTE PROLIFERAÇÃO DE CARAMUJOS, ENTRANDO EM CONTATO COM OS PROPRIETÁRIOS PARA QUE TOMEM AS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>3222</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3222/3222_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3222/3222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE TROCAR AS LÂMPADAS DAS LUMINÁRIAS DA QUADRA DA COMUNIDADE DE SÃO DOMINGOS. </t>
   </si>
   <si>
     <t>3223</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3223/3223_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3223/3223_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, DENTRO DAS VIABILIDADES, PROVIDENCIE DOIS REDUTORES DE VELOCIDADE NA RUA GERALDO ARAÚJO NO BAIRRO VALE DO SOL II.</t>
   </si>
   <si>
     <t>3224</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3224/3224_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3224/3224_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, DENTRO DAS VIABILIDADES, PROVIDENCIE PLACAS PARA SEREM FIXADAS NOS COMÉRCIOS, BARES E RESTAURANTES INFORMANDO A LIBERAÇÃO DE UM METRO NAS CALÇADAS PARA LIVRE TRÂNSITO DOS PEDESTRES, CONFORME REGE O CÓDIGO DE POSTURAS DO MUNICÍPIO. SEGUE ANEXADO MODELO DA PLACA.</t>
   </si>
   <si>
     <t>3225</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3225/3225_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3225/3225_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE PROCEDER MELHORIAS NA ÁREA DE LAZER, COMO: RECUPERAÇÃO DOS BRINQUEDOS, ILUMINAÇÃO E COLOCAÇÃO DE MAIS VIGIAS.</t>
   </si>
   <si>
     <t>3226</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3226/3226_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3226/3226_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE TOMAR PROVIDÊNCIAS NA ESTRADA QUE DÁ ACESSO A COMUNIDADE DO BANANAL, SENTIDO A TORRE DE TELEVISÃO, NA PARTE QUE TEM UM MURO DE PEDRAS, HAJA VISTA QUE ESTAS PEDRAS ESTÃO DESLOCANDO, NECESSITANDO DE REPAROS URGENTES</t>
   </si>
   <si>
     <t>3227</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3227/3227_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3227/3227_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE INTRODUZIR NAS PEÇAS ORÇAMENTÁRIAS DO MUNICÍPIO (PPA, LDO E LOA), UM PROGRAMA DE GOVERNO, ESPECÍFICO PARA RECONSTRUÇÃO DA PONTE DO CÓRREGO ESPERA FELIZ, QUE FICA NO INÍCIO DA RUA CIRA ROSA DE ASSIS, ESQUINA COM A RUA ROQUE FERREIRA DE CASTRO.</t>
   </si>
   <si>
     <t>3228</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3228/3228_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3228/3228_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA  A POSSIBILIDADE DE SER REALIZADO MELHORIAS NAS ESTRADAS DA CIDADE (SAÍDA PARA DORES E PARA CARANGOLA), COM MELHORIA NA PAVIMENTAÇÃO, CONSTRUÇÃO DE PONTOS DE ÔNIBUS MAIS NOVOS E MODERNOS, ILUMINAÇÃO, FAIXAS PARA TRÂNSITO DE PEDESTRES, LETREIROS COM NOME DA CIDADE, ENFIM, TOTAL MODERNIZAÇÃO DOS TREVOS.</t>
   </si>
   <si>
     <t>3229</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3229/3229_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3229/3229_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE SER REALIZADO ESTUDOS PARA REFORMULAÇÃO DO PLANO DE CARGOS E SALÁRIOS DO MUNICÍPIO, BEM COMO DOS SERVIDORES DO MAGISTÉRIO, UMA VEZ QUE O MESMO ENCONTRA-SE DESATUALIZADO E NÃO VALORIZA O SERVIDOR DE CARREIRA.</t>
   </si>
   <si>
     <t>3230</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3230/3230_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3230/3230_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE REALIZAR UMA OPERAÇÃO TAPA-BURACOS E REPAROS NOS MEIOS-FIOS DA RUA PRINCIPAL DA COMUNIDADE DE SÃO GONÇALO.</t>
   </si>
   <si>
     <t>3231</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3231/3231_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3231/3231_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE PROCEDER AMPLIAÇÃO NO POSTO DE SAÚDE DA COMUNIDADE DE SÃO GONÇALO E TAMBÉM REALIZAR UMA REFORMA NA PARTE JÁ EXISTENTE, SENDO QUE ESTÁ NECESSITANDO URGENTE DE MELHORIAS.</t>
   </si>
   <si>
     <t>3232</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3232/3232_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3232/3232_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE FIXAR UMA MESA NA PRAÇA DR. JOSÉ AUGUSTO, PARA OS USUÁRIOS/JOGADORES JOGAREM BARALHOS/CARTAS</t>
   </si>
   <si>
     <t>3233</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3233/3233_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3233/3233_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, PROÍBA E FISCALIZE AS BARRACAS NAS RUAS PIO XII E CIRA ROSA NO PERÍODO DE EXPOSIÇÃO AGROPECUÁRIA, OBEDECENDO RESTRITAMENTE E IREVOGAVELMENTE, O CÓDIGO DE POSTURAS DA CIDADE, COM OLHARES AGUÇADOS EM SEU TÍTULO I, CAPÍTULO III, SEÇÕES V, VI E VII.</t>
   </si>
   <si>
     <t>3234</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3234/3234_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3234/3234_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REVITALIZAR O JARDIM BEM COMO PINTAR O MURO DE ARRIMO LOCALIZADOS NA RUA ERNESTO GRILLO, ESQUINA COM A RUA RAIMUNDA FILOMENA DE AMORIM, NA LOCALIZAÇÃO, POPULARMENTE CONHECIDA COMO MORRO DO SR. OSMAR GOMES.</t>
   </si>
   <si>
     <t>3235</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3235/3235_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3235/3235_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RECOLOCAR, AS PLACAS DE SINALIZAÇÃO (PARE E PROIBIDO ESTACIONAR) NAS RUAS CAPITÃO JOSÉ CARLOS DE SOUZA E RAIMUNDA FILOMENA DE AMORIM, NA LOCALIZAÇÃO, POPULARMENTE CONHECIDA COMO MORRO DO SR. OSMAR. </t>
   </si>
   <si>
     <t>3236</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3236/3236_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3236/3236_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE RECOLOCAÇÃO DA ILUMINAÇÃO NA PRAÇA AMENAIDE VASCONCELOS ROCHA, SEMELHANTE ÀS QUE FORAM COLOCADAS NO JARDIM DA IGREJA CATÓLICA.</t>
   </si>
   <si>
     <t>3237</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3237/3237_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3237/3237_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A VIABILIDADE DE PROCEDER COM UMA LIMPEZA NOS BUEIROS DAS RUAS MATHEUS IGNACHITTI E BRAZ MARTINS, QUE FICAM LOCALIZADAS NO BAIRRO TRIÂNGULO. </t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3330/3330_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3330/3330_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VIABILIZE REALIZAR UMA OBRA DE SUSTENTABILIDADE NA ESCADA QUE FICA LOCALIZADA NO MORRO DO SR. CHAGRINHA.</t>
   </si>
   <si>
     <t>3334</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3334/3334_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3334/3334_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VIABILIZE REPAROS NO MURO DE ARRIMO QUE FICA LOCALIZADO NA RUA TIRADENTES, (CONHECIDO MORRO DO SR. CHAGRINHA), CONFORME SEGUE FOTO ANEXADA.</t>
   </si>
   <si>
     <t>3254</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3254/3254_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3254/3254_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL REALIZE A PINTURA DA PARTE INTERNA E EXTERNA DA ÁREA DE LAZER, INCLUSIVE DA CALÇADA QUE A CIRCUNCIDA.</t>
   </si>
   <si>
     <t>3255</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3255/3255_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3255/3255_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL REALIZE A DOAÇÃO DE UMA AMBULÂNCIA PARA O HOSPITAL PARA QUE A MESMA FIQUE 24 (VINTE E QUATRO) HORAS DISPONÍVEL PARA USO DA UNIDADE DE SAÚDE.</t>
   </si>
   <si>
     <t>3264</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3264/3264_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3264/3264_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE A COLOCAÇÃO DE FAIXA DE PEDESTRE NA RUA MANOEL CONCAS, NO BAIRRO VALE DO SOL II, ENTRE A LOJA CONSTRULAR E MADEIREIRA TURMALINA.</t>
   </si>
   <si>
     <t>3242</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t xml:space="preserve">Acácio Siqueira </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3242/3242_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3242/3242_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES ENSAIBRE O TRECHO QUE FICA NA COMUNIDADE BOA ESPERANÇA, INICIANDO NA RESIDÊNCIA DO SR. ZEQUIAS E FINALIZANDO NA RESIDÊNCIA DO SR. GETÚLIO.</t>
   </si>
   <si>
     <t>3243</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3243/3243_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3243/3243_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES DE PROCEDER COM LIMPEZA DO RIO DA COMUNIDADE BOA ESPERANÇA, NO TRECHO QUE FOI LIBERADO PELO IBAMA</t>
   </si>
   <si>
     <t>3314</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3314/3314_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3314/3314_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES CONSTRUA PISTAS DE CICLOVIAS NAS AVENIDAS ARTHUR BINA DA SILVA E JOÃO VIEIRA DA COSTA (BEIRA-RIO)</t>
   </si>
   <si>
     <t>3315</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3315/3315_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3315/3315_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA NA COLOCAÇÃO DE 03 LUMINÁRIAS NO PÁTIO DA IGREJA NOSSA SENHORA DE FÁTIMA.</t>
   </si>
   <si>
     <t>3316</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3316/3316_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3316/3316_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES ILUMINE O CEMITÉRIO DO DISTRITO DO SÃO JOSÉ DA PEDRA MENINA.</t>
   </si>
   <si>
     <t>3265</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PROCEDER COM UMA REVITALIZAÇÃO NO TREVO QUE FICA NA RUA JOSÉ GRILLO, SAÍDA PARA O ESPÍRITO SANTO, TOMANDO ATITUDES QUE VENHAM A MELHORAR A TRAVESSIA DOS MOTORISTAS, SENDO QUE É UM TREVO PERIGOSO E COM POUCA VISÃO PRINCIPALMENTE PARA QUEM ESTÁ ADENTRANDO A CIDADE E APROVEITANDO O ENSEJO QUE REALIZE UM SERVIÇO DE JARDINAGEM E PAISAGISMO, O QUE IRÁ EMBELEZAR UM DAS ENTRADAS DE NOSSA QUERIDA ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3266</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3266/3266_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3266/3266_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE CALÇAR OU ASFALTAR O FINAL DA RUA GOVERNADOR BIAS FORTES, HAJA VISTO QUE FALTAM SOMENTE UNS 50 METROS PARA QUE ESTA RUA FIQUE TOTALMENTE PAVIMENTADA.</t>
   </si>
   <si>
     <t>3280</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3280/3280_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3280/3280_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXAÇÃO DE LETREIROS COM O NOME DE NOSSA CIDADE NAS ENTRADAS DA CIDADE.</t>
   </si>
   <si>
     <t>3281</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3281/3281_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3281/3281_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSERIR NO ORÇAMENTO DO MUNICÍPIO UM PROGRAMA PARA INCENTIVO DO FUTEBOL AMADOR.</t>
   </si>
   <si>
     <t>3282</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3282/3282_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3282/3282_texto_integral.pdf</t>
   </si>
   <si>
     <t>VIABILIZAÇÃO DE MELHORIAS NA AVENIDA ARTHUR BINA DA SILVA, FAZENDO O ASFALTAMENTO OU REALIZANDOO CALÇAMENTO.</t>
   </si>
   <si>
     <t>3283</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3283/3283_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3283/3283_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DA AVENIDA JOÃO VIEIRA DA COSTA.</t>
   </si>
   <si>
     <t>3284</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3284/3284_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3284/3284_texto_integral.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE DOIS QUEBRA-MOLAS NA ENTRADA DO CÓRREGO DO BREJO, NA ESTRADA PARQUE AGOSTINHO PATRUS.</t>
   </si>
   <si>
     <t>3285</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3285/3285_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3285/3285_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA REDE DE ESGOTO DA RUA JUREMA VENTURA MARINHO, PERTO DA CASA DE Nº 16 DO SR. JOÃO BATISTA.</t>
   </si>
   <si>
     <t>3256</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3256/3256_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3256/3256_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE MELHORIAS NO PORTAL DE ENTRADA DA CIDADE, QUE FICA PRÓXIMO AO TREVO DE SAÍDA PARA CARANGOLA, COM CONSTRUÇÃO DE CALÇADAS, MELHORIAS E URBANIZAÇÃO NA ÁREA.</t>
   </si>
   <si>
     <t>3257</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3257/3257_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3257/3257_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES SEJA EFETUADO OFÍCIO PARA O DER PARA COLOCAÇÃO DE REDUTOR DE VELOCIDADE OU COLOCAÇÃO DE RADAR NA ENTRADA DO BAIRRO VALE DO SOL II, PRÓXIMO A MECÂNICA DO MARLON. CASO POSSÍVEL O PRESENTE OFÍCIO SEJA REITERADO A CADA 15 DIAS ATÉ QUE O PEDIDO SEJA ACEITO.</t>
   </si>
   <si>
     <t>3258</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3258/3258_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3258/3258_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE MELHORIAS COM CONSTRUÇÃO DE CALÇADA DE CONCRETO NA ENTRADA PARA CAPARAÓ.</t>
   </si>
   <si>
     <t>3286</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3286/3286_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3286/3286_texto_integral.pdf</t>
   </si>
   <si>
     <t>GRANDE LIXEIRA NA COMUNIDADE DO CÓRREGO GRANDE, PERTO DA CASA DO SR. JOSÉ GERALDO DUARTE RIBEIRO.</t>
   </si>
   <si>
     <t>3287</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3287/3287_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3287/3287_texto_integral.pdf</t>
   </si>
   <si>
     <t>REFORMA DAS BARRACAS DA FEIRA LIVRE.</t>
   </si>
   <si>
     <t>3317</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3317/3317_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3317/3317_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES CONSTRUA GUARITA DE ÔNIBUS AO LADO DOS PÓRTICOS DE ENTRADA DA CIDADE, TANTO O QUE DÁ ACESSO AO MUNICÍPIO DE DORES DO RIO PRETO, COMO PARA CARANGOLA.</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3288/3288_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3288/3288_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA G, LOTEAMAENTO NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>3289</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3289/3289_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3289/3289_texto_integral.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE UM TERRENO LOCALIZADO NO BAIRRO NOVO HORIZONTE, RUA NELSON DA SILVA VALADÃO.</t>
   </si>
   <si>
     <t>3290</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3290/3290_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3290/3290_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DE TODA SINALIZAÇÃO DA PAVIMENTAÇÃO MUNICIPAL.</t>
   </si>
   <si>
     <t>3291</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3291/3291_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3291/3291_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINA E LIMPEZA NOS BAIRROS DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3292</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3292/3292_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3292/3292_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINA NO PATRONATO.</t>
   </si>
   <si>
     <t>3293</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3293/3293_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3293/3293_texto_integral.pdf</t>
   </si>
   <si>
     <t>SERVIÇOS DE CAPINA NO RUA MANOEL FRANCISCO NEVES.</t>
   </si>
   <si>
     <t>3294</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3294/3294_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3294/3294_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA VEREADOR CARLOS GRILLO.</t>
   </si>
   <si>
     <t>3259</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3259/3259_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3259/3259_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES CONSTRUA CALÇADAS E REVITALIZE OS CANTEIROS DA RUA FIORAVANTE PADULA E JOÃO SEBASTIÃO DE AMORIM, COM CONSTRUÇÃO DE CALÇADAS CIDADÃS, COM PISOS ANTIDERRAPANTES E LOCAIS DE ACESSIBILIDADE. O MUNICÍPIO PODERÁ INCENTIVAR OS PROPRIETÁRIOS A ADERIREM A UM PROGRAMA PARA QUE TODAS AS CALÇADAS POSSAM SER PADRONIZADAS NA ÁREA CENTRAL DA CIDADE.</t>
   </si>
   <si>
     <t>3260</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3260/3260_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3260/3260_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES CONSTRUA CALÇADAS NA BR 482, NAS SAÍDAS DA CIDADE DO MUNICÍPIO, PRINCIPALMENTE NA SAÍDA PARA CARANGOLA, PARA REDUZIR O ESCOAMENTO DE BARRO PARA A VIA ONDE TRANSITAM OS VEÍCULOS.</t>
   </si>
   <si>
     <t>3261</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3261/3261_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3261/3261_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE UMA PINTURA DE FAIXA EXCLUSIVA PARA CICLISTAS NA RUA CARANGOLA.</t>
   </si>
   <si>
     <t>3295</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3295/3295_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3295/3295_texto_integral.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO DA RUA JOÃO SEBASTIÃO DE AMORIM</t>
   </si>
   <si>
     <t>3296</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3296/3296_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3296/3296_texto_integral.pdf</t>
   </si>
   <si>
     <t>REVITALIZAÇÃO DO ESTÁDIO MUNICIPAL</t>
   </si>
   <si>
     <t>3244</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3244/3244_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3244/3244_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM A EFETIVAÇÃO DE TODOS OS PROFESSORES APROVADAS NO CONCURSO PÚBLICO MUNICIPAL 001/2014, E QUE ATUALMENTE ENCONTRA-SE NA CONDIÇÃO DE CONTRATADOS COMO PROFESSORES DA REDE MUNICIPAL.</t>
   </si>
   <si>
     <t>3318</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3318/3318_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3318/3318_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM CALÇAMENTO NA RUA FÉLIX PEREIRA DE SOUZA, PRÓXIMA AO POSTO DO PINGO.</t>
   </si>
   <si>
     <t>3319</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3319/3319_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3319/3319_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE, PROCEDENDO COM A PINTURA DE FAIXA DE PEDESTRE EM FRENTE À IGREJA ASSEMBLEIA DOS MILAGRES, QUE FICA LOCALIZADA NA RUA CAPITÃO JOSÉ CARLOS DE SOUZA, N.: 67.</t>
   </si>
   <si>
     <t>3245</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3245/3245_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3245/3245_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE PAVIMENTAR A AVENIDA ARTUR BINA DA SILVA E, CONSTRUINDO NA MESMA, PARALELA À VIA DE TRÁFEGO DE VEÍCULOS, UMA VIA EXCLUSIVA PARA O DESLOCAMENTO DE CICLISTAS (CICLOVIAS)</t>
   </si>
   <si>
     <t>3246</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3246/3246_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3246/3246_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFAZER A REDE DE ESGOTO DA RUA OLIVEIRA NUNES, NO BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>3247</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3247/3247_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3247/3247_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO NA RUA CARLOS VIRGÍLIO ALVES, NAS PROXIMIDADES DO ESTÁDIO DE FUTEBOL.</t>
   </si>
   <si>
     <t>3248</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3248/3248_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3248/3248_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, FAÇA CUMPRIR O ART. 376 DO CÓDIGO DE POSTURAS MUNICIPAL, NO QUE TANGE À OBSTRUÇÃO DE PASSEIOS/CALÇADAS, DE FORMA ABUSIVA, POR PARTE DE CERTOS COMERCIANTES DA CIDADE, PRINCIPALMENTE PROPRIETÁRIOS DE BARES E RESTAURANTES QUE, DESRESPEITOSAMENTE OCUPAM TODA EXTENSÃO DA CALÇADA COM MESAS E CADEIRAS.</t>
   </si>
   <si>
     <t>3252</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3252/3252_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3252/3252_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE, INSTALE UMA PLACA DE SENTIDO ÚNICO NA RUA RIO DE JANEIRO, NO BAIRRO JOÃO CLARA, EM FRENTE AO BAR DO SERGINHO, FAZENDO ASSIM COM QUE SEJA PERMITIDO SOMENTE A DESCIDA DE VEÍCULOS.</t>
   </si>
   <si>
     <t>3297</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3297/3297_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3297/3297_texto_integral.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA DA CHAVE.</t>
   </si>
   <si>
     <t>3249</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3249/3249_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3249/3249_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REPARAR O CALÇAMENTO DA RUA ROQUE FERREIRA DE CASTRO, ESPECIFICAMENTE, NOS LOCAIS ONDE FICAM EMPOSSANDO "ÁGUA DE CHUVA" NOS AFUNDAMENTOS OU DESNIVELAMENTO DA PAVIMENTAÇÃO.</t>
   </si>
   <si>
     <t>3250</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3250/3250_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3250/3250_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, ENTRE EM CONTATO COM O CONSELHO MUNICIPAL DE TRÂNSITO/CONSEP, PARA QUE SEJA ANALISADO A VIABILIDADE DE COLOCAR UMA PLACA DE SINALIZAÇÃO VERTICAL DE REGULAMENTAÇÃO "SENTIDO PROIBIDO/CONTRAMÃO" NA RUA ROQUE FERREIRA DE CASTRO, NAS PROXIMIDADES DO Nº. 450, SENTIDO CENTRO.</t>
   </si>
   <si>
     <t>3238</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3238/3238_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3238/3238_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRE SR. AURÉLIO ALVES DE CASTRO, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO ESPERAFELICENSE AUSENTE, NO DIA 13 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3239</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3239/3239_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3239/3239_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DO ILUSTRE SR. CARLOS ALBERTO FARO, PARA SER HOMENAGEADO NA ENTREGA DE TÍTULO ESPERAFELICENSE AUSENTE, NO DIA 13 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3240</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3240/3240_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3240/3240_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA ILUSTRE SRA. IDELCY DE LOURDES FONSECA CABRAL, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO DE HONRA AO MÉRITO, NO DIA 13 DE JULHO DO CORRENTE, EM CERIMÔMIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3241</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3241/3241_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3241/3241_texto_integral.pdf</t>
   </si>
   <si>
     <t>OS VEREADORES QUE ABAIXO SUBSCREVEM APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME A ILUSTRE SRA. MARLENE CASTRO, PARA SER HOMENAGEADA NA ENTREGA DE TÍTULO DE HONRA AO MÉRITO, NO DIA 13 DE JULHO DO CORRENTE, EM CERIMÔNIA A SER REALIZADA NO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>3251</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3251/3251_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3251/3251_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. FERNANDA CRISTINA DE CARVALHO VITA MORAES DE MELO PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 22 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ HONORÁRIA DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>3253</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3253/3253_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3253/3253_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO DO NOME DO ILUSTRÍSSIMO CASAL DENEIR TULER E OZILINA GOMES TULER PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 22 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO BENEMÉRITO.</t>
   </si>
   <si>
     <t>3262</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3262/3262_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3262/3262_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR O CASAL SR. GEAN LOPES E WANESSA LACLAU BACELLAR PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 22 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3298</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3298/3298_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3298/3298_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR O CASAL SR. GERSON LUÍS MOTA PARA SER HOMENAGEADO NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 22 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃO HONORÁRIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3320</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3320/3320_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3320/3320_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE APÓS TRAMITAÇÃO REGIMENTAL, VEM INDICAR O NOME DA SRA. SANDRA MARIA LOPES DE FARIA PARA SER HOMENAGEADA NA ENTREGA DE TÍTULOS HONORÍFICOS DESTA CASA DE LEIS, NO DIA 22 DE DEZEMBRO DO CORRENTE, RECEBENDO O TÍTULO DE CIDADÃ HONORÁRIA DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3329/3329_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3329/3329_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICAR O NOME DO SR. CESAR AUGUSTO CUNHA PARA RECEBER A HOMENAGEM DE TÍTULOS HONORÍFICOS DADO PELA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3207</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3207/3207_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3207/3207_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A JOVEM ANA LUIZA SIQUEIRA POR DIVULGAR O NOME DE NOSSA QUERIDA ESPERA FELIZ, ATRAVÉS DE PARTICIPAÇÃO E PREMIAÇÕES EM COMPETIÇÕES DE CICLISMO.</t>
   </si>
   <si>
     <t>3208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3208/3208_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3208/3208_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A JOVEM KARIME BENELLI PELEGRINE PELO EXEMPLAR TRABALHO VOLUNTÁRIO REALIZADO NO HAITI.</t>
   </si>
   <si>
     <t>3209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3209/3209_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3209/3209_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A SRA. VANDA APARECIDA BIUNDINE E OS DEMAIS SERVIDORES QUE PRESTAM SERVIÇO NO CAEE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ</t>
   </si>
   <si>
     <t>3210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3210/3210_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3210/3210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA, MOÇÃO DE APLAUSOS PARA O PROFESSOR FARLEY ROCHA DE SOUZA, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG. </t>
   </si>
   <si>
     <t>3211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3211/3211_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3211/3211_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS POR OFÍCIO PARA O SR. RICARDO MACHADO, PELO EXCELENTE TRABALHO DESENVOLVIDO NA DIVULGAÇÃO DAS BELEZAS TURÍSTICAS DA NOSSA REGIÃO</t>
   </si>
   <si>
     <t>3212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3212/3212_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3212/3212_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO CASAL SR. JOSÉ  CARLOS CAON E ANA VITÓRIO CAON, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG. </t>
   </si>
   <si>
     <t>3213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3213/3213_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3213/3213_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA OS MOTOCICLISTAS FALCÕES DA MONTANHA, PARA REALIZAÇÃO DO 10º ENCONTRO NACONAL DE MOTOCICLISTAS, SER REALIZADO NO MUNICÍPIO DE ESPERA FELIZ.</t>
   </si>
   <si>
     <t>3214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3214/3214_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3214/3214_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A EMPRESA ACESSE RÁDIO DE ESPERA FELIZ, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>3216</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3216/3216_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3216/3216_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA A SERVIDORA PÚBLICA - LÍLIAN LOPES FRANKLIN BARBOSA, PELOS RELEVANTES SERVIÇOS PRESTADOS NA ÁREA DE SAÚDE DO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>3217</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3217/3217_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3217/3217_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JACY JOSÉ VERTELE, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>3218</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3218/3218_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3218/3218_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O ILUSTRÍSSIMO SR. JOSIAS CARLOS FILHO, PELOS RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4058/plc_23_de_2018_altera_codigo_tributario.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4058/plc_23_de_2018_altera_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar Municipal n° 35/2017, de 26 de dezembro de 2017, e dá outras providências</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4059/projeto_de_lei_complementar_24_de_2018.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4059/projeto_de_lei_complementar_24_de_2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio Anual do Fundo Previdenciário do Município de Espera Feliz - FUMPREF e dá outras providências correlatas</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4060/plc_25_de_2018_alteracao_codigo_tributario.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4060/plc_25_de_2018_alteracao_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar Municipal n° 37, de 18 de setembro de 2018, e da outras providências</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>João Brum, Júlio Maria do Amaral, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4061/projeto_de_lei_complementar_26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4061/projeto_de_lei_complementar_26.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Carreira dos Servidores Públicos do Poder Legislativo do Município de Espera Feliz/MG, Lei Complementar 25/2015 e dá Outras providências</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4035/projeto_01_de_2018_-_recomposicao_servidores_executivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4035/projeto_01_de_2018_-_recomposicao_servidores_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>3201</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Eluízio Bilheiro, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3201/3201_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3201/3201_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPÕE O SUBSÍDIO DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>3202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3202/3202_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3202/3202_texto_integral.pdf</t>
   </si>
   <si>
     <t>RECOMPÕE O SUBSÍDIO DO PRESIDENTE E DOS VEREADORES DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>3203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3203/3203_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3203/3203_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE RECOMPOSIÇÃO SALARIAL AOS SERVIDORES DA CÂMARA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4038/projeto_05_de_2018_-_ajuda_financeira_unidos_de_espera_feliz_carnaval.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4038/projeto_05_de_2018_-_ajuda_financeira_unidos_de_espera_feliz_carnaval.pdf</t>
   </si>
   <si>
     <t>Autoriza ajuda financeira ao Grêmio Recreativo Escola de Samba Unidos de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4040/projeto_06_de_2018_prorrogra_prazo_infraestrutura_loteamento__maria_aparecida.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4040/projeto_06_de_2018_prorrogra_prazo_infraestrutura_loteamento__maria_aparecida.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo para execução de Infraestrutura de Loteamento que especifica.</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4043/projeto_07_de_2018_autoriza_cessao_de_area_karateca_cidadao.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4043/projeto_07_de_2018_autoriza_cessao_de_area_karateca_cidadao.pdf</t>
   </si>
   <si>
     <t>Autoriza cessão de área de terreno que especifica.</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4045/projeto_08_de_2018_prorroga_prazo_infraestrutura_loteamento_pedrosa.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4045/projeto_08_de_2018_prorroga_prazo_infraestrutura_loteamento_pedrosa.pdf</t>
   </si>
   <si>
     <t>Prorroga prazo para Execução de Infraestrutura de Loteamento que especifica.</t>
   </si>
   <si>
     <t>3215</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3215/3215_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3215/3215_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA CONSIGNADA MOÇÃO DE APLAUSOS PARA O CME - CRESCENDO E APRENDENDO DE ESPERA FELIZ POR TER RECEBIDO O PRÊMIO GESTÃO ESCOLAR (PGE) 2017, PELO TRABALHO REALIZADO NO ANO DE 2016. </t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4046/projeto_de_lei_10-2018_000258.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4046/projeto_de_lei_10-2018_000258.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial que especifica.</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4048/projeto_de_lei_11-2018_000257.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4048/projeto_de_lei_11-2018_000257.pdf</t>
   </si>
   <si>
     <t>Autoriza Abertura de crédito especial que especifica.</t>
   </si>
   <si>
     <t>3204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3204/3204_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3204/3204_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA (RUA MANOEL AZEVEDO)</t>
   </si>
   <si>
     <t>3205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3205/3205_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3205/3205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. ( RUA LUZIA MAGI) </t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4049/projeto_de_lei_14_de_2018_declara_de_expansao_urbana_fazenda_pedra_negra_quice.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4049/projeto_de_lei_14_de_2018_declara_de_expansao_urbana_fazenda_pedra_negra_quice.pdf</t>
   </si>
   <si>
     <t>Declara de expansão urbana a área que especifica.</t>
   </si>
   <si>
     <t>3206</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3206/3206_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3206/3206_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA. (RUA OSVALDO LORETTI)</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4051/projeto_16_de_2018_ajuda_financeira_falcoes_da_montanha.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4051/projeto_16_de_2018_ajuda_financeira_falcoes_da_montanha.pdf</t>
   </si>
   <si>
     <t>Autoriza ajuda financeira que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4052/projeto_17_de_2018_repasse_financeiro_hospital.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4052/projeto_17_de_2018_repasse_financeiro_hospital.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial que especifica</t>
   </si>
   <si>
     <t>4033</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4033/projeto_18_de_2018_ldo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4033/projeto_18_de_2018_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4034/projeto_19_de_2018_feiras.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4034/projeto_19_de_2018_feiras.pdf</t>
   </si>
   <si>
     <t>Institui Regulamento para o Funcionamento das Feiras Livres</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4036/projeto_20_de_2018_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4036/projeto_20_de_2018_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a Área que especifica e dá outras providências</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4037/projeto_21_de_2018_ingressos_idosos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4037/projeto_21_de_2018_ingressos_idosos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Isenção de Pagamentos nos Ingressos para Idosos, em Eventos Artísticos, Culturais, Esportivos e de Lazer, promovidos no município de Espera Feliz</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>Dr. Érick do Amaral e Souza, Eluízio Bilheiro Ferreira, Rômolo Donádio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4039/projeto_22_de_2018_diarias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4039/projeto_22_de_2018_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as viagens oficiais e a concessão de diárias aos vereadores e servidores do Poder Legislativo Municipal e dá outras providências</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4041/projeto_23_de_2018_cessao_espaco_elo_das_montanhas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4041/projeto_23_de_2018_cessao_espaco_elo_das_montanhas.pdf</t>
   </si>
   <si>
     <t>Autoriza Concessão de Direito Real de Uso de Imóvel que especifica e dá outras providências</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/3643/projeto_de_lei_no24-2018_000165.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/3643/projeto_de_lei_no24-2018_000165.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação que especifica.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4042/projeto_25_de_2018_diaria_fumpref.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4042/projeto_25_de_2018_diaria_fumpref.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Concessão de Diárias aos Servidores Vinculados a Fundo Municipal Previdenciário de Espera Feliz e dá outras providências</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4044/projeto_de_lei_26_de_2018__promocao_familia_circense_circo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4044/projeto_de_lei_26_de_2018__promocao_familia_circense_circo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Promoção da Família Circense e Circo Itinerante no Município de Espera Feliz</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4047/brn3c2af423710f_025585.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4047/brn3c2af423710f_025585.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2019 e dá outras providências</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4050/projeto_28_de_2018_setembro_amarelo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4050/projeto_28_de_2018_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover alterações de fontes e destinações de recursos previstos na Loa/2019 conforme definição da Secretaria do Tesouro Nacional - STN</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>Acácio Siqueira , Dr. Erick Amaral, Ediel Gomes, Elcinho Professor , Eluízio Bilheiro, João Brum, Júlio Maria, Keké Lacerda, Matusalém, Rômolo Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4057/brn3c2af423710f_025591.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4057/brn3c2af423710f_025591.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão no Calendário de Eventos do Município de Espera Feliz, o Mês de Prevenção do Suicídio e de Valorização da Vida, denominado "Setembro Amarelo"</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4053/projeto_30_de_2018_saude_materna__e_infantil.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4053/projeto_30_de_2018_saude_materna__e_infantil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão dos objetivos e diretrizes para a adoção de medidas de atenção à saúde materna e infantil no município de Espera Feliz</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4054/projeto_31_de_2018_nome_caps_homero.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4054/projeto_31_de_2018_nome_caps_homero.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Centro de Atenção Psicossocial: CAPSI Dr. Homero Custódio Pereira Júnior</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4055/projeto_de_lei_32_de_2018_comanda_bares.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4055/projeto_de_lei_32_de_2018_comanda_bares.pdf</t>
   </si>
   <si>
     <t>Disciplina o uso de comanda nos bares, restaurantes e similares do município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4056/projeto_de_lei_33-2018_000259.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4056/projeto_de_lei_33-2018_000259.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura crédito especial que especifica.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dr. Érick do Amaral e Souza, Eluízio Bilheiro, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4062/pr_01_2018_orcamento_camara.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4062/pr_01_2018_orcamento_camara.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2019 da Câmara Municipal de Espera Feliz e Contém outras providências</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4063/pr_02_2018_alteracao_orcamento_camara.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4063/pr_02_2018_alteracao_orcamento_camara.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n° 218/2018, de 21 de junho de 2018 que fixará Dotações Orçamentárias para o Exercício Financeiro de 2019 da Câmara Municipal de Espera Feliz e contém outras providências</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4064/pr_03_2018_incineracao_de_documentos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4064/pr_03_2018_incineracao_de_documentos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incineração de documentos recebidos da Prefeitura referente as receitas e despesas e outros documentos de expediente inservíveis e dá outras providências</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4065/resolucao_04.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4065/resolucao_04.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão (ã) honorário (a) de Espera Feliz e cidadão (ã) benemérito (a) às pessoas que especifica</t>
   </si>
   <si>
     <t>3197</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SE A TESTAGEM NEUROPSICOLÓGICA PARA AVALIAÇÃO DE COGNIÇÃO PODE SER ADQUIRIDA PELA SECRETARIA MUNICIPAL DE SAÚDE? CASO POSITIVO, SE EXISTE A PREVISÃO PARA QUE O MUNICÍPIO REALIZE A AQUISIÇÃO DOS MESMOS? CASO NEGATIVO, SE O MUNICÍPIO PODERIA INSERIR O MESMO NAS FUTURAS AQUISIÇÕES PARA O SETOR DE SAÚDE.</t>
   </si>
   <si>
     <t>3198</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3198/3198_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3198/3198_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES SE O PONTO DE ÔNIBUS LOCALIZADO NA RUA JOSÉ GRILLO, EM FRENTE AO SUPERMERCADO MORAIS, ESTÁ REGULAMENTADO.</t>
   </si>
   <si>
     <t>3199</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3199/3199_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3199/3199_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES REFERENTES A PONTE QUE FICA LOCALIZADA ENTRE MINAS GERAIS E ESPÍRITO SANTO, NA COMUNIDADE DO PARAÍSO (CÓRREGO SANTA RITA), QUERENDO SABER QUAL A PREVISÃO DE INICIAR A OBRA DE RECUPERAÇÃO DESTA PONTE, HAJA VISTA QUE ATUALMENTE ESTÁ INTERDITADA, DIFICULTANDO A VIDA DOS MUNÍCIPES.</t>
   </si>
   <si>
     <t>3200</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3200/3200_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3200/3200_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ESTE SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, REQUER QUE, OUVIDO O PLENÁRIO, SEJA SOLICITADO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, RESPEITANDO O PRAZO REGIMENTAL, CONFORME ART. 66 DA LEI ORGÂNICA, PARÁGRAFO XIV, INFORMAÇÕES REFERENTES A INDICAÇÃO DE N. 112/2017, NO SENTIDO DE SABER SE FORAM REALIZADAS ALTERAÇÕES NO CÓDIGO DE POSTURAS DO MUNICÍPIO, NO QUE TANGE AO HORÁRIO DE FUNCIONAMENTO DO COMÉRCIO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2244,67 +2244,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3164/3164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3165/3165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3166/3166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3168/3168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3169/3169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3170/3170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3171/3171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3172/3172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3173/3173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3174/3174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3175/3175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3176/3176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3178/3178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3182/3182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3183/3183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3185/3185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3186/3186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3187/3187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3188/3188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3189/3189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3191/3191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3192/3192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3193/3193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3194/3194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3195/3195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3196/3196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3219/3219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3220/3220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3221/3221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3222/3222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3223/3223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3224/3224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3225/3225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3226/3226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3227/3227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3228/3228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3229/3229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3230/3230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3231/3231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3232/3232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3233/3233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3234/3234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3235/3235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3236/3236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3237/3237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3330/3330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3334/3334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3254/3254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3255/3255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3242/3242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3243/3243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3314/3314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3315/3315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3316/3316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3280/3280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3281/3281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3282/3282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3283/3283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3284/3284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3285/3285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3257/3257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3286/3286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3287/3287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3317/3317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3288/3288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3289/3289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3290/3290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3291/3291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3294/3294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3295/3295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3296/3296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3244/3244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3318/3318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3319/3319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3245/3245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3246/3246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3297/3297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3238/3238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3239/3239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3240/3240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3241/3241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3298/3298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3320/3320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3329/3329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3207/3207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3208/3208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3209/3209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3210/3210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3211/3211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3212/3212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3213/3213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3214/3214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3216/3216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3217/3217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3218/3218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4058/plc_23_de_2018_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4059/projeto_de_lei_complementar_24_de_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4060/plc_25_de_2018_alteracao_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4061/projeto_de_lei_complementar_26.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4035/projeto_01_de_2018_-_recomposicao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3201/3201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3202/3202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3203/3203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4038/projeto_05_de_2018_-_ajuda_financeira_unidos_de_espera_feliz_carnaval.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4040/projeto_06_de_2018_prorrogra_prazo_infraestrutura_loteamento__maria_aparecida.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4043/projeto_07_de_2018_autoriza_cessao_de_area_karateca_cidadao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4045/projeto_08_de_2018_prorroga_prazo_infraestrutura_loteamento_pedrosa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3215/3215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4046/projeto_de_lei_10-2018_000258.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4048/projeto_de_lei_11-2018_000257.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3204/3204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3205/3205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4049/projeto_de_lei_14_de_2018_declara_de_expansao_urbana_fazenda_pedra_negra_quice.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3206/3206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4051/projeto_16_de_2018_ajuda_financeira_falcoes_da_montanha.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4052/projeto_17_de_2018_repasse_financeiro_hospital.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4033/projeto_18_de_2018_ldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4034/projeto_19_de_2018_feiras.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4036/projeto_20_de_2018_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4037/projeto_21_de_2018_ingressos_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4039/projeto_22_de_2018_diarias.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4041/projeto_23_de_2018_cessao_espaco_elo_das_montanhas.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/3643/projeto_de_lei_no24-2018_000165.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4042/projeto_25_de_2018_diaria_fumpref.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4044/projeto_de_lei_26_de_2018__promocao_familia_circense_circo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4047/brn3c2af423710f_025585.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4050/projeto_28_de_2018_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4057/brn3c2af423710f_025591.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4053/projeto_30_de_2018_saude_materna__e_infantil.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4054/projeto_31_de_2018_nome_caps_homero.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4055/projeto_de_lei_32_de_2018_comanda_bares.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4056/projeto_de_lei_33-2018_000259.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4062/pr_01_2018_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4063/pr_02_2018_alteracao_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4064/pr_03_2018_incineracao_de_documentos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4065/resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3198/3198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3199/3199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3200/3200_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3164/3164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3165/3165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3166/3166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3167/3167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3168/3168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3169/3169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3170/3170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3171/3171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3172/3172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3173/3173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3174/3174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3175/3175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3176/3176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3177/3177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3178/3178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3182/3182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3183/3183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3185/3185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3186/3186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3187/3187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3188/3188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3189/3189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3190/3190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3191/3191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3192/3192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3193/3193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3194/3194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3195/3195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3196/3196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3219/3219_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3220/3220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3221/3221_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3222/3222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3223/3223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3224/3224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3225/3225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3226/3226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3227/3227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3228/3228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3229/3229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3230/3230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3231/3231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3232/3232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3233/3233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3234/3234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3235/3235_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3236/3236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3237/3237_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3330/3330_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3334/3334_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3254/3254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3255/3255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3264/3264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3242/3242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3243/3243_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3314/3314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3315/3315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3316/3316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3266/3266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3280/3280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3281/3281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3282/3282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3283/3283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3284/3284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3285/3285_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3256/3256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3257/3257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3258/3258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3286/3286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3287/3287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3317/3317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3288/3288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3289/3289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3290/3290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3291/3291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3292/3292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3293/3293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3294/3294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3259/3259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3260/3260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3261/3261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3295/3295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3296/3296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3244/3244_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3318/3318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3319/3319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3245/3245_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3246/3246_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3247/3247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3248/3248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3252/3252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3297/3297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3249/3249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3250/3250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3238/3238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3239/3239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3240/3240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3241/3241_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3251/3251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3253/3253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3262/3262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3298/3298_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3320/3320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3329/3329_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3207/3207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3208/3208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3209/3209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3210/3210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3211/3211_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3212/3212_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3213/3213_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3214/3214_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3216/3216_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3217/3217_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3218/3218_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4058/plc_23_de_2018_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4059/projeto_de_lei_complementar_24_de_2018.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4060/plc_25_de_2018_alteracao_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4061/projeto_de_lei_complementar_26.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4035/projeto_01_de_2018_-_recomposicao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3201/3201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3202/3202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3203/3203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4038/projeto_05_de_2018_-_ajuda_financeira_unidos_de_espera_feliz_carnaval.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4040/projeto_06_de_2018_prorrogra_prazo_infraestrutura_loteamento__maria_aparecida.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4043/projeto_07_de_2018_autoriza_cessao_de_area_karateca_cidadao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4045/projeto_08_de_2018_prorroga_prazo_infraestrutura_loteamento_pedrosa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3215/3215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4046/projeto_de_lei_10-2018_000258.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4048/projeto_de_lei_11-2018_000257.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3204/3204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3205/3205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4049/projeto_de_lei_14_de_2018_declara_de_expansao_urbana_fazenda_pedra_negra_quice.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3206/3206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4051/projeto_16_de_2018_ajuda_financeira_falcoes_da_montanha.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4052/projeto_17_de_2018_repasse_financeiro_hospital.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4033/projeto_18_de_2018_ldo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4034/projeto_19_de_2018_feiras.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4036/projeto_20_de_2018_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4037/projeto_21_de_2018_ingressos_idosos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4039/projeto_22_de_2018_diarias.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4041/projeto_23_de_2018_cessao_espaco_elo_das_montanhas.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/3643/projeto_de_lei_no24-2018_000165.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4042/projeto_25_de_2018_diaria_fumpref.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4044/projeto_de_lei_26_de_2018__promocao_familia_circense_circo.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4047/brn3c2af423710f_025585.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4050/projeto_28_de_2018_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4057/brn3c2af423710f_025591.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4053/projeto_30_de_2018_saude_materna__e_infantil.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4054/projeto_31_de_2018_nome_caps_homero.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4055/projeto_de_lei_32_de_2018_comanda_bares.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4056/projeto_de_lei_33-2018_000259.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4062/pr_01_2018_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4063/pr_02_2018_alteracao_orcamento_camara.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4064/pr_03_2018_incineracao_de_documentos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2018/4065/resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3198/3198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3199/3199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2018/3200/3200_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H163"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="156.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="155.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>