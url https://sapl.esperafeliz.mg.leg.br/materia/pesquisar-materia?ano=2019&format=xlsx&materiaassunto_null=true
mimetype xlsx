--- v0 (2025-12-13)
+++ v1 (2026-03-20)
@@ -54,3144 +54,3144 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3892</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/indicacao_1-2019_000244.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/indicacao_1-2019_000244.pdf</t>
   </si>
   <si>
     <t>Que o executivo Municipal entre em contato com a Secretaria competente, a pedido do morador Ricardo Chambela e dentro das viabilidades realize uma limpeza geral na Avenida Jaime Toledo, retirando as folhas espalhadas pelo chão, como pode ser visto através de fotos anexadas, haja visto que a preocupação dos moradores é que se chover elas irão para os bueiros, o que causará entupimento.</t>
   </si>
   <si>
     <t>3263</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3263/3263_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3263/3263_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE, REALIZE UM SERVIÇO DE CAPINA E PROCEDA COM A RECUPERAÇÃO DO CALÇAMENTO DAS RUAS MATEUS IGNACHITI E BRAZ MARTINS QUE FICAM LOCALIZADAS NO BAIRRO TRIÂNGULO.</t>
   </si>
   <si>
     <t>3267</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3267/3267_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3267/3267_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM A LIMPEZA DO BUEIRO DA RUA CAPARAÓ NO BAIRRO JOÃO CLARA, POIS SEGUNDO OS MORADORES A ÚLTIMA LIMPEZA PROCEDIDA FOI REALIZADA PELOS PRÓPRIOS MORADORES.</t>
   </si>
   <si>
     <t>3268</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3268/3268_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3268/3268_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR QUE ABAIXO SUBSCREVE, APÓS TRAMITAÇÃO REGIMENTAL, SOLICITA QUE SEJA ENCAMINHADA A SEGUINTE INDICAÇÃO AO EXCELENTÍSSIMO PREFEITO MUNICIPAL: QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE MELHORIAS NO BAIRRO JOÃO CLARA COMO: LIMPEZA DE CAPINA EM TODAS AS RUAS; OPERAÇÃO TAPA-BURACOS EM TODAS AS RUAS E LIMPEZA DE TODOS OS BUEIROS.</t>
   </si>
   <si>
     <t>3269</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3269/3269_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3269/3269_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES INSTALE BUEIROS NA RUA SÃO PAULO QUE FICA LOCALIZADA NO BAIRRO JOÃO CLARA, HAJA VISTA QUE É UMA RUA EXTENSA QUE CONTA COM RESIDÊNCIAS E NÃO HÁ SEQUER UM BUEIRO.</t>
   </si>
   <si>
     <t>3270</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3270/3270_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3270/3270_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES INSTALE BUEIROS NA RUA MINAS GERAIS QUE FICA LOCALIZADA NO BAIRRO JOÃO CLARA, INFORMANDO QUE É UMA RUA EXTENSA, CONTA COM 28 RESIDÊNCIAS E COM UM BUEIRO, NÃO DANDO VAZÃO PARA O ESCOAMENTO DAS ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>3271</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3271/3271_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3271/3271_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA URGENTE COM UMA LIMPEZA NO CAMPO DE FUTEBOL DE AREIA QUE FICA LOCALIZADO NA RUA CURITIBA, BAIRRO JOÃO CLARA.</t>
   </si>
   <si>
     <t>3272</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3272/3272_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3272/3272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROVIDENCIE ASSIM QUE TERMINAR A OBRA DA PRAÇA QUE ESTÃO FAZENDO NO BAIRRO JOÃO CLARA, A CONTRATAÇÃO DE UM VIGIA, HAJA VISTA QUE FUI INFORMADA QUE MESMO ANTES DO TÉRMINO DA OBRA, JÁ ESTÁ HAVENDO VANDALISMO ÀS NOITES NESTA LOCALIDADE. APROVEITO PARA INFORMAR QUE OS MORADORES AGRADECEM A CONSTRUÇÃO DA PRAÇA. </t>
   </si>
   <si>
     <t>3273</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3273/3273_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3273/3273_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES FAÇA UM ESTUDO NECESSÁRIO E APÓS TOME PROVIDÊNCIAS EM RELAÇÃO À RUA MACLÓVIS MURILO LOPES, DESTACANDO QUE ESTA RUA SE TORNA CADA DIA MAIS ESTREITA, DEVIDO AO RIO SÃO JOÃO ESTÁ ADENTRANDO A RUA.</t>
   </si>
   <si>
     <t>3893</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3893/indicacao_10-2019_000243.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3893/indicacao_10-2019_000243.pdf</t>
   </si>
   <si>
     <t>Que o executivo Municipal entre em contato com a Secretaria competente, e dentro das viabilidades proceda com a instalação de 04 (quatro) redutores de velocidade na Rua Jair de Souza Castro.</t>
   </si>
   <si>
     <t>3274</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3274/3274_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3274/3274_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES RECUPERE TODAS AS ESTRADAS MUNICIPAIS, REALIZANDO ABERTURA NOS LOCAIS ONDE HOUVER NECESSIDADE, RECUPERAÇÃO DAS PONTES, CASCALHAMENTO E COLOCAÇÃO DE SAIBRO EM TODOS OS PONTOS CRÍTICOS.</t>
   </si>
   <si>
     <t>3275</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3275/3275_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3275/3275_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM EXTENSÃO DA REDE DE ESGOTO NA RUA PEDRA MENINA, BAIRRO FLORESTA, INDO ATÉ O RIO NA RESIDÊNCIA DE N.: 350.</t>
   </si>
   <si>
     <t>3276</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_13-2019_000245.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_13-2019_000245.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES TOME PROVIDÊNCIAS URGENTES EM RELAÇÃO AO ESGOTO A CÉU ABERTO DA RUA NELSON DA SILVA VALADÃO, NO BAIRRO NOVO HORIZONTE, PRÓXIMO A RESIDÊNCIA DO PASTOR ADILSON.</t>
   </si>
   <si>
     <t>3277</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3277/3277_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3277/3277_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES COLOQUE LATÕES DE LIXO E PAVIMENTAÇÃO NAS RUAS DO CONJUNTO HABITACIONAL SANTA INÊS.</t>
   </si>
   <si>
     <t>3278</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3278/3278_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3278/3278_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES COLOQUE LATÕES DE LIXO/LIXEIRAS NO MORRO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>3279</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3279/3279_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3279/3279_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES COLOQUE LATÕES DE LIXO NA RUA GERSON GOMES NO BAIRRO PATRONATO E AINDA TOME PROVIDÊNCIAS EM RELAÇÃO AO ESCOAMENTO CORRETO DAS ÁGUAS PLUVIAIS, HAJA VISTA QUE QUANDO CHOVE DÁ ENCHENTE NESTA LOCALIDADE.</t>
   </si>
   <si>
     <t>3299</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Dr. Erick Amaral</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3299/3299_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3299/3299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR CONCURSO PÚBLICO PARA A CONTRATAÇÃO DE UM MAIOR CONTINGENTE DE GARIS PARA ATENDER TODAS AS RUAS DA CIDADE. </t>
   </si>
   <si>
     <t>3300</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3300/3300_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3300/3300_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REALIZAR REPAROS NA PAVIMENTAÇÃO DE DIVERSAS RUAS E AVENIDAS DA CIDADE ONDE HÁ ACÚMULO DE ÁGUAS PLUVIAIS.</t>
   </si>
   <si>
     <t>3301</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3301/3301_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3301/3301_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE REFAZER A REDE DE ESGOTO DA RUA OLIVEIRA NUNES, BAIRRO SANTA CECÍLIA.</t>
   </si>
   <si>
     <t>3302</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3302/3302_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3302/3302_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE DISPONIBILIZAR NAS RUAS DO MUNICÍPIO DE ESPERA FELIZ, MAIOR CONTINGENTE DE LATÕES OU RECIPIENTES PARA ACONDICIONAMENTO DE RESÍDUOS SÓLIDOS (LATÕES DE LIXO) </t>
   </si>
   <si>
     <t>3303</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3303/3303_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3303/3303_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE CONSERTAR O CALÇAMENTO DA RUA CLARINDO MARQUES DE ABREU, NAS PROXIMIDADES DO NÚMERO 100.</t>
   </si>
   <si>
     <t>3304</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t xml:space="preserve">Acácio Siqueira </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3304/3304_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3304/3304_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE MELHORIAS NO TRÂNSITO DA ÁREA CENTRAL DO MUNICÍPIO, CONFORME ESPECIFICADAS ABAIXO: DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO DE VEÍCULOS NAS RUAS FIORAVANTE PADULA E JOÃO SEBASTIÃO DE AMORIM, INICIANDO DAS PROXIMIDADES DO BANCO CRESOL E FINALIZANDO PRÓXIMO AO CORREIO, SENDO NA PARTE DE CIMA E NA PARTE DE BAIXO DESTAS RUAS: DEMARCAR NOVOS ESPAÇOS PARA MOTOCICLISTAS, PARA QUE NÃO OCUPEM VAGAS DE CARROS; REALIZAR NOVA PINTURA NAS FAIXAS DE PEDESTRE E TAMBÉM NAS DEMARCAÇÕES DE VAGAS JÁ EXISTENTES COMO AS QUE FICAM EM FRENTE AO BANCO DO BRASIL, PREFEITURA, BRADESCO, ETC..</t>
   </si>
   <si>
     <t>3305</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t xml:space="preserve">Elcinho Professor </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3305/3305_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3305/3305_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM MELHORIAS NA RUA LUIZ GERALDELLE NO BAIRRO SANTA CECÍLIA, UMA VEZ QUE NESSE PERÍODO DE CHUVAS OS MORADORES NÃO TÊM CONDIÇÕES DE ENTRAR OU SAIR DE SUAS RESIDÊNCIAS, EM VIRTUDE DO ACÚMULO DE ÁGUA.</t>
   </si>
   <si>
     <t>3306</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3306/3306_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3306/3306_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL PROCEDA COM MELHORIAS DAS VIAS NÃO PAVIMENTADAS DO BAIRRO PÃO DE LOT, RUA GERSON GOMES, JUSCELINO KUBITSCHEK</t>
   </si>
   <si>
     <t>3307</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3307/3307_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3307/3307_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL PROCEDA MELHORIAS NA RUA ROBSON COUTINHO, COM O PATROLAMENTO E ENSAIBRAMENTO, UMA VEZ QUE EM VIRTUDE DAS CHUVAS, FICA INTRANSITÁVEL PARA SEUS MORADORES. </t>
   </si>
   <si>
     <t>3308</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3308/3308_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3308/3308_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES RETIRE O ENTULHO QUE ESTÁ DEPOSITADO NO LEITO DA ESTRADA EM FRENTE À CHÁCARA BURITIS, (CÓRREGO SÃO DOMINGOS).</t>
   </si>
   <si>
     <t>3309</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3309/3309_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3309/3309_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM UMA REABERTURA NA ESTRADA QUE INICIA NO TREVO ESPERA FELIZ/CARANGOLA, SENTIDO AO SÍTIO TATUAPÉ, INDO ATÉ A ESCOLINHA E AINDA ENSAIBRAR.</t>
   </si>
   <si>
     <t>3310</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3310/3310_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3310/3310_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROCEDA COM O CONSERTO DA TAMPA DA REDE PLUVIAL DA RUA BITENCOURT PIRES, CONFORME SEGUEM FOTOS ANEXADAS.</t>
   </si>
   <si>
     <t>3311</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3311/3311_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3311/3311_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE UM CONSERTO NO CALÇAMENTO DA RUA NILTON FERREIRA DE CASTRO.</t>
   </si>
   <si>
     <t>3312</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3312/3312_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3312/3312_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS PROVIDENCIE CONSTRUÇÃO DE REDE PLUVIAL NA RUA DOUTOR JOSÉ PAIXÃO, NAS PROXIMIDADES DA LOJA CONSTRULAR. SEGUEM FOTOS ANEXADAS.</t>
   </si>
   <si>
     <t>3313</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3313/indicacao_31-2019_000246.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3313/indicacao_31-2019_000246.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES REALIZE MELHORIAS NOS POSTOS DE SAÚDE VANGUARDA E LUZ: COBERTURA NA ÁREA EXTERNA DOS POSTOS; PLACA PROIBIDO ESTACIONAR E PINTURA DE SINALIZAÇÃO DE PROIBIDO ESTACIONAR EM FRENTE AO LOCAL DE ACESSIBILIDADE DOS CADEIRANTES.</t>
   </si>
   <si>
     <t>3321</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Júlio Maria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3321/3321_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3321/3321_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROVIDENCIE O NIVELAMENTO (COM PATROLA) NA RUA ROSALINA VILETE BORGES NO BAIRRO DO ROQUE, HAJA VISTA QUE CONTA COM MUITOS BURACOS E PÉSSIMO ESCOAMENTO DE ÁGUA. </t>
   </si>
   <si>
     <t>3322</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3322/3322_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3322/3322_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PROVIDENCIE EM CARÁTER DE URGÊNCIA QUE REFAÇAM A ILUMINAÇÃO DA PRAÇA AMENAIDE VASCONCELOS ROCHA E AINDA, SOLICITO QUE COLOQUEM UM VIGIA NOTURNO NESTA LOCALIDADE, PRINCIPALMENTE NOS FINAIS DE SEMANA.</t>
   </si>
   <si>
     <t>3323</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3323/3323_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3323/3323_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E DENTRO DAS VIABILIDADES PATROLE E ENSAIBRE A RUA JOAQUIM MOREIRA LACERDA QUE FICA LOCALIZADA NO DISTRITO  DE SÃO JOSÉ DA PEDDRA MENINA, POIS COMO PODE SER OBSERVADO ATRAVÉS DAS FOTOS ANEXADAS, ESTÁ PRATICAMENTE INTRANSITÁVEL.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3324/3324_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3324/3324_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA E VEJA A POSSIBILIDADE DE FAZER UM ESTACIONAMENTO PARA MOTOCICLETAS NA AVENIDA JAIME TOLEDO, ONDE HAVIA UM TRAILER QUE FUNCIONAVA O CHURRASQUINHO DO BAÚ.</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3325/3325_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3325/3325_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ATRAVÉS DA SECRETARIA COMPETENTE, VEJA A VIABILIDADE DE COLOCAR UMA FAIXA DE PEDESTRE NA RUA JOÃO CARLOS, ANTES DO CRUZAMENTO COM A RUA CIRA ROSA DE ASSIS</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3326/3326_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3326/3326_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O LEGISLATIVO MUNICIPAL VEJA A POSSIBILIDADE DE PROCEDER COM A REVISÃO DO SEU REGIMENTO INTERNO.</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3327/3327_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3327/3327_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A POSSIBILIDADE DE PROCEDER COM MELHORIAS NA RUA GUMERCINDO LACERDA QUE SE ENCONTRA ESBURACADA E A ILUMINAÇÃO PÚBLICA DEFICITÁRIA.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3328/3328_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3328/3328_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A POSSIBILIDADE DE PROCEDER COM MELHORIAS NA RUA JOÃO MAIA DA SILVA, PRÓXIMO A APAE, QUE ENCONTRA-SE ESBURACADA E DE DIFÍCIL ACESSO.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_40-2019_000247.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_40-2019_000247.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A POSSIBILIDADE  DE PROCEDER COM MELHORIAS NA RUA ARTHUR BINA DA SILVA, QUE ENCONTRA-SE ABANDONADA, SEM CONDIÇÕES DE TRÁFEGO, COM ILUMINAÇÃO PRECÁRIA, COLOCANDO EM RISCO OS MUNÍCIPES.</t>
   </si>
   <si>
     <t>3332</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A POSSIBILIDADE DE MELHORAR O PISO DA ÁREA DE LAZER SUBSTITUINDO OS ATUAIS BLOQUETES SEXTAVADOS POR BLOQUETES INTERTRAVADOS. </t>
   </si>
   <si>
     <t>3333</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3333/3333_texto_integral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3333/3333_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE O EXECUTIVO MUNICIPAL, ENTRE EM CONTATO COM A SECRETARIA COMPETENTE E VEJA A POSSIBILIDADE DE PROCEDER A CONSTRUÇÃO DE UM PONTO DE ÔNIBUS PRÓXIMO AO PÓRTICO DA CIDADE.</t>
   </si>
   <si>
     <t>3894</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3894/brn3c2af42a09bc_037343-17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3894/brn3c2af42a09bc_037343-17.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria ou Órgão competente e veja a viabilidade de colocar placas móveis em frente às escolas</t>
   </si>
   <si>
     <t>3895</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3895/brn3c2af42a09bc_037343-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3895/brn3c2af42a09bc_037343-16.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria ou Órgão competente e veja a viabilidade de realizar uma limpeza geral na Comunidade do São Gonçalo</t>
   </si>
   <si>
     <t>3896</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3896/brn3c2af42a09bc_037343-15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3896/brn3c2af42a09bc_037343-15.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de patrolar e ensaibrar as estradas</t>
   </si>
   <si>
     <t>3897</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3897/brn3c2af42a09bc_037343-14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3897/brn3c2af42a09bc_037343-14.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria ou Órgão competente e veja a viabilidade de colocar (01) um latão de lixo na rua projetada B</t>
   </si>
   <si>
     <t>3898</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3898/brn3c2af42a09bc_037343-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3898/brn3c2af42a09bc_037343-13.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria ou Órgão competente e dentro das viabilidades proceda com a recuperação da camada asfáltica da Rua João Sebastião de Amorim</t>
   </si>
   <si>
     <t>3899</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3899/brn3c2af42a09bc_037343-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3899/brn3c2af42a09bc_037343-12.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria ou Órgão competente e dentro das viabilidades realize uma reforma nos vestiários do Estádio</t>
   </si>
   <si>
     <t>3900</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3900/brn3c2af42a09bc_037343-11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3900/brn3c2af42a09bc_037343-11.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de estudar e analisar uma forma mais participativa de realizar a Exposição Agropecuária</t>
   </si>
   <si>
     <t>3901</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3901/brn3c2af42a09bc_037343-10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3901/brn3c2af42a09bc_037343-10.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal juntamente com o Setor Responsável veja a viabilidade de elaborar um estudo para a instalação na Torre de Retransmissão deste município</t>
   </si>
   <si>
     <t>3902</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3902/brn3c2af42a09bc_037343-9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3902/brn3c2af42a09bc_037343-9.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no trânsito da Rua Jurandir Francisco Muniz</t>
   </si>
   <si>
     <t>3903</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3903/brn3c2af42a09bc_037343-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3903/brn3c2af42a09bc_037343-8.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de realizar uma reforma e melhorias na quadra da comunidade da Vargem Alegre</t>
   </si>
   <si>
     <t>3904</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3904/brn3c2af42a09bc_037343-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3904/brn3c2af42a09bc_037343-7.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente veja a viabilidade de zelar pelos campos de futebol da área rural</t>
   </si>
   <si>
     <t>3905</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3905/brn3c2af42a09bc_037343-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3905/brn3c2af42a09bc_037343-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de realizar pintura em todos os quebra-molas</t>
   </si>
   <si>
     <t>3906</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3906/brn3c2af42a09bc_037343-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3906/brn3c2af42a09bc_037343-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente veja a viabilidade de melhorar a iluminação da rua São João</t>
   </si>
   <si>
     <t>3907</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3907/brn3c2af42a09bc_037343-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3907/brn3c2af42a09bc_037343-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente veja a viabilidade de construção de faixas de pedestres na Avenida Roque Ferreira de Castro</t>
   </si>
   <si>
     <t>3908</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3908/brn3c2af42a09bc_037343-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3908/brn3c2af42a09bc_037343-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e dentro das viabilidades realize a colocação de faixa de pedestre</t>
   </si>
   <si>
     <t>3909</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3909/brn3c2af42a09bc_037343-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3909/brn3c2af42a09bc_037343-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de patrolar a estrada do Córrego do Angola</t>
   </si>
   <si>
     <t>3910</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3910/brn3c2af42a09bc_037343-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3910/brn3c2af42a09bc_037343-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de patrolar a estrada do Córrego do Bonfim</t>
   </si>
   <si>
     <t>3911</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3911/brn3c2af42a09bc_037360.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3911/brn3c2af42a09bc_037360.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de estudar a situação do trânsito da Rua João Carlos</t>
   </si>
   <si>
     <t>3912</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3912/brn3c2af42a09bc_037368-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3912/brn3c2af42a09bc_037368-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades adquira uma moto para a Polícia Militar</t>
   </si>
   <si>
     <t>3917</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3917/brn3c2af42a09bc_037368-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3917/brn3c2af42a09bc_037368-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar um estudo necessário referente ao retorno do semáforo</t>
   </si>
   <si>
     <t>3919</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3919/brn3c2af42a09bc_037368-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3919/brn3c2af42a09bc_037368-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de rebaixar o calçamento em frente ao sacolão</t>
   </si>
   <si>
     <t>3923</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3923/brn3c2af42a09bc_037368-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3923/brn3c2af42a09bc_037368-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de construir uma faixa de pedestre</t>
   </si>
   <si>
     <t>3924</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3924/brn3c2af42a09bc_037368-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3924/brn3c2af42a09bc_037368-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma limpeza geral nas ruas do município</t>
   </si>
   <si>
     <t>3913</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Ediel Gomes</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3913/indicacao_67-2019.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3913/indicacao_67-2019.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, requer que ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, um ofício se é favorável ou não que o Projeto de minha autoria siga seu trâmite legal.</t>
   </si>
   <si>
     <t>3914</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3914/brn3c2af42a09bc_037368-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3914/brn3c2af42a09bc_037368-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Avenida Arthur Bina</t>
   </si>
   <si>
     <t>3915</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3915/indicacao_69-2019.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3915/indicacao_69-2019.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de patrolar e ensaibrar a Rua Maria Moreira que fica localizada no Bairro Vale do Sol II.</t>
   </si>
   <si>
     <t>3925</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3925/brn3c2af42a09bc_037384-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3925/brn3c2af42a09bc_037384-7.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar em regime de urgência uma poda nas árvores da Avenida Jaime Toledo</t>
   </si>
   <si>
     <t>3926</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3926/brn3c2af42a09bc_037384-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3926/brn3c2af42a09bc_037384-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de adquirir um veículo para o Conselho Tutelar</t>
   </si>
   <si>
     <t>3927</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3927/brn3c2af42a09bc_037384-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3927/brn3c2af42a09bc_037384-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de recapear o asfalto da rua Anel rodoviário</t>
   </si>
   <si>
     <t>3928</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3928/brn3c2af42a09bc_037384-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3928/brn3c2af42a09bc_037384-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de pintar uma faixa de pedestre na saída da cidade</t>
   </si>
   <si>
     <t>3929</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3929/brn3c2af42a09bc_037384-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3929/brn3c2af42a09bc_037384-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e substitua as lâmpadas tradicionais</t>
   </si>
   <si>
     <t>3930</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3930/brn3c2af42a09bc_037384-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3930/brn3c2af42a09bc_037384-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria de Meio Ambiente e Secretaria de Obras e veja a possibilidade de podar as àrvores</t>
   </si>
   <si>
     <t>3931</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Acácio Siqueira , Elcinho Professor , Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3931/brn3c2af42a09bc_037384-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3931/brn3c2af42a09bc_037384-1.pdf</t>
   </si>
   <si>
     <t>Solicita à Mesa Diretora desta Casa de Leis que, após ouvido o Plenário, seja vista a possibilidade de disponibilizar um computador equipado com impressora para uso da sala das comissões</t>
   </si>
   <si>
     <t>3916</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3916/indicacao_77-2019.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3916/indicacao_77-2019.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de pintar uma faixa de pedestre na Rua Cira Rosa, esquina com José Grillo (próximo à feirinha do Bertulino).</t>
   </si>
   <si>
     <t>3918</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3918/indicacao_78-2019_correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3918/indicacao_78-2019_correto.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de instalar um letreiro com o nome de Espera Feliz na nova Praça construída, que fica na Avenida Jaime Toledo com a Rua João Sebastião de Amorim.</t>
   </si>
   <si>
     <t>3932</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3932/brn3c2af42a09bc_037395_rotated.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3932/brn3c2af42a09bc_037395_rotated.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de pintar uma faixa de pedestre</t>
   </si>
   <si>
     <t>3920</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3920/indicacao_80-2019_correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3920/indicacao_80-2019_correto.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de estender a rede de energia elétrica na BR 482, nas proximidades do Pórtico de entrada da cidade (Sentido Carangola).</t>
   </si>
   <si>
     <t>3933</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3933/brn3c2af42a09bc_037398_rotated.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3933/brn3c2af42a09bc_037398_rotated.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de concessão mensal de Auxílio Alimentação</t>
   </si>
   <si>
     <t>3921</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3921/indicacao_82-2019_correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3921/indicacao_82-2019_correto.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de calçar a Rua Robson Coutinho que fica localizada no Bairro do Roque.</t>
   </si>
   <si>
     <t>3934</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3934/brn3c2af42a09bc_037402_rotated.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3934/brn3c2af42a09bc_037402_rotated.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de implantar a guarda municipal na cidade</t>
   </si>
   <si>
     <t>3922</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3922/indicacao_84-2019correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3922/indicacao_84-2019correto.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de realizar uma operação tapa buracos na Rua Olavo Gomes, que fica localizada no bairro João Clara.</t>
   </si>
   <si>
     <t>3935</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3935/brn3c2af42a09bc_037405_rotated-19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3935/brn3c2af42a09bc_037405_rotated-19.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente estude a viabilidade de reformar a Escola do São Gonçalo</t>
   </si>
   <si>
     <t>3936</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3936/brn3c2af42a09bc_037405_rotated-18.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3936/brn3c2af42a09bc_037405_rotated-18.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de recapear o asfalto da Comunidade do São Gonçalo</t>
   </si>
   <si>
     <t>3937</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3937/brn3c2af42a09bc_037405_rotated-17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3937/brn3c2af42a09bc_037405_rotated-17.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de construir 01 (uma) quadra</t>
   </si>
   <si>
     <t>3938</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3938/brn3c2af42a09bc_037405_rotated-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3938/brn3c2af42a09bc_037405_rotated-16.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de reformar a quadra da Comunidade Taboão</t>
   </si>
   <si>
     <t>3939</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3939/brn3c2af42a09bc_037405_rotated-15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3939/brn3c2af42a09bc_037405_rotated-15.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de reformar a ponte que fica na Comunidade Nossa Senhora de Lourdes</t>
   </si>
   <si>
     <t>3940</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3940/brn3c2af42a09bc_037405_rotated-14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3940/brn3c2af42a09bc_037405_rotated-14.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de reformar a Escola do Taboão</t>
   </si>
   <si>
     <t>3941</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3941/brn3c2af42a09bc_037405_rotated-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3941/brn3c2af42a09bc_037405_rotated-13.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de realizar uma pintura na Escola e no Posto de Saúde da Comunidade do São João da Farinha</t>
   </si>
   <si>
     <t>3942</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3942/brn3c2af42a09bc_037405_rotated-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3942/brn3c2af42a09bc_037405_rotated-12.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de iluminar a Quadra da Comunidade do Angola</t>
   </si>
   <si>
     <t>3943</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3943/brn3c2af42a09bc_037405_rotated-11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3943/brn3c2af42a09bc_037405_rotated-11.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de aterrar a estrada que dá acesso a Comunidade Ventania</t>
   </si>
   <si>
     <t>3944</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3944/brn3c2af42a09bc_037405_rotated-10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3944/brn3c2af42a09bc_037405_rotated-10.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal juntamente com a Secretaria competente veja a viabilidade de construir (01) uma quadra de esportes</t>
   </si>
   <si>
     <t>3945</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3945/brn3c2af42a09bc_037405_rotated-9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3945/brn3c2af42a09bc_037405_rotated-9.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de construir um Poço Artesiano</t>
   </si>
   <si>
     <t>3946</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3946/brn3c2af42a09bc_037405_rotated-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3946/brn3c2af42a09bc_037405_rotated-8.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar melhorias no estacionamento que fica em frente a Igreja da Comunidade do São Domingos</t>
   </si>
   <si>
     <t>3947</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3947/brn3c2af42a09bc_037405_rotated-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3947/brn3c2af42a09bc_037405_rotated-7.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de instalar placas de sinalização de lombadas</t>
   </si>
   <si>
     <t>3948</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3948/brn3c2af42a09bc_037405_rotated-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3948/brn3c2af42a09bc_037405_rotated-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de providenciar uma limpeza geral no Distrito de São José da Pedra Menina</t>
   </si>
   <si>
     <t>3949</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3949/brn3c2af42a09bc_037405_rotated-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3949/brn3c2af42a09bc_037405_rotated-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de providenciar limpeza nas caixas de contenção que ficam localizadas no trecho entre a Venda da Merquinha</t>
   </si>
   <si>
     <t>3950</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3950/brn3c2af42a09bc_037405_rotated-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3950/brn3c2af42a09bc_037405_rotated-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de providenciar uma limpeza nos filtros da água do Distrito do São José da Pedra Menina</t>
   </si>
   <si>
     <t>3951</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3951/brn3c2af42a09bc_037405_rotated-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3951/brn3c2af42a09bc_037405_rotated-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma visita na Rua Hélio de Souza</t>
   </si>
   <si>
     <t>3952</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3952/brn3c2af42a09bc_037405_rotated-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3952/brn3c2af42a09bc_037405_rotated-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma visita na Rua Leopoldina</t>
   </si>
   <si>
     <t>3953</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3953/brn3c2af42a09bc_037405_rotated-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3953/brn3c2af42a09bc_037405_rotated-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de construir 03 (três) quebra-molas na Rua Jair de Souza Castro</t>
   </si>
   <si>
     <t>3954</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3954/brn3c2af42a09bc_037427_rotated.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3954/brn3c2af42a09bc_037427_rotated.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de instalar um letreiro com o nome de nossa querida cidade ESPERA FELIZ no morro da torre</t>
   </si>
   <si>
     <t>3955</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3955/brn3c2af42a09bc_037429_rotated-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3955/brn3c2af42a09bc_037429_rotated-8.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de pintar e iluminar todas as pontes da área urbana</t>
   </si>
   <si>
     <t>3956</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3956/brn3c2af42a09bc_037429_rotated-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3956/brn3c2af42a09bc_037429_rotated-7.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de aterrar uma ponte seca</t>
   </si>
   <si>
     <t>3957</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3957/brn3c2af42a09bc_037429_rotated-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3957/brn3c2af42a09bc_037429_rotated-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de calçar a Rua Hélio de Souza</t>
   </si>
   <si>
     <t>3958</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3958/brn3c2af42a09bc_037429_rotated-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3958/brn3c2af42a09bc_037429_rotated-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de iluminar a BR 482</t>
   </si>
   <si>
     <t>3974</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3974/brn3c2af423710f_025424-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3974/brn3c2af423710f_025424-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma campanha de prevenção e combate a queimadas</t>
   </si>
   <si>
     <t>3975</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3975/brn3c2af423710f_025424-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3975/brn3c2af423710f_025424-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal crie um conselho de zoonose</t>
   </si>
   <si>
     <t>3976</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3976/brn3c2af423710f_025424-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3976/brn3c2af423710f_025424-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de retirar o Semáforo antigo do Centro da cidade</t>
   </si>
   <si>
     <t>3977</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3977/brn3c2af423710f_025424-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3977/brn3c2af423710f_025424-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma operação tapa buracos em todas as ruas e bairros</t>
   </si>
   <si>
     <t>3978</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3978/brn3c2af423710f_025428.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3978/brn3c2af423710f_025428.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de roçar e limpar as margens do rio São João</t>
   </si>
   <si>
     <t>3979</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3979/brn3c2af423710f_025437.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3979/brn3c2af423710f_025437.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de criar no mínimo dois Programas de Governo</t>
   </si>
   <si>
     <t>3980</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3980/brn3c2af423710f_025439.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3980/brn3c2af423710f_025439.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de colocar abaixo da camada asfáltica</t>
   </si>
   <si>
     <t>3981</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de consertar a comporta</t>
   </si>
   <si>
     <t>3982</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3982/brn3c2af423710f_025445.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3982/brn3c2af423710f_025445.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de reformar a ponte de cimento que fica na Comunidade da Vargem Alegre</t>
   </si>
   <si>
     <t>3983</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3983/brn3c2af423710f_025451.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3983/brn3c2af423710f_025451.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de finalizar o calçamento da Rua Laura Gomes Ferraz</t>
   </si>
   <si>
     <t>3984</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3984/brn3c2af423710f_025455.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3984/brn3c2af423710f_025455.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de calçar a Rua Giovane Labate</t>
   </si>
   <si>
     <t>3985</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3985/brn3c2af423710f_025457.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3985/brn3c2af423710f_025457.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de finalizar o calçamento da Rua Claudionor Tuller</t>
   </si>
   <si>
     <t>3986</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3986/brn3c2af423710f_025461-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3986/brn3c2af423710f_025461-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de finalizar o calçamento da Rua Leopoldina</t>
   </si>
   <si>
     <t>3987</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3987/brn3c2af423710f_025461-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3987/brn3c2af423710f_025461-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de finalizar o calçamento da Rua Maclóvis Murilo Lopes</t>
   </si>
   <si>
     <t>3988</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3988/brn3c2af423710f_025461-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3988/brn3c2af423710f_025461-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar (01) uma operação tapa-buracos no Bairro João Clara</t>
   </si>
   <si>
     <t>3989</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3989/brn3c2af423710f_025461-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3989/brn3c2af423710f_025461-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar (01) uma operação tapa-buracos na Rua Filomena de Amorim</t>
   </si>
   <si>
     <t>3990</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3990/brn3c2af423710f_025465.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3990/brn3c2af423710f_025465.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de construir uma passarela entre a Avenida Arthur Bina da Silva e Rua Jair Rúbio Amorim</t>
   </si>
   <si>
     <t>3991</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3991/brn3c2af423710f_025468-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3991/brn3c2af423710f_025468-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de concluir o calçamento da Rua Caiana</t>
   </si>
   <si>
     <t>3992</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3992/brn3c2af423710f_025468-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3992/brn3c2af423710f_025468-5.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de construir banheiros públicos</t>
   </si>
   <si>
     <t>3993</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3993/brn3c2af423710f_025468-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3993/brn3c2af423710f_025468-4.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de calçar a Rua Maclóvis Murilo Lopes</t>
   </si>
   <si>
     <t>3994</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3994/brn3c2af423710f_025468-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3994/brn3c2af423710f_025468-3.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de iluminar a Praça da Igreja Santa Inês</t>
   </si>
   <si>
     <t>3995</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3995/brn3c2af423710f_025468-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3995/brn3c2af423710f_025468-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de nivelar e patrolar as estradas da Comunidade do São Domingos</t>
   </si>
   <si>
     <t>3996</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3996/brn3c2af423710f_025468-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3996/brn3c2af423710f_025468-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de colocar (01) um corrimão na ponte que fica após a saída do trevo que da acesso a Comunidade do São Domingos</t>
   </si>
   <si>
     <t>3997</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3997/brn3c2af423710f_025476.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3997/brn3c2af423710f_025476.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de proceder com urgência a reforma na quadra da Pedra Menina Chave</t>
   </si>
   <si>
     <t>3998</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3998/brn3c2af423710f_025481.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3998/brn3c2af423710f_025481.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma reforma geral no Chafariz da Praça Cira Rosa de Assis</t>
   </si>
   <si>
     <t>3999</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3999/brn3c2af423710f_025484.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3999/brn3c2af423710f_025484.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de realizar uma limpeza e uma pintura nos cemitérios do município</t>
   </si>
   <si>
     <t>4000</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4000/brn3c2af423710f_025485.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4000/brn3c2af423710f_025485.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de passar o carro fumaçê por todas as ruas do município</t>
   </si>
   <si>
     <t>4001</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4001/brn3c2af423710f_025488.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4001/brn3c2af423710f_025488.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de trocar os bueiros da cidade</t>
   </si>
   <si>
     <t>4002</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4002/brn3c2af423710f_025492-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4002/brn3c2af423710f_025492-7.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de trocar todas as pontes dos córregos do Município</t>
   </si>
   <si>
     <t>4003</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4003/brn3c2af423710f_025492-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4003/brn3c2af423710f_025492-6.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar uma limpeza</t>
   </si>
   <si>
     <t>4004</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4004/brn3c2af423710f_025492-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4004/brn3c2af423710f_025492-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de contratar serviço de segurança 24 horas</t>
   </si>
   <si>
     <t>4005</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4005/brn3c2af423710f_025492-17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4005/brn3c2af423710f_025492-17.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de calçar a entrada da lateral da Igreja que fica localizada no Distrito de São José da Pedra Menina</t>
   </si>
   <si>
     <t>4006</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4006/brn3c2af423710f_025492-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4006/brn3c2af423710f_025492-16.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de instalar 02 (duas) lombadas</t>
   </si>
   <si>
     <t>4007</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4007/brn3c2af423710f_025492-15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4007/brn3c2af423710f_025492-15.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente e veja a viabilidade de proibir parar e estacionar veículos na Rua Américo Vespúcio de Carvalho</t>
   </si>
   <si>
     <t>4008</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4008/brn3c2af423710f_025492-14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4008/brn3c2af423710f_025492-14.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente e veja a viabilidade de realizar um mutirão de limpeza</t>
   </si>
   <si>
     <t>4009</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4009/brn3c2af423710f_025492-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4009/brn3c2af423710f_025492-13.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente e veja a viabilidade de implantar nas ruas do centro da cidade o "Estacionamento Rotativo"</t>
   </si>
   <si>
     <t>4010</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4010/brn3c2af423710f_025492-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4010/brn3c2af423710f_025492-12.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal através da Secretaria competente e veja a viabilidade de construir uma pista de caminhada e corrida</t>
   </si>
   <si>
     <t>4011</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/brn3c2af423710f_025492-11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/brn3c2af423710f_025492-11.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal da Secretaria competente e após a devida licença ambiental veja a viabilidade de realizar uma obra de contenção da enchente</t>
   </si>
   <si>
     <t>4012</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/brn3c2af423710f_025492-10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/brn3c2af423710f_025492-10.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal da Secretaria competente e veja a possibilidade de calçar a Rua Hélio de Souza</t>
   </si>
   <si>
     <t>4013</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/brn3c2af423710f_025492-9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/brn3c2af423710f_025492-9.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal da Secretaria competente e veja a possibilidade de recuperar o campinho de areia do Bairro João Clara</t>
   </si>
   <si>
     <t>4014</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/brn3c2af423710f_025492-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/brn3c2af423710f_025492-8.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal da Secretaria competente e veja a possibilidade de colocar 10 (dez) latões de lixo no Bairro Patronato</t>
   </si>
   <si>
     <t>4015</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/brn3c2af423710f_025509.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/brn3c2af423710f_025509.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal da Secretaria competente e veja a possibilidade de realizar uma reforma geral no Cemitério público</t>
   </si>
   <si>
     <t>4016</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar um calçamento na Rua Félix Pereira de Souza</t>
   </si>
   <si>
     <t>4017</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/brn3c2af423710f_025514.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/brn3c2af423710f_025514.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de retirar em regime de urgência entulhos</t>
   </si>
   <si>
     <t>4018</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4018/brn3c2af423710f_025520-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4018/brn3c2af423710f_025520-8.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de trocar as luminárias do Parque/Praça da Vargem Alegre</t>
   </si>
   <si>
     <t>4019</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4019/brn3c2af423710f_025520-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4019/brn3c2af423710f_025520-7.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de trocar as luminárias da Comunidade do Paraíso</t>
   </si>
   <si>
     <t>4020</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4020/brn3c2af423710f_025520-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4020/brn3c2af423710f_025520-6.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de patrolar, nivelar e ensaibrar</t>
   </si>
   <si>
     <t>4021</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4021/brn3c2af423710f_025520-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4021/brn3c2af423710f_025520-5.pdf</t>
   </si>
   <si>
     <t>4022</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>Júlio Maria do Amaral</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4022/brn3c2af423710f_025520-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4022/brn3c2af423710f_025520-4.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de remover as lombadas localizadas na Comunidade da Vargem Alegre</t>
   </si>
   <si>
     <t>4023</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4023/brn3c2af423710f_025520-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4023/brn3c2af423710f_025520-3.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de colocar saibro na estrada que dá acesso a Comunidade do São João da Farinha</t>
   </si>
   <si>
     <t>4024</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4024/brn3c2af423710f_025520-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4024/brn3c2af423710f_025520-2.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de colocar saibro no morro que fica localizado na estrada que dá acesso o município de Divino</t>
   </si>
   <si>
     <t>4025</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4025/brn3c2af423710f_025520-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4025/brn3c2af423710f_025520-1.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de determinar ao setor competente que efetue a demarcação de solo</t>
   </si>
   <si>
     <t>4026</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4026/brn3c2af423710f_025528.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4026/brn3c2af423710f_025528.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de calçar a Rua Maria Moreira de Souza</t>
   </si>
   <si>
     <t>4027</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4027/brn3c2af423710f_025531.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4027/brn3c2af423710f_025531.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de adquirir novos Tatames de E.V.A</t>
   </si>
   <si>
     <t>4028</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4028/brn3c2af423710f_025532.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4028/brn3c2af423710f_025532.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar um serviço de capina na Rua G</t>
   </si>
   <si>
     <t>4029</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4029/brn3c2af423710f_025534.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4029/brn3c2af423710f_025534.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal entre em contato com a Secretaria competente e veja a possibilidade de realizar um mutirão de limpeza</t>
   </si>
   <si>
     <t>4030</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4030/brn3c2af423710f_025535.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4030/brn3c2af423710f_025535.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal veja a viabilidade de realizar pintura em todos os quebra-molas/lombadas</t>
   </si>
   <si>
     <t>4031</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4031/brn3c2af423710f_025536.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4031/brn3c2af423710f_025536.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal veja a possibilidade de colocar postes de luz na BR 482</t>
   </si>
   <si>
     <t>4032</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4032/brn3c2af423710f_025515.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4032/brn3c2af423710f_025515.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal veja a possibilidade de acertar as pedras do calçamento de alguns locais</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3833/brn3c2af423710f_025330-40.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3833/brn3c2af423710f_025330-40.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Ilustríssima Servidora MÁRCIA GOMES DA SILVA SOUZA, pelo brilhante trabalho desempenhado à frente da DEFESA CIVIL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3834/brn3c2af423710f_025330-39.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3834/brn3c2af423710f_025330-39.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Servidor MARCOS JOSE GONÇALVES, que desempenha de maneira excelente seu serviço na Secretaria de Saúde</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3836/brn3c2af423710f_025330-38.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3836/brn3c2af423710f_025330-38.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Adriano Peixoto de Moraes, pelos relevantes serviços prestados na área de saúde do município</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3837/brn3c2af423710f_025330-37.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3837/brn3c2af423710f_025330-37.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para o Ilustríssimo Sr. João Ramos pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3838/brn3c2af423710f_025330-36.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3838/brn3c2af423710f_025330-36.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para a Ilustríssima Sra. Maíra Bragantini Duarte Dutra pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3839/brn3c2af423710f_025330-35.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3839/brn3c2af423710f_025330-35.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para a Ilustríssima Sra. Jany Ignachiti pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3840/brn3c2af423710f_025330-34.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3840/brn3c2af423710f_025330-34.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos para o Ilustríssimo Sr. Rafael Paulo Nunes Santos pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3841/brn3c2af423710f_025330-33.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3841/brn3c2af423710f_025330-33.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Manoel Martins da Silva, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3842/brn3c2af423710f_025330-32.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3842/brn3c2af423710f_025330-32.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os Ilustríssimos Organizadores das torcidas de futebol Vasco, Flamengo e Botafogo, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3844/brn3c2af423710f_025330-31.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3844/brn3c2af423710f_025330-31.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Ronaldo Machado, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3845/brn3c2af423710f_025330-30.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3845/brn3c2af423710f_025330-30.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os irmãos Marlon, Marion e Madson Donádio, pela contrução da Arena Ball Society</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3846/brn3c2af423710f_025330-29.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3846/brn3c2af423710f_025330-29.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Casal Sr. Luiz Carlos Maia Fernandes e Franciane Aparecida Fernandes Vilete, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3848/brn3c2af423710f_025330-28.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3848/brn3c2af423710f_025330-28.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Casal Sr. Michel de Assis e Silva e Isabela Gomes da Silva, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3849/brn3c2af423710f_025330-27.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3849/brn3c2af423710f_025330-27.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Equipe de funcionários do Correio de Espera Feliz</t>
   </si>
   <si>
     <t>3850</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3850/brn3c2af423710f_025330-26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3850/brn3c2af423710f_025330-26.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Banda Help Rock que abrilhantou com tamanho empenho a Festa da Colheita</t>
   </si>
   <si>
     <t>3852</t>
   </si>
   <si>
     <t>Acácio Siqueira , João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3852/brn3c2af423710f_025330-25.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3852/brn3c2af423710f_025330-25.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os Organizadores da Festa do Carro de Boi</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3854/brn3c2af423710f_025330-24.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3854/brn3c2af423710f_025330-24.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustre Casal Sr. Joaquim Silvestre da Cruz e Sra. Maria do Carmo, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3855/brn3c2af423710f_025330-23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3855/brn3c2af423710f_025330-23.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Cláudio Rodrigues de Faria, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3857/brn3c2af423710f_025330-22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3857/brn3c2af423710f_025330-22.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Vagner Rodrigues Pereira, por investir no município</t>
   </si>
   <si>
     <t>3859</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3859/brn3c2af423710f_025330-21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3859/brn3c2af423710f_025330-21.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Leonardo Scopel Borges, por investir no município</t>
   </si>
   <si>
     <t>3861</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3861/brn3c2af423710f_025330-20.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3861/brn3c2af423710f_025330-20.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Ilustríssima Servidora Pública Elizama de Lima Teixeira de Assis, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3863</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3863/brn3c2af423710f_025330-19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3863/brn3c2af423710f_025330-19.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Erli Lanes, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3865</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3865/brn3c2af423710f_025330-18.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3865/brn3c2af423710f_025330-18.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Ilustríssima Sra. Maria Lúcia Pimentel Escolarique, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3867</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3867/brn3c2af423710f_025330-17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3867/brn3c2af423710f_025330-17.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Joander Campos Muniz Pinheiro, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3869</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3869/brn3c2af423710f_025330-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3869/brn3c2af423710f_025330-16.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Ilustríssima Sra. Joelma Teixeira Donádio Távora, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3871</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3871/brn3c2af423710f_025330-15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3871/brn3c2af423710f_025330-15.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo Sr. Ailton Concolato e Maristela Gripp Concolato, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3873</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3873/brn3c2af423710f_025330-14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3873/brn3c2af423710f_025330-14.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Ilustríssimo casal Sr. Antônio José do Carmo Riva e Shyrley Izolina Guarini do Carmo, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3876</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3876/brn3c2af423710f_025330-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3876/brn3c2af423710f_025330-13.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os autores do Projeto Prosas da Cidade, por divulgarem as belas obras nossa cidade e/ou região</t>
   </si>
   <si>
     <t>3878</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3878/brn3c2af423710f_025330-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3878/brn3c2af423710f_025330-12.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o ilustríssimo Sr. Alison Figueira Benelli, por ter sido campeão no Concurso das ACERVAS</t>
   </si>
   <si>
     <t>3881</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Escola de Música Carla Padilha, parabenizando por estar completando 30 anos</t>
   </si>
   <si>
     <t>3882</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3882/brn3c2af423710f_025330-10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3882/brn3c2af423710f_025330-10.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Sr. Fabiano Antônio da Silva, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3883</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3883/brn3c2af423710f_025330-9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3883/brn3c2af423710f_025330-9.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para os Funcionários do NASF, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3884</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3884/brn3c2af423710f_025330-8.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3884/brn3c2af423710f_025330-8.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a ilustríssima Milane Alves Pereira, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3885</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3885/brn3c2af423710f_025330-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3885/brn3c2af423710f_025330-7.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a ilustríssima Sheila Amorim Natalino, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3886</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3886/brn3c2af423710f_025330-6.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3886/brn3c2af423710f_025330-6.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Equipe Dinâmica, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3887</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3887/brn3c2af423710f_025330-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3887/brn3c2af423710f_025330-5.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Sra. Ana de Jesus Dessi, pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3888</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3888/brn3c2af423710f_025330-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3888/brn3c2af423710f_025330-4.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Sr. Sebastião Pereira de Souza pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3889</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/brn3c2af423710f_025330-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/brn3c2af423710f_025330-3.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Sr. Walci Martins pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3890</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/brn3c2af423710f_025330-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/brn3c2af423710f_025330-2.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para a Sra. Cristiane Campos Amorim Barony pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3891</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/brn3c2af423710f_025330-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/brn3c2af423710f_025330-1.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos para o Sr. Breno Max de Jesus Silveira pelos relevantes serviços prestados ao município</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3750/plc_27_de_2019_altera_codigo_tributario.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3750/plc_27_de_2019_altera_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Altera a Tabela IV da Lei Complementar nº 35/2017, de 26 de dezembro de 2017.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3751/plc_28_de_2019_funcionamento_farmacias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3751/plc_28_de_2019_funcionamento_farmacias.pdf</t>
   </si>
   <si>
     <t>Autoriza o funcionamento das farmácias e drogarias no horário especial que especifica.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3754/plc_29_de_2019_plano_de_custeio_fumpref.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3754/plc_29_de_2019_plano_de_custeio_fumpref.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano de custeio anual do Fundo Previdenciário do Município de Espera Feliz - FUMPREF e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3756/plc_30_de_2019_plano_de_carreiras.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3756/plc_30_de_2019_plano_de_carreiras.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Carreira dos Servidores do Poder Legislativo do Município de Espera Feliz/MG, Lei Complementar 25/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3757/plc_31_de_2019_altera_codigo_de_obras_e_lei_de_uso_e_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3757/plc_31_de_2019_altera_codigo_de_obras_e_lei_de_uso_e_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº36/2018, de 18 de maio de 2018, que dispõe sobre o uso e parcelamento do solo urbano e rural no município e a Lei Complementar nº 39/2018, de 24 de outubro de 2018, que institui o Código de Obras.</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3766/projeto_de_lei_complementar_32.2019_000217.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3766/projeto_de_lei_complementar_32.2019_000217.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria Geral do Município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3758/projeto_01_de_2019_recomposicao_salarial_servidores_municipio.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3758/projeto_01_de_2019_recomposicao_salarial_servidores_municipio.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá Outras Providências</t>
   </si>
   <si>
     <t>3760</t>
   </si>
   <si>
     <t>João Brum, Júlio Maria do Amaral, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3760/projeto_02_de_2019__recomposicao_servidores_camara.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3760/projeto_02_de_2019__recomposicao_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3762/projeto_03_de_2019__recomposicao_vereadores.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3762/projeto_03_de_2019__recomposicao_vereadores.pdf</t>
   </si>
   <si>
     <t>Recompõe o Subsídio do Presidente e dos Vereadores da Câmara Municipal</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3764/projeto_de_lei_04_de_2019_alttera_conelho_de_esporte.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3764/projeto_de_lei_04_de_2019_alttera_conelho_de_esporte.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 7° Lei Municipal n° 1034/2013 de 21 de março de 2013, que dispõe sobre o Conselho Municipal do Esporte e Lazer</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3765/projeto_de_lei_05_de_2019_nome_rua_helena_arantes_fiorilo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3765/projeto_de_lei_05_de_2019_nome_rua_helena_arantes_fiorilo.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3767/projeto_de_lei_06_de_2019_nome_rua_jose_francisco_de_miranda.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3767/projeto_de_lei_06_de_2019_nome_rua_jose_francisco_de_miranda.pdf</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3768/projeto_de_lei_07_de_2019_nome_rua_domingos_donadio.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3768/projeto_de_lei_07_de_2019_nome_rua_domingos_donadio.pdf</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3769/projeto_de_lei_08_de_2019_nome_rua_antonio_de_souza_costa.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3769/projeto_de_lei_08_de_2019_nome_rua_antonio_de_souza_costa.pdf</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3770/projeto_de_lei_09_de_2019_nome_ruas_elcio.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3770/projeto_de_lei_09_de_2019_nome_ruas_elcio.pdf</t>
   </si>
   <si>
     <t>Dá denominação às Ruas que especifica</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3771/projetos_10_de_2019_fezes_animais.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3771/projetos_10_de_2019_fezes_animais.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Obrigação de Realizar a Limpeza e a Remoção e Dar Destino adequado às fezes geradas por Animais em Praças, Parques e Logradouros Públicos no Âmbito do município de Espera Feliz</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3772/projeto_de_lei_11_de_2019_taxi.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3772/projeto_de_lei_11_de_2019_taxi.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Regulamentação do Serviço de Transporte Individual de Passageiros e dá outras providências</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>Acácio Siqueira , Dr. Erick Amaral, Ediel Gomes, Elcinho Professor , Eluízio Bilheiro, João Brum, Júlio Maria, Keké Lacerda, Matusalém, Rômolo Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3773/projeto_12_de_2019_setembro_amarelo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3773/projeto_12_de_2019_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão no calendário de eventos do município de Espera Feliz o Mês de Prevenção do Suicídio e de Valorização da Vida, denominado "Setembro Amarelo"</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3774/projeto_de_lei_13_de_2019_gratificacao_saude.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3774/projeto_de_lei_13_de_2019_gratificacao_saude.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Espera Feliz a gratificação de incentivo financeiro variável por desempenho de metas aos servidores públicos municipais da saúde integrantes das equipes de atenção básica, que aderirem ao PMAQ/AB - Programa Nacional de Melhoria ao Acesso...</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3775/projeto_de_lei_14_de_2019_reducao_diarias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3775/projeto_de_lei_14_de_2019_reducao_diarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração e redução dos valores das diárias dos Vereadores e Servidores da Câmara Municipal de Espera Feliz, Estado de Minas Gerais</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3776/projeto_de_lei_15_de_2019_endereco_eletronico_prefeitura.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3776/projeto_de_lei_15_de_2019_endereco_eletronico_prefeitura.pdf</t>
   </si>
   <si>
     <t>Institui o endereço Eletrônico da Prefeitura Municipal como veículo oficial de comunicação dos atos normativos e administrativos do Município de Espera Feliz</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3777/projeto_de_lei_16_de_2019__devolucao_imoveis_escolas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3777/projeto_de_lei_16_de_2019__devolucao_imoveis_escolas.pdf</t>
   </si>
   <si>
     <t>Autoriza a devolução de imóveis cedidos ao Município de Espera Feliz e dá outras providências</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3778/brn3c2af42a09bc_037267.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3778/brn3c2af42a09bc_037267.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3796/projeto_de_lei_18_de_2019_declara_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3796/projeto_de_lei_18_de_2019_declara_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a área de terreno que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3798/projeto_19_de_2019_nome_praca_heneida_benelli.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3798/projeto_19_de_2019_nome_praca_heneida_benelli.pdf</t>
   </si>
   <si>
     <t>Dá denominação à praça que especifica.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3800/projeto_20_de_2019_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3800/projeto_20_de_2019_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3802/projeto_21_de_2019_praca_margarida_grigato_de_oliveira.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3802/projeto_21_de_2019_praca_margarida_grigato_de_oliveira.pdf</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3804/projeto_22_de_2019_nome_rua_jose_carlos_do_amaral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3804/projeto_22_de_2019_nome_rua_jose_carlos_do_amaral.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3805/projeto_de_lei_23.2019_000219.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3805/projeto_de_lei_23.2019_000219.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.286/2019, que dá nome a Rua D, localizada no Loteamento José Pelegrini.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3808/projeto_24_de_2019_primeiros_socorros.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3808/projeto_24_de_2019_primeiros_socorros.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensinos público e privado de educação básica, creches e /ou berçários e de estabelecimentos de recreação infantil no Município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3810/projeto_25_de_2019_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3810/projeto_25_de_2019_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Declara de expansão urbana a área de terreno que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3812/projeto_26_de_2019_peso_mochila.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3812/projeto_26_de_2019_peso_mochila.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o peso da mochila e similares a ser transportado por alunos do pré-escolar e ensino fundamental do Município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3797/projeto_27_de_2019_pmaq_gratificacao_saude.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3797/projeto_27_de_2019_pmaq_gratificacao_saude.pdf</t>
   </si>
   <si>
     <t>"Institui no Município de Espera Feliz a gratificação de incentivo financeiro variável por desempenho de metas aos servidores públicos municipais da saúde integrantes das equipes de atenção básica, que aderirem ao PMAQ/AB - "Programa Nacional de Melhoria do Acesso e da Qualidade da Atenção Básica", e dá outras providências"</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3799/projeto_28_de_2019_obrigatoriedade_cadeira_de_rodas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3799/projeto_28_de_2019_obrigatoriedade_cadeira_de_rodas.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das Agências Bancárias e Órgãos Públicos Municipais instalados no município de Espera Feliz, disponibilizarem cadeira de rodas para locomoção de idosos e usuários com mobilidade reduzida, e dá outras providências</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3801/projeto_29_de_2019_bdmg.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3801/projeto_29_de_2019_bdmg.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com outorga de garantia e dá outras providências</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3803/projeto_de_lei_30.2019_000220.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3803/projeto_de_lei_30.2019_000220.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operações de crédito com a outorga de garantia e dá outras providências</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3806/projeto_31_de_2019_fibromialgia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3806/projeto_31_de_2019_fibromialgia.pdf</t>
   </si>
   <si>
     <t>"Institui o Dia Municipal da Fibromialgia e dá outras providências</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3807/projeto_de_lei_32_de_2019_expansao_urbana_sao__antonio_vargem_alegre.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3807/projeto_de_lei_32_de_2019_expansao_urbana_sao__antonio_vargem_alegre.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a Área de Terreno que especifica e dá outras providências</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3809/projeto_de_lei_33_de_2019_expansao_urbana_fazenda_serra_verde.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3809/projeto_de_lei_33_de_2019_expansao_urbana_fazenda_serra_verde.pdf</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3811/projeto_34_de_2019_conselho_municipal__de_transito.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3811/projeto_34_de_2019_conselho_municipal__de_transito.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação do Conselho Municipal de Trânsito de Espera Feliz/MG - CMTEF e dá outras providências</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3813/projeto__35_de_2019_alteracao_diarias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3813/projeto__35_de_2019_alteracao_diarias.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 7° e 21° da Lei 1.271/18</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3779/projeto_36_de_2019_estacionamento_farmacia...._apae...__hoteis.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3779/projeto_36_de_2019_estacionamento_farmacia...._apae...__hoteis.pdf</t>
   </si>
   <si>
     <t>Disciplina o estacionamento temporário e rotativo de veículos em frente às farmácias, drogarias, hotéis, Apae e estabelecimentos similares e dá outras providências</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3780/projeto_37_de_2019_estacionamento_judiciario_e_ministerio_publico.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3780/projeto_37_de_2019_estacionamento_judiciario_e_ministerio_publico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reserva de vaga de estacionamento para o Poder Judiciário, o Ministério Público, Servidores do TRE e pessoa inscrita na Ordem dos Advogados do Brasil - OAB nas proximidades do Fórum e Cartório Eleitoral da Comarca de Espera Feliz</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3781/projeto_38_de_2019_dia_do_funcionario_publico_aposentado.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3781/projeto_38_de_2019_dia_do_funcionario_publico_aposentado.pdf</t>
   </si>
   <si>
     <t>"Institui, no calendário Oficial da cidade de Espera Feliz, o "Dia do Funcionário Público Aposentado", a ser comemorado, anualmente, no dia 17 de junho, no município de Espera Feliz"</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3782/projeto_39_de_2019_obrigatoriedade_estabelecimento_cheque_cartao.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3782/projeto_39_de_2019_obrigatoriedade_estabelecimento_cheque_cartao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de estabelecimentos que não aceitarem cheques ou cartões de débito ou crédito fixarem, em local visível, placa contendo informação a respeito da não aceitação dessas formas de pagamento</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3783/projeto_de_lei_40_de_2019_dispensa_servidor_exame_preventivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3783/projeto_de_lei_40_de_2019_dispensa_servidor_exame_preventivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza os Órgãos públicos Municipais a dispensar os Servidores Públicos para a realização de exame preventivo de câncer e dá outras providências"</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3784/projeto_de_lei_41_de_2019_conselho_de_saneamento_basico.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3784/projeto_de_lei_41_de_2019_conselho_de_saneamento_basico.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do Conselho Municipal de Saneamento Básico, a Criação do Fundo Municipal de Saneamento Básico a ele vinculado e Estabelece a Política Municipal de Saneamento Básico e dá outras providências</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3785/projeto_de_lei_42_de_2019_alteracoes_fontes.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3785/projeto_de_lei_42_de_2019_alteracoes_fontes.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover alterações de fontes e destinações de recursos previstos na Loa/2020 conforme definição da Secretaria do Tesouro Nacional - STN</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3786/brn3c2af423710f_025046.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3786/brn3c2af423710f_025046.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do Plano Plurianual - PPA 2018-2021, para o exercício financeiro de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3787/brn3c2af423710f_025072.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3787/brn3c2af423710f_025072.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3788/projeto_45_de_2019_declara_de_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3788/projeto_45_de_2019_declara_de_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3789/projeto_46_de_2019_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3789/projeto_46_de_2019_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a Área de Terreno que especifica e dá outras providências (Imóvel Boa Vista)</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_lei_47_de_2019__nome_rua_salvador_sinis.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_lei_47_de_2019__nome_rua_salvador_sinis.pdf</t>
   </si>
   <si>
     <t>"Dá denominação à rua que especifica" Rua Salvador Sinis</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_lei_48_de_2019_nome_de_rua_sergio_goncalves_leonardo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_lei_48_de_2019_nome_de_rua_sergio_goncalves_leonardo.pdf</t>
   </si>
   <si>
     <t>"Dá denominação à Rua que especifica"</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3792/projeto_de_lei_49_de_2019_nome_de_rua_manoel_alves_do_amaral.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3792/projeto_de_lei_49_de_2019_nome_de_rua_manoel_alves_do_amaral.pdf</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
     <t>"Cria a Ouvidoria Geral do município de Espera Feliz e dá outras providências"</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3794/projeto_51_de_2019_denominacao_estrada.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3794/projeto_51_de_2019_denominacao_estrada.pdf</t>
   </si>
   <si>
     <t>Dá denominação à estrada que especifica</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3795/projeto_52_de_2019_expansao_urbana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3795/projeto_52_de_2019_expansao_urbana.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a área que especifica e dá outras providências (Imóvel Santo Amaro)</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3745/brn3c2af423710f_024909.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3745/brn3c2af423710f_024909.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a proceder com a dotação de bens considerados inservíveis ao Pode Executivo Municipal</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>João Brum, Júlio Maria do Amaral, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3746/brn3c2af423710f_024897.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3746/brn3c2af423710f_024897.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2020 da Câmara Municipal de Espera Feliz e Contém Outras Providências</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3747/brn3c2af423710f_024890.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3747/brn3c2af423710f_024890.pdf</t>
   </si>
   <si>
     <t>Cria a Ouvidoria na Câmara Municipal de Espera Feliz e dá outras providências</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3748/brn3c2af423710f_024896.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3748/brn3c2af423710f_024896.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Espera Feliz relativa ao exercício de 2016</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3749/brn3c2af423710f_024886.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3749/brn3c2af423710f_024886.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão (ã) honorário (a) benemérito (a) às pessoas que especifica.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3814/brn3c2af423710f_025164-22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3814/brn3c2af423710f_025164-22.pdf</t>
   </si>
   <si>
     <t>Informações referentes ao Servidor Público Sr. Gilmar Augusto de Oliveira</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3815/brn3c2af423710f_025164-21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3815/brn3c2af423710f_025164-21.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal informe se os serviços de terraplanagem que estão sendo realizados no terreno localizado na Rua Carangola 217 ou 2019, não corre risco de deslizamento</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3816/brn3c2af423710f_025164-20.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3816/brn3c2af423710f_025164-20.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Presidente do Legislativo que a mesa diretora informe o total gasto em diárias pelos vereadores</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3817/brn3c2af423710f_025164-19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3817/brn3c2af423710f_025164-19.pdf</t>
   </si>
   <si>
     <t>Informe se as entidades que realizam convênio com o Município tem prestado contas</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3818/brn3c2af423710f_025164-17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3818/brn3c2af423710f_025164-17.pdf</t>
   </si>
   <si>
     <t>Informe se há a possibilidade de colocar placa de estacionamento proibitivo em frente à Casa Lotérica</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3819/brn3c2af423710f_025164-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3819/brn3c2af423710f_025164-16.pdf</t>
   </si>
   <si>
     <t>Se houve cancelamento deste processo seletivo</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3820/brn3c2af423710f_025164-14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3820/brn3c2af423710f_025164-14.pdf</t>
   </si>
   <si>
     <t>Solicita relação contendo os nomes de todos os nomeados no processo seletivo realizado no período de 2009 a 2012</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3821/brn3c2af423710f_025164-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3821/brn3c2af423710f_025164-13.pdf</t>
   </si>
   <si>
     <t>Se há viabilidade de reformular a Lei Orgânica do município de Espera Feliz/MG</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3822/brn3c2af423710f_025164-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3822/brn3c2af423710f_025164-12.pdf</t>
   </si>
   <si>
     <t>Relação contendo os valores que a Câmara Municipal repassou para o Executivo Municipal</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3823/brn3c2af423710f_025164-11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3823/brn3c2af423710f_025164-11.pdf</t>
   </si>
   <si>
     <t>Informações referentes à 39 Exposição Agropecuária</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3824/brn3c2af423710f_025164-10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3824/brn3c2af423710f_025164-10.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Prefeito Municipal os estudos do impacto financeiro</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3825/ilovepdf_merged.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3825/ilovepdf_merged.pdf</t>
   </si>
   <si>
     <t>Informações sobre uma matéria retirada da rede social que segue anexada</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>Ediel Gomes, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3826/brn3c2af423710f_025164-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3826/brn3c2af423710f_025164-7.pdf</t>
   </si>
   <si>
     <t>Informações referentes ao valor de R$ 1.500,00 gasto pelo Legislativo em locação de veículos</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3827/brn3c2af423710f_025164-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3827/brn3c2af423710f_025164-3.pdf</t>
   </si>
   <si>
     <t>Informações sobre o motivo de não ficar direto a ambulância e o motorista do Executivo Municipal no Pronto Socorro do Hospital</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3828/brn3c2af423710f_025164-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3828/brn3c2af423710f_025164-2.pdf</t>
   </si>
   <si>
     <t>Relação constando o nome de todos os fiscais do município de Espera Feliz</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3829/brn3c2af423710f_025164-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3829/brn3c2af423710f_025164-1.pdf</t>
   </si>
   <si>
     <t>Solicito informações no sentido de saber se está em andamento processo para que esta empresa venha realmente para o município</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3498,67 +3498,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/indicacao_1-2019_000244.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3269/3269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3270/3270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3271/3271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3273/3273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3893/indicacao_10-2019_000243.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3274/3274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3275/3275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_13-2019_000245.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3277/3277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3278/3278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3279/3279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3299/3299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3300/3300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3301/3301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3302/3302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3303/3303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3304/3304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3305/3305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3306/3306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3307/3307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3308/3308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3309/3309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3310/3310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3311/3311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3312/3312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3313/indicacao_31-2019_000246.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3321/3321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3322/3322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3323/3323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3324/3324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3325/3325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3326/3326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3327/3327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3328/3328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_40-2019_000247.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3333/3333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3894/brn3c2af42a09bc_037343-17.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3895/brn3c2af42a09bc_037343-16.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3896/brn3c2af42a09bc_037343-15.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3897/brn3c2af42a09bc_037343-14.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3898/brn3c2af42a09bc_037343-13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3899/brn3c2af42a09bc_037343-12.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3900/brn3c2af42a09bc_037343-11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3901/brn3c2af42a09bc_037343-10.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3902/brn3c2af42a09bc_037343-9.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3903/brn3c2af42a09bc_037343-8.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3904/brn3c2af42a09bc_037343-7.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3905/brn3c2af42a09bc_037343-6.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3906/brn3c2af42a09bc_037343-5.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3907/brn3c2af42a09bc_037343-4.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3908/brn3c2af42a09bc_037343-3.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3909/brn3c2af42a09bc_037343-2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3910/brn3c2af42a09bc_037343-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3911/brn3c2af42a09bc_037360.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3912/brn3c2af42a09bc_037368-6.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3917/brn3c2af42a09bc_037368-4.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3919/brn3c2af42a09bc_037368-3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3923/brn3c2af42a09bc_037368-2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3924/brn3c2af42a09bc_037368-1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3913/indicacao_67-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3914/brn3c2af42a09bc_037368-5.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3915/indicacao_69-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3925/brn3c2af42a09bc_037384-7.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3926/brn3c2af42a09bc_037384-6.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3927/brn3c2af42a09bc_037384-5.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3928/brn3c2af42a09bc_037384-4.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3929/brn3c2af42a09bc_037384-3.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3930/brn3c2af42a09bc_037384-2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3931/brn3c2af42a09bc_037384-1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3916/indicacao_77-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3918/indicacao_78-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3932/brn3c2af42a09bc_037395_rotated.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3920/indicacao_80-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3933/brn3c2af42a09bc_037398_rotated.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3921/indicacao_82-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3934/brn3c2af42a09bc_037402_rotated.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3922/indicacao_84-2019correto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3935/brn3c2af42a09bc_037405_rotated-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3936/brn3c2af42a09bc_037405_rotated-18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3937/brn3c2af42a09bc_037405_rotated-17.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3938/brn3c2af42a09bc_037405_rotated-16.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3939/brn3c2af42a09bc_037405_rotated-15.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3940/brn3c2af42a09bc_037405_rotated-14.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3941/brn3c2af42a09bc_037405_rotated-13.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3942/brn3c2af42a09bc_037405_rotated-12.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3943/brn3c2af42a09bc_037405_rotated-11.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3944/brn3c2af42a09bc_037405_rotated-10.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3945/brn3c2af42a09bc_037405_rotated-9.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3946/brn3c2af42a09bc_037405_rotated-8.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3947/brn3c2af42a09bc_037405_rotated-7.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3948/brn3c2af42a09bc_037405_rotated-6.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3949/brn3c2af42a09bc_037405_rotated-5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3950/brn3c2af42a09bc_037405_rotated-4.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3951/brn3c2af42a09bc_037405_rotated-3.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3952/brn3c2af42a09bc_037405_rotated-2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3953/brn3c2af42a09bc_037405_rotated-1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3954/brn3c2af42a09bc_037427_rotated.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3955/brn3c2af42a09bc_037429_rotated-8.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3956/brn3c2af42a09bc_037429_rotated-7.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3957/brn3c2af42a09bc_037429_rotated-6.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3958/brn3c2af42a09bc_037429_rotated-5.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3974/brn3c2af423710f_025424-1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3975/brn3c2af423710f_025424-2.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3976/brn3c2af423710f_025424-4.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3977/brn3c2af423710f_025424-3.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3978/brn3c2af423710f_025428.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3979/brn3c2af423710f_025437.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3980/brn3c2af423710f_025439.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3982/brn3c2af423710f_025445.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3983/brn3c2af423710f_025451.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3984/brn3c2af423710f_025455.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3985/brn3c2af423710f_025457.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3986/brn3c2af423710f_025461-4.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3987/brn3c2af423710f_025461-3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3988/brn3c2af423710f_025461-2.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3989/brn3c2af423710f_025461-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3990/brn3c2af423710f_025465.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3991/brn3c2af423710f_025468-6.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3992/brn3c2af423710f_025468-5.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3993/brn3c2af423710f_025468-4.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3994/brn3c2af423710f_025468-3.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3995/brn3c2af423710f_025468-2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3996/brn3c2af423710f_025468-1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3997/brn3c2af423710f_025476.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3998/brn3c2af423710f_025481.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3999/brn3c2af423710f_025484.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4000/brn3c2af423710f_025485.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4001/brn3c2af423710f_025488.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4002/brn3c2af423710f_025492-7.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4003/brn3c2af423710f_025492-6.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4004/brn3c2af423710f_025492-1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4005/brn3c2af423710f_025492-17.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4006/brn3c2af423710f_025492-16.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4007/brn3c2af423710f_025492-15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4008/brn3c2af423710f_025492-14.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4009/brn3c2af423710f_025492-13.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4010/brn3c2af423710f_025492-12.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/brn3c2af423710f_025492-11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/brn3c2af423710f_025492-10.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/brn3c2af423710f_025492-9.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/brn3c2af423710f_025492-8.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/brn3c2af423710f_025509.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/brn3c2af423710f_025514.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4018/brn3c2af423710f_025520-8.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4019/brn3c2af423710f_025520-7.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4020/brn3c2af423710f_025520-6.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4021/brn3c2af423710f_025520-5.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4022/brn3c2af423710f_025520-4.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4023/brn3c2af423710f_025520-3.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4024/brn3c2af423710f_025520-2.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4025/brn3c2af423710f_025520-1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4026/brn3c2af423710f_025528.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4027/brn3c2af423710f_025531.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4028/brn3c2af423710f_025532.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4029/brn3c2af423710f_025534.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4030/brn3c2af423710f_025535.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4031/brn3c2af423710f_025536.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4032/brn3c2af423710f_025515.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3833/brn3c2af423710f_025330-40.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3834/brn3c2af423710f_025330-39.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3836/brn3c2af423710f_025330-38.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3837/brn3c2af423710f_025330-37.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3838/brn3c2af423710f_025330-36.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3839/brn3c2af423710f_025330-35.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3840/brn3c2af423710f_025330-34.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3841/brn3c2af423710f_025330-33.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3842/brn3c2af423710f_025330-32.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3844/brn3c2af423710f_025330-31.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3845/brn3c2af423710f_025330-30.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3846/brn3c2af423710f_025330-29.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3848/brn3c2af423710f_025330-28.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3849/brn3c2af423710f_025330-27.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3850/brn3c2af423710f_025330-26.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3852/brn3c2af423710f_025330-25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3854/brn3c2af423710f_025330-24.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3855/brn3c2af423710f_025330-23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3857/brn3c2af423710f_025330-22.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3859/brn3c2af423710f_025330-21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3861/brn3c2af423710f_025330-20.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3863/brn3c2af423710f_025330-19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3865/brn3c2af423710f_025330-18.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3867/brn3c2af423710f_025330-17.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3869/brn3c2af423710f_025330-16.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3871/brn3c2af423710f_025330-15.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3873/brn3c2af423710f_025330-14.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3876/brn3c2af423710f_025330-13.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3878/brn3c2af423710f_025330-12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3882/brn3c2af423710f_025330-10.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3883/brn3c2af423710f_025330-9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3884/brn3c2af423710f_025330-8.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3885/brn3c2af423710f_025330-7.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3886/brn3c2af423710f_025330-6.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3887/brn3c2af423710f_025330-5.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3888/brn3c2af423710f_025330-4.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/brn3c2af423710f_025330-3.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/brn3c2af423710f_025330-2.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/brn3c2af423710f_025330-1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3750/plc_27_de_2019_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3751/plc_28_de_2019_funcionamento_farmacias.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3754/plc_29_de_2019_plano_de_custeio_fumpref.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3756/plc_30_de_2019_plano_de_carreiras.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3757/plc_31_de_2019_altera_codigo_de_obras_e_lei_de_uso_e_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3766/projeto_de_lei_complementar_32.2019_000217.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3758/projeto_01_de_2019_recomposicao_salarial_servidores_municipio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3760/projeto_02_de_2019__recomposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3762/projeto_03_de_2019__recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3764/projeto_de_lei_04_de_2019_alttera_conelho_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3765/projeto_de_lei_05_de_2019_nome_rua_helena_arantes_fiorilo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3767/projeto_de_lei_06_de_2019_nome_rua_jose_francisco_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3768/projeto_de_lei_07_de_2019_nome_rua_domingos_donadio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3769/projeto_de_lei_08_de_2019_nome_rua_antonio_de_souza_costa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3770/projeto_de_lei_09_de_2019_nome_ruas_elcio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3771/projetos_10_de_2019_fezes_animais.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3772/projeto_de_lei_11_de_2019_taxi.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3773/projeto_12_de_2019_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3774/projeto_de_lei_13_de_2019_gratificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3775/projeto_de_lei_14_de_2019_reducao_diarias.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3776/projeto_de_lei_15_de_2019_endereco_eletronico_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3777/projeto_de_lei_16_de_2019__devolucao_imoveis_escolas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3778/brn3c2af42a09bc_037267.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3796/projeto_de_lei_18_de_2019_declara_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3798/projeto_19_de_2019_nome_praca_heneida_benelli.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3800/projeto_20_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3802/projeto_21_de_2019_praca_margarida_grigato_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3804/projeto_22_de_2019_nome_rua_jose_carlos_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3805/projeto_de_lei_23.2019_000219.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3808/projeto_24_de_2019_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3810/projeto_25_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3812/projeto_26_de_2019_peso_mochila.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3797/projeto_27_de_2019_pmaq_gratificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3799/projeto_28_de_2019_obrigatoriedade_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3801/projeto_29_de_2019_bdmg.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3803/projeto_de_lei_30.2019_000220.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3806/projeto_31_de_2019_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3807/projeto_de_lei_32_de_2019_expansao_urbana_sao__antonio_vargem_alegre.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3809/projeto_de_lei_33_de_2019_expansao_urbana_fazenda_serra_verde.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3811/projeto_34_de_2019_conselho_municipal__de_transito.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3813/projeto__35_de_2019_alteracao_diarias.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3779/projeto_36_de_2019_estacionamento_farmacia...._apae...__hoteis.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3780/projeto_37_de_2019_estacionamento_judiciario_e_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3781/projeto_38_de_2019_dia_do_funcionario_publico_aposentado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3782/projeto_39_de_2019_obrigatoriedade_estabelecimento_cheque_cartao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3783/projeto_de_lei_40_de_2019_dispensa_servidor_exame_preventivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3784/projeto_de_lei_41_de_2019_conselho_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3785/projeto_de_lei_42_de_2019_alteracoes_fontes.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3786/brn3c2af423710f_025046.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3787/brn3c2af423710f_025072.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3788/projeto_45_de_2019_declara_de_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3789/projeto_46_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_lei_47_de_2019__nome_rua_salvador_sinis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_lei_48_de_2019_nome_de_rua_sergio_goncalves_leonardo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3792/projeto_de_lei_49_de_2019_nome_de_rua_manoel_alves_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3794/projeto_51_de_2019_denominacao_estrada.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3795/projeto_52_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3745/brn3c2af423710f_024909.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3746/brn3c2af423710f_024897.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3747/brn3c2af423710f_024890.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3748/brn3c2af423710f_024896.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3749/brn3c2af423710f_024886.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3814/brn3c2af423710f_025164-22.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3815/brn3c2af423710f_025164-21.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3816/brn3c2af423710f_025164-20.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3817/brn3c2af423710f_025164-19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3818/brn3c2af423710f_025164-17.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3819/brn3c2af423710f_025164-16.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3820/brn3c2af423710f_025164-14.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3821/brn3c2af423710f_025164-13.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3822/brn3c2af423710f_025164-12.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3823/brn3c2af423710f_025164-11.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3824/brn3c2af423710f_025164-10.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3825/ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3826/brn3c2af423710f_025164-7.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3827/brn3c2af423710f_025164-3.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3828/brn3c2af423710f_025164-2.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3829/brn3c2af423710f_025164-1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3892/indicacao_1-2019_000244.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3263/3263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3267/3267_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3268/3268_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3269/3269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3270/3270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3271/3271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3272/3272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3273/3273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3893/indicacao_10-2019_000243.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3274/3274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3275/3275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3276/indicacao_13-2019_000245.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3277/3277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3278/3278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3279/3279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3299/3299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3300/3300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3301/3301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3302/3302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3303/3303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3304/3304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3305/3305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3306/3306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3307/3307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3308/3308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3309/3309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3310/3310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3311/3311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3312/3312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3313/indicacao_31-2019_000246.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3321/3321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3322/3322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3323/3323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3324/3324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3325/3325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3326/3326_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3327/3327_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3328/3328_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3331/indicacao_40-2019_000247.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/./sapl/public/materialegislativa/2019/3333/3333_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3894/brn3c2af42a09bc_037343-17.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3895/brn3c2af42a09bc_037343-16.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3896/brn3c2af42a09bc_037343-15.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3897/brn3c2af42a09bc_037343-14.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3898/brn3c2af42a09bc_037343-13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3899/brn3c2af42a09bc_037343-12.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3900/brn3c2af42a09bc_037343-11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3901/brn3c2af42a09bc_037343-10.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3902/brn3c2af42a09bc_037343-9.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3903/brn3c2af42a09bc_037343-8.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3904/brn3c2af42a09bc_037343-7.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3905/brn3c2af42a09bc_037343-6.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3906/brn3c2af42a09bc_037343-5.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3907/brn3c2af42a09bc_037343-4.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3908/brn3c2af42a09bc_037343-3.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3909/brn3c2af42a09bc_037343-2.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3910/brn3c2af42a09bc_037343-1.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3911/brn3c2af42a09bc_037360.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3912/brn3c2af42a09bc_037368-6.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3917/brn3c2af42a09bc_037368-4.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3919/brn3c2af42a09bc_037368-3.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3923/brn3c2af42a09bc_037368-2.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3924/brn3c2af42a09bc_037368-1.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3913/indicacao_67-2019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3914/brn3c2af42a09bc_037368-5.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3915/indicacao_69-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3925/brn3c2af42a09bc_037384-7.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3926/brn3c2af42a09bc_037384-6.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3927/brn3c2af42a09bc_037384-5.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3928/brn3c2af42a09bc_037384-4.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3929/brn3c2af42a09bc_037384-3.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3930/brn3c2af42a09bc_037384-2.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3931/brn3c2af42a09bc_037384-1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3916/indicacao_77-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3918/indicacao_78-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3932/brn3c2af42a09bc_037395_rotated.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3920/indicacao_80-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3933/brn3c2af42a09bc_037398_rotated.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3921/indicacao_82-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3934/brn3c2af42a09bc_037402_rotated.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3922/indicacao_84-2019correto.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3935/brn3c2af42a09bc_037405_rotated-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3936/brn3c2af42a09bc_037405_rotated-18.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3937/brn3c2af42a09bc_037405_rotated-17.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3938/brn3c2af42a09bc_037405_rotated-16.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3939/brn3c2af42a09bc_037405_rotated-15.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3940/brn3c2af42a09bc_037405_rotated-14.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3941/brn3c2af42a09bc_037405_rotated-13.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3942/brn3c2af42a09bc_037405_rotated-12.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3943/brn3c2af42a09bc_037405_rotated-11.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3944/brn3c2af42a09bc_037405_rotated-10.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3945/brn3c2af42a09bc_037405_rotated-9.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3946/brn3c2af42a09bc_037405_rotated-8.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3947/brn3c2af42a09bc_037405_rotated-7.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3948/brn3c2af42a09bc_037405_rotated-6.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3949/brn3c2af42a09bc_037405_rotated-5.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3950/brn3c2af42a09bc_037405_rotated-4.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3951/brn3c2af42a09bc_037405_rotated-3.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3952/brn3c2af42a09bc_037405_rotated-2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3953/brn3c2af42a09bc_037405_rotated-1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3954/brn3c2af42a09bc_037427_rotated.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3955/brn3c2af42a09bc_037429_rotated-8.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3956/brn3c2af42a09bc_037429_rotated-7.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3957/brn3c2af42a09bc_037429_rotated-6.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3958/brn3c2af42a09bc_037429_rotated-5.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3974/brn3c2af423710f_025424-1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3975/brn3c2af423710f_025424-2.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3976/brn3c2af423710f_025424-4.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3977/brn3c2af423710f_025424-3.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3978/brn3c2af423710f_025428.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3979/brn3c2af423710f_025437.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3980/brn3c2af423710f_025439.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3982/brn3c2af423710f_025445.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3983/brn3c2af423710f_025451.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3984/brn3c2af423710f_025455.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3985/brn3c2af423710f_025457.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3986/brn3c2af423710f_025461-4.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3987/brn3c2af423710f_025461-3.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3988/brn3c2af423710f_025461-2.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3989/brn3c2af423710f_025461-1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3990/brn3c2af423710f_025465.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3991/brn3c2af423710f_025468-6.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3992/brn3c2af423710f_025468-5.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3993/brn3c2af423710f_025468-4.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3994/brn3c2af423710f_025468-3.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3995/brn3c2af423710f_025468-2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3996/brn3c2af423710f_025468-1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3997/brn3c2af423710f_025476.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3998/brn3c2af423710f_025481.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3999/brn3c2af423710f_025484.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4000/brn3c2af423710f_025485.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4001/brn3c2af423710f_025488.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4002/brn3c2af423710f_025492-7.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4003/brn3c2af423710f_025492-6.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4004/brn3c2af423710f_025492-1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4005/brn3c2af423710f_025492-17.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4006/brn3c2af423710f_025492-16.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4007/brn3c2af423710f_025492-15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4008/brn3c2af423710f_025492-14.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4009/brn3c2af423710f_025492-13.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4010/brn3c2af423710f_025492-12.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4011/brn3c2af423710f_025492-11.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4012/brn3c2af423710f_025492-10.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4013/brn3c2af423710f_025492-9.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4014/brn3c2af423710f_025492-8.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4015/brn3c2af423710f_025509.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4017/brn3c2af423710f_025514.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4018/brn3c2af423710f_025520-8.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4019/brn3c2af423710f_025520-7.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4020/brn3c2af423710f_025520-6.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4021/brn3c2af423710f_025520-5.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4022/brn3c2af423710f_025520-4.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4023/brn3c2af423710f_025520-3.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4024/brn3c2af423710f_025520-2.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4025/brn3c2af423710f_025520-1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4026/brn3c2af423710f_025528.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4027/brn3c2af423710f_025531.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4028/brn3c2af423710f_025532.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4029/brn3c2af423710f_025534.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4030/brn3c2af423710f_025535.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4031/brn3c2af423710f_025536.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/4032/brn3c2af423710f_025515.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3833/brn3c2af423710f_025330-40.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3834/brn3c2af423710f_025330-39.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3836/brn3c2af423710f_025330-38.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3837/brn3c2af423710f_025330-37.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3838/brn3c2af423710f_025330-36.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3839/brn3c2af423710f_025330-35.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3840/brn3c2af423710f_025330-34.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3841/brn3c2af423710f_025330-33.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3842/brn3c2af423710f_025330-32.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3844/brn3c2af423710f_025330-31.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3845/brn3c2af423710f_025330-30.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3846/brn3c2af423710f_025330-29.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3848/brn3c2af423710f_025330-28.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3849/brn3c2af423710f_025330-27.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3850/brn3c2af423710f_025330-26.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3852/brn3c2af423710f_025330-25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3854/brn3c2af423710f_025330-24.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3855/brn3c2af423710f_025330-23.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3857/brn3c2af423710f_025330-22.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3859/brn3c2af423710f_025330-21.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3861/brn3c2af423710f_025330-20.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3863/brn3c2af423710f_025330-19.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3865/brn3c2af423710f_025330-18.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3867/brn3c2af423710f_025330-17.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3869/brn3c2af423710f_025330-16.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3871/brn3c2af423710f_025330-15.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3873/brn3c2af423710f_025330-14.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3876/brn3c2af423710f_025330-13.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3878/brn3c2af423710f_025330-12.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3882/brn3c2af423710f_025330-10.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3883/brn3c2af423710f_025330-9.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3884/brn3c2af423710f_025330-8.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3885/brn3c2af423710f_025330-7.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3886/brn3c2af423710f_025330-6.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3887/brn3c2af423710f_025330-5.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3888/brn3c2af423710f_025330-4.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3889/brn3c2af423710f_025330-3.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3890/brn3c2af423710f_025330-2.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3891/brn3c2af423710f_025330-1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3750/plc_27_de_2019_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3751/plc_28_de_2019_funcionamento_farmacias.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3754/plc_29_de_2019_plano_de_custeio_fumpref.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3756/plc_30_de_2019_plano_de_carreiras.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3757/plc_31_de_2019_altera_codigo_de_obras_e_lei_de_uso_e_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3766/projeto_de_lei_complementar_32.2019_000217.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3758/projeto_01_de_2019_recomposicao_salarial_servidores_municipio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3760/projeto_02_de_2019__recomposicao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3762/projeto_03_de_2019__recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3764/projeto_de_lei_04_de_2019_alttera_conelho_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3765/projeto_de_lei_05_de_2019_nome_rua_helena_arantes_fiorilo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3767/projeto_de_lei_06_de_2019_nome_rua_jose_francisco_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3768/projeto_de_lei_07_de_2019_nome_rua_domingos_donadio.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3769/projeto_de_lei_08_de_2019_nome_rua_antonio_de_souza_costa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3770/projeto_de_lei_09_de_2019_nome_ruas_elcio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3771/projetos_10_de_2019_fezes_animais.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3772/projeto_de_lei_11_de_2019_taxi.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3773/projeto_12_de_2019_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3774/projeto_de_lei_13_de_2019_gratificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3775/projeto_de_lei_14_de_2019_reducao_diarias.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3776/projeto_de_lei_15_de_2019_endereco_eletronico_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3777/projeto_de_lei_16_de_2019__devolucao_imoveis_escolas.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3778/brn3c2af42a09bc_037267.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3796/projeto_de_lei_18_de_2019_declara_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3798/projeto_19_de_2019_nome_praca_heneida_benelli.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3800/projeto_20_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3802/projeto_21_de_2019_praca_margarida_grigato_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3804/projeto_22_de_2019_nome_rua_jose_carlos_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3805/projeto_de_lei_23.2019_000219.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3808/projeto_24_de_2019_primeiros_socorros.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3810/projeto_25_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3812/projeto_26_de_2019_peso_mochila.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3797/projeto_27_de_2019_pmaq_gratificacao_saude.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3799/projeto_28_de_2019_obrigatoriedade_cadeira_de_rodas.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3801/projeto_29_de_2019_bdmg.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3803/projeto_de_lei_30.2019_000220.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3806/projeto_31_de_2019_fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3807/projeto_de_lei_32_de_2019_expansao_urbana_sao__antonio_vargem_alegre.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3809/projeto_de_lei_33_de_2019_expansao_urbana_fazenda_serra_verde.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3811/projeto_34_de_2019_conselho_municipal__de_transito.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3813/projeto__35_de_2019_alteracao_diarias.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3779/projeto_36_de_2019_estacionamento_farmacia...._apae...__hoteis.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3780/projeto_37_de_2019_estacionamento_judiciario_e_ministerio_publico.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3781/projeto_38_de_2019_dia_do_funcionario_publico_aposentado.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3782/projeto_39_de_2019_obrigatoriedade_estabelecimento_cheque_cartao.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3783/projeto_de_lei_40_de_2019_dispensa_servidor_exame_preventivo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3784/projeto_de_lei_41_de_2019_conselho_de_saneamento_basico.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3785/projeto_de_lei_42_de_2019_alteracoes_fontes.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3786/brn3c2af423710f_025046.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3787/brn3c2af423710f_025072.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3788/projeto_45_de_2019_declara_de_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3789/projeto_46_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3790/projeto_de_lei_47_de_2019__nome_rua_salvador_sinis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3791/projeto_de_lei_48_de_2019_nome_de_rua_sergio_goncalves_leonardo.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3792/projeto_de_lei_49_de_2019_nome_de_rua_manoel_alves_do_amaral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3794/projeto_51_de_2019_denominacao_estrada.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3795/projeto_52_de_2019_expansao_urbana.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3745/brn3c2af423710f_024909.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3746/brn3c2af423710f_024897.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3747/brn3c2af423710f_024890.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3748/brn3c2af423710f_024896.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3749/brn3c2af423710f_024886.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3814/brn3c2af423710f_025164-22.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3815/brn3c2af423710f_025164-21.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3816/brn3c2af423710f_025164-20.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3817/brn3c2af423710f_025164-19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3818/brn3c2af423710f_025164-17.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3819/brn3c2af423710f_025164-16.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3820/brn3c2af423710f_025164-14.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3821/brn3c2af423710f_025164-13.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3822/brn3c2af423710f_025164-12.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3823/brn3c2af423710f_025164-11.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3824/brn3c2af423710f_025164-10.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3825/ilovepdf_merged.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3826/brn3c2af423710f_025164-7.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3827/brn3c2af423710f_025164-3.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3828/brn3c2af423710f_025164-2.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2019/3829/brn3c2af423710f_025164-1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H286"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="145.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="151.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="150.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>