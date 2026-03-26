--- v0 (2026-01-29)
+++ v1 (2026-03-26)
@@ -54,2516 +54,2516 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3336</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3336/ind_01.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3336/ind_01.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a secretaria competente, veja a viabilidade de iluminar e reformar a Quadra da Comunidade do Taboão.</t>
   </si>
   <si>
     <t>3337</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3337/ind_02.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3337/ind_02.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, veja a viabilidade de reparar a pavimentação da via pública da Comunidade de São Gonçalo</t>
   </si>
   <si>
     <t>3338</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3338/ind_03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3338/ind_03.pdf</t>
   </si>
   <si>
     <t>Que o executivo Municipal, através da secretaria competente, veja a viabilidade de aterrar e cascalhar 03 (três) pontos críticos (atoleiros) da estrada que tem início na MG 111 e finaliza no município de Divino.</t>
   </si>
   <si>
     <t>3339</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3339/ind_04.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3339/ind_04.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de patrolar e ensaibrar as estradas que dão acesso às Comunidades de São Gonçalo, Angola, Boa Esperança, Marianinho,  São João da Farinha, Nossa Senhora de Lourdes, Taboão, Santa Clara, Córrego Grande, Ventania.</t>
   </si>
   <si>
     <t>3340</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Elcinho Professor , Dr. Erick Amaral, Ediel Gomes, Eluízio Bilheiro, João Brum, Keké Lacerda, Rômolo Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3340/ind_05.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3340/ind_05.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de elaborar e encaminhar a Casa em regime de urgência um Projeto de Lei onde conceda desconto ou isenção do imposto predial e territorial, urbano - IPTU, Taxas de Licenciamento e Alvarás, incidentes sobre imóveis edificados atingidos por enchentes e alagamentos causados pelas chuvas ocorridas no município de Espera Feliz.</t>
   </si>
   <si>
     <t>3341</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t xml:space="preserve">Elcinho Professor </t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3341/ind_06.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3341/ind_06.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e providencie a instalação de sirenes de alertas nos bairros da cidade visando alertar a população quanto a inundação e possível desabamento.</t>
   </si>
   <si>
     <t>3342</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3342/ind_07.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3342/ind_07.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, adquira barcos com motores para serem usados no socorro da população em casos de inundações futuras que podem vir a ocorrer.</t>
   </si>
   <si>
     <t>3343</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3343/ind_08.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3343/ind_08.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a possibilidade do Secretário de Obras em regime de urgência realizar uma visita nas ruas que ficam no Conjunto Habitacional Santa Inês (COAB) e ver o que pode ser feito de imediato para amenizar a situação das ruas, tendo vista não está havendo como transitar, dificultando a vida dos moradores. Que seja tomada alguma providência até que as chuvas cessem e o Executivo possa patrolar e ensaibrar até poder realizar o calçamento que é o sonho dos moradores.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3344/ind_09.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3344/ind_09.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de desentupir e limpar os bueiros que ficam localizados nas Ruas da Área de Lazer e do Bairro do Roque, e ainda da Rua Carangola, Rua Raimunda Filomena de Amorim, Rua Major Pereira e Praça Dr. José Augusto (rua do Supermercado Sacolão).</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3345/ind_10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3345/ind_10.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a secretaria competente e veja a possibilidade de instalar bueiros na Vila Cabral.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3346/ind_11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3346/ind_11.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal solicite dentro das viabilidades a visita do Secretário de Obras na estrada que dá acesso ao Córrego do Quicé e veja  o que pode ser realizado de imediato para melhorar esta estrada, até que as chuvas cessem e possa ser patrolada e ensaibrada.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Eluízio Bilheiro</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3347/ind_12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3347/ind_12.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, solicite dentro das viabilidades que sejam tampadas as valetas da Rua Maria Moreira de Souza, no bairro Vale do Sol 2 e após patrolar e ensaibrar.</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3348/ind_13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3348/ind_13.pdf</t>
   </si>
   <si>
     <t>Que a Mesa Diretora da Câmara, reapresente o Projeto de Resolução, apresentado no ano de 2019, que tratava das alterações de valores das funções gratificadas previstas.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3349/ind_14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3349/ind_14.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear todas as ruas do município tanto as ruas centrais como a de todos os bairros.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3350/ind_15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3350/ind_15.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a secretaria competente e veja a viabilidade de remover o quebra-molas que fica localizado na Rua Carangola na altura de n.: 949, em frente aos estabelecimentos WW Móveis e JP Motos e instalá-lo um pouco a frente, onde onde o Executivo achar mais viável.</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3351/ind_16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3351/ind_16.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, realize uma fiscalização visitando todas as residências que ficam localizadas na Avenida Arthur Bina da Silva e Avenida João Vieira da Costa (beira-rio), no sentido de informar que é expressamente proibido fazer hortas ou construir garagens ou qualquer outro tipo de construção nas margens do Rio São João; que seja também feita uma visita através dos nossos fiscais aos morros do nosso município informando que fica proibido construções próximas às encostas.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3352/ind_17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3352/ind_17.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar pintura em todos os quebra-molas e reforçar as pinturas das faixas de pedestres do município.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3353/ind_18.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3353/ind_18.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar uma grade no bueiro que fica localizado na Rua João Sebastião de Amorim, em frente ao estabelecimento Cão e Gato.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3354/ind_19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3354/ind_19.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar latões de lixo, no mínimo (06) seis, na Avenida Jaime Toledo, principalmente próximo as residências da Patrícia Teixeira, Leda Castro e demais moradores.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3355/ind_20.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3355/ind_20.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar mais 02 (duas) barras transversais de cada lado dos corrimões que estão instalados na ponte que fica localizada entre a Avenida Arthur Bina da Silva e Av. João Vieira da Costa, próximo a Escola Erênio de Souza Castro</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3356/ind_21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3356/ind_21.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de patrolar e ensaibrar as estradas que dão acesso às Comunidades de São Gonçalo, Angola, Boa Esperança, Marianinho, São João da Farinha, Nossa Senhora de Lourdes, Taboão, Santa Clara, Córrego Grande, Ventania</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3357/ind_22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3357/ind_22.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a secretaria com a secretaria competente, veja a viabilidade de recapear o asfalto da Comunidade São Gonçalo, ou na inviabilidade no momento realizar uma operação tapa buracos.</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Dr. Erick Amaral</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3358/ind_23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3358/ind_23.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, proceda, o mais rápido possível, com a regularização da documentação necessária para dar continuidade a obra da creche Proinfância , localizada no Bairro Novo Horizonte, próximo ao Portal que dá acesso ao município de Carangola.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza urgente nas caixas de retenção de água de chuva que ficam no bairro Vale do Sol I, próximo ao filtro da COPASA.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3360/ind_25.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3360/ind_25.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a secretaria competente e veja a possibilidade de reparar o calçamento que afundou na Rua Osório Hottes em frente a residência de n.: 55 e ainda colocar uma tampa no bueiro que fica localizado na esquina da Rua Osório Hottes com Rua Caparaó</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3361/ind_26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3361/ind_26.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a secretaria competente veja a viabilidade de realizar uma operação que vise lavar todas as ruas do município, iniciando por aquelas que contém mais terra no presente momento. Observa-se que as ruas centrais estão sendo higienizadas devido à pandemia, entretanto, diversas localidades se encontram com excesso de terra devido aos recentes acontecimentos ambientais. Sendo assim, é coerente que sejam lavadas todas as ruas.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3362/ind_27.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3362/ind_27.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com extrema urgência o reparo da rede de esgoto que estourou próxima a pracinha do Campestre Clube (no quebra-mola). De acordo com os moradores dessa localidade, o serviço já foi solicitado na Secretaria de Obras, tendo informações que estão tendo dificuldade com a COPASA para concluir o conserto.</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3363/ind_28.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3363/ind_28.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de providenciar com urgência uma limpeza na BR 482, próximo a residência de n.: 2125 e ainda colocação de 02 (dois) latões de lixo nesta localidade.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3364/ind_29.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3364/ind_29.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal,  veja a viabilidade de encaminhar a esta Casa informações sobre a data prevista para início da obra de muro de arrimo na Av. João Vieira da Costa, próximo ao depósito do Supermercado Jacaré, pois conforme dito pelo Executivo esta será uma das obras que será realizada com recursos recebidos em detrimento da enchente.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3365/ind_30.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3365/ind_30.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com extrema urgência a colocação de 01 (um) latão de lixo na Vila Sampaio. Esta Vila fica próxima  a ponte que dá acesso ao Bairro João Clara.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de conceder a esta Casa de Leis, informações referentes se há previsão do Executivo construir uma ponte de madeira na Comunidade da Chave, próxima a mercearia Concolato, e se afirmativo, qual previsão de início desta obra.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3367/ind_32.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3367/ind_32.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria de Agricultura, veja a viabilidade de adquirir barracas novas (padronizadas) para os feirantes que expõe seus produtos na feirinha de sábado em frente à Prefeitura Municipal.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3368/ind_33.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3368/ind_33.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de patrolar e cascalhar a estrada que dá acesso ao Córrego dos Lima, Córrego do Joaquim Mineiro e Córrego da Léa Simiqueli.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3369/ind_34.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3369/ind_34.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar a troca das lâmpadas na Rua Álvaro de Sá Barbosa.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3370/ind_35.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3370/ind_35.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria de Obras, veja a viabilidade, em regime de urgência, de realizar recapeamento do asfalto ou mesmo uma operação tapa buracos na BR 482, no trecho compreendido entre a entrada do Bairro João Clara, próximo ao Miquéias, até o pórtico.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3371/ind_36.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3371/ind_36.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de trocar as lâmpadas dos postes da Rua Antônio Francisco Alves por lâmpadas de led (conhecida como a rua da feira do caminhão que acontece todas as terças-feiras no município).</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3372/ind_37.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3372/ind_37.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de iluminar a Rua Pastor Jurandir Francisco Muniz (rua sem saída), colocando mais um braço no poste que fica na esquina desta rua com a Rua Gomes Monteiro.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3373/ind_38.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3373/ind_38.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, veja a viabilidade de reformar o chafariz que fica localizado na Praça Cira Rosa de Assis, trocando as peças queimadas</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3374/ind_39.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3374/ind_39.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de colocar latões de lixo em todo o bairro Vale do Sol 2.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3375/ind_40.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3375/ind_40.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar latões de lixo na Rua Vante Padula.</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3376/ind_41.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3376/ind_41.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de fiscalizar a Praça Cira Rosa de Assis e após tomar providências em relação a dependentes alcoólicos e moradores de rua que ficam nesta localidade, em plena pandemia.</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3377/ind_42.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3377/ind_42.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, olhe a situação do cemitério São João Batista, delimitando a parte nova com  muro e ainda, fiscalize a situação de uma construção que foi feita no cemitério São Francisco onde estão sendo depositados corpos, se está realmente dentro das normas.</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3378/ind_43.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3378/ind_43.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com urgência a instalação de um braço de luz no poste que fica localizado na Rua Salermo e ainda a colocação de uma tela de proteção na calçada.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3379/ind_44.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3379/ind_44.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com uma operação tapa buracos nos Bairro Vale do Sol, na Rua Ana Paixão de Souza e no Bairro João Clara.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3380/ind_45.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3380/ind_45.pdf</t>
   </si>
   <si>
     <t>Que o Executivo municipal, veja a viabilidade de realizar uma limpeza no Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3381/ind_46.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3381/ind_46.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar uma limpeza e colocação de novos latões nos dois morros do Waltair.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3382/ind_47.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3382/ind_47.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a Secretaria competente, veja a viabilidade de recapear o asfalto da Comunidade de São Gonçalo.</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidade, realize uma limpeza no bueiro da Rua Braz Martins que fica localizada na Praça da Bandeira e aproveitar a oportunidade para limpar todos os bueiros do município. Segue fotos anexadas do bueiro da Braz Martins.</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades realize um projeto para criar uma central de monitoramento de câmeras que seriam instaladas nos postos PSFs, policlínica, escolas municipais, prédio da prefeitura, secretarias, praças, área de lazer e etc.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3385/ind_50.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3385/ind_50.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidades, proceda com a pavimentação na Rua Deleth Hortencia de Azevedo,     localizado no Bairro Vale do Sol.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3386/ind_51.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3386/ind_51.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, melhore a qualidade da iluminação pública da Rua Jovelino Bento que fica na área de lazer, e se possível trocando por lâmpadas de led.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3387/ind_52.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3387/ind_52.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, retire a placa de proibido estacionar localizada em frente à loja Passo Forte Calçados.</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3388/ind_53.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3388/ind_53.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, crie um estacionamento para motocicletas na Rua João Sebastião de Amorim, iniciando próximo a Drogaria Maranata e finalizando na Sorveteria Sol e Neve.</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3389/ind_54.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3389/ind_54.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidades, proceda uma limpeza geral e capina periódica no Morro São Francisco (Rua Pereira).</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3390/ind_55.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3390/ind_55.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidades, coloque um latão de lixo na Rua Matheus Ignachiti, ao lado do Sindicato dos trabalhadores rurais; e um latão na Antônio de Paula Guterres, próximo a residência de n.:  57 do Ex-Vereador Gilberto Luiz de Freitas.</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3391/ind_56.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3391/ind_56.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidades, coloque iluminação no poste que fica localizado na Rua C em frente à residência de n.: 191, loteamento novo, (subindo para as casinhas populares).</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3392/ind_57.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3392/ind_57.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades fiscalize e tome providências no anel rodoviário, atrás do Parque de Exposição, sendo que pessoas estão invadindo a beira da rodovia, construindo casas à margem da rodovia e, dessa forma, promovendo ações que vão contra o plano diretor do município.</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3393/ind_58.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3393/ind_58.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, melhore a qualidade da iluminação pública da Rua Pio XII, e se possível trocando por lâmpadas de led.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3394/ind_59.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3394/ind_59.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a secretaria competente, veja a viabilidade de proceder com calçamento na Rua Projetada B, loteamento Vale do Sol II e também pedir a COPASA para colocar água nesta mesma rua.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades reaproveite as lâmpadas de iodo  que estão sendo trocadas por lâmpadas de led, em bairros ou outras ruas que ainda não foram beneficiadas por lâmpadas de led, para que assim fique padronizado.</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3396/ind_61.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3396/ind_61.pdf</t>
   </si>
   <si>
     <t>Que Executivo Municipal, através da secretaria competente, melhore a qualidade da iluminação pública da Rua Leopoldino José do Amaral, e se possível trocando por lâmpadas led.</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3397/ind_62.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3397/ind_62.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, analise a viabilidade, de realizar uma limpeza na Rua da Mineração, nas proximidades da residência do Marinelsom.</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3398/ind_63.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3398/ind_63.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a secretaria competente, veja a viabilidade de instalar, quebra-molas, na estrada Agostinho Patrus, na entrada do Córrego do Brejo, próximo a residência do falecido Manoel Adão e ainda colocar uma placa indicativa - Córrego do Brejo.</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3399/ind_64.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3399/ind_64.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades proceda com calcamento na Rua Carlos Grillo, e ainda olhe a situação dos moradores que não contam com sistema de água e nem rede de esgoto.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, coloque uma placa de sinalização, de fácil visualização, no trevo do Romildo, para que as carretas e caminhões que vem do Espírito Santo passem pela Rua José Grillo, evitando que se dirijam a Rua Pio XII. Solicito ainda que coloque uma outra placa na Rua Pio XII, próxima ao Centro de Educação Municipal Crescendo e Aprendendo, sentido obrigatório esquerda, caso alguma carreta ou caminhão entre por engano nessa rua, evitando assim que as mesmas deparem com a ladeira do morro da igreja Católica.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3401/ind_66.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3401/ind_66.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, dentro das viabilidades, tampe o buraco localizado na Rua Carlos Zini, subida para o conjunto habitacional, (casas populares). Não obstante, solicito ainda o calçamento dessa rua ou, na inviabilidade, no momento, que seja patrolada.</t>
   </si>
   <si>
     <t>3402</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3402/ind_67.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3402/ind_67.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto com a secretaria competente, dentro das viabilidades coloque uma braçadeira na Rua do Salermo e outra no início do Morro do Waltair, com urgência.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3403/ind_68.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3403/ind_68.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto com a secretaria competente, dentro das viabilidades crie um projeto denominado "Meu Bairro Colorido", "Minha Casa Colorida", pintando todas as residências dos bairros que foram atingidos pela enchente de janeiro de 2020, sendo utilizado como recurso as verbas que deixaram de serem gastas em Carnaval, Festa do Trabalhador, Exposição Agropecuária, etc.</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3404/ind_69.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3404/ind_69.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto com a secretaria competente, restaure o calçamento da Rua Manoel Ventura o mais rápido possível pois como pode ser observado através da foto anexada, o calçamento está soltando, trazendo sérios problemas para os motoristas.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3405/ind_70.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3405/ind_70.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades proceda com pavimentação na Rua Felix Pereira de Souza. Segue foto da rua e uma foto de um exemplo a ser seguido.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3406/ind_71.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3406/ind_71.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades realize pinturas novas nas pontes da nossa cidade, devido estarem muito sujas, sendo sugerido que a cor seja padronizada.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3407/ind_72.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3407/ind_72.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades realize pintura nova nos muros que cercam a área de lazer do nosso município.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3408/ind_73.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3408/ind_73.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a secretaria competente, veja a viabilidade de asfaltar a Rua Matheus Ignachitti e ainda realizar reparos em alguns pontos do calçamento da Praça Cira Rosa de Assis, onde as pedras estão soltas.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3409/ind_74.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3409/ind_74.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, dentro das viabilidades realize uma poda nas árvores que ficam na Rua Leopoldino José do Amaral, início do Morro do Waltair e ainda analisar a situação da árvore que fica dentro do Cartório Eleitoral, pois a mesma causa transtorno para os moradores da Vila Vivian.</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3410/ind_75.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3410/ind_75.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, proceda com repasse financeiro extraordinário para ajudar o Hospital Feliz na aquisição de um gerador de energia.</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3411/ind_76.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3411/ind_76.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, através da Secretaria competente, dê continuidade as obras da quadra do São João da Farinha, Comunidade do Marianinho, colocando cobertura e construindo vestiário.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Júlio Maria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3412/ind_77.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3412/ind_77.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal, que dentro das viabilidades, junto ao setor competente, realize melhorias na nascente (captação de água) da Comunidade de São Domingos, com limpeza geral e troca de encanamentos.</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3413/ind_78.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3413/ind_78.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, através da Secretaria competente, recupere o asfalto das seguintes localidades: São Sebastião da Barra, São Gonçalo, Bairro João Clara, Bairro Floresta, Bairro Santa Cecília, Bairro do Roque, Rua Maria Amélia de Jesus.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3414/ind_79.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3414/ind_79.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal, dentro das viabilidades, junto ao Setor competente, faça a revitalização da praça que fica situada na frente da igreja da Comunidade do São Domingos realizando serviços de paisagismo, melhoria na iluminação , estacionamento de veículos ao redor, etc. Aproveitando, também peço que promova melhorias na quadra de esportes nos seguintes aspectos: delimitação do espaço, instalação de cobertura, restauração do piso, implantação de nova tela de proteção nos gols e ainda iluminação adequada.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3415/ind_80.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3415/ind_80.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal que dentro das viabilidades, junto ao Setor competente, construa uma guarita (ponto de ônibus) nas proximidades do Pórtico que dá acesso à cidade de Carangola e demais.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3416/ind_81.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3416/ind_81.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal que dentro das viabilidades, junto ao Setor competente, realize a reforma da Praça que fica em frente a entrada que dá acesso ao município de Caparaó (estrada de chão).</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3417/ind_82.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3417/ind_82.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor competente, dentro das viabilidades, providencie uma nova lixeira ou a reforma da lixeira que fica na encruzilhada que dá acesso ao Córrego Pedra Negra.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3418/ind_83.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3418/ind_83.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal, que dentro das viabilidades, junto ao Setor competente, providencie a instalação de 02 (duas) lombadas em frente à escola da Chave.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor competente, dentro das viabilidades, providencie a troca da iluminação da Rua dos Ferroviários por lâmpadas de led.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3420/ind_85.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3420/ind_85.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo Municipal que dentro das viabilidades, junto ao Setor competente, realize um estudo e veja  o que pode ser feito em relação ao muro da Escola do Distrito de São José da Pedra Menina, se o Executivo pode contribuir na reforma deste muro ou mesmo na inviabilidade por ser uma Escola que pertence ao Estado, entrar em contato com o Governo Estadual e solicitar que faça esta obra em regime de urgência.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3421/ind_86.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3421/ind_86.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, dentro das viabilidades, providencie a pintura de todos quebra-molas/lombadas e faixas de pedestre do município.</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3422/ind_87.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3422/ind_87.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria de Saúde, promova uma campanha de reforço no município acerca do uso obrigatório de máscara, uso de álcool gel, isolamento necessário, impedimento de crianças em supermercado e todos os devidos cuidados necessários para evitar a proliferação do Coronavírus, sendo que ainda existe muito risco de contágio. Conforme dito por várias pessoas tem ocorrido no município a flexibilização da quarentena, o que favorece a multiplicação do vírus na sociedade.</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3423/ind_88.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3423/ind_88.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, tome providências, retirando um trailer que fica estacionado na Praça Cira Rosa de Assis</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3424/ind_89.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3424/ind_89.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, realize um mutirão de limpeza na entrada da cidade (sentido Carangola), iniciando no Pórtico e finalizando na entrada que dá acesso ao São Sebastião da Barra</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3425/ind_90.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3425/ind_90.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, troque a iluminação pública em todos os bairros do município por lâmpadas de led como vem sendo feito nas ruas principais. Moradores solicitam que seja averiguado os postes que estão com lâmpadas queimadas e que sejam trocadas em regime de urgência enquanto não é realizada esta troca.</t>
   </si>
   <si>
     <t>3426</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3426/ind_91.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3426/ind_91.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, ilumine a BR 482, no trecho que contorna o bairro João Clara, compreendido  entre a entrada da Pedreira Floresta até a entrada da Comunidade de São Sebastião da Barra, com a colocação de aproximadamente 20 postes.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor competente, tome providências colocando iluminação na Rua C, subida para creche que está sendo construída na saída para Carangola.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3428/ind_93.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3428/ind_93.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de regressar o alambrado da entrada do Parque de Exposições para o local que estava fixada anteriormente.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3429/ind_94.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3429/ind_94.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à secretaria competente, veja a viabilidade de construir um muro de arrimo na rua principal do bairro João Clara que fica localizado abaixo do asfalto da BR 482.</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3430/ind_95.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3430/ind_95.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, veja a viabilidade de recapear o asfalto da BR 482, no trecho compreendido entre o Posto do Toninho até a entrada que dá acesso a Comunidade de São Sebastião da Barra. Dessa forma, caso não seja da competência do Executivo, requisito que este renomado órgão entre em contato com DER e faça esta solicitação.</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3431/ind_96.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3431/ind_96.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, realize uma pintura em todos os meios- fios e canteiros da cidade.</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3432/ind_97.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3432/ind_97.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao setor competente, construa um poço artesiano na Comunidade de São Domingos.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3433/ind_98.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3433/ind_98.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, realize uma limpeza dentro do Parque de Exposição Alexandre Pereira de Souza, atrás do pavilhão leiteiro, onde geralmente fica o Parque de Diversão, pois esta localidade se tornou um depósito de entulhos e lixos, conforme pode ser observado através das fotos anexadas. Peço ainda que, sejam afixadas placas proibindo a colocação de lixos e entulhos.</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3434/ind_99.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3434/ind_99.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de patrolar e ensaibrar a estrada que dá acesso a CAPSOL.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3435/ind_100.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3435/ind_100.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, veja a viabilidade de solucionar o problema da Rua Maclovis Murilo Lopes, pois o rio invadiu a rua tornando-a muito estreita, o que impede o movimento de veículos e motocicletas. Em sentido de observação esta rua recebeu o nome de um Ex-Prefeito de nossa cidade que muito contribuiu para o progresso do município, e por isso merece os cuidados necessários, tanto para a boa qualidade de vida dos moradores, como para que a justa homenagem seja de um local bem cuidado.</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3436/ind_101.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3436/ind_101.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, estude a viabilidade de colocar um rede de luz no local que os feirantes da feira livre de sábado utilizam, colocando umas quatro tomadas para que os feirantes possam usar um ventilador para refrescar a mercadoria e outras coisas mais que porventura fizer necessário.</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, instale 02 (dois) latões de lixo na Rua Maria Guilhermina, no Distrito de São José da Pedra Menina.</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3438/ind_103.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3438/ind_103.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, coloque cones ou avisos alertando sobre os buracos existentes no calçamento da rua principal do bairro Novo Horizonte, morro que fica a creche Pró-infância, lado esquerdo.</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3439/ind_104.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3439/ind_104.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, peça ao servidor público responsável pela limpeza do banheiro público da prefeitura municipal (que fica entre a prefeitura e o banco Bradesco) que mantenha o banheiro limpo e em especial no sábado na parte da manhã, sendo que os feirantes o utilizam, e, ainda, realize reparos no banheiro, pois frequentemente possui vazamentos.</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3440/ind_105.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3440/ind_105.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, realize o calçamento na Rua Giovani Labati, no Bairro do Roque.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3441/ind_106.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3441/ind_106.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente realize uma escavação no barranco que fica na Rua Maria Moreira de Souza, no Bairro Vale do Sol 2, para que, dessa forma, a água da chuva escoe com facilidade. Além disso, solicita-se que realize o calçamento da rua.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3442/ind_107.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3442/ind_107.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, veja viabilidade de iluminar a Rua Vanderlei Cassimiro Campos, que fica localizada no Morro do Waltair.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3443/ind_108.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3443/ind_108.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar uma limpeza/desentupir todos os bueiros do município e também consertar as tampas de lobo que estão danificadas.</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3444/ind_109.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3444/ind_109.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente realize a troca das lâmpadas queimadas da Praça que fica na Comunidade de São Sebastião da Barra.</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3446/ind_110.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3446/ind_110.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar placas nas Ruas do Bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3447/ind_111.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3447/ind_111.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar uma limpeza geral na beira rio, atrás do prédio do INSS e do Colégio Batista Reobote.</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3448/ind_112.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3448/ind_112.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, faça uma rede pluvial na Vila Cabral.</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3449/ind_113.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3449/ind_113.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a secretaria competente, veja a viabilidade de resolver a situação da iluminação pública na Rua Eduardo Gripp (por cima do bar do Jorge que fica na Major Pereira).</t>
   </si>
   <si>
     <t>3450</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3450/ind_114.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3450/ind_114.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente , veja a viabilidade solicitar esclarecimentos a empresa que presta serviços de iluminação pública em nosso município a respeito do motivo da demora para atender pedidos de trocas de lâmpadas. Além disso, uma justificativa sobre o motivo de algumas lâmpadas dos postes ficarem ligadas (24 horas).</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3451/ind_115.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3451/ind_115.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, veja a viabilidade de abrir uma licitação de latões de lixo, para que possam ser adquiridos inúmeros latões, atendendo assim todo município.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3452/ind_116.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3452/ind_116.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de instalar quebra-molas na Rua Caiana.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3453/ind_117.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3453/ind_117.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor competente, construa um poço artesiano na comunidade da Boa Esperança.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3454/ind_118.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3454/ind_118.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de verificar junto a Copasa o motivo da falta de água constante no Bairro Vale do Sol I e Vale do Sol II. Sendo assim, solicito que sejam tomadas providências urgentes para que os moradores do bairro não fiquem sem água.</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3455/ind_119.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3455/ind_119.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar o mais rápido possível uma limpeza e pintura nos cemitérios do município.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3456/ind_120.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3456/ind_120.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de instalar 02 (dois) quebra-molas na Comunidade do Chalé, na rua principal, perto das residências do Jorge Ramos, Carlos Ramos e Izaías Trindade.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3457/ind_121.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3457/ind_121.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de providenciar uma vaga de descarga em frente a Veterinária Cão e Gato, que fica na Rua João Sebastião de Amorim, 245.</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3458/ind_122.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3458/ind_122.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de podar a árvore que fica localizada na Rua Carlos Virgílio Alves, em frente a residência de n.: 51 (antigo Restaurante da D. Vanja)</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3459/ind_123.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3459/ind_123.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de realizar melhorias na ponte que fica na BR 482 próxima  a entrada da Pedreira Floresta, como: reparos, pintura e iluminação.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3460/ind_124.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3460/ind_124.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de calçar a Rua Rosalina Vilete Borges, que fica localizada no Bairro do Roque.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3461/ind_125.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3461/ind_125.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de retirar em regime de urgência a barreira que caiu na Rua Santa Cecília, Bairro do Valtair, nas proximidades do n.: 13</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3462/ind_126.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3462/ind_126.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de analisar a situação do bueiro que fica na Vila Aristóteles, beira rio, próximo ao bar do Juca, sendo que ele vive com água empossada. Solicito que realize uma limpeza constante ou até mesmo mudar de local, sendo que ele fica no meio da rua.</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3463/ind_127.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3463/ind_127.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de substituir as manilhas quebradas da estrada que dá acesso ao Assentamento Padre Jésus por 4 manilhas de 50 cm.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3464/ind_128.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3464/ind_128.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, veja a possibilidade de construir uma área coberta em frente a sala de atendimento do posto de saúde da comunidade de Fátima.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3465/ind_129.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3465/ind_129.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar 02(duas) caixas de lixo na estrada do Córrego do Brejo.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3466/ind_130.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3466/ind_130.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, substitua a iluminação da Rua Tiradentes e nas demais ruas do morro São Francisco por lâmpadas de led, mas na inviabilidade no momento, até que seja possível a substituição, que realize a troca das lâmpadas queimadas dos postes localizados no morro São Francisco, sendo: 05 lâmpadas no final da Rua Tiradentes e 03 lâmpadas na Rua do Zé Chagrinha.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3467/ind_131.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3467/ind_131.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar 06 manilhas de 30 cm na estrada que liga a Chave a Três Cruzes (para cima da propriedade do Sr. Sebastião Teeiro).</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3468/ind_132.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3468/ind_132.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja viabilidade de conceder 50% do valor do transporte escolar aos estudantes universitários do município de Espera Feliz que estudam em cidades vizinhas, com distâncias de até 120 Km.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3469/ind_133.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3469/ind_133.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades coloque um latão de lixo na Rua Vanderlei Cassimiro Campos, no Morro do Valtair, nas proximidades da residência de n.: 170.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades realize uma limpeza urgente ao redor da creche do bairro João Clara, onde estão encostando entulhos no muro.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com o calçamento na Rua Aurora Lopes de Souza que fica localizada no bairro Vale do Sol e, ainda, trocar a iluminação deste bairro.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3472/ind_136.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3472/ind_136.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades realize uma operação tapa-buracos no bairro João Clara e, ainda, colocação de latões de lixo.</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3473/ind_137.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3473/ind_137.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades arrumar a rede de esgoto da Jair de Souza Castro nas proximidades da residência de n.: 390.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3474/ind_138.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3474/ind_138.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades patrole a estrada da chave, sentido a Caparaó.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3475/ind_139.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3475/ind_139.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de abrir todos os dias o Posto de Saúde da comunidade do São Sebastião da Barra.</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3476/ind_140.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3476/ind_140.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de providenciar 03 (três) caminhões de saibro para a Comunidade do Montes Claro, a ser espalhado na subida do morro, após a residência do Mateus Gonçalves de Souza.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3477/ind_141.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3477/ind_141.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de melhorar a estrada que liga Espera Feliz a Caparaó, patrolando e ensaibrando.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3478/ind_142.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3478/ind_142.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade colocar latões de lixo na Comunidade de São Sebastião da Barra.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3479/ind_143.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3479/ind_143.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade  de entrar em contato com o DER e solicitar 01 (um) quebra-molas ou redutor de velocidade na encruzilhada que dá acesso ao Caparaó (na região onde vai para as Comunidades Montes Claro e Bonfim)</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3480/ind_144.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3480/ind_144.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, ilumine a Rua Augusta Carlos de Assis, que fica localizada no Bairro do Roque, e, ainda, dentro das viabilidades, todas as ruas do Bairro do Roque com lâmpadas de led.</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3481/ind_145.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3481/ind_145.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de elaborar um projeto de lei e encaminhar a Casa para aprovação concedendo ticket para o Servidor  Público a ser utilizado na feira do agricultor que acontece aos sábados em nosso município.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3514/indicacao_146-2020_000033.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3514/indicacao_146-2020_000033.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar o calçamento da Rua José Moreira Lacerda.</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3515/indicacao_147-2020_000034.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3515/indicacao_147-2020_000034.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar melhorias na Rua Francisco Maia, localizada na Comunidade do São Sebastião da Barra, com colocação de postes.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3516/indicacao_148-2020_000035.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3516/indicacao_148-2020_000035.pdf</t>
   </si>
   <si>
     <t>Tomar providências urgentes na estrada do Córrego Marianinho, no trecho próximo à residência do Sr. Jair Celestino Leite, que está cedendo a cada dia.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3517/indicacao_149-2020_000036.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3517/indicacao_149-2020_000036.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder om a canalização do Bairro do Roque</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_150-2020_000037.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_150-2020_000037.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder com a pavimentação no Bairro Santa Inês II</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_151-2020_000038.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_151-2020_000038.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar pintura nas estruturas da área de lazer, especialmente nos muros que contornam o local.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_152-2020_000039.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_152-2020_000039.pdf</t>
   </si>
   <si>
     <t>Providências em relação ao córrego que passa nos fundos das residências na Rua Álvaro de Sá Barbosa, realizando um serviço de capina e ainda canalização.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_153-2020_000040.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_153-2020_000040.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar melhorias no campo da Comunidade de Vargem Alegre, com colocação de novos gols, vestiário, poda de grama, etc.</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>João Brum, Júlio Maria do Amaral, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3752/brn3c2af423710f_024913.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3752/brn3c2af423710f_024913.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Carreira dos Servidores Públicos do Poder Legislativo do Município de Espera Feliz, Lei Complementar n° 25/2015 e dá outras providências</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3753/brn3c2af423710f_024925.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3753/brn3c2af423710f_024925.pdf</t>
   </si>
   <si>
     <t>Institui o Código Municipal de Meio Ambiente do Município, revoga a Lei n° 541, de 27 de dezembro de 2002 e dá outras providências</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3759/plc_29_de_2020_largura_testda_altera_codigo_de_obras.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3759/plc_29_de_2020_largura_testda_altera_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 36/2018 e Lei Complementar nº 48/2020.</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3761/plc_30_de_2020_altera_atribuicao_fiscal.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3761/plc_30_de_2020_altera_atribuicao_fiscal.pdf</t>
   </si>
   <si>
     <t>Altera as atribuições do Cargo de Fiscal Municipal constante do anexo V, da Lei Complementar Municipal nº 11/2013.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3587/projeto_de_lei_complementar_32-2020_000002.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3587/projeto_de_lei_complementar_32-2020_000002.pdf</t>
   </si>
   <si>
     <t>Altera Alíquota de Contribuição Previdenciária prevista na Lei N° 42/2019</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3763/plc_33_de_2020_plano_de_custeio_fumpref.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3763/plc_33_de_2020_plano_de_custeio_fumpref.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio Anual do Fundo Previdenciário do Município de Espera Feliz - FUMPREF e dá outras providências.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3755/brn3c2af423710f_024985.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3755/brn3c2af423710f_024985.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei n° 34/2017, em conformidade com a Portaria SEPRT n° 19.451, de 18 de agosto de 2020, e dá outras providências</t>
   </si>
   <si>
     <t>3712</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3712/projeto_de_lei_municipal_01_-_15.01.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3712/projeto_de_lei_municipal_01_-_15.01.2020.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá Outras providências.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
     <t>João Pereira Brum, Júlio Maria do Amaral, Matusalém Marques</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_02_-_28.01.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_02_-_28.01.2020.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_03_-_28.01.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_03_-_28.01.2020.pdf</t>
   </si>
   <si>
     <t>Recompõe o subsídio do Presidente e dos Vereadores da Câmara Municipal.</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3720/projeto_de_lei_04_-_28.01.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3720/projeto_de_lei_04_-_28.01.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito com a Caixa Econômica Federal e dá outras providências.</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3722/projeto_de_lei_05_-_10.04.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3722/projeto_de_lei_05_-_10.04.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para Elaboração da Lei Orçamentária de 2021 e dá outras providências</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3726/projeto_de_lei_06_-_11.05.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3726/projeto_de_lei_06_-_11.05.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito extraordinário no orçamento da Prefeitura Municipal de Espera Feliz para o exercício de 2020</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3728/projeto_de_lei_07.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3728/projeto_de_lei_07.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito extraordinário no orçamento da Prefeitura Municipal para o exercício de 2020</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>Dr. Erick Amaral, Elcinho Professor , Eluízio Bilheiro, João Brum, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3730/projeto_de_lei_08.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3730/projeto_de_lei_08.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do Poder Executivo informar semanalmente à Câmara de Espera Feliz os dispêndios provenientes com as máquinas retroescavadeiras, caminhões e tratores agrícolas.</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_09.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_09.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso geral e obrigatório de máscara ou cobertura facial sobre o nariz e a boca nos espaços públicos e equipamentos de transporte coletivo e estabelecimentos comerciais e serviços em geral, e dá outras providências</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3736/projeto_de_lei_10.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3736/projeto_de_lei_10.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Extraordinário no orçamento da Prefeitura Municipal de Espera Feliz para o exercício 2020</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3738/brn3c2af423710f_024787.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3738/brn3c2af423710f_024787.pdf</t>
   </si>
   <si>
     <t>Altera a Lei 1.170/2015 de 23 de novembro de 2015 que aprova o Loteamento Silva</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3740/brn3c2af423710f_024791.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3740/brn3c2af423710f_024791.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3737/projeto_de_lei_13.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3737/projeto_de_lei_13.2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito Municipal, do Vice-Prefeito e Secretários do Município, para mandato que se inicia 1º de Janeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3739/projeto_de_lei_14.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3739/projeto_de_lei_14.2020.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Presidente da Câmara e dos Vereadores para a Legislatura que se inicia em 1º de janeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3741/brn3c2af423710f_024805.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3741/brn3c2af423710f_024805.pdf</t>
   </si>
   <si>
     <t>Institui o Dia da Conscientização sobre Distrofia Muscular Dulchenne, bem como a Semana de Conscientização sobre a Distrofia Muscular de Duchenne no Município de Espera Feliz</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3715/projeto_de_lei_16.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3715/projeto_de_lei_16.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia da realização na rede municipal de Saúde do exame de sangue CPK aos recém-nascidos, para diagnosticar a Distrofia Muscular Duchenne no município de Espera Feliz.</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3716/projeto_de_lei_17.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3716/projeto_de_lei_17.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de as instituições financeiras oferecerem máscaras e álcool em gel para clientes que estiverem presencialmente em agências bancárias e organizarem as filas do lado externo.</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3717/projeto_de_lei_18.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3717/projeto_de_lei_18.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Pipódromos no Município de Espera Feliz e cria a Semana Educativa do uso responsável de pipas.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3718/projeto_de_lei_19.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3718/projeto_de_lei_19.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Extraordinário no orçamento da Prefeitura Municipal de Espera Feliz para o exercício de 2020.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3719/projeto_de_lei_19.2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3719/projeto_de_lei_19.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder Servidores ao Tribunal de Justiça do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3721/projeto_de_lei_21.2020_000206.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3721/projeto_de_lei_21.2020_000206.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3723/projeto_de_lei_22.2020_000207.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3723/projeto_de_lei_22.2020_000207.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. Rua Maildes Barbosa Grillo.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_lei_23.2020_000208.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_lei_23.2020_000208.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. Rua Luzia Maria da Conceição.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_24.2020_000210.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_24.2020_000210.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. Rua Jonathas Gonçalves de Souza.</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3727/projeto_de_lei_25.2020_000211.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3727/projeto_de_lei_25.2020_000211.pdf</t>
   </si>
   <si>
     <t>Dá autorização que especifica.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3729/projeto_de_lei_26.2020_000212.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3729/projeto_de_lei_26.2020_000212.pdf</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3731/projeto_de_lei_27.2020_000213.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3731/projeto_de_lei_27.2020_000213.pdf</t>
   </si>
   <si>
     <t>Cria a Casa do Artesão e dá outras providências.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3732/projeto_de_lei_28.2020_000214.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3732/projeto_de_lei_28.2020_000214.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de transporte escolar de estudantes universitários do Município e dá outras providências.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_29.2020_000215.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_29.2020_000215.pdf</t>
   </si>
   <si>
     <t>Obriga os supermercados e estabelecimentos similares a disponibilizarem atendimento personalizado para gestantes, deficientes físicos e idosos.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3735/projeto_de_lei_30.2020_000216.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3735/projeto_de_lei_30.2020_000216.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.170/2015, de 23 de novembro de 2015, com alteração da Lei 1.342/2020, de 21 de setembro de 2020, que aprova o Loteamento Silva.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3594/projeto_de_lei_31-2020_000080.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3594/projeto_de_lei_31-2020_000080.pdf</t>
   </si>
   <si>
     <t>Altera o Inciso III, do art. 1º, da Lei Municipal nº 1.345/2020 de 09 de outubro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Elcinho Professor , João Brum, Júlio Maria do Amaral, Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3742/brn3c2af423710f_024880.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3742/brn3c2af423710f_024880.pdf</t>
   </si>
   <si>
     <t>Altera o Regime Interno da Câmara Municipal de Espera Feliz, Estado de Minas Gerais e dá outras providências</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3743/brn3c2af423710f_024868.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3743/brn3c2af423710f_024868.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2021 da Câmara Municipal de Espera Feliz e Contém Outras Providências</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
     <t>Acácio Siqueira , Dr. Erick Amaral, Ediel Gomes, Eluízio Bilheiro, João Brum, Júlio Maria, Keké Lacerda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3589/projeto_de_resolucao_03-2020_000081.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3589/projeto_de_resolucao_03-2020_000081.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n°179/2012 de 11 de junho de 2012.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3744/brn3c2af423710f_024867.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3744/brn3c2af423710f_024867.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Espera Feliz relativa ao exercício de 2018</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3830/requerimento_1-_2020_correto_000236-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3830/requerimento_1-_2020_correto_000236-1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a construção da quadra da Comunidade do Marianinho, no sentido de saber se irão retornar as obras e qual a previsão de término.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>Ediel Gomes</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3831/requerimento_2-_2020_correto_000236-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3831/requerimento_2-_2020_correto_000236-2.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, copia do Plano de Trabalho encaminhado à Defesa Civil Nacional através do Sistema Nacional de proteção à Defesa Civil, devido a enchente que ocorreu no município no mês de janeiro de 2020.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3832/requerimento_3-2020_correto_000236-3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3832/requerimento_3-2020_correto_000236-3.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as informações especificadas abaixo:_x000D_
 1 - Relação dos veículos pertencentes ao Executivo que foram danificados pela enchente de 24 de janeiro de 2020 e;_x000D_
 2 - O Seguro já cobriu os danos? Se não cobriu ainda, qual alegação e qual a previsão parra normalizar esta situação?</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3835/requerimento_4-2020__000237.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3835/requerimento_4-2020__000237.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV uma relação dos veículos que compõe a frota da Prefeitura de Espera Feliz ) caminhões, patrolas, automóveis, ônibus e etc), e ainda, dos veículos locados, sendo discriminados por secretarias, placas, modelo de carro e a quilometragem que se encontram os veículos a partir de 01 de fevereiro de 2020.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3843/requerimento_5-_2020_correto_000236-4.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3843/requerimento_5-_2020_correto_000236-4.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV as informações especificadas abaixo:_x000D_
 1 - Relação de T.D.F. (Tratamento fora Domicilio) pago mensalmente à partir de janeiro do ano corrente;_x000D_
 2 - Nome dos beneficiados;_x000D_
 3 - Motivo do auxílio;_x000D_
 4 - Como e realizada a prestação de contas pelo beneficiado.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3847/requerimento_6_-_2020_correto_000236-5.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3847/requerimento_6_-_2020_correto_000236-5.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre os gastos de R$135,5 mil reais referente a gastos com retroescavadeira, trator agrícola e caminhão caçamba para a limpeza das ruas do município devido a calamidade pública causada pelas chuvas.</t>
   </si>
   <si>
     <t>3851</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3851/requerimento_7_-2020_correto_000236-6-7.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3851/requerimento_7_-2020_correto_000236-6-7.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV esclarecimentos sobre os gastos de R$388,8 mil reais referente a gastos com retroescavadeira, trator agrícola e caminhão caçamba para a manutenção das estradas vicinais do município devido a calamidade pública causada pelas chuvas.</t>
   </si>
   <si>
     <t>3853</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3853/requerimento_8_-_2020_correto_000236-8-9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3853/requerimento_8_-_2020_correto_000236-8-9.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre os gastos de R$595,3 mil reais com pranchões e vigas para a construção de pontes que foram arrancadas na Zona Rural do Município.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3856/requerimento_9_-_2020_correto_000236-10-11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3856/requerimento_9_-_2020_correto_000236-10-11.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao recurso de R$28.305,00 enviado ao município, com propósito de conferir se este dinheiro já foi creditado. Caso afirmativo, onde foi ou será empregado?</t>
   </si>
   <si>
     <t>3858</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3858/requerimento_10_-2020_correto_000236-12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3858/requerimento_10_-2020_correto_000236-12.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes aos gastos realizados por volta da enchente de janeiro de 2020 na manutenção de estradas, vigas e pontes.</t>
   </si>
   <si>
     <t>3860</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3860/requerimento_12_-_2020_correto_000236-13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3860/requerimento_12_-_2020_correto_000236-13.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV informação se a Empresa JUPIASSU ROSA ALBINO 83802339720, cujo nome fantasia é "MAX GIL", cuja atividade principal 82.30-0-01 - "Serviços de organização de feiras, congresso, exposições e festas, tem cadastro municipal e alvará de funcionamento para exercer atividades empresariais no município de Espera Feliz relacionadas à atividade de Rádio FM e Jornalismo?</t>
   </si>
   <si>
     <t>3862</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3862/requerimento_14_-2020_correto_000236-14-16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3862/requerimento_14_-2020_correto_000236-14-16.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre a aquisição de pneus, para enfrentamento da enchente do mês de janeiro do ano corrente.</t>
   </si>
   <si>
     <t>3864</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3864/requerimento_15_-_2020_correto_000236-17-18.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3864/requerimento_15_-_2020_correto_000236-17-18.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre o motivo do Bar da Rodoviária Alfredo Brandão não estar funcionando.</t>
   </si>
   <si>
     <t>3866</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3866/requerimento_16_-_2020_correto_000236-19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3866/requerimento_16_-_2020_correto_000236-19.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos detalhado sobre o Tratamento Fora Domicílio realizado no ano de 2018.</t>
   </si>
   <si>
     <t>3868</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3868/requerimento_17_-_2020_correto_000236-20-21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3868/requerimento_17_-_2020_correto_000236-20-21.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, Plano de Ação de gastos dos recursos de propostas parlamentares enviado ao fundo Municipal de Saúde de Espera Feliz.</t>
   </si>
   <si>
     <t>3870</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3870/requerimento_18_-__2020_correto_000236-22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3870/requerimento_18_-__2020_correto_000236-22.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as informações citadas abaixo:_x000D_
 1 - Relação constando a quantidade de pontes de madeiras construídas na área rural no período de janeiro de 2019 até a presente data;_x000D_
 2 - Localidade onde estão situadas estas pontes;_x000D_
 3 - Especificar separadamente quantos pranchões e quantas vigas foram gastos nestas pontes.</t>
   </si>
   <si>
     <t>3872</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3872/requerimento_19_-2020_correto_000236-23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3872/requerimento_19_-2020_correto_000236-23.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de- Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, sejam feitos esclarecimentos quanto a previsão de utilização do recurso (plano de trabalho ou afim) previsto para o município no Projeto de Lei Complementar Federal nº 39 de 2020, que trata de recomposição da queda de arrecadação do município durante a pandemia COVID-19.</t>
   </si>
   <si>
     <t>3874</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3874/requerimento_20_-_2020_correto_000236-24.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3874/requerimento_20_-_2020_correto_000236-24.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre quais foram os córregos e localidades que foram realizados os serviços de locação, constando planilha detalhada com dia, hora e local da realização do serviço e aquisição oriundos dos processos de dispensa números: 90/2020, 83/2020, 35/2020, 31/2020, 40/2020. Pregão 52/2019.</t>
   </si>
   <si>
     <t>3875</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3875/requerimento_21_-_2020_correto_000236-25.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3875/requerimento_21_-_2020_correto_000236-25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, copia integral dos processos listados abaixo:_x000D_
 Dispensa; 90/2020, 83/2020, 35/2020, 31/2020, 40/2020_x000D_
 Pregão: 52/2020</t>
   </si>
   <si>
     <t>3877</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3877/requerimento_22_-_2020_correto_000236-26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3877/requerimento_22_-_2020_correto_000236-26.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, Plano de Ação de gastos dos recursos de propostas parlamentares enviado ao fundo Municipal de Saúde de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>3879</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3879/requerimento_23_-_2020_correto_000236-27.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3879/requerimento_23_-_2020_correto_000236-27.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as informações citadas abaixo:_x000D_
 1 - Relação constando a quantidade de pontes de madeiras construídas na área rural no período de janeiro 2019 até a presente data;_x000D_
 2 - Localidade onde estão situadas estas pontes;_x000D_
 3 - Especificar separadamente quantos pranchões e quantas vigas foram gastos nestas pontes.</t>
   </si>
   <si>
     <t>3880</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3880/requerimento_24_-_2020_correto_000236-28.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3880/requerimento_24_-_2020_correto_000236-28.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos quanto a previsão de utilização do r4ecurso (plano de trabalho ou afim) previsto para o município no Projeto de Lei Complementar Federal nº 39 de 2020 que trata de recomposição da queda de arrecadação do município durante a pandemia COVID-19.</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3588/projeto_de_lei_complementar_34-2020_000082.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3588/projeto_de_lei_complementar_34-2020_000082.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n°36/2018, de 18 de maio de 2018, que dispõe sobre o parcelamento do solo urbano e rural e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2870,67 +2870,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3336/ind_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3337/ind_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3338/ind_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3339/ind_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3340/ind_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3341/ind_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3342/ind_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3343/ind_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3344/ind_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3345/ind_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3346/ind_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3347/ind_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3348/ind_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3349/ind_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3350/ind_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3351/ind_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3352/ind_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3353/ind_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3354/ind_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3355/ind_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3356/ind_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3357/ind_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3358/ind_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3360/ind_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3361/ind_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3362/ind_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3363/ind_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3364/ind_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3365/ind_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3367/ind_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3368/ind_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3369/ind_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3370/ind_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3371/ind_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3372/ind_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3373/ind_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3374/ind_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3375/ind_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3376/ind_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3377/ind_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3378/ind_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3379/ind_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3380/ind_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3381/ind_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3382/ind_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3385/ind_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3386/ind_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3387/ind_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3388/ind_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3389/ind_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3390/ind_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3391/ind_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3392/ind_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3393/ind_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3394/ind_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3396/ind_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3397/ind_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3398/ind_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3399/ind_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3401/ind_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3402/ind_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3403/ind_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3404/ind_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3405/ind_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3406/ind_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3407/ind_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3408/ind_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3409/ind_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3410/ind_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3411/ind_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3412/ind_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3413/ind_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3414/ind_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3415/ind_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3416/ind_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3417/ind_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3418/ind_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3420/ind_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3421/ind_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3422/ind_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3423/ind_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3424/ind_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3425/ind_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3426/ind_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3428/ind_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3429/ind_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3430/ind_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3431/ind_96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3432/ind_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3433/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3434/ind_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3435/ind_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3436/ind_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3438/ind_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3439/ind_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3440/ind_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3441/ind_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3442/ind_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3443/ind_108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3444/ind_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3446/ind_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3447/ind_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3448/ind_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3449/ind_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3450/ind_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3451/ind_115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3452/ind_116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3453/ind_117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3454/ind_118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3455/ind_119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3456/ind_120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3457/ind_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3458/ind_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3459/ind_123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3460/ind_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3461/ind_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3462/ind_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3463/ind_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3464/ind_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3465/ind_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3466/ind_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3467/ind_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3468/ind_132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3469/ind_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3472/ind_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3473/ind_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3474/ind_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3475/ind_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3476/ind_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3477/ind_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3478/ind_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3479/ind_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3480/ind_144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3481/ind_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3514/indicacao_146-2020_000033.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3515/indicacao_147-2020_000034.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3516/indicacao_148-2020_000035.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3517/indicacao_149-2020_000036.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_150-2020_000037.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_151-2020_000038.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_152-2020_000039.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_153-2020_000040.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3752/brn3c2af423710f_024913.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3753/brn3c2af423710f_024925.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3759/plc_29_de_2020_largura_testda_altera_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3761/plc_30_de_2020_altera_atribuicao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3587/projeto_de_lei_complementar_32-2020_000002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3763/plc_33_de_2020_plano_de_custeio_fumpref.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3755/brn3c2af423710f_024985.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3712/projeto_de_lei_municipal_01_-_15.01.2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_02_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_03_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3720/projeto_de_lei_04_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3722/projeto_de_lei_05_-_10.04.2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3726/projeto_de_lei_06_-_11.05.2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3728/projeto_de_lei_07.2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3730/projeto_de_lei_08.2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_09.2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3736/projeto_de_lei_10.2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3738/brn3c2af423710f_024787.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3740/brn3c2af423710f_024791.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3737/projeto_de_lei_13.2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3739/projeto_de_lei_14.2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3741/brn3c2af423710f_024805.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3715/projeto_de_lei_16.2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3716/projeto_de_lei_17.2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3717/projeto_de_lei_18.2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3718/projeto_de_lei_19.2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3719/projeto_de_lei_19.2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3721/projeto_de_lei_21.2020_000206.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3723/projeto_de_lei_22.2020_000207.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_lei_23.2020_000208.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_24.2020_000210.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3727/projeto_de_lei_25.2020_000211.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3729/projeto_de_lei_26.2020_000212.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3731/projeto_de_lei_27.2020_000213.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3732/projeto_de_lei_28.2020_000214.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_29.2020_000215.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3735/projeto_de_lei_30.2020_000216.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3594/projeto_de_lei_31-2020_000080.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3742/brn3c2af423710f_024880.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3743/brn3c2af423710f_024868.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3589/projeto_de_resolucao_03-2020_000081.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3744/brn3c2af423710f_024867.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3830/requerimento_1-_2020_correto_000236-1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3831/requerimento_2-_2020_correto_000236-2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3832/requerimento_3-2020_correto_000236-3.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3835/requerimento_4-2020__000237.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3843/requerimento_5-_2020_correto_000236-4.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3847/requerimento_6_-_2020_correto_000236-5.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3851/requerimento_7_-2020_correto_000236-6-7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3853/requerimento_8_-_2020_correto_000236-8-9.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3856/requerimento_9_-_2020_correto_000236-10-11.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3858/requerimento_10_-2020_correto_000236-12.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3860/requerimento_12_-_2020_correto_000236-13.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3862/requerimento_14_-2020_correto_000236-14-16.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3864/requerimento_15_-_2020_correto_000236-17-18.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3866/requerimento_16_-_2020_correto_000236-19.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3868/requerimento_17_-_2020_correto_000236-20-21.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3870/requerimento_18_-__2020_correto_000236-22.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3872/requerimento_19_-2020_correto_000236-23.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3874/requerimento_20_-_2020_correto_000236-24.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3875/requerimento_21_-_2020_correto_000236-25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3877/requerimento_22_-_2020_correto_000236-26.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3879/requerimento_23_-_2020_correto_000236-27.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3880/requerimento_24_-_2020_correto_000236-28.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3588/projeto_de_lei_complementar_34-2020_000082.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3336/ind_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3337/ind_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3338/ind_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3339/ind_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3340/ind_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3341/ind_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3342/ind_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3343/ind_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3344/ind_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3345/ind_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3346/ind_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3347/ind_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3348/ind_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3349/ind_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3350/ind_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3351/ind_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3352/ind_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3353/ind_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3354/ind_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3355/ind_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3356/ind_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3357/ind_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3358/ind_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3360/ind_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3361/ind_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3362/ind_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3363/ind_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3364/ind_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3365/ind_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3367/ind_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3368/ind_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3369/ind_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3370/ind_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3371/ind_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3372/ind_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3373/ind_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3374/ind_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3375/ind_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3376/ind_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3377/ind_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3378/ind_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3379/ind_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3380/ind_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3381/ind_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3382/ind_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3385/ind_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3386/ind_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3387/ind_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3388/ind_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3389/ind_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3390/ind_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3391/ind_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3392/ind_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3393/ind_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3394/ind_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3396/ind_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3397/ind_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3398/ind_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3399/ind_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3401/ind_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3402/ind_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3403/ind_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3404/ind_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3405/ind_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3406/ind_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3407/ind_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3408/ind_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3409/ind_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3410/ind_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3411/ind_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3412/ind_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3413/ind_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3414/ind_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3415/ind_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3416/ind_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3417/ind_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3418/ind_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3420/ind_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3421/ind_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3422/ind_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3423/ind_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3424/ind_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3425/ind_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3426/ind_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3428/ind_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3429/ind_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3430/ind_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3431/ind_96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3432/ind_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3433/ind_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3434/ind_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3435/ind_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3436/ind_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3438/ind_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3439/ind_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3440/ind_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3441/ind_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3442/ind_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3443/ind_108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3444/ind_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3446/ind_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3447/ind_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3448/ind_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3449/ind_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3450/ind_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3451/ind_115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3452/ind_116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3453/ind_117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3454/ind_118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3455/ind_119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3456/ind_120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3457/ind_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3458/ind_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3459/ind_123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3460/ind_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3461/ind_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3462/ind_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3463/ind_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3464/ind_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3465/ind_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3466/ind_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3467/ind_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3468/ind_132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3469/ind_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3472/ind_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3473/ind_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3474/ind_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3475/ind_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3476/ind_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3477/ind_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3478/ind_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3479/ind_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3480/ind_144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3481/ind_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3514/indicacao_146-2020_000033.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3515/indicacao_147-2020_000034.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3516/indicacao_148-2020_000035.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3517/indicacao_149-2020_000036.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3518/indicacao_150-2020_000037.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3519/indicacao_151-2020_000038.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3520/indicacao_152-2020_000039.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3521/indicacao_153-2020_000040.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3752/brn3c2af423710f_024913.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3753/brn3c2af423710f_024925.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3759/plc_29_de_2020_largura_testda_altera_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3761/plc_30_de_2020_altera_atribuicao_fiscal.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3587/projeto_de_lei_complementar_32-2020_000002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3763/plc_33_de_2020_plano_de_custeio_fumpref.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3755/brn3c2af423710f_024985.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3712/projeto_de_lei_municipal_01_-_15.01.2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3713/projeto_de_lei_02_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3714/projeto_de_lei_03_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3720/projeto_de_lei_04_-_28.01.2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3722/projeto_de_lei_05_-_10.04.2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3726/projeto_de_lei_06_-_11.05.2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3728/projeto_de_lei_07.2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3730/projeto_de_lei_08.2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3734/projeto_de_lei_09.2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3736/projeto_de_lei_10.2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3738/brn3c2af423710f_024787.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3740/brn3c2af423710f_024791.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3737/projeto_de_lei_13.2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3739/projeto_de_lei_14.2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3741/brn3c2af423710f_024805.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3715/projeto_de_lei_16.2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3716/projeto_de_lei_17.2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3717/projeto_de_lei_18.2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3718/projeto_de_lei_19.2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3719/projeto_de_lei_19.2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3721/projeto_de_lei_21.2020_000206.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3723/projeto_de_lei_22.2020_000207.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3724/projeto_de_lei_23.2020_000208.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3725/projeto_de_lei_24.2020_000210.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3727/projeto_de_lei_25.2020_000211.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3729/projeto_de_lei_26.2020_000212.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3731/projeto_de_lei_27.2020_000213.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3732/projeto_de_lei_28.2020_000214.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3733/projeto_de_lei_29.2020_000215.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3735/projeto_de_lei_30.2020_000216.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3594/projeto_de_lei_31-2020_000080.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3742/brn3c2af423710f_024880.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3743/brn3c2af423710f_024868.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3589/projeto_de_resolucao_03-2020_000081.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3744/brn3c2af423710f_024867.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3830/requerimento_1-_2020_correto_000236-1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3831/requerimento_2-_2020_correto_000236-2.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3832/requerimento_3-2020_correto_000236-3.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3835/requerimento_4-2020__000237.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3843/requerimento_5-_2020_correto_000236-4.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3847/requerimento_6_-_2020_correto_000236-5.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3851/requerimento_7_-2020_correto_000236-6-7.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3853/requerimento_8_-_2020_correto_000236-8-9.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3856/requerimento_9_-_2020_correto_000236-10-11.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3858/requerimento_10_-2020_correto_000236-12.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3860/requerimento_12_-_2020_correto_000236-13.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3862/requerimento_14_-2020_correto_000236-14-16.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3864/requerimento_15_-_2020_correto_000236-17-18.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3866/requerimento_16_-_2020_correto_000236-19.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3868/requerimento_17_-_2020_correto_000236-20-21.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3870/requerimento_18_-__2020_correto_000236-22.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3872/requerimento_19_-2020_correto_000236-23.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3874/requerimento_20_-_2020_correto_000236-24.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3875/requerimento_21_-_2020_correto_000236-25.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3877/requerimento_22_-_2020_correto_000236-26.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3879/requerimento_23_-_2020_correto_000236-27.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3880/requerimento_24_-_2020_correto_000236-28.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2020/3588/projeto_de_lei_complementar_34-2020_000082.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="108.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="128.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="127.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>