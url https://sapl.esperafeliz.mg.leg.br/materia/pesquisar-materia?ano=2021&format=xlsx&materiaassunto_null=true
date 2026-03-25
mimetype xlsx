--- v0 (2025-10-25)
+++ v1 (2026-03-25)
@@ -54,5459 +54,5459 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3483</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/indicacao_01-2021_000002.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/indicacao_01-2021_000002.pdf</t>
   </si>
   <si>
     <t>Proceder com uma limpeza nas canaletas e manilhas das ruas que sobem para o Conjunto Habitacional Santa Inês.</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3484/indicacao_02-2021_000003.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3484/indicacao_02-2021_000003.pdf</t>
   </si>
   <si>
     <t>Ver a viabilidade de proceder com calçamento na Comunidade Chave (Pedra Menina) e, ainda, refazer a iluminação da quadra.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3485/indicacao_03-2021_000004.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3485/indicacao_03-2021_000004.pdf</t>
   </si>
   <si>
     <t>Viabilidade de calçar e fazer uma rede pluvial na Rua Gerson Gomes (Patronato).</t>
   </si>
   <si>
     <t>3486</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/indicacao_04-2021_000005.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/indicacao_04-2021_000005.pdf</t>
   </si>
   <si>
     <t>Viabilidade de colocar 1 (uma) Técnica de Enfermagem no Posto de Saúde que fica localizado na Comunidade da Chave.</t>
   </si>
   <si>
     <t>3487</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/indicacao_05-2021_000006.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/indicacao_05-2021_000006.pdf</t>
   </si>
   <si>
     <t>Realizar melhorias nas 02 (duas) pontes que ficam localizadas na Comunidade do Tabuleiro e, ainda, patrolar a estrada que dá acesso a esta localidade.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3488/indicacao_06-2021_000007.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3488/indicacao_06-2021_000007.pdf</t>
   </si>
   <si>
     <t>Construção de um muro de arrimo em um trecho da estrada que dá acesso ao bairro Pão de Ló e APAE, onde cedeu uma parte, a fim de sustentação.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_07-2021_000008.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_07-2021_000008.pdf</t>
   </si>
   <si>
     <t>Proceder com ampliação do calçamento da Comunidade do São Domingos, sendo nos três sentidos.</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3490/indicacao_08-2021_000009.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3490/indicacao_08-2021_000009.pdf</t>
   </si>
   <si>
     <t>Viabilidade de ajustar o calçamento em frente ao Posto de Saúde de São Domingos, devido ao acúmulo de água e de barro que acontece nesse local._x000D_
 Ajustar o calçamento em frente à Igreja do Paraíso,  devido ao acúmulo de água.</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3491/indicacao_09-2021_000010.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3491/indicacao_09-2021_000010.pdf</t>
   </si>
   <si>
     <t>Manutenção das Estradas da Comunidade de São Domingos;_x000D_
 Manutenção das Estradas do Córrego do Brejo;_x000D_
 Manutenção da Estada da Comunidade do Paraíso;_x000D_
 Limpeza da Estrada de acesso ao Parque Nacional do Caparaó;_x000D_
 Limpeza do Trevo de acesso à Comunidade de São Domingos, próximo à antiga Cooperativa;_x000D_
 Enviar junto com as máquinas um caminhão pipa e um caminhão de saibro.</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3492/indicacao_10-2021_000011.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3492/indicacao_10-2021_000011.pdf</t>
   </si>
   <si>
     <t>Possibilidade de providenciar a manutenção das ruas de terra do Distrito de São José;_x000D_
 Enviar junto com as máquinas caminhão pipa e caminhão de saibro.</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3493/indicacao_11-2021_000012.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3493/indicacao_11-2021_000012.pdf</t>
   </si>
   <si>
     <t>Melhorias na Coleta de Lixo;_x000D_
 Providenciar latões de lixo para os pontos de coleta da Vargem Alegre, até a Forquilha do Rio._x000D_
 Providenciar latões para a Praça de São Domingos, para a Vila que antecede a Comunidade de São Domingos, Córrego do Brejo e Escola da Forquilha do Rio.</t>
   </si>
   <si>
     <t>3494</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3494/indicacao_12-2021_000013.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3494/indicacao_12-2021_000013.pdf</t>
   </si>
   <si>
     <t>Viabilidade de providenciar a instalação do bebedouro no Posto de Saúde de São José.</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3495/indicacao_13-2021_000014.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3495/indicacao_13-2021_000014.pdf</t>
   </si>
   <si>
     <t>Criação do Projeto "Horta Feliz", visando a criação de uma horta voltada para a produção de mudas de hortaliças, frutas, legumes, plantas ornamentais e plantas medicinais, a serem distribuídas para os munícipes.</t>
   </si>
   <si>
     <t>3496</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>João Brum</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3496/indicacao_14-2021_000015.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3496/indicacao_14-2021_000015.pdf</t>
   </si>
   <si>
     <t>Possibilidade de construir um Poço Artesiano na Comunidade da Boa Esperança.</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3497/indicacao_15-2021_000016.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3497/indicacao_15-2021_000016.pdf</t>
   </si>
   <si>
     <t>Viabilidade de construir 01(uma) quadra na Comunidade Santa Clara.</t>
   </si>
   <si>
     <t>3498</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3498/indicacao_16-2021_000017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3498/indicacao_16-2021_000017.pdf</t>
   </si>
   <si>
     <t>Viabilidade de efetuar a demarcação de estacionamentos no solo para idosos, nos locais próximos a bancos, postos de saúde, clínicas etc.</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_17-2021_000018.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_17-2021_000018.pdf</t>
   </si>
   <si>
     <t>Viabilidade de reformar a Escola do Taboão, e calçar o pátio.</t>
   </si>
   <si>
     <t>3500</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_18-2021_000019.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_18-2021_000019.pdf</t>
   </si>
   <si>
     <t>Viabilidade de iluminar e reformar a quadra da Comunidade do Taboão.</t>
   </si>
   <si>
     <t>3501</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3501/indicacao_19-2021_000020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3501/indicacao_19-2021_000020.pdf</t>
   </si>
   <si>
     <t>Possibilidade de construir uma ponte de manilha na estrada que liga a Comunidade do São Gonçalo à Divino, próximo á propriedade do Sr. Pedro Raimundo.</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_20-2021_000021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_20-2021_000021.pdf</t>
   </si>
   <si>
     <t>Viabilidade de construir 01(uma) quadra de esportes na Comunidade do Córrego Grande.</t>
   </si>
   <si>
     <t>3503</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_21-2021_000022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_21-2021_000022.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar pintura na Escola e no Posto de Saúde da Comunidade do São João da Farinha.</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_22-2021_000023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_22-2021_000023.pdf</t>
   </si>
   <si>
     <t>Viabilidade de patrolar e ensaibrar as estradas que dão acesso às Comunidades do São Gonçalo, Angola, Boa Esperança, Marianinho, São João da Farinha, Nossa Senhora de Lourdes, Taboão, São Gonçalo, Santa Clara, Córrego Grande, Ventania.</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_23-2021_000024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_23-2021_000024.pdf</t>
   </si>
   <si>
     <t>Viabilidade de iluminar a quadra da Comunidade do Angola e se possível colocar cobertura.</t>
   </si>
   <si>
     <t>3506</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/indicacao_24-2021_000025.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/indicacao_24-2021_000025.pdf</t>
   </si>
   <si>
     <t>Viabilidade de substituir a placa indicativa de Psicultura Ventania que está fixada próxima à Comunidade Ventania.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_25-2021_000026.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_25-2021_000026.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar uma limpeza na residência do Sr. Gil, na Rua Santa Cecília, Bairro do Waltair, sendo um barraco que cedeu na época da enchente e fez um estrago na residência.</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_26-2021_000027.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_26-2021_000027.pdf</t>
   </si>
   <si>
     <t>Viabilidade de iluminar a Rua Santa Cecília, no Bairro do Waltair.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/indicacao_27-2021_000028.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/indicacao_27-2021_000028.pdf</t>
   </si>
   <si>
     <t>Viabilidade de tomar medidas na Rua Santa Cecília, no Bairro do Waltair, sendo sugerido construção de um muro de arrimo e colocação de uma barra de segurança em um trecho de grande perigo para os moradores.</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_28-2021_000029.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_28-2021_000029.pdf</t>
   </si>
   <si>
     <t>Viabilidade de retirar terra que está na Rua Santa Cecília, Bairro do Waltair, próxima ao Viradouro da Rua.</t>
   </si>
   <si>
     <t>3511</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3511/indicacao_29-2021_000030.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3511/indicacao_29-2021_000030.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder com uma obra de calçamento na Rua Maclovis Murilo Lopes e ainda alargar alguns trechos, por ser uma rua muito estreita.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_30-2021_000031.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_30-2021_000031.pdf</t>
   </si>
   <si>
     <t>Viabilidade em disponibilizar um Servidor da Secretaria de Obras para que fique responsável em atender a Comunidade de São Domingos na manutenção da limpeza da Praça, das ruas e principalmente da água da Comunidade.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_31-2021_000032.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_31-2021_000032.pdf</t>
   </si>
   <si>
     <t>Viabilidade de disponibilizar um servidor da Secretaria de Obras para que fique responsável em atender a Comunidade de São Domingos, principalmente sobre a água da Comunidade, pois o poço construído não resolveu o problema da Comunidade.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Grécia Faria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3527/indicacao_32-2021_000047.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3527/indicacao_32-2021_000047.pdf</t>
   </si>
   <si>
     <t>Viabilidade de restaurar o calçamento da Av. João Vieira da Costa, iniciando na ponte da Praça da Bandeira e finalizando na ponte do Erênio, nos pontos críticos.</t>
   </si>
   <si>
     <t>3528</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_33-2021_000048.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_33-2021_000048.pdf</t>
   </si>
   <si>
     <t>Viabilidade de restaurar a ponte que dá acesso a Comunidade do São Felipe.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_34-2021_000049.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_34-2021_000049.pdf</t>
   </si>
   <si>
     <t>Viabilidade de instalar uma cobertura na área de lazer, no espaço da academia ao ar livre.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_35-2021_000050.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_35-2021_000050.pdf</t>
   </si>
   <si>
     <t>Solicitação para uma inspeção no bairro Vale do Sol I e Vale do Sol II e providências em relação às lâmpadas que foram trocadas e não estão funcionando em vários postes desta localidade.</t>
   </si>
   <si>
     <t>3531</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_36-2021_000051.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_36-2021_000051.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar uma reforma na Escola do São Sebastião ( TV - Ponte dos Macacos).</t>
   </si>
   <si>
     <t>3532</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Dinei</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_37-2021_000052.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_37-2021_000052.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder com a construção de uma praça no Bairro do Roque, ao lado do PSF Harmonia.</t>
   </si>
   <si>
     <t>3533</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3533/indicacao_38-2021_000053.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3533/indicacao_38-2021_000053.pdf</t>
   </si>
   <si>
     <t>Viabilidade de construir 01 (um) banheiro ao lado de cada quiosque do calçadão Dilson Araújo Porto, ressalvando autorização dos quiosqueiros.</t>
   </si>
   <si>
     <t>3534</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3534/indicacao_39-2021_000054.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3534/indicacao_39-2021_000054.pdf</t>
   </si>
   <si>
     <t>Viabilidade de patrolar e cascalhar a estrada da Comunidade de Fátima até a virada para a Comunidade da Chave.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3535/indicacao_40-2021_000055.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3535/indicacao_40-2021_000055.pdf</t>
   </si>
   <si>
     <t>Viabilidade de patrolar e cascalhar a estrada que fica na Comunidade da Vargem Alegre que dá acesso às propriedades dos Peixotos e a do José Zanon.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3536/indicacao_41-2021_000056.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3536/indicacao_41-2021_000056.pdf</t>
   </si>
   <si>
     <t>Viabilidade de instalar 02 (dois) banheiros químicos, masculino e feminino, na Rua Sebastião Amaro da Silva, nas proximidades do Bar do Alemes.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3537/indicacao_42-2021_000057.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3537/indicacao_42-2021_000057.pdf</t>
   </si>
   <si>
     <t>Viabilidade de restaurar o calçamento da  Rua Santa Cecília, que fica localizada no Bairro do Waltair.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3538/indicacao_43-2021_000058.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3538/indicacao_43-2021_000058.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder com a poda necessária nas árvores da Avenida Artur Bina da Silva, no bairro Santa Cecília.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_44-2021_000059.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_44-2021_000059.pdf</t>
   </si>
   <si>
     <t>Viabilidade de fiscalizar e cumprir o determinado no Artigo 376 do Código de Posturas do Município de Espera Feliz referente ao acesso livre nas calçadas do nosso município.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3540/indicacao_45-2021_000060.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3540/indicacao_45-2021_000060.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar melhorias na Rua Dom Silvério, conforme especificadas abaixo:  _x000D_
 Instalação de latões de lixo; Melhorias na estrutura do calçamento; Varrição da rua; Reparo da infiltração de um muro; Construção de uma calçada na entrada da rua.</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_46-2021_000061.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_46-2021_000061.pdf</t>
   </si>
   <si>
     <t>Viabilidade de proceder com uma limpeza no Poço Ornamental de Peixes que fica na Praça Cira Rosa de Assis, e, ainda, manter essa limpeza.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_47-2021_000062.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_47-2021_000062.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar melhorias na Rua José Moreira de Lacerda, no bairro Vale do Sol, conforme especificadas abaixo: _x000D_
 Calçamento da rua. Na inviabilidade no momento, até que proceda este calçamento, que seja patrolada, acertando o nível da rua e, cascalhada,  em regime de urgência; Colocação de latões de lixo; Limpeza geral com coleta de lixo, capina, etc.; Instalação de 02 (duas) tampas nos bueiros.</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3543/indicacao_48-2021_000063.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3543/indicacao_48-2021_000063.pdf</t>
   </si>
   <si>
     <t>Viabilidade de realizar melhorias na Rua Deléti Hortênsia de Azevedo, no bairro Vale do Sol, conforme especificadas abaixo: _x000D_
 Calçamento da rua. Na inviabilidade no momento, até que proceda este calçamento, que seja patrolada, acertando o nível da rua e, cascalhada,  em regime de urgência; Colocação de latões de lixo; Limpeza geral com coleta de lixo, capina, etc.</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_49-2021_000064.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_49-2021_000064.pdf</t>
   </si>
   <si>
     <t>Viabilidade de construir 01 (uma) valeta na Rua Rio de Janeiro, que fica localizada no bairro João Clara, e, ainda, asfaltar um trecho pequeno que ficou sem asfaltar. Solicito ainda, colocação de placa de sentido proibido no início da Rua, ficando assim, rua de mão única (somente descida).</t>
   </si>
   <si>
     <t>3558</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3558/indicacao_50-2021_000085.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3558/indicacao_50-2021_000085.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a Secretaria competente, veja a viabilidade de substituir a antiga ponte de madeira da Comunidade do Marianinho, nas proximidades da propriedade do Sr. Edson Herdy, por tubo armco.</t>
   </si>
   <si>
     <t>3559</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3559/indicacao_51-2021_000086.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3559/indicacao_51-2021_000086.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a Secretaria competente, veja a viabilidade de substituir a antiga ponte de madeira da Comunidade Angola, nas proximidades da propriedade do Sr. Francisco Ferraz, por tubo armco.</t>
   </si>
   <si>
     <t>3560</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3560/indicacao_52-2021_000087.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3560/indicacao_52-2021_000087.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma reforma estrutural no imóvel do Executivo Municipal, onde funciona a Melhor Idade na parte inferior e, ainda, o anexo da Policlínica Municipal na parte superior.</t>
   </si>
   <si>
     <t>3561</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3561/indicacao_53-2021_000088.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3561/indicacao_53-2021_000088.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de retornar com o atendimento no posto de saúde da Comunidade do Angola.</t>
   </si>
   <si>
     <t>3562</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3562/indicacao_54-2021_000089.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3562/indicacao_54-2021_000089.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar a ponte que fica na Comunidade Soledade.</t>
   </si>
   <si>
     <t>3563</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_55-2021_000090.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_55-2021_000090.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar as estradas que dão acesso a Comunidade do Cruzeiro.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3564/indicacao_56-2021_000091.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3564/indicacao_56-2021_000091.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de providenciar a restauração do calçamento da Rua Ernesto Grillo, e, ainda, realizar uma limpeza geral nessa rua, com serviço de capina etc.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3565/indicacao_57-2021_000092.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3565/indicacao_57-2021_000092.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de interceder junto ao Governo Federal ou Estadual ou através de emenda parlamentar de Deputados, para proceder com a dragagem do Rio São João.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_58-2021_000093.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_58-2021_000093.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Rayanne de Souza Augusto, que fica no Loteamento Nova Esperança, no Bairro do Roque.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_59-2021_000094.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_59-2021_000094.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de limpar todos os bueiros da cidade de Espera Feliz.</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_60-2021_000095.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_60-2021_000095.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de providenciar a manutenção do telhado do ESF Dinâmica da Comunidade do Paraíso, pois o mesmo encontra-se com infiltrações deixando o local insalubre para os atendimentos, devido a humidade e o bolor nas salas de atendimento e nos demais ambientes. – Que o Executivo Municipal veja a viabilidade de providenciar o escoamento do bebedouro no ESF da Comunidade do Paraíso, o escoamento de água cai dentro de um latão, o que não é propicio para um ambiente de saúde.</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_61-2021_000096.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_61-2021_000096.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal dentro das viabilidades tome as devidas providências, sobre os danos causados pelas chuvas nas pontes das comunidades abaixo relacionadas: São Domingos;  Entrada do Córrego do Brejo; Córrego do Brejo –  Próximo à propriedade  do Vinícius Miranda.</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3570/indicacao_62-2021_000097.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3570/indicacao_62-2021_000097.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de realizar melhorias nas estradas abaixo especificadas com envio de saibro, limpeza das caixas de contenção e posteriormente, em período propício, a manutenção das mesmas com envio de máquinas:  COMUNIDADE SÃO DOMINGOS: •	Escola do Córrego do Brejo; •	Córrego do Brejo Morro da Lelena; •Córrego dos Leandros (verificar mina de água que está danificando a estrada); •Córrego  dos Variente; •1º Morro do Vale a Pena após a casa do Hélio Rúbio; •	Estrada do Vale a Pena até a UCHA.; COMUNIDADE SÃO JOSÉ: •	Córrego dos Leonardo,  primeira vila  à esquerda antes da ponte que vai para o ES.; •Mercado da Merquinha, estrada Grabriely Sinis. COMUNIDADE DO PARAÍSO: •	Morro dos Carobine – Alto Paraíso; •Vila do Odetil Moreira.</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3571/indicacao_63-2021_000098.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3571/indicacao_63-2021_000098.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de passar uma massa asfáltica no Morro do São Francisco.</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3572/indicacao_64-2021_000099.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3572/indicacao_64-2021_000099.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar diversos pontos críticos da estrada que dá acesso ao Córrego da Preguiça e, ainda, instalar manilhas na estrada próximo ao Posto de Saúde.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3573/indicacao_65-2021_000100.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3573/indicacao_65-2021_000100.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de gramar o cemitério São Francisco.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3574/indicacao_66-2021_000101.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3574/indicacao_66-2021_000101.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua Ernesto Grillo (trilho), com serviço de capina, reparos no calçamento e limpeza geral.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3575/indicacao_67-2021_000102.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3575/indicacao_67-2021_000102.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza geral nas trilhas de turismo e ainda manter.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3576/indicacao_68-2021_000103.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3576/indicacao_68-2021_000103.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua Manoel Ventura conforme especificadas abaixo: Iluminação; Limpeza geral, com varrição e capina; Colocação de latões.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3577/indicacao_69-2021_000104.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3577/indicacao_69-2021_000104.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) quebra-mola na Rua Clarindo Marques de Abreu, no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3578/indicacao_70-2021_000105.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3578/indicacao_70-2021_000105.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 03 (três) quebra-molas na Rua João Florêncio Rodrigues, no bairro Vale do Sol. Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_71-2021_000106.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_71-2021_000106.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento, instalação de caixa de contenção e lixeira na Rua Aurora Lopes de Souza.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_72-2021_000107.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_72-2021_000107.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recuperar um trecho da rua Eduardo Gripp, Morro do Zé Chagrinha.</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_73-2021_000108.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_73-2021_000108.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e efetue a recuperação da estrada de terra que liga a Comunidade da Chave ao Alto das Três Cruzes, em especial no morro que dá acesso a Três Cruzes, sendo que conta com valetas/erosões, havendo necessidade urgente de serem tapadas com terra. Sugiro ainda que, seja patrolada toda a extensão da estrada citada.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3582/indicacao_74-2021_000109.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3582/indicacao_74-2021_000109.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e em conformidade com as normas ambientais proceda com a dragagem do córrego que fica na Rua Álvaro de Sá Barbosa, mais conhecida como Rua do buraco.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3583/indicacao_75-2021_000110.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3583/indicacao_75-2021_000110.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar placa de sinalização - Ponto de parada de ônibus circular, nas localidades citadas abaixo: Rua José Grillo, próximo ao Restaurante Paladar; Praça Cira Rosa de Assis, nas proximidades do Chafariz. Ainda, sugiro, que seja marcado o chão próximo ao Educandário Sacramentino, informando ponto de parada de ônibus circular.</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3584/indicacao_76-2021_000111.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3584/indicacao_76-2021_000111.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza urgente na Rua Manoel Cabral, na calçada da Creche do Bairro João Clara, onde estão encostando entulhos no muro.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3585/indicacao_77-2021_000112.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3585/indicacao_77-2021_000112.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) bueiro na Avenida Arthur Bina da Silva, próximo a bomba da Copasa.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3586/indicacao_78-2019_correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3586/indicacao_78-2019_correto.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua João Maia, no bairro Pão de Ló.</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3605/indicacao_79-2021_000144.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3605/indicacao_79-2021_000144.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de prosseguir com a obra de calçamento na Rua Santa Rosa de Lima, no Bairro do Roque.</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3606/indicacao_80-2021_000145.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3606/indicacao_80-2021_000145.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e realize o devido reparo na ponte que fica localizada na estrada que dá acesso a Comunidade do São Felipe (dentro de uma mata), trocando os pranchões necessários.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3607/indicacao_81-2021_000146.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3607/indicacao_81-2021_000146.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e proceda com a recuperação da ponte que fica localizada na estrada que dá acesso ao Córrego do Bonfim, próxima a propriedade do Zé Vieira, trocando os pranchões necessários e, ainda, patrolar e ensaibrar as estradas que dão acesso a essa Comunidade.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3608/indicacao_82-2021_000147.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3608/indicacao_82-2021_000147.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com limpeza da canaleta/vala que fica localizada na entrada do Córrego do Bonfim, próxima a residência do Zezinho</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3609/indicacao_83-2021_000148.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3609/indicacao_83-2021_000148.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de proceder com um estudo, junto ao setor de engenharia, para que dentro das normas do plano Diretor, do código de posturas, etc., veja o que pode ser realizado na via pública, no espaço compreendido entre os canteiros centrais da Rua Fioravante Padula, nas proximidades da loja O Boticário. A sugestão é que não haja a conversão de veículos nesta localidade e que seja construído uma calçada, com um pergolado por cima, pois assim além de transformar este local seguro para os pedestres transitarem, ficará um local bonito numa área central do nosso município e, ainda, evitará colisões.</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_84-2021_000149.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_84-2021_000149.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas na Rua Fioravante Padula, sendo (01) um em frente à loja do Miguel Móveis e (01) um em frente à residência do Sr. Pedro de Oliveira.</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_85-2021_000150.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_85-2021_000150.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de recolocar as pedras portuguesas nos canteiros centrais da Rua Fioravante Padula.</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_86-2021_000151.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_86-2021_000151.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal veja a viabilidade de elaborar um Projeto de Lei a fim de conceder um dia de folga aos Servidores do Executivo, por ocasião do seu aniversário.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_87-2021_000152.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_87-2021_000152.pdf</t>
   </si>
   <si>
     <t>Que o Presidente da Câmara veja a viabilidade de elaborar um Projeto de Lei a fim de conceder um dia de folga aos Servidores do Legislativo, por ocasião do seu aniversário.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3614/indicacao_88-2021_000153.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3614/indicacao_88-2021_000153.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de trocar as lâmpadas da Praça da Bandeira, em toda extensão do canteiro central, nas proximidades do Banco Cresol, Loja Mult Itens armarinhos, etc.</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3615/indicacao_89-2021_000154.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3615/indicacao_89-2021_000154.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de instalar uma placa proibindo estacionar veículos pesados (caminhões) na Rua Fioravante Padula, em frente ao Hotel Montanhês, na parte de cima.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3616/indicacao_90-2021_000155.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3616/indicacao_90-2021_000155.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de entrar em contato com o DER e solicitar quebra-molas na BR 482, nas proximidades da Barraca de água de coco, oficina do Marlon, que fica após o pórtico (sentido Carangola).</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3617/indicacao_91-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3617/indicacao_91-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de instalar uma placa regulamentando o trânsito na Rua Joaquim Rodrigues Filho, proibindo estacionar de um lado dessa via pública.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3618/indicacao_92-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3618/indicacao_92-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma reforma geral na Escola Municipal Álvaro de Sá Barbosa que fica na Comunidade da Vargem Alegre conforme especificadas abaixo:  Reparos no parquinho; Instalar valetas dos lados da escola para o devido escoamento das águas pluviais; Manilhamento nos locais necessários; Piso na frente da escola; Pintura do prédio.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3619/indicacao_93-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3619/indicacao_93-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de manilhar o final do Córrego da Rua Roque Ferreira de Castro, no trecho compreendido entre a Mecânica do Miltinho e a oficina do Romildo Maia (fundo).  Os moradores solicitam esta obra há muitos anos, já tendo enviado abaixo assinado ao Executivo Municipal no ano de 2012.</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3620/indicacao_94-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3620/indicacao_94-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com o município vizinho de Dores do Rio Preto para em comum acordo verem como podem solucionar a problemática da ponte que dá acesso a Comunidade São Paulo – Cambucá e está interditada. Essa ponte fica na divisa dos dois municípios.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Maria Izabel, Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, João Brum, José Augusto, Matusalém, Paulinho do Salão, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_95-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_95-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de aderir ao consórcio nacional para aquisição de vacinas contra o COVID-19, e que encaminhe Projeto de Lei para a regulamentação específica conforme estabelece as normativas vigentes sobre o tema.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3622/indicacao_96-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3622/indicacao_96-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) quebra-molas na Rua Carangola em frente à residência do policial Samuel e 01 (um) quebra-molas na Rua Major Pereira, em frente à residência do Sr. Aloisio Barbosa, a fim de evitarmos acidentes no cruzamento (esquina do Sr. Jonas Amaral).</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de reparar o calçamento da Avenida Artur Bina da Silva, compreendido entre a ponte da Cemig e a ponte da Escola Erênio e estudarem uma forma melhor de conter o meio-fio presente em toda via.</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3624/indicacao_98-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3624/indicacao_98-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação nas vias públicas citadas abaixo: Calçamento da Rua da Mineração; Calçamento da Rua Gumercindo Martins (rua que fica dentro do parque de exposição – onde ficam as baias.); Calçamento do morro que dá acesso ao Parque de Exposições, compreendido entre a Rua Dom Silvério e o Parque de Exposições e, ainda, nesse mesmo morro, instalar caixas de contenção (manilha) a fim de conter o escoamento das águas pluviais.</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3625/indicacao_99-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3625/indicacao_99-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso ao Córrego Zanirati e cascalhar os pontos críticos.</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3626/indicacao_100-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3626/indicacao_100-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar latões de lixo em várias ruas da cidade, especialmente na Avenida João Vieira da Costa e Avenida Arthur Bina da Silva, haja vista que na enchente de fevereiro os latões foram arrastados, deixando diversas ruas sem latões.</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3627/indicacao_101-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3627/indicacao_101-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar, aterrar e cascalhar a Rua Manoel Américo de Amorim, que fica localizada no bairro Vale do Sol I.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3628/indicacao_102-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3628/indicacao_102-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade Monte Verde, próximo a propriedade da Sra. Alzerina Barbosa e, ainda, cascalhar os pontos críticos e proceder com limpeza das valetas.</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3629/indicacao_103-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3629/indicacao_103-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a Rua Helena Concas Barbosa, que fica localizada no COHAB.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3630/indicacao_104-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3630/indicacao_104-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade da Chave ao Alto das Três Cruzes, e, ainda, cascalhar os pontos necessários.</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_105-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_105-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza de capina e retirada de lixos na Rua José Moreira Lacerda e, ainda, iluminação, haja vista que está totalmente escura.</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>José Augusto</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_106-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_106-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar o trecho da estrada que fica compreendido entre a Comunidade Boa Vista a Comunidade do Quicé e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3633/indicacao_107-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3633/indicacao_107-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade São Sebastião da Barra, passando pelo Paiol e terminando no São Felipe e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3634/indicacao_108-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3634/indicacao_108-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade do Córrego Grande e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3635/indicacao_109-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3635/indicacao_109-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada da Comunidade do Cruzeiro em direção a Serrinha e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3636/indicacao_110-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3636/indicacao_110-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade Boa Vista, vindo por São Sebastião da Barra e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_111-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_111-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a estrada que dá acesso a Comunidade da Soledade e, ainda, colocar saibro nos pontos necessários.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_112-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_112-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de patrolar e ensaibrar os pontos críticos das estradas que dão acesso às Comunidades do São Gonçalo; Angola, Boa Esperança, Marianinho, São João da Farinha, Nossa Senhora de Lourdes, Taboão, São Gonçalo, Santa Clara, Córrego Grande, Ventania.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3639/indicacao_113-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3639/indicacao_113-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Prefeito Municipal, através da Secretaria competente, veja a viabilidade de substituir a ponte de madeira que fica localizada na estrada do Taboão, que dá acesso a Comunidade da Escuridão (Santa Clara), por ponte de concreto armado.</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3640/indicacao_114-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3640/indicacao_114-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e cascalhar os pontos críticos da estrada que dá acesso a Comunidade do Quicé.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3653/indicacao_115-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3653/indicacao_115-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente de pavimentar o trecho compreendido entre a ponte que liga a Comunidade do Paraíso à Pedra Menina.</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3654/indicacao_116-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3654/indicacao_116-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, proceda com uma revitalização na Praça  do Distrito de São José da Pedra Menina, que fica localizada ao lado da igreja católica e, ainda, instalar uma grade (guarda-mãos) próximo ao espaço de estacionamento, sendo que conta com uma altura considerável, desnível no solo, causando receio nos moradores,  por não haver proteção.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3655/indicacao_117-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3655/indicacao_117-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, de proceder com a construção de  uma cozinha e uma área externa para espera dos pacientes no Posto de Saúde do Distrito do São José da Pedra Menina.</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3656/indicacao_118-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3656/indicacao_118-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente de iluminar o trecho compreendido entre a igreja do Paraíso até a segunda ponte que dá acesso à Pedra Menina.</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3657/indicacao_119-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3657/indicacao_119-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, de realizar melhorias no ESF da Comunidade do Paraíso sendo: uma área de espera (externa) para os pacientes; uma garagem e um muro no entorno</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3658/indicacao_120-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3658/indicacao_120-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, juntamente com a Secretaria competente, veja a viabilidade de realizar devolução ao Executivo a fim de aquisição de 01(uma) máquina retroescavadeira para o município de Espera Feliz. Sendo sugerido que o Executivo veja a melhor forma de aquisição desse equipamento, se é, através de financiamento, com a Casa assumindo o compromisso de repassar o valor das parcelas mensalmente, ou, esperar arrecadar o dinheiro e realizar o pagamento a vista.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_121-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_121-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente de elaborar um projeto e, após colocar em execução, de iluminação e de paisagismo no trevo localizado na antiga Cooperativa, na entrada da Comunidade do São Domingos, com refletores, projetores etc. e, ainda, instalação de placas sinalizando os pontos turísticos.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_122-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_122-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, de construir uma ponte de concreto armado na Comunidade de São Domingos, na entrada para o Córrego do Brejo.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_123-2021_000179.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_123-2021_000179.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar a entrada da Escola Álvaro de Sá Barbosa, que fica localizada na Comunidade da Vargem Alegre.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_124-2021_000180.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_124-2021_000180.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias limpando as fossas, soldando o portão, reformando as baias.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_125-2021_000181.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_125-2021_000181.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar a ponte que fica localizada na Comunidade do Quicé. Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3664/indicacao_126-2021_000182.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3664/indicacao_126-2021_000182.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento no trecho de terra próximo a APAE, que é um Viradouro dos automóveis, principalmente do ônibus que leva os alunos.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_127-2021_000183.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_127-2021_000183.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas na Rua Alexandre Pereira de Souza, em frente a Sorveteria Dois Irmãos.</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_128-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_128-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ensaibrar os pontos críticos da estrada que dá acesso ao Córrego do Bonfim e também dar continuidade ao serviço de retirada de uma pedra que fica em uma curva, próxima a propriedade da D. Valdeci. Informo que este serviço foi iniciado na administração anterior e atualmente está parado.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_129-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_129-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas e proceder com um recapeamento ou operação tapa buracos no contorno rodoviário, no trecho compreendido por cima da Rua Álvaro de Sá Barbosa.</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3668/indicacao_130-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3668/indicacao_130-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza na BR 482 (contorno rodoviário) no trecho por baixo do morro do Waltair.</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_131-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_131-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no contorno rodoviário (BR482) no trecho compreendido por cima da Paróquia São Sebastião, residência do Sr. Marcos Pirovani e todos os pontos críticos desse contorno, com serviço de aterramento, patrolamento e após encascalhamento.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3671/indicacao_132-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3671/indicacao_132-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com coleta de lixo mais assídua na Comunidade da Vargem Alegre.</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3674/indicacao_133-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3674/indicacao_133-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de reparar o calçamento da rua Izério José Maria que fica localizada no bairro Vale do Sol, atrás do comércio Constrular.</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3675/indicacao_134-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3675/indicacao_134-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de disponibilizar um caminhão pipa para lavar a Rua Ermínio Nascimento, retirando acúmulos de areia e terra contidos nessa via pública e, ainda, instalação de latões de lixo.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_135-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_135-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revisar a iluminação pública da Rua Deodoro Rocha (pista de skate da área de lazer), substituindo as lâmpadas queimadas.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_136-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_136-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar a ponte que fica localizada na Comunidade do Taboão, nas proximidades da propriedade do Sr. Gilércio Freitas.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3678/indicacao_137-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3678/indicacao_137-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de substituir as lâmpadas queimadas da Rua Grimaldo Pinto de Queiróz, que fica localizada no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3679/indicacao_138-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3679/indicacao_138-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar um estudo/análise e ver o que pode ser feito em relação ao poço artesiano que abastece o posto de saúde da Comunidade São Paulo.  Se há possiblidade de ser reaproveitado ou que seja construído outro poço em outra localidade.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3680/indicacao_139-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3680/indicacao_139-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a secretaria competente e veja a viabilidade de realizar uma limpeza geral com serviço de capina, retirada de entulhos e lixos, nas margens do Rio São João, no trecho compreendido entre as Avenidas João Vieira da Costa e Artur Bina da Silva.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Carla Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3681/indicacao_140-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3681/indicacao_140-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar uma reforma no Posto de Saúde da Comunidade do São Gonçalo, ou na inviabilidade no momento de reformar, que construa um banheiro em regime de urgência.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3682/indicacao_141-2021_000156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3682/indicacao_141-2021_000156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de cimentar a entrada do Posto de Saúde da Ponte dos Macacos.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/indicacao_142-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/indicacao_142-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma limpeza nas margens do Córrego do Bairro do Roque, em regime de urgência urgentíssima, em toda a extensão do bairro. Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_143-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_143-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com a construção de uma praça pública na Comunidade da Forquilha do Rio, próximo a Igreja Católica.</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_144-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_144-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades providencie pavimentação para as ruas do Distrito do São José da Pedra Menina.</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_145-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_145-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades construa um ponto de atendimento da Saúde no Assentamento Padre Jésus – Área Rural de Espera Feliz.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_146-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_146-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades disponibilize 01 (um) auxiliar de serviços gerais para atender ao ESF Dinâmica – Comunidade do Paraíso; ao ESF Esperança – Comunidade Taboão; e, ainda, todos os pontos de atendimento da saúde nas áreas rurais do município.</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_147-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_147-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades ilumine o espaço público da Comunidade de Fátima, compreendido entre a Igreja Católica e o último quebra-molas que fica após a Escola Estadual.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_148-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_148-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com a construção de um ponto de atendimento da Saúde, na Comunidade de Fátima.</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_149-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_149-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de patrolar e ensaibrar a estrada que dá acesso a Comunidade Pedra Negra.</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_150-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_150-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 01 (uma) varanda no PSF Luz e 01 (uma) varanda no PSF Vanguarda, tendo como finalidade se tornar o local de espera dos pacientes a serem atendidos.</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_151-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_151-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor Competente, ilumine a BR 482, instalando postes, no trecho que contorna o bairro João Clara, compreendido entre a entrada da Pedreira Floresta até a entrada da Comunidade do São Sebastião da Barra.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_152.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_152.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor Competente, realize manutenção nos corrimões das escadas que ficam localizadas no canteiro central da Rua Fioravante Padula, com serviço de pintura e, ainda, troca de algum cano, se necessário.</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>Matusalém, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/indicacao_153-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/indicacao_153-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recuperar a margem do rio que passa na Comunidade da Chave, no trecho compreendido próximo a Igreja Católica, procedendo com construção de um muro ou, colocação de gabião de pedra.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/indicacao_154-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/indicacao_154-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de iluminar a Rua Artur Bina da Silva, nas proximidades do comércio -  TPJ Café (fundos).</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_155-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_155-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei determinando a prioridade na vacinação da COVID-19 na classe dos profissionais de educação do município.</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Dinei, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_156-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_156-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, dê mais atenção as indicações encaminhadas a este renomado Órgão, realizando as obras sugeridas e, ainda, encaminhando à Casa resposta as proposições enviadas, constando os procedimentos que estão sendo tomados, ou, justificativa àquelas que não puderem ser atendidas.</t>
   </si>
   <si>
     <t>3959</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3959/indicacao_157-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3959/indicacao_157-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma ponte de madeira na Comunidade do São Gonçalo, nas proximidades da propriedade do Sr. Vandinho e da Vilma Silvestre.</t>
   </si>
   <si>
     <t>3960</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3960/indicacao_158-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3960/indicacao_158-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma praça nas proximidades da APAE, no espaço conhecido como viradouro.</t>
   </si>
   <si>
     <t>3961</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3961/indicacao_159-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3961/indicacao_159-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação no trecho compreendido entre a APAE e a antiga KLABIM.</t>
   </si>
   <si>
     <t>3962</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3962/indicacao_160-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3962/indicacao_160-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de remanejar 01 (um) profissional da saúde – Odontólogo, para atender na APAE de Espera Feliz/MG, sendo o dia e horário a combinar entre os mesmos, dependendo da real necessidade.</t>
   </si>
   <si>
     <t>3963</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3963/indicacao_161-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3963/indicacao_161-2021.pdf</t>
   </si>
   <si>
     <t>Que o Presidente do Legislativo, veja a viabilidade de realizar chamada pública para aquisição de café, atendendo o Legislativo Municipal, através dos agricultores familiares de Espera Feliz-MG.</t>
   </si>
   <si>
     <t>3964</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3964/indicacao_162-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3964/indicacao_162-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente de realizar chamada pública para aquisição de café, atendendo os departamentos do Executivo Municipal, através dos agricultores familiares de Espera Feliz-MG.</t>
   </si>
   <si>
     <t>3965</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3965/indicacao_163-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3965/indicacao_163-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de reformar a escola do Quicé em regime de urgência, com retirada de terra de barranco que caiu atrás do espaço escolar, troca de todos os vidros quebrados dos basculantes e, ainda, troca das telhas quebradas do telhado, que são aproximadamente 20 telhas.</t>
   </si>
   <si>
     <t>3966</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3966/indicacao_164-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3966/indicacao_164-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar a estrada que dá acesso a Comunidade Pedra Negra.</t>
   </si>
   <si>
     <t>3967</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3967/indicacao_165-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3967/indicacao_165-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar latões de lixo na Vila que fica localizada entre a venda do Sr. Paulo Teixeira e a propriedade do Sr. Sebastião Pelegrine, na Comunidade do Quicé.</t>
   </si>
   <si>
     <t>4120</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4120/indicacao_166-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4120/indicacao_166-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder a pavimentação da Rua Maria Moreira de Souza, que fica localizada no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>4121</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4121/indicacao_167-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4121/indicacao_167-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de dar uma atenção especial para a Vila Donádio, com serviço de capina, limpeza da rua, retirada de lixo.</t>
   </si>
   <si>
     <t>4122</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4122/indicacao_168-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4122/indicacao_168-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma campanha educativa, conscientizando os motoristas sobre o respeito aos ciclistas e vice-versa.</t>
   </si>
   <si>
     <t>4123</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4123/indicacao_169-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4123/indicacao_169-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de criar uma lei específica ou fazer valer a Lei Complementar N.: 28/2016 de 31 de março de 2016 - Código de Posturas do Município que dispõe sobre a responsabilidade por danos causados ao usuário de vias públicas, em decorrência de acidentes causados por animais na pista. Que contenha ainda, a identificação dos animais que são criados às margens das rodovias, evitando assim a impunidade.</t>
   </si>
   <si>
     <t>4124</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4124/indicacao_170-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4124/indicacao_170-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de implantar internet nas Unidades Básicas de Saúde (UBS), conhecidas como ponto de apoio da saúde, nas comunidades especificadas abaixo: Córrego Grande (próximo ao Capim Roxo); São João da Farinha; Angola; Ponte dos macacos; São Gonçalo.</t>
   </si>
   <si>
     <t>4125</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4125/indicacao_171-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4125/indicacao_171-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de ampliar e reformar as Unidades básicas de Saúde (UBS) conhecidas como ponto de apoio da saúde, das comunidades citadas abaixo: Córrego Grande (próximo ao Capim Roxo); São João da Farinha; Angola; Ponte dos Macacos; São Gonçalo.</t>
   </si>
   <si>
     <t>4126</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4126/indicacao_172-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4126/indicacao_172-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de contratar 01(um) motorista e disponibilizar 01(um) veículo a fim de atender diretamente a Região do Taboão na área de saúde, levando os pacientes no momento da necessidade aos hospitais/clínicas, levá-los a rua quando precisarem fazer exames, e, principalmente, fazer o devido deslocamento dos pacientes que fazem tratamento fora do município.</t>
   </si>
   <si>
     <t>4127</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4127/indicacao_173-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4127/indicacao_173-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei alterando a Lei de N.: 1237/2017 (segue anexada) que institui no município de Espera Feliz, Estado de Minas Gerais, a Política Municipal dos Direitos das Pessoas com Transtornos de Espectro Autista e dá outras providências,  estabelecendo a Carteira de Identificação da Pessoa com transtorno do Espectro Autista – CIPTEA, no âmbito do município de Espera Feliz – MG, conforme segue anexado,  modelo do projeto.</t>
   </si>
   <si>
     <t>4128</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4128/indicacao_174-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4128/indicacao_174-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades desvie o curso d’água que desce no Morro do Sr. Orlando, na Comunidade Paraíso.</t>
   </si>
   <si>
     <t>4129</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4129/indicacao_175-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4129/indicacao_175-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com serviço de patrolar e ensaibrar a estrada que dá acesso ao Córrego dos Nunes, na comunidade do Paraíso.</t>
   </si>
   <si>
     <t>4130</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4130/indicacao_176-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4130/indicacao_176-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades 	proceda com serviço de patrolar, aterrar e ensaibrar a estrada da comunidade do Paraíso, iniciando na praça, passando pelo morro do Sr, Orlando e finalizando no Alto Paraíso.</t>
   </si>
   <si>
     <t>4131</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4131/indicacao_177-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4131/indicacao_177-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com serviço de limpeza e manutenção da rede de esgoto do vestiário do campo de Futebol da Comunidade do Paraíso.</t>
   </si>
   <si>
     <t>4132</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4132/indicacao_178-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4132/indicacao_178-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de junto à CEMIG, realizar um estudo e ver a possibilidade de extender a rede elétrica trifásica no município de Espera Feliz/MG, no trecho compreendido entre o Pórtico (saída para Carangola) até o trevo que dá acesso ao município de Manhumirim.</t>
   </si>
   <si>
     <t>4133</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4133/indicacao_179-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4133/indicacao_179-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir 01(uma) praça, na Comunidade do Quicé, no espaço cedido pelo Sr. Sebastião Pelegrine, e, nessa praça,  instalar um parquinho com brinquedos e uma academia ao ar livre.</t>
   </si>
   <si>
     <t>4134</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4134/indicacao_180-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4134/indicacao_180-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar os pontos críticos da estrada do Córrego do Paiol, reformar a ponte de madeira que está situada nessa estrada, e instalar latões de lixo na Comunidade.</t>
   </si>
   <si>
     <t>4135</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4135/indicacao_181-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4135/indicacao_181-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no PSF Harmonia  que fica localizado no bairro do Roque, vendo a necessidade de revestir novamente as  paredes deste posto, ou até mesmo recuperar, haja vista que conforme pode ser percebido através das fotos anexadas,  os azulejos estão descolando, e inclusive, contando com vários pontos onde aparece o embolso</t>
   </si>
   <si>
     <t>4136</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4136/indicacao_182-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4136/indicacao_182-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar os pontos críticos da estrada rural que dá acesso a Comunidade Tabuleiro e instalação de latões de lixo na Comunidade.</t>
   </si>
   <si>
     <t>4137</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4137/indicacao_183-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4137/indicacao_183-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de trocar a iluminação da Rua Geraldo Araújo, Rua Clarindo Marques de Abreu, Rua Algarina  Alves Lopes, Rua Grimaldo Pinto de Queiróz, Rua Cornélio Jorge Marques, localizadas no bairro Vale do Sol, substituindo as lâmpadas de iodo por lâmpadas de led.</t>
   </si>
   <si>
     <t>4139</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4139/indicacao_184-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4139/indicacao_184-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua do alambique,, no Valo do Sol II, especificadas abaixo:_x000D_
 1 - Resolver a situação da água;_x000D_
 2 - Passar um caminhão pipa para desentupir as manilhas;_x000D_
 3 - Patrolar e ensaibrar a rua.</t>
   </si>
   <si>
     <t>4140</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4140/indicacao_185-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4140/indicacao_185-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de substituir a bomba d´água da Vila que fica localizada na Comunidade do Quicé, por uma bomba nova.</t>
   </si>
   <si>
     <t>4141</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4141/indicacao_186-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4141/indicacao_186-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de incluir os educadores (instrutores) de trânsito na vacinação contra COVID-19, juntamente com os professores da rede de ensino do município, conforme já solicitado através da Indicação nº 155/2021.</t>
   </si>
   <si>
     <t>4142</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4142/indicacao_187-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4142/indicacao_187-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir um parquinho infantil na Comunidade do São Sebastião da Barra, sendo sugerido na Praça ou em local que o Executivo Municipal achar mais apropriado.</t>
   </si>
   <si>
     <t>4143</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4143/indicacao_188-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4143/indicacao_188-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ceder ou doar 01 (um) terreno de 300 a 400 m² no Parque de Exposições Alexandre Pereira de Souza, ao lado da sede do Karatê, para construção da Sede da ACIAEF - Associação Comercial, Industrial e Agropecuária de Espera Feliz.</t>
   </si>
   <si>
     <t>4144</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>Paulinho do Salão, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4144/indicacao_189-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4144/indicacao_189-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento e iluminação na Rua Henrique Maia, que fica localizada na Comunidade do São Sebastião da Barra.</t>
   </si>
   <si>
     <t>4145</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4145/indicacao_190-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4145/indicacao_190-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento e, ainda, instalação de rede de esgoto na Rua Oswaldo Teixeira de Aguiar.</t>
   </si>
   <si>
     <t>4146</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4146/indicacao_191-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4146/indicacao_191-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com serviço de varredura na Rua Jair de Souza Castro, e instalar um parquinho com brinquedos na Praça localizada nessa rua.</t>
   </si>
   <si>
     <t>4147</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4147/indicacao_192-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4147/indicacao_192-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar estudo necessário sobre a questão das enchentes que acometeram o nosso município por dois anos consecutivos e após tomar todas as providências cabíveis para que não ocorram riscos de sofrermos novamente com essas inundações.</t>
   </si>
   <si>
     <t>4148</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4148/indicacao_193-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4148/indicacao_193-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no Morro São Francisco.</t>
   </si>
   <si>
     <t>4149</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4149/indicacao_194-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4149/indicacao_194-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na área de lazer.</t>
   </si>
   <si>
     <t>4150</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4150/indicacao_194-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4150/indicacao_194-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma praça e, ainda, instalar um parquinho com brinquedos infantis, no Conjunto Habitacional Santa Inês - COHAB.</t>
   </si>
   <si>
     <t>4151</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4151/indicacao_196-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4151/indicacao_196-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de substituir ou restaurar a grade de proteção de bueiro que está localizado na Rua Ozório Hottes, nas proximidades da residência nº 53.</t>
   </si>
   <si>
     <t>4152</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4152/indicacao_197-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4152/indicacao_197-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Ebenézer, que fica localizada em Dores de Minas, pertencente ao Município de Espera Feliz, e, ainda, construir um muro de arrimo em um ponto crítico dessa rua, que atualmente conta com uma cerca.</t>
   </si>
   <si>
     <t>4153</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4153/indicacao_198-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4153/indicacao_198-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar um reparo no calçamento da Rua Ana Paixão de Souza que fica localizada no bairro Vale do Sol I, realocando as pedras soltas, pois a situação está crítica nesta localidade.</t>
   </si>
   <si>
     <t>4154</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4154/indicacao_199-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4154/indicacao_199-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fazer uma rede de drenagem de água pluvial na Rua Carangola, nas proximidades da Loja TOP FILM - INSUFILMES (MAMUTT).</t>
   </si>
   <si>
     <t>4155</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4155/indicacao_200-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4155/indicacao_200-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma manutenção geral na estrada que dá acesso a Comunidade do Córrego Grande, com serviço de capina, patrolamento e encascalhamento dos pontos críticos.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4166/indicacao_201.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4166/indicacao_201.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 02 (dois) quiosques na área de lazer para abrigar comerciantes do gênero alimentício, criando assim uma praça de alimentação. Sugiro ainda que os quiosques sejam concedidos as pessoas interessadas, seguindo processo licitatório, conforme foi realizado com os quiosques do Calçadão Dilson Araújo Porto.</t>
   </si>
   <si>
     <t>4167</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4167/indicacao_202.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4167/indicacao_202.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de incentivar o cicloturismo na Região, colocando placas de sinalização nos percursos rurais.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4169/indicacao_203.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4169/indicacao_203.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de fiscalizar os ambulantes em nosso município, pois há reclamação constante dos comerciantes, que alegam ser uma concorrência desleal, haja vista que os ambulantes não pagam impostos no município.</t>
   </si>
   <si>
     <t>4170</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4170/indicacao_204.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4170/indicacao_204.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar latão de lixo no final da Rua Vereador Carlos Grillo, que fica localizada no bairro Novo Horizonte.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4172/indicacao_205.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4172/indicacao_205.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de fiscalizar os quebra-molas que estão fora do padrão, seguindo a lei federal pertinente, e, ainda, colocação de placas sinalizando a lombada.</t>
   </si>
   <si>
     <t>4174</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4174/indicacao_206-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4174/indicacao_206-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar quebra-molas na Rua Leopoldina José do Amaral, próximo ao n.: 137 (proximidades da ponte), Bairro Santa Inês.</t>
   </si>
   <si>
     <t>4176</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4176/indicacao_207.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4176/indicacao_207.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de reformar o Estádio Municipal Reinô Martins de Oliveira, instalando uma iluminação de qualidade e, ainda, construir uma pista de corrida em torno do campo de futebol.</t>
   </si>
   <si>
     <t>4177</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4177/indicacao_208.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4177/indicacao_208.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de solicitar aos donos dos lotes da Rua Marcionílio Euro Carlos, que procedam com limpeza nos terrenos baldios, sendo que está aparecendo muita aranha, bichos peçonhentos (escorpiões, ratos, baratas) nas residências.</t>
   </si>
   <si>
     <t>4178</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4178/indicacao_209.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4178/indicacao_209.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar placa de identificação de logradouro na  Rua Ozório Hottes.</t>
   </si>
   <si>
     <t>4180</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4180/indicacao_210.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4180/indicacao_210.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) quebra-molas, com devida sinalização, na Rua Wesser L. Amorim (Tio Liliu).</t>
   </si>
   <si>
     <t>4182</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4182/indicacao_211.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4182/indicacao_211.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua Ernesto Grillo (trilho), retirando as pedras do calçamento e após asfaltando e, ainda, serviço de capina e limpeza geral.</t>
   </si>
   <si>
     <t>4164</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4164/indicacao_212.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4164/indicacao_212.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de iluminar o trecho compreendido entre o Pontilhão e a Vila Klabin, e, ainda, instalar uma faixa de pedestre elevada em frente à Vila.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4165/indicacao_213.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4165/indicacao_213.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção nas estradas rurais que dão acesso ao Córrego dos Lima e Comunidade São Paulo.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4168/indicacao_214.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4168/indicacao_214.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas na Vila do Quicé, com devida sinalização.</t>
   </si>
   <si>
     <t>4171</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4171/indicacao_215.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4171/indicacao_215.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar o trecho da estrada rural que liga Espera Feliz ao município de Caparaó, iniciando em Espera Feliz e finalizando na Mina d’água.</t>
   </si>
   <si>
     <t>4173</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4173/01012016_025802_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4173/01012016_025802_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um projeto de revitalização do trevo da BR 482, que dá acesso a Estrada Parque Agostinho Patrus, e após proceder com a execução do projeto.</t>
   </si>
   <si>
     <t>4175</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4175/01012016_025822_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4175/01012016_025822_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto ao Setor Competente, construa um Poço Artesiano na Comunidade da Boa Esperança.</t>
   </si>
   <si>
     <t>4179</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4179/01012016_025906_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4179/01012016_025906_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma campanha educativa solicitando aos donos de animais que ao caminharem com seus cães recolham seus dejetos, ou até mesmo, fazer valer a Lei do Código de Posturas onde versa no Art. 283 – Cabe ao proprietário de animais a obrigatoriedade do recolhimento dos excrementos sólidos de seus animais depositados em vias públicas.</t>
   </si>
   <si>
     <t>4181</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4181/01012016_030012_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4181/01012016_030012_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de termos em nosso hospital leitos psiquiátricos.</t>
   </si>
   <si>
     <t>4183</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4183/01012016_030034_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4183/01012016_030034_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Ary de Souza Romano, mais conhecida como rua da água de coco, com serviço de calçamento, rede de esgoto, limpeza, coleta de lixo.</t>
   </si>
   <si>
     <t>4184</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4184/01012016_030054_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4184/01012016_030054_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Ação Social e veja a viabilidade de ver com urgência a situação da água na Rua Ebenézer, pois conforme moradores, os mesmos ficam direto sem água.</t>
   </si>
   <si>
     <t>4185</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4185/01012016_030135_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4185/01012016_030135_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de preencher todos os quebra-molas da Rua Carangola, conforme pode ser observado através da foto que segue anexada, sendo esclarecido o motivo, na justificativa abaixo.</t>
   </si>
   <si>
     <t>4198</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4198/04012016_044634_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4198/04012016_044634_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder a pavimentação da Rua Maria Moreira de Souza, que fica localizada no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4199</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4199/04012016_044738_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4199/04012016_044738_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias em todas as ruas do Morro São Francisco, conforme especificadas abaixo:  Limpeza geral; Capina; Instalação de latões de lixo;  Pavimentação das ruas sem calçamento; Atenção especial para a Rua Tiradentes e a Rua São Francisco, onde solicito a retirada das pedras de calçamento e após, o devido asfaltamento;</t>
   </si>
   <si>
     <t>4200</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4200/04012016_044813_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4200/04012016_044813_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei transformando a Comunidade do São Sebastião da Barra em Distrito;</t>
   </si>
   <si>
     <t>4201</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4201/04012016_044948_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4201/04012016_044948_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar os adornos que enfeitam a Praça Cira Rosa de Assis, (caçadores e paca), que encontram-se danificados, conforme pode ser observado através da foto que segue anexada;</t>
   </si>
   <si>
     <t>4202</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4202/04012016_045027_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4202/04012016_045027_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de oferecer aos servidores públicos que trabalham na área de saúde do nosso município um café com pão com manteiga uma vez ao dia. Solicito ainda que, a sugestão seja extensiva as demais Secretarias Municipais.</t>
   </si>
   <si>
     <t>4203</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4203/04012016_045044_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4203/04012016_045044_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar uma ciclovia ao longo da BR482, no trecho compreendido entre o Pórtico (saída para Carangola) até o trevo que dá acesso ao município de Manhumirim, de ambos os lados, com toda sinalização e segurança que os amantes do esporte anseiam;</t>
   </si>
   <si>
     <t>4204</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4204/04012016_045102_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4204/04012016_045102_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de retirar as pedras do calçamento da Rua Major Pereira no trecho compreendido entre a Praça da Bandeira até o Cemitério São Francisco de Assis e após asfaltar.  Solicito ainda que sejam reaproveitadas as pedras retiradas nas comunidades rurais;</t>
   </si>
   <si>
     <t>4205</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4205/04012016_045122_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4205/04012016_045122_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com o CONSEP – Conselho de Segurança Pública, e solicitar que seja regulamentado o tamanho dos quebra-molas do município, sendo padronizados;</t>
   </si>
   <si>
     <t>4206</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4206/04012016_045139_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4206/04012016_045139_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar placas sinalizando os quebra-molas da Avenida Jaime Toledo e, ainda, pintura nas faixas de pedestre e nos quebra-molas;</t>
   </si>
   <si>
     <t>4207</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4207/04012016_045158_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4207/04012016_045158_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competentes e veja a viabilidade de ser instalado 01 (um) quebra-molas na Rua Doze de Outubro (rua da Escola Erênio), nas proximidades da residência do Zé Pretinho;</t>
   </si>
   <si>
     <t>4208</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4208/04012016_045221_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4208/04012016_045221_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com as Secretarias competentes e veja a viabilidade de realizar melhorias na Rua Cassimiro Campos, localizada no Bairro do Waltair, conforme especificadas abaixo: Restauração das pedras que estão soltas, sendo que algumas estão mal colocadas, fazendo com que o calçamento esteja irregular; Instalação de quebra-molas; Retirada das lixeiras de madeira e colocação de latões de lixo; Poda das árvores, que estão alcançando, encostando e até ultrapassando a rede elétrica; Verificar a situação de um bueiro que fica nessa rua, próximo a descida para a Rua do Café, haja vista que não está tendo o devido escoamento e a água está escavando o barranco; Iluminação do trilho que dá acesso a Rua Cassimiro;</t>
   </si>
   <si>
     <t>4209</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4209/04012016_045327_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4209/04012016_045327_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com a COPASA e solicitar que seja realizado uma limpeza ao redor da Caixa d’água instalada na Rua Wellington Casimiro Campos, no Bairro do Waltair. Solicito ainda a  colocação de uma placa indicando que é uma rua sem saída e uma que seja instalado uma barra de segurança próxima ao escadão, evitando que veículos caiam no local;</t>
   </si>
   <si>
     <t>4210</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4210/04012016_045406_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4210/04012016_045406_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a praça situada na rodovia BR 482 (perímetro urbano), que fica em frente à entrada rural que dá acesso ao município de Caparaó;</t>
   </si>
   <si>
     <t>4211</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4211/04012016_045441_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4211/04012016_045441_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente entre em contato com o CONSEP – Conselho de Segurança Pública, e veja a viabilidade de instalar radares com limite de velocidade em alguns locais do centro urbano, nas vias de grande circulação de veículos, sugerindo ainda que os valores arrecadados através das multas, sejam revestidos para melhoria de transporte no município;</t>
   </si>
   <si>
     <t>4212</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4212/04012016_045458_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4212/04012016_045458_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ver a situação da ponte de concreto localizada na Comunidade São Paulo que caiu já tem aproximadamente 02 anos, vendo o que pode ser feito, se faz outra ponte de concreto ou até mesmo na inviabilidade no momento, uma ponte de pranchão;</t>
   </si>
   <si>
     <t>4213</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4213/04012016_045530_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4213/04012016_045530_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar urgentemente o calçamento da Rua Ana Paixão de Souza, bairro Vale do Sol I, realocando as pedras soltas, pois conforme pode ser notado através da foto anexada, a situação está crítica nesta localidade, com muitas irregularidades no calçamento;</t>
   </si>
   <si>
     <t>4214</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4214/04012016_045611_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4214/04012016_045611_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma rede de esgoto na Rua Santo Amaro, próximo a serraria do José Chambela;</t>
   </si>
   <si>
     <t>4215</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4215/04012016_045631_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4215/04012016_045631_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competentes e veja a viabilidade de realizar uma manutenção no calçamento da Rua Piracicaba, que está irregular, contando com pedras soltas e em alguns locais, buracos;</t>
   </si>
   <si>
     <t>4216</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4216/04012016_045652_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4216/04012016_045652_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento, instalação de rede pluvial e limpeza dos bueiros, na Rua Gerson Gomes, que fica localizada no Patronato;</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4217/04012016_045710_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4217/04012016_045710_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) quebra-molas na Rua Alexandre Pereira de Souza;</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4218/04012016_045734_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4218/04012016_045734_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com o proprietário da empresa de ônibus circular Kaká Rodrigues que transita em nosso município, solicitando que o ônibus entre nos bairros, passando pelas ruas principais, e também que sejam instaladas placas e demarcação dos pontos de embarque e desembarque;</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Dinei, Paulinho do Salão, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4219/04012016_045823_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4219/04012016_045823_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com as Secretarias competentes e veja a viabilidade de realizar melhorias na Rua Santa Cecília, localizada no Bairro do Waltair, conforme especificadas abaixo: Construção de um muro, nas proximidades da residência de n.: 36;  Colocação de barra de segurança onde houver necessidade;  Instalação de mais postes de iluminação;  Verificar junto a Secretaria de Meio Ambiente o que pode ser realizado em relação a uma pedra oca que está na iminência de desabar, colocando em risco a vida dos moradores, e após, tomar as devidas providências;</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4220/04012016_045901_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4220/04012016_045901_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar câmeras de segurança  em todas os estabelecimentos da área de saúde do município, como:  Unidades de Saúde da Família, Policlínica, Anexo da Políclinica, etc;</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4221/04012016_045919_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4221/04012016_045919_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Sebastião Joaquim, que fica localizada no Bairro João do Roque;</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4222/04012016_045940_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4222/04012016_045940_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Bruno Monteiro Cabral, que fica localizada no bairro João do Roque;</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4223/04012016_050000_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4223/04012016_050000_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com a pavimentação no final da Rua Major Pereira, por cima da Klabin;</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4224/04012016_050018_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4224/04012016_050018_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 02 (dois) latões de lixo na Rua Major Pereira, próximo a APAE;</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4225/04012016_050120_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4225/04012016_050120_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar poda das árvores da Rua Santa Cecília, em toda extensão da beira rio;</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4226/04012016_050139_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4226/04012016_050139_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação na Rua Manoel Alves Faria;</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4227/04012016_050159_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4227/04012016_050159_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma manutenção do calçamento do Morro São Francisco, sendo que está todo irregular, com as pedras soltas e também buracos. Peço ainda providências no sentido de realizar uma limpeza geral pois a rua conta com muito mato e entulho;</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Maria Izabel, Matusalém, Paulinho do Salão, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4228/04012016_050250_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4228/04012016_050250_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ceder o servidor público Paulão, que está lotado na Secretaria de Obras do município, todas as segundas-feiras para a Secretaria de Meio Ambiente, a fim de proceder com serviço de podas das árvores do município.</t>
   </si>
   <si>
     <t>4237</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4237/indicacao_254-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4237/indicacao_254-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de calçar ou asfaltar a Rua Félix Pereira de Souza, Bairro Santa Inês.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4238/indicacao_255-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4238/indicacao_255-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente ou Órgão competente e veja a viabilidade de iluminar a BR 482 no trecho que contorna o bairro João Clara, compreendido entre a entrada da Pedreira Floresta até a entrada da Comunidade do São Sebastião da Barra, com a colocação de aproximadamente 20 postes.</t>
   </si>
   <si>
     <t>4239</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4239/indicacao_256-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4239/indicacao_256-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de embelezar o nosso município com plantio de flores da mais variadas tonalidades, nas praças, canteiros centrais, calçadão, trevos, pórticos da entrada da cidade, etc.</t>
   </si>
   <si>
     <t>4240</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4240/indicacao_257-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4240/indicacao_257-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente ou Órgão competente e veja a viabilidade de instalar sonorizador rodoviário na Rua João Sebastião de Amorim, em frente a Mercearia Gomes (sentido Espera Feliz a Caiana), e ainda, placa com a devida sinalização.</t>
   </si>
   <si>
     <t>4241</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4241/indicacao_258-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4241/indicacao_258-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de iluminar a Rua Artur Bina da Silva, nas proximidades do comércio TPJ Café (fundos).</t>
   </si>
   <si>
     <t>4243</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4243/indicacao_259-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4243/indicacao_259-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Avenida João Vieira da Costa, no trecho compreendido entre os depósitos dos supermercados Sacolão e Jacaré, estacionamento Hotel Pico da Bandeira etc.</t>
   </si>
   <si>
     <t>4245</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4245/05012016_010152_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4245/05012016_010152_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, após estudos devidos, elabore um Projeto de Lei que prediga a distribuição gratuita de absorventes higiênicos para estudantes dos ensinos fundamental e médio, e, ainda, mulheres de baixa renda do município de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4246</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4246/05012016_010346_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4246/05012016_010346_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, após estudos devidos, elabore um Projeto de Lei que assegure pagar 50% do valor do transporte (passagem) para os universitários do município que estudam em municípios vizinhos como Manhuaçu, Reduto, Itaperuna, Muriaé, Alegre, etc. Sugiro ainda que, como temos muitos universitários cursando em Carangola, por ser o município mais próximo, que o Executivo coloque ônibus próprio para a condução desses alunos;</t>
   </si>
   <si>
     <t>4247</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4247/05012016_010437_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4247/05012016_010437_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias em todas as ruas do Morro São Francisco, com serviço de capina, varredura, restauração de calçamentos, trocando em algumas ruas, as pedras por bloquetes;</t>
   </si>
   <si>
     <t>4248</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4248/05012016_010831_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4248/05012016_010831_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar grades em todas as bocas de lobo (bueiros) da Rua Carlos Grillo. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4249</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4249/05012016_011011_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4249/05012016_011011_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de aterrar, patrolar e ensaibrar a Rua do Alambique, que fica localizada no Loteamento Vale do Sol III. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4250</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4250/05012016_011233_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4250/05012016_011233_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua Estrada Pedra Menina, conforme especificadas abaixo: Varrição, (retornando com gari) e  Coleta de lixo diária;</t>
   </si>
   <si>
     <t>4251</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4251/05012016_011420_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4251/05012016_011420_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e cascalhar a Rua I, que fica localizada no Vale do Sol III, e, ainda, aterrar uma enorme cratera que está instalada nessa rua e também os pontos críticos. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4252/05012016_011607_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4252/05012016_011607_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na Rua Sebastião Joaquim Inácio, que fica localizada no Bairro do Roque;</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4253/05012016_012053_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4253/05012016_012053_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza em toda extensão do Bairro João Clara, com retirada de entulhos nas ruas, e coleta diária de lixo.   Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4254/05012016_012303_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4254/05012016_012303_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com revitalização da Praça do Bairro João Clara, providenciando iluminação, plantio de flores, árvores e grama, restauração dos bancos, latões de lixo padronizados dentro da localidade, capina, etc.  Outra sugestão é que construa um parquinho infantil na área pública que tem em frente da praça, sendo que atualmente está servindo como depósito de lixo;</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4255/05012016_012409_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4255/05012016_012409_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com limpeza nos bueiros do Bairro João Clara, constatando que na maioria das ruas, estão entupidos;</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4256/05012016_012433_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4256/05012016_012433_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar lixeiras e redutores de velocidade na Comunidade do Tabuleiro, na via principal;</t>
   </si>
   <si>
     <t>4257</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4257/05012016_012451_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4257/05012016_012451_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza geral na estrada que dá acesso a Comunidade do Bananal, com serviço de capina, podas de árvores etc;</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4259/05012016_012647_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4259/05012016_012647_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tomar providências o mais rápido possível em relação a situação da rua Major Pereira com Bairro Santa Cecília, onde foi escavado um barranco na rua de baixo e a rua de cima começou a ceder, correndo o risco de deslizamento total, causando um grande transtorno para motoristas e pedestres que ficarão sem passagem.  Segue foto anexada;</t>
   </si>
   <si>
     <t>4258</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4258/05012016_012955_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4258/05012016_012955_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de junto à CEMIG, realizar um estudo e ver a possibilidade de extender a rede elétrica trifásica do município de Espera Feliz/MG, no trecho compreendido entre o Pórtico (saída para Carangola), até a 2ª entrada da Rua Ari de Souza Romano (por baixo da água de coco), sentido Espera Feliz a Carangola.</t>
   </si>
   <si>
     <t>4273</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4273/indicacao_275.2021_000006.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4273/indicacao_275.2021_000006.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com as melhorias na Avenida João Vieira da Costa, no trecho compreendido entre os depósitos dos supermercados Sacolão e Jacaré, estacionamento Hotel Pico da Bandeira etc.</t>
   </si>
   <si>
     <t>4274</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4274/indicacao_276.2021_000007.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4274/indicacao_276.2021_000007.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar uma ciclovia ao longo da BR482, no trecho compreendido entre o Pórtico (saída para Dores do Rio Preto) até o trevo que dá acesso a região do Paraíso, de ambos os lados, com toda sinalização e segurança para os esportistas.</t>
   </si>
   <si>
     <t>4275</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4275/indicacao_277.2021_000008.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4275/indicacao_277.2021_000008.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tomar providências na Vila Cabral, onde 01 (um) portão foi instalado na via pública, impedindo a passagem dos moradores para a Rua Capitão José Carlos de Souza. Solicito ainda que a rede de esgoto dessa vila seja limpa/desimpedida e, a possibilidade de instalar bueiros, para o devido escoamento da água.</t>
   </si>
   <si>
     <t>4276</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4276/indicacao_278.2021_000009.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4276/indicacao_278.2021_000009.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o DER e veja a viabilidade de instalar sonorizador na BR 482 (córrego Espera Feliz) na reta que fica antes da curva da barragem (sentido Espera Feliz a Dores do Rio Preto). Sugiro também ao Executivo realizar um estudo junto a Cemig e ver a possibilidade de estender a rede elétrica trifásica no município de Espera Feliz/MG, no trecho compreendido entre o Pórtico (saída para Dores) até o trevo que dá acesso à região do Paraíso;</t>
   </si>
   <si>
     <t>4277</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4277/indicacao_279.2021_000010.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4277/indicacao_279.2021_000010.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria ou Órgão competente e veja a viabilidade de instalar sonorizador ou quebra-molas (regulamentado dentro dos padrões) no Anel Rodoviário, por cima da Rua Álvaro de Sá Barbosa (acesso à rua do buraco);</t>
   </si>
   <si>
     <t>4278</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4278/indicacao_280.2021_000011.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4278/indicacao_280.2021_000011.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com limpeza de varrição pelo menos uma vez por semana, na Rua Joaquim Rodrigues Filho, que fica localizada na Praça da Bandeira, e, ainda, serviço de capina;</t>
   </si>
   <si>
     <t>4279</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4279/indicacao_281.2021_000012.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4279/indicacao_281.2021_000012.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 01 (uma) varanda e instalar bancos na Policlínica Municipal (fundos), onde os pacientes esperam por atendimentos;</t>
   </si>
   <si>
     <t>4280</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4280/indicacao_282.2021_000013.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4280/indicacao_282.2021_000013.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 01 (uma) varanda no PSF Luz/Vanguarda, tendo como finalidade se tornar o local de espera dos pacientes a serem atendidos;</t>
   </si>
   <si>
     <t>4282</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4282/indicacao_283.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4282/indicacao_283.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma revitalização na Praça José Alves, (em frente ao Campestre) ou, na inviabilidade no momento, com uma limpeza geral (serviço de capina, lavagem dos bancos e chão da praça com água clorada);</t>
   </si>
   <si>
     <t>4283</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4283/indicacao_284.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4283/indicacao_284.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com fornecimento gratuito de Absorventes Higiênicos no município de Espera Feliz/MG, para mulheres de baixa renda (mulheres em situação de rua, mulheres que vivem em extrema pobreza, mulheres acolhidas em abrigos e principalmente para estudantes carentes da rede estadual e municipal;</t>
   </si>
   <si>
     <t>4284</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4284/indicacao_285.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4284/indicacao_285.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, proceda com revitalização da Praça da Comunidade do Paraíso, incluindo estacionamento, praça saudável e praça de lazer. Segue foto atual da localidade.</t>
   </si>
   <si>
     <t>4285</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4285/indicacao_286.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4285/indicacao_286.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, realize um projeto de estruturação de um Centro de Recepção turística no Setor Paraíso com estudo junto aos empreendimentos turísticos    sobre a localização que melhor atenderá a região;</t>
   </si>
   <si>
     <t>4286</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4286/indicacao_287.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4286/indicacao_287.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, de organizar um GUIA TURÍSTICO VIRTUAL em formato PDF com conteúdo informativo sobre os empreendimentos e atrativos turísticos de Espera Feliz/MG. Segue modelo de proposta;</t>
   </si>
   <si>
     <t>4288</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4288/indicacao_288.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4288/indicacao_288.2021.pdf</t>
   </si>
   <si>
     <t>Que a Câmara Municipal de Espera Feliz- MG, através de seu Presidente, elabore Projeto de Lei criando o “Ticket-Feira”, no valor de 30% a 50% do auxílio alimentação, após o reajuste deste, a todos aos servidores do Legislativo Municipal, a partir de janeiro de 2022.</t>
   </si>
   <si>
     <t>4289</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4289/indicacao_289.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4289/indicacao_289.2021.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura de Espera Feliz- MG, veja a viabilidade de instituir, através de Projeto de Lei, o auxílio alimentação na modalidade de “Ticket-Feira”, aos servidores públicos municipais, a partir de janeiro de 2022;</t>
   </si>
   <si>
     <t>4290</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4290/indicacao_290.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4290/indicacao_290.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto a Secretaria competente, proceder com uma reforma estrutural no prédio onde funciona o anexo da Policlínica, na parte inferior, para que retorne as atividades da Melhor Idade;</t>
   </si>
   <si>
     <t>4291</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4291/indicacao_291.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4291/indicacao_291.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto a Secretaria competente, elabore um Projeto de Lei instituindo o Programa Jovem Aprendiz Municipal ou Programa Guarda Mirim Municipal no âmbito do município de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4292</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4292/indicacao_292.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4292/indicacao_292.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto a Secretaria competente, proceda com instalação de guaritas modernas em pontos estratégicos de paradas de ônibus no município, melhorando o atendimento dos cidadãos que usam o transporte coletivo;</t>
   </si>
   <si>
     <t>4293</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4293/indicacao_293.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4293/indicacao_293.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto a Secretaria competente, proceda com a elaboração de um projeto de lei, liberando a extração de areia em leitos de rios do município desde que feita de forma artesanal, por interessados cadastrados, com aprovação da Secretaria Municipal Meio Ambiente;</t>
   </si>
   <si>
     <t>4294</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4294/indicacao_294.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4294/indicacao_294.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto a Secretaria competente, proceda com reabertura da fábrica de bloquete no município e também da saibreira que foi desativada tempos atrás;</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4295/indicacao_295.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4295/indicacao_295.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de trocar os refletores e as lâmpadas queimadas dos postes do jardim da igreja católica e também ver a questão de fios expostos nessa localidade. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4296/indicacao_296.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4296/indicacao_296.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento no trecho de terra próximo a APAE, que é um viradouro de automóveis, principalmente do ônibus que leva os alunos para este estabelecimento. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4297/indicacao_297.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4297/indicacao_297.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua Manoel Francisco de Neves, no bairro Novo Horizonte, conforme especificadas abaixo: Serviço de capina; Limpeza da rua; Retirada de carros batidos/estragados estacionados na rua; Reparo de um buraco existente na rua, aterrando e restaurando o calçamento conforme segue foto anexada.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4298/indicacao_298.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4298/indicacao_298.2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar o calçamento das ruas do Morro São Francisco que necessitam de reparo e também proceder com calçamento nas ruas de terra. Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>4305</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4305/indicacao_299-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4305/indicacao_299-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, considerando que foi criado através do Projeto de lei de N.: 34/2021 do Executivo Municipal, um centro de Educação Infantil – CMEI, na Rua Jair de Souza Castro, no bairro Santa Inês, solicito 	que seja instalada nesse prédio municipal uma placa com a devida denominação, CENTRO DE EDUCAÇÃO INFANTIL – CMEI, PROFESSORA ONEIA APARECIDA FUMIAN DA SILVA.</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4306/indicacao_300-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4306/indicacao_300-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Conselho do Patrimônio Cultural, e veja a viabilidade de proceder com uma reforma no ponto de táxi que fica na rodoviária, reformando o telhado e ainda iluminando o local.</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4307/indicacao_301-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4307/indicacao_301-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma praça em cima de toda extensão do córrego do bairro do Roque, seguindo como exemplo ou até mesmo modelo, a Praça Amenaide Vasconcelos Rocha.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4308/indicacao_302-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4308/indicacao_302-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na entrada do cemitério da Comunidade do São Gonçalo.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4309/indicacao_303-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4309/indicacao_303-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com serviço de poda nas árvores da Avenida Jaime Toledo.</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4311/indicacao_304-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4311/indicacao_304-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento para a Rua João Batista Martins, localizada no bairro do Roque.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4312/indicacao_305-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4312/indicacao_305-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento, instalação de rede pluvial e limpeza dos bueiros, na Rua Gerson Gomes, que fica localizada no Patronato.</t>
   </si>
   <si>
     <t>4314</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4314/indicacao_306-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4314/indicacao_306-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma reforma geral no PSF Vida, conforme especificadas abaixo: Arrumar o telhado da varanda de espera, trocando as telhas, e também se possível extensão desse telhado; Trocar o piso do PSF; Pintura; Limpeza do quintal.</t>
   </si>
   <si>
     <t>4315</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4315/indicacao_307-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4315/indicacao_307-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no sistema de esgoto da Rua Nelson Gomes da Silva Valadão, sendo que todas as residências do Conjunto Habitacional despejam seus esgotos nessa rede, não dando vazão, e por isso está sempre entupida e ainda conta com a problemática de esgoto a céu aberto no final da rua.</t>
   </si>
   <si>
     <t>4316</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4316/indicacao_308-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4316/indicacao_308-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Nelson Gomes da Silva Valadão, com retirada de entulhos, se possível serviço de varrição constante nessa via pública, e ainda colocação de tampas nos bueiros.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4318/indicacao_309-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4318/indicacao_309-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir um estacionamento na Rua Caparaó, bairro João Clara, na antiga raia de maia, tendo como finalidade atender o ESF Pioneira.</t>
   </si>
   <si>
     <t>4319</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4319/indicacao_310-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4319/indicacao_310-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com construção de banheiros masculino e feminino nos Cemitérios Municipais São João Batista e no São Francisco de Assis, procedendo com estudos necessários para ver a melhor forma de ser feito e o melhor local. Sugerimos ainda que seja colocado uma pia centralizada, atendendo assim os dois banheiros.</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4320/indicacao_311-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4320/indicacao_311-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na estrada rural que dá acesso a Comunidade Boa Vista, conforme especificadas abaixo: Jogar cascalhos ao invés de saibro; Providenciar algumas contenções em locais necessários; Manilhar lugares específicos.</t>
   </si>
   <si>
     <t>4325</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4325/indicacao_312-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4325/indicacao_312-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com instalação de rede de esgoto na Rua Gerson Gomes da Silva, pois como pode ser observado através das fotos que seguem anexadas, o esgoto escorre a céu aberto;</t>
   </si>
   <si>
     <t>4326</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4326/indicacao_313-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4326/indicacao_313-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza geral na Vila Shuenck, com serviço de capina, varrição, coleta de lixo;</t>
   </si>
   <si>
     <t>4327</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4327/indicacao_314-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4327/indicacao_314-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de manilhar e após jogar saibro no trecho compreendido entre a Escola Municipal Álvaro de Sá Barbosa e o Parquinho, localizados na Comunidade da Vargem Alegre. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4328/indicacao_315-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4328/indicacao_315-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar uma placa de identificação com o nome, na Rua Raimunda Filomena Amorim;</t>
   </si>
   <si>
     <t>4329</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4329/indicacao_316-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4329/indicacao_316-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de iluminar o Parquinho que fica localizado na Rodovia Agostinho Patrus - Estrada Parque, na Comunidade da Vargem Alegre;</t>
   </si>
   <si>
     <t>4330</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4330/indicacao_317-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4330/indicacao_317-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de iluminar e proceder com calçamento na rua Ebenézer, localizada em São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4331/indicacao_318-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4331/indicacao_318-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o CONSEP – Conselho de Segurança Pública de Espera Feliz e estudem o que pode ser feito e após tomem as devidas providências em relação a ter uma travessia apropriada na Rua Pio XII, em frente ao  CME – Centro Municipal de Educação Crescendo e Aprendendo, propiciando segurança para alunos e professores atravessarem essa via pública;</t>
   </si>
   <si>
     <t>4332</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4332/indicacao_319-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4332/indicacao_319-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma passarela entre a Rua Artur Bina da Silva (proximidade do Léo Móveis) e a Rua Jair Rúbio de Amorim, (proximidade do CRAS/INSS/PSF VANGUARDA/LUZ), por cima do Rio São João.</t>
   </si>
   <si>
     <t>4346</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4346/indicacao_320.2021_000059.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4346/indicacao_320.2021_000059.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de dar uma atenção maior ao bairro Patronato, com serviço de limpeza, calçamentos, rede pluvial, rede de esgoto, instalação de latões de lixo, priorizando as ruas citadas abaixo: Rua João Maria da Silva; Rua do galpão do Geraldo Casati; Rua Neuza Maria Rodrigues (conhecida como Rua do Adonar); Rua Gerson Gomes; Rua do Sr. Juscelino;</t>
   </si>
   <si>
     <t>4347</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4347/indicacao_321.2021_000060.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4347/indicacao_321.2021_000060.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com a obra de manilhar o córrego que fica atrás do Parque de Exposição (fundo das residências da Rua Álvaro de Sá Barbosa), a fim de canalizar as águas pluviais;</t>
   </si>
   <si>
     <t>4348</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4348/indicacao_322.2021_000061.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4348/indicacao_322.2021_000061.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de notificar o proprietário de um terreno que fica no bairro Santa Cecília que dá acesso a Rua Pereira, onde foi escavado um barranco para abertura do lote, e infelizmente a rua de cima começou a ceder.  Peço que a secretaria competente tome as providências o mais rápido possível;</t>
   </si>
   <si>
     <t>4349</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4349/indicacao_323.2021_000062.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4349/indicacao_323.2021_000062.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir um estabelecimento para funcionar o SAMU – Serviço de Atendimento Móvel de Urgência, no prédio público localizado em frente ao Hospital, que está atualmente fechado, onde seria a capela mortuária. Conforme laudos técnicos de 02 (dois) engenheiros, essa obra está irregular/condenada, não podendo ter reforma e sim desmanche e nova construção.  Segue foto do local;</t>
   </si>
   <si>
     <t>4350</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4350/indicacao_324.2021_000063.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4350/indicacao_324.2021_000063.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma pracinha na Vila Klabin, com instalação de um parquinho infantil na Vila Klabin;</t>
   </si>
   <si>
     <t>4351</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4351/indicacao_325.2021_000064.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4351/indicacao_325.2021_000064.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de iluminar e proceder com calçamento na Rua Ebenézer;</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4352/indicacao_326.2021_000065.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4352/indicacao_326.2021_000065.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de iluminar e proceder com calçamento na rua Henrique Maia, localizada em São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4353</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4353/indicacao_327.2021_000066.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4353/indicacao_327.2021_000066.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de retirar a faixa amarela e a placa parada de ônibus APAE localizada próxima a Prefeitura Municipal, que tem por finalidade a parada do ônibus da APAE, transformando esse espaço em estacionamento, considerando o volume de veículos que transitam no centro do nosso município e as poucas vagas existentes.   Segue foto anexada;</t>
   </si>
   <si>
     <t>4354</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4354/indicacao_328.2021_000067.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4354/indicacao_328.2021_000067.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Órgão competente e veja a viabilidade de instalar uma faixa de pedestre na Rua Carangola, nas proximidades da Floricultura Florarte Horto e Paisagismo, tendo como finalidade principal, a travessia dos alunos da Escola Estadual Erênio de Souza Castro;</t>
   </si>
   <si>
     <t>4355</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4355/indicacao_329.2021_000068.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4355/indicacao_329.2021_000068.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Órgão competente e veja a viabilidade de instalar uma torre de celular na Comunidade do São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4359</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4359/indicacao_330-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4359/indicacao_330-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, analise a possibilidade da implantação de Estacionamento Regulamentado Rotativo, em caráter experimental, na Rua Fioravante Padula (com início na Praça da Bandeira e final na Rua João Sebastião de Amorim (Seminário), de ambos os lados, e, ainda na Rua Roque Ferreira de Castro (com início na Praça Amenaide e final no Posto Terra Branca), ficando a critério do Executivo ser gratuito ou pago).</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4360/indicacao_331-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4360/indicacao_331-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com a família Zanon a fim de notificar o proprietário do loteamento que fica localizado ao lado da Rua João Batista Zanon, no bairro Santa Cecília, solicitando que providencie a limpeza urgente desse terreno.</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4361/indicacao_332-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4361/indicacao_332-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de equipar os operários que trabalham recolhendo resíduos sólidos, com Equipamentos de Proteção Individual, tais como: 	Luva de Proteção; Botinas de Segurança; Máscara de Proteção; 	Protetor Auricular; 	Protetor Solar e Uniforme;</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4362/indicacao_333-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4362/indicacao_333-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de adquirir 02 (duas) motos triciclos de carga para os servidores públicos da Secretaria de Obras, que realizam o serviço da rede de esgoto do município;</t>
   </si>
   <si>
     <t>4363</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4363/indicacao_334-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4363/indicacao_334-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação na Comunidade do Quicé, no trecho compreendido entre a escola e o campo de futebol;</t>
   </si>
   <si>
     <t>4364</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4364/indicacao_335-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4364/indicacao_335-2021.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de efetivar o serviço de cobertura da quadra de esportes da Comunidade do São Gonçalo.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3642/mocao__jorge_carlos_gomes_de_souza.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3642/mocao__jorge_carlos_gomes_de_souza.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, após tramitação regimental, solicita que seja consignada Moção de Aplausos para o Ilustríssimo Sr. Jorge Carlos Gomes de Souza, pelos relevantes serviços prestados ao município na atuação como Conselheiro Tutelar.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Ilustríssima Sra. Raquel Marques.</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Rômolo Quintão Donádio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_complementar_36-2021_000190.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_complementar_36-2021_000190.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 11, de 27 de dezembro de 2013 e dá outras disposições.</t>
   </si>
   <si>
     <t>4159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4159/projeto_de_lei_complementar_37-2021_000330.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4159/projeto_de_lei_complementar_37-2021_000330.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 11, de 27 de dezembro de 2013, a Lei Complementar nº 13 de 27 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>4187</t>
   </si>
   <si>
     <t>Oziel Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4187/projeto_de_lei_complementar_38-2021_000373.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4187/projeto_de_lei_complementar_38-2021_000373.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 13/2013, de 27 de dezembro de 2013 e dá outras providências.</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4231/projeto_de_lei_complementar_39-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4231/projeto_de_lei_complementar_39-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 34, de 30 de agosto de 2017, que reestrutura o FUMPREF - Fundo Municipal Previdenciário de Espera Feliz em cumprimento às disposições da Emenda Constitucional nº 103/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4233/projeto_de_lei_complementar_40-2021_000404.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4233/projeto_de_lei_complementar_40-2021_000404.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio Anual do Fundo Previdenciário do Município de Espera Feliz - FUMPREF e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>4287</t>
   </si>
   <si>
     <t>Maria Izabel de Souza, Paulo Felipe, Rômolo Q. Donádio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4287/projeto_de_lei_complementar_41-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4287/projeto_de_lei_complementar_41-2021.pdf</t>
   </si>
   <si>
     <t>Altera o Artigo 3º da Lei Municipal nº 896/09, de 7 de dezembro de 2009.</t>
   </si>
   <si>
     <t>4338</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4338/projeto_de_lei_complementar_42-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4338/projeto_de_lei_complementar_42-2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do município de Espera Feliz/MG; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>4341</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4341/projeto_de_lei_complementar_43-2021.pdf.p.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4341/projeto_de_lei_complementar_43-2021.pdf.p.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio Suplementar do Regime próprio de Previdência Social dos Servidores Públicos do Município de Espera Feliz, a fim de manter o seu equilíbrio financeiro e atuarial.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3545/projeto_de_lei_01-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3545/projeto_de_lei_01-2021.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá Outras Providências.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_de_lei_02-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_de_lei_02-2021.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3547</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3547/projeto_de_lei_03-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3547/projeto_de_lei_03-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua Itamar Pires da Silva)</t>
   </si>
   <si>
     <t>3548</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_de_lei_04-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_de_lei_04-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica (Rua Joaquim Luciano).</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_de_lei_05-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_de_lei_05-2021.pdf</t>
   </si>
   <si>
     <t>Da denominação à rua que especifica (Rua Antônio Donadio Filho).</t>
   </si>
   <si>
     <t>3550</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_de_lei_06-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_de_lei_06-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Rua Rudacy da Natividade Alves Faria).</t>
   </si>
   <si>
     <t>3551</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_de_lei_07-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_de_lei_07-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre vacinação contra o coronavirus às pessoas com Síndrome de Down, Autismo e Deficiência Intelectual no Município de Espera Feliz.</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_de_lei_08-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_de_lei_08-2021.pdf</t>
   </si>
   <si>
     <t>Concede um dia de folga ao Servidor Público do Executivo Municipal, no dia do seu aniversário, nas situações que especifica.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3591/projeto_de_lei_09-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3591/projeto_de_lei_09-2021.pdf</t>
   </si>
   <si>
     <t>Concede um dia de folga ao Servidor Público do Legislativo Municipal, no dia de seu aniversário, nas situações que especifica.</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_de_lei_10-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_de_lei_10-2021.pdf</t>
   </si>
   <si>
     <t>Institui gratificação extraordinária aos técnicos de enfermagem durante a vigência da calamidade de saúde pública, decorrente do Corona vírus (COVID-19), e dá outras providências.</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3596/projeto_de_lei_11-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3596/projeto_de_lei_11-2021.pdf</t>
   </si>
   <si>
     <t>Reestrutura o Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de valorização dos Profissionais da Educação - CACS FUNDEB e dá outras providências.</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3597/projeto_de_lei_12-2021_000124.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3597/projeto_de_lei_12-2021_000124.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Extraordinário no orçamento da Prefeitura Municipal de Espera Feliz para o Exercício de 2021.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3598/projeto_de_lei_13-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3598/projeto_de_lei_13-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza Cessão de área de terreno que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3600/projeto_de_lei_14-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3600/projeto_de_lei_14-2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios Brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus: medicamentos, insumos e equipamentos na área de saúde.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3599/projeto_de_lei_15-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3599/projeto_de_lei_15-2021.pdf</t>
   </si>
   <si>
     <t>Confere ao Município de Espera Feliz/MG, o Título de "Cidade dos Cafés Especiais".</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3601/projeto_de_lei_16-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3601/projeto_de_lei_16-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de crédito extraordinário no orçamento da Prefeitura Municipal de Espera Feliz para o exercício de 2021.</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_de_lei_17-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_de_lei_17-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece a Lei de Diretrizes Orçamentárias - LDO do município, as metas e objetivos da administração, seus recursos financeiros e as bases para preparação do orçamento para o exercício de 2022.</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3683/projeto_de_lei_18-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3683/projeto_de_lei_18-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua José Natal)</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3684/projeto_de_lei_19-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3684/projeto_de_lei_19-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.353, de março de 2021 e dá outras disposições.</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_20-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_20-2021.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal nº 544/02 e dá outras disposições.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>Grécia Maria Alves Faria de Oliveira, Maria Izabel de Souza, Paulo Sérgio Felipe</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/projeto_de_lei_21-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/projeto_de_lei_21-2021.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual de Vencimento aos Servidores do Poder Legislativo do Município de Espera Feliz, e dá outras providências.</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3710/projeto_de_lei_22-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3710/projeto_de_lei_22-2021.pdf</t>
   </si>
   <si>
     <t>Institui multa via protesto de certidões para proprietários de terrenos baldios abandonados na cidade de Espera Feliz, Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>4138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4138/projeto_de_lei_23-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4138/projeto_de_lei_23-2021.pdf</t>
   </si>
   <si>
     <t>Altera e acrescenta dispositivo à Lei Municipal nº 1.237, de 25 de setembro de 2017, que institui no âmbito do município de Espera Feliz-MG a política pública para garantia, proteção e ampliação dos direitos das pessoas com Transtorno Espectro Autista - TEA e dá outras providências.</t>
   </si>
   <si>
     <t>4158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4158/projeto_de_lei_24-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4158/projeto_de_lei_24-2021.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis nº 875/2009, 876/2009 e 1.234/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>4160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4160/projeto_de_lei_25-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4160/projeto_de_lei_25-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua Vereador João Pereira Brum).</t>
   </si>
   <si>
     <t>4161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4161/projeto_de_lei_26-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4161/projeto_de_lei_26-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Elcy de Oliveira).</t>
   </si>
   <si>
     <t>4186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4186/projeto_de_lei_27-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4186/projeto_de_lei_27-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei nº 51/89, de 8 de setembro de 1989, cria a Coordenadoria Municipal de Proteção e Defesa Civil - COMPDEC, cria o Fundo Especial para a Proteção e Defesa Civil, cria o Conselho Municipal de Defesa Civil e dá outras providências.</t>
   </si>
   <si>
     <t>4190</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4190/projeto_de_lei_28-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4190/projeto_de_lei_28-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial.</t>
   </si>
   <si>
     <t>4191</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4191/projeto_de_lei_29-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4191/projeto_de_lei_29-2021.pdf</t>
   </si>
   <si>
     <t>4192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4192/projeto_de_lei_30-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4192/projeto_de_lei_30-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4232/projeto_de_lei_31-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4232/projeto_de_lei_31-2021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Espera Feliz para o exercício financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4234/projeto_de_lei_32-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4234/projeto_de_lei_32-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual para o quadriênio 2022 - 2025.</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4266/pjlm.33.2021_000001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4266/pjlm.33.2021_000001.pdf</t>
   </si>
   <si>
     <t>Regulamenta o transporte escolar público e gratuito, institui o zoneamento nas unidades escolares municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4267/pjlm.34.2021_000002.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4267/pjlm.34.2021_000002.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Centro de Educação Infantil Professora Oneia Aparecida da Silva Fumian e dá outras providências.</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4265/pjlm.35.2021_000003.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4265/pjlm.35.2021_000003.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito especial no valor de R$ 60.000,00 (sessenta mil reais), autoriza contribuição financeira à APAE de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4281</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4281/projeto_de_lei_36-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4281/projeto_de_lei_36-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz/MG, a contratar operação de crédito com a Caixa Econômica Federal com garantia da União e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4299/projeto_de_lei_37-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4299/projeto_de_lei_37-2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de transporte remunerado privado individual de passageiros por meio de sistema de tecnologia de transporte de comunicação em rede no município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4302</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4302/projeto_de_lei_38-20211.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4302/projeto_de_lei_38-20211.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual dos Subsídios dos Vereadores da Câmara Municipal de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4303</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4303/projeto_de_lei_39-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4303/projeto_de_lei_39-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.219/2017, de 19 de janeiro de 2017 e dá outras providências.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4300/projeto_de_lei_40-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4300/projeto_de_lei_40-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito adicional especial no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>4301</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4301/projeto_de_lei_41-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4301/projeto_de_lei_41-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com a Secretaria de Estado de Educação de Minas Gerais, visando a municipalização da Escola Córrego do Quicé e dá outras providências.</t>
   </si>
   <si>
     <t>4304</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4304/projeto_de_lei_42-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4304/projeto_de_lei_42-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Rua Leopoldino José do Amaral)</t>
   </si>
   <si>
     <t>4336</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4336/projeto_de_lei_43-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4336/projeto_de_lei_43-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, mediante termo de cessão de uso, um ônibus escolar placa PZO-8689, para a APAE de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4337/projeto_de_lei_44-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4337/projeto_de_lei_44-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao Posto de Saúde que especifica.</t>
   </si>
   <si>
     <t>4339</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4339/projeto_de_lei_45-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4339/projeto_de_lei_45-2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a compra de um imóvel urbano para fins a que se destina, abre crédito acional especial e dá outras providências.</t>
   </si>
   <si>
     <t>4356</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4356/projeto_de_lei_46-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4356/projeto_de_lei_46-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do ticket feira no âmbito da Câmara Municipal de Espera Feliz, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4357/projeto_de_lei_47-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4357/projeto_de_lei_47-2021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a Associação que especifica. (Associação Serra do Caparaó de Karate/MG).</t>
   </si>
   <si>
     <t>4358</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4358/projeto_de_lei_48-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4358/projeto_de_lei_48-2021.pdf</t>
   </si>
   <si>
     <t>Dá denominação à quadra que especifica. (Quadra Avelino de Souza Curty).</t>
   </si>
   <si>
     <t>4365</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4365/projeto_de_lei_49-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4365/projeto_de_lei_49-2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.373/2021, de 25 de outubro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora - MEDIR</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3593/projeto_de_resolucao_no_01-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3593/projeto_de_resolucao_no_01-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a incineração de documentos irrecuperáveis recebidos da Prefeitura referente as receitas e despesas e outros documentos de expediente inservíveis e dá outras providências.</t>
   </si>
   <si>
     <t>4156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4156/projeto_de_resolucao_02-2021_000309.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4156/projeto_de_resolucao_02-2021_000309.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Espera Feliz, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>4157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4157/projeto_de_resolucao_03-2021_000310.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4157/projeto_de_resolucao_03-2021_000310.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre  a utilização do SAPL - Sistema de Apoio ao Processo Legislativo, na Câmara Municipal de Espera Feliz, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>4188</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4188/projeto_de_resolucao_04-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4188/projeto_de_resolucao_04-2021.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o exercício financeiro de 2022 da Câmara Municipal de Espera Feliz e contém outras providências.</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4230/projeto_de_resolucao_05-2021_-_assinado.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4230/projeto_de_resolucao_05-2021_-_assinado.pdf</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>Rômolo Q. Donádio, Maria Izabel de Souza, Paulo Felipe</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4235/projeto_de_resolucao_6-2021_000436.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4235/projeto_de_resolucao_6-2021_000436.pdf</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4236/projeto_de_resolucao_7-2021_000437.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4236/projeto_de_resolucao_7-2021_000437.pdf</t>
   </si>
   <si>
     <t>Institui a Tribuna Livre na Câmara Municipal de Espera Feliz, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>4340</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4340/projeto_de_resolucao_de_n_8-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4340/projeto_de_resolucao_de_n_8-2021.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão honorário Esperafelicense e cidadão benemérito às pessoas que especificam.</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/requerimento_01-2021_000001_-_copia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/requerimento_01-2021_000001_-_copia.pdf</t>
   </si>
   <si>
     <t>Informações acerca da reforma do Posto de Saúde da Comunidade de São Domingos;_x000D_
 Informações acerca da obra do calçamento do Distrito de São José da Pedra Menina.</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_02-2021_000042.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_02-2021_000042.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes as datas,  horários e locais de todas as licitações que serão realizadas pelo Executivo Municipal, a partir da presente data.</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3523/requerimento_03-2021_000043.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3523/requerimento_03-2021_000043.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações se houve verbas destinadas a pavimentação das Ruas Deléti Hortênsia de Azevedo e José Moreira de Lacerda, pois segundo relatos de moradores este recurso financeiro já saiu e as ruas até a presente data não foram calçadas.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3524/requerimento_04-2021_000044.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3524/requerimento_04-2021_000044.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a ponte da Rua Major Pereira, conforme especificadas abaixo: Valor destinado para obra?; Valor já se encontra na conta do Executivo?; Prazo de execução da obra?; Cópia do contrato da empresa responsável pela obra; O motivo pelo qual a obra encontra-se parada.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3525/requerimento_05-2021_000045.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3525/requerimento_05-2021_000045.pdf</t>
   </si>
   <si>
     <t>Solicitação à prefeitura de informações precisas para a população, acerca do valor de R$7.043.100,02 (sete milhões, quarenta e três mil e cem reais e dois centavos), que o Ex-Prefeito Municipal Sr. João Carlos Cabral de Almeida, disse no dia da cerimônia de posse realizada no dia 01 de janeiro de 2021, que estão na conta do Executivo Municipal._x000D_
 Existe realmente este valor nas contas do Executivo Municipal?_x000D_
 Se afirmativo, como está sendo utilizado o valor que se encontra em conta livre, que não tem vínculo?_x000D_
 O valor destinado às obras em andamento, quais seriam estas obras?_x000D_
 A gestão anterior realmente deixou o município sem dívidas?</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3526/requerimento_06-2021_000046.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3526/requerimento_06-2021_000046.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Excelentíssimo Prefeito Municipal que encaminhe informações referentes a construção da quadra da Comunidade do Marianinho, conforme especificadas abaixo:_x000D_
 Valor destinado para a obra?_x000D_
 Valor já se encontra na conta do Executivo?_x000D_
 Prazo de execução da obra?_x000D_
 Cópia do contrato da empresa responsável pela obra;_x000D_
 O motivo pelo qual a obra encontra-se parada.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_07-2021_000114.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_07-2021_000114.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao FUMPREF - Fundo Municipal Previdenciário de Espera Feliz.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3553/requerimento_08-2021_000115.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3553/requerimento_08-2021_000115.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, um novo Laudo Técnico de um segundo engenheiro, em relação à ponte da Rua Major Pereira que fica próxima a CEMIG.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>Grécia Faria, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3554/requerimento_09-2021_000116.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3554/requerimento_09-2021_000116.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que este subscrevem, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, copia de todos os processos licitatórios realizados pelo Executivo desde o período de 01 de janeiro do corrente ano, até o momento.</t>
   </si>
   <si>
     <t>3555</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3555/requerimento_10-2021_000117.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3555/requerimento_10-2021_000117.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações acerca do motivo de não serem pagos os incentivos adicionais aos agentes comunitários de saúde e agentes de combate às endemias deste município, previstos no incentivo de custeio.</t>
   </si>
   <si>
     <t>3556</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3556/requerimento_11-2021_000118.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3556/requerimento_11-2021_000118.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, algumas informações.</t>
   </si>
   <si>
     <t>3557</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3557/requerimento_12-2021_000119.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3557/requerimento_12-2021_000119.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal informações referente ao motivo o atraso e até mesmo falta de resposta do Requerimento 01/2021 aprovado no dia 03 de fevereiro de 2021, tendo em vista o disposto no Art. 66, inciso XIV da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3602/requerimento_13-2021_000141.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3602/requerimento_13-2021_000141.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes aos gastos com a recuperação da obra realizada no ano de 2020 nas margens da Avenida João Vieira da Costa (no trecho compreendido entre os fundos do Supermercado Jacaré e do Supermercado Sacolão) que teve uma boa parte destruída por conta da enchente de fevereiro de 2021.</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3603/requerimento_14-2021_000142.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3603/requerimento_14-2021_000142.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia das folhas de pagamentos dos Servidores do Executivo Municipal referente aos meses de Outubro e Novembro de 2020.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3604/requerimento_15-2021_000143.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3604/requerimento_15-2021_000143.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a obra do Estádio Municipal Reinô Martins de Oliveira.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>Grécia Faria, Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3644/requerimento_16-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3644/requerimento_16-2021.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que todos os Processos Licitatórios já ocorridos neste ano de 2021, sejam disponibilizados na Página Oficial da Prefeitura Municipal na Internet e/ou em outro meio eletrônico de fácil acesso para a população, contendo todos  os contratos assinados até o momento com todas as informações referentes aos Processos, tais como: data, horário, local, modalidade de licitação, serviço e/ou objeto licitado, valor, ganhador, cópia do contrato assinado, bem como os processos de dispensa, conforme estabelece a Lei nº 12.527, de 18 de novembro de 2011, que regula o acesso à informação, e que o link onde os mesmos forem disponibilizados seja encaminhado a esta Casa de leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, Parágrafo XIV.</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3645/requerimento_17-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3645/requerimento_17-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre: quantidade de vacinas aplicadas em nosso município; descrição quantitativas dos grupos atendidos; plano municipal de contingência do COVID-19; Plano municipal de Vacinação; Previsão de recebimento de vacinas para 2021</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3646/requerimento_18-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3646/requerimento_18-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, relação contendo o número de Servidores da Prefeitura Municipal, especificando os contratados, efetivos e comissionados referente ao mês de março do ano corrente.</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_19-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_19-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao Matadouro Municipal conforme especificadas abaixo: Funcionamento do matadouro, dia, horário etc.; Forma de pagamento dos açougueiros que abatem seus animas nesta localidade; Destino do dinheiro arrecadado através do pagamento dos açougueiros; Inspeção sanitária está sendo cumprida da forma devida.</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_20-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_20-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes as pontes próximas a Escola Erênio e ao Plano Vida, no sentido de saber o compromisso das empreiteiras responsáveis com as mesmas, haja vista a garantia do serviço, sendo que foram restauradas no ano passado, mas infelizmente devido a enchente deste ano, necessitam novamente de restauração, estando perigosíssimo a travessia pelas mesmas.</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_21-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_21-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, relatório constando o valor total que o município recebeu desde o início da pandemia e, ainda, especificar em que, como foi e está sendo investido atualmente.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_22-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_22-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, qual o valor gasto pelo Executivo Municipal de combustível no ano de 2019, ano de 2020 e ano de 2021 até a presente data.</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/requerimento_23-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/requerimento_23-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do Plano de Concessão de Benefícios Eventuais aprovado pelo Conselho Municipal de Assistência Social de Espera Feliz-MG para o exercício de 2021.</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/requerimento_24-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/requerimento_24-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao motivo do Executivo Municipal, no período pós enchente, adquirir material de limpeza no estabelecimento Campos Distribuidora de Equipamentos, no município de Íuna/ES.</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/requerimento_25-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/requerimento_25-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o serviço de motosserra prestado pelo Sr. JOSÉ ECIO DE SOUZA &amp; CIA LTDA – ME ao Executivo Municipal, pois conforme cópia da Nota Fiscal que segue anexada, o valor pago está acima do valor de mercado, sendo que foi cobrado R$310,00 o dia, e conforme consulta realizada, o dia de serviço de motosserra varia entre R$200,00 a R$250,00.</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/requerimento_26-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/requerimento_26-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o serviço prestado ao Executivo Municipal pelo Sr. Sadú Gomes, de maquinário, pós enchente de fevereiro de 2021, discriminando: horas trabalhadas; valor pago por hora de cada máquina; e, ainda,  especificando serviço realizado.</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/requerimento_27-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/requerimento_27-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a obra da Creche obra da Creche Proinfância que está localizada no bairro Novo Horizonte, conforme especificadas abaixo: Motivo da obra estar parada, sendo que o previsto para finalização seria no ano de 2018; A empreiteira que deu início a obra irá retornar, finalizar a obra? Quais providências estão sendo tomadas para finalizar essa obra e qual a previsão de término? Quais as providências o Executivo tomou ou irá tomar em relação ao fato da creche estar sendo invadida por moradores de ruas e drogados? Considerando ainda que aconteceu um assassinato dentro da creche há pouco tempo, fato este, que veio amedrontar os moradores próximos à essa localidade.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_28-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_28-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre quais as providências estão sendo tomadas em relação a Rua Salermo, onde um morador invadiu a rua, cercando um espaço com muro, e o mesmo está caindo, correndo o risco de desabar este trecho da rua. Requeiro informações no sentido de sabe se o fiscal de obras e posturas do município já realizou visita nessa rua e quais providências foram tomadas.</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3709/requerimento_29-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3709/requerimento_29-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando todas as ruas do município que são denominadas com nomes de cidades.</t>
   </si>
   <si>
     <t>3968</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3968/requerimento_30-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3968/requerimento_30-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes ao motivo do Executivo Municipal não ter repassado ao INSS os valores descontados na folha de pagamento dos Servidores Municipais contratados e comissionados nos meses de fevereiro, março e abril do corrente ano. Requeiro ainda, esclarecimentos se a Prefeitura Municipal está repassando, mensalmente, a contribuição devida ao FUMPREF – Fundo Municipal Previdenciário de Espera Feliz.  Deixar de repassar à Previdência Social e ao FUMPREF as contribuições recolhidas dos contribuintes, no prazo e forma legal ou convencional prejudica a contagem do tempo de contribuição para recebimento de benefícios da previdência social e do fundo, e por essa razão, muitas agências da previdência social indeferem a concessão de benefícios. Mediante o fato, solicito informações no sentido de saber se o exposto acima tem veracidade, aguardando os devidos esclarecimentos. Afirmo torcer para estar enganado e que as informações que chegaram ao meu conhecimento estejam distorcidas e que o Executivo realmente esteja cumprindo com seus deveres, junto ao INSS e junto ao FUMPREF, com os devidos recolhimentos, mensalmente.</t>
   </si>
   <si>
     <t>3969</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3969/requerimento_31-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3969/requerimento_31-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o motivo de ser permitido a realização de cultos religiosos no município 2 vezes por semana, enquanto outros locais como bares e restaurantes, o atendimento é diário, tendo apenas restrição de horário. A necessidade do requerido acima é no sentido de passar informações precisas para a população que a todo momento questionam sobre o fato. Aproveitando peço ao Executivo Municipal que reveja essa situação e através do protocolo de segurança do COVID-19, libere a realização de cultos religiosos 04 vezes por semana, com total cumprimento das recomendações necessárias.</t>
   </si>
   <si>
     <t>3970</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3970/requerimento_32-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3970/requerimento_32-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações se existe previsão de pavimentação da Rua Ari de Souza Romano, e, se, afirmativo, qual o prazo estipulado para o início da obra?</t>
   </si>
   <si>
     <t>3971</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3971/requerimento_33-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3971/requerimento_33-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópias de todas as notas fiscais dos valores gastos até o presente momento na obra do Estádio Municipal Reinô Martins de Oliveira, no valor de R$214.360,56 (duzentos e quatorze mil, trezentos e sessenta reais e cinquenta e seis centavos), conforme informado a esta Casa de Leis através do Memorando N.: 001/2021 que segue anexado.</t>
   </si>
   <si>
     <t>3972</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3972/requerimento_34-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3972/requerimento_34-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a quantidade de gêneros alimentícios que foram adquiridos através da agricultura familiar pela prefeitura municipal, especificando:  produtos, quantidade, valor e quantidade de agricultores que forneceram para a prefeitura municipal, no período de 01 de janeiro do corrente até a presente data, e, ainda, as mesmas informações, no ano de 2020. Requeiro também, informações sobre como é realizado o processo de aquisição, se é, através de chamada pública ou licitação em vigência.</t>
   </si>
   <si>
     <t>3973</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3973/requerimento_35-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3973/requerimento_35-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao Matadouro Municipal conforme especificadas abaixo: Quantos animais são abatidos mensalmente, especificando bovino e suíno, e, qual valor pago para abatê-los;  Valor arrecadado mensalmente neste estabelecimento; Como procede o funcionamento das guias de pagamento. Quantas botijas de gás são gastas mensalmente. As informações requeridas é do período de novembro e dezembro de 2020 e de 01 de janeiro do corrente até a presente data.</t>
   </si>
   <si>
     <t>4118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4118/requerimento_36-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4118/requerimento_36-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do projeto de reforma da quadra de São domingos e a data prevista para a licitação da obra, uma vez, que o recurso encontra-se em conta.</t>
   </si>
   <si>
     <t>4119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4119/requerimento_37-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4119/requerimento_37-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Presidente desta Casa de Leis, as informações especificadas abaixo: Saldo da Câmara Municipal do período de janeiro de 2021 até a corrente data, especificado mês a mês. Saldo atual disponível do Legislativo Municipal; O Legislativo realizou repasses para o Executivo Municipal neste mandato? Se afirmativo, quais foram os valores e suas respectivas datas.</t>
   </si>
   <si>
     <t>4162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4162/01012016_050532_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4162/01012016_050532_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, Parágrafo XIV, que informe a esta Casa se existe algum processo em andamento para legalização dos motoristas de aplicativo de mobilidade urbana que estão trabalhando em nosso município, e caso ainda não exista tal processo, se é possível que seja feito um trabalho de legalização dos mesmos.</t>
   </si>
   <si>
     <t>4163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4163/01012016_050550_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4163/01012016_050550_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações solicitadas abaixo: Os moradores da Rua Ebenézer estão inseridos no cadastro único das famílias? Recebem visitas dos agentes comunitários de saúde, mensalmente? Estão inscritos no Programa Bolsa Família e Auxílio Emergencial?</t>
   </si>
   <si>
     <t>4194</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4194/04012016_044412_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4194/04012016_044412_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações precisas referentes a obra do Estádio Municipal Reinô Martins de Oliveira, informando que em abril de 2021 foi encaminhado ao Executivo pelo nobre Vereador Claudinei Roberto de Souza, um requerimento solicitando devidos esclarecimentos sobre o andamento dessa obra e em 20 de maio foi encaminhado outro requerimento através da Vereadora Grécia Maria Alves Faria de Oliveira.  Informo que o Executivo encaminhou respostas dizendo que a obra encontra-se paralisada devido a desistência da empresa vencedora do certame e que estavam aguardando autorização da unidade gestora – GIGOV/JF, para darem início a um novo processo licitatório e assim, andamento ao convênio e execução da obra.</t>
   </si>
   <si>
     <t>4195</t>
   </si>
   <si>
     <t>Dinei, Grécia Faria, Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4195/04012016_044432_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4195/04012016_044432_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, relação de todos os pertences materiais do almoxarifado do Executivo Municipal que sumiram pós enchente de 2021, especificando item por item, e de qual secretaria;</t>
   </si>
   <si>
     <t>4196</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4196/04012016_044450_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4196/04012016_044450_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, a folha de pagamento do Executivo Municipal, referente ao mês de julho do corrente, podendo ser encaminhada através do e-mail:  greciafaria0710@gmail.com. Aproveito para solicitar que seja encaminhado mensalmente para meu e-mail a folha, ficando automático esse envio;</t>
   </si>
   <si>
     <t>4197</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4197/04012016_044514_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4197/04012016_044514_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia de todas as notas fiscais dos gastos realizados pela Secretaria de Meio Ambiente e Defesa Civil, no período pós enchente de 2021 até o término do mandato interino de 2021.</t>
   </si>
   <si>
     <t>4242</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4242/requerimento_44-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4242/requerimento_44-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, Respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XlV, informações referentes as verbas anuais que chegam ao município, através do Conselho do Patrimônio Histórico.</t>
   </si>
   <si>
     <t>4244</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4244/requerimento_45-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4244/requerimento_45-2021.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XlV, relação constando o nome de todos os Servidores do Executivo que recebem mensalmente o adicional Trintentário.</t>
   </si>
   <si>
     <t>4260</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4260/05012016_005728_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4260/05012016_005728_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a uma rua do Loteamento Nova Esperança que fica no bairro do Roque, pois conforme moradores essa rua tem 03 denominações, sendo: Rua Laura Gomes, Rua Rayanne de Souza Augusto e Rua Santa Rosa de Lima. Conforme arquivos dessa Casa de Leis, encontrei 02 leis que denominam essa rua, conforme seguem cópias anexadas. Para que possamos esclarecer esse fato e após fazer um projeto de Lei alterando e regularizando essa situação, requeiro ao Executivo Municipal que nos encaminhe uma declaração informando a qual nome essa rua responde nos arquivos da Prefeitura;</t>
   </si>
   <si>
     <t>4261</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4261/req_n_17.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4261/req_n_17.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a instalação de postes de iluminação na ponte que fica na BR482, próxima a entrada que dá acesso ao município de Caparaó. Como prefeito interino solicitei este material no meu mandato e fiquei sabendo através de terceiros que este material está disponível na Secretaria de Obras do município. Sendo assim, requeiro a data provável da conclusão dessa obra;</t>
   </si>
   <si>
     <t>4262</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4262/05012016_005920_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4262/05012016_005920_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre o campinho de areia que está localizado no bairro João Clara, no sentido de saber se o Executivo pretende ativar esse campinho ou se irá aproveitar este espaço, que é uma área nobre do bairro, em outra utilidade para a comunidade;</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4263/05012016_005938_brn3c2af42a09c6_0001.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4263/05012016_005938_brn3c2af42a09c6_0001.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, que dentro das viabilidades, encaminhe a esta Casa, informações a respeito do órgão público INSS não ter reaberto após enchente.  Como representante do povo, sou indagada a todo instante a respeito do fato, e por isso requeiro essas informações no sentido de saber se ficará fechado, se irá reabrir, e caso afirmativo, qual a data prevista? Ciente que o terreno desse prédio foi doado pelo Executivo, conforme permuta realizada com o Legislativo, recomendo que caso não venha reabrir, que entrem em acordo, e veja a viabilidade do município ficar com o prédio. Afirmo estar solicitando essas informações diretamente ao Executivo, por saber que é uma divisão administrativa, voltada para o bem do coletivo, e que sempre atende essa Casa prontamente, e também pelo fato do INSS estar fechado, não tendo como protocolar essa solicitação.</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4268/requerimento_50_000002.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4268/requerimento_50_000002.pdf</t>
   </si>
   <si>
     <t>Informações relatando quais as Secretarias Municipais que realizam ou realizarão jornada de trabalho de 06 (seis) horas ininterruptas.</t>
   </si>
   <si>
     <t>4270</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4270/requerimento_51_000003.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4270/requerimento_51_000003.pdf</t>
   </si>
   <si>
     <t>Informações referentes a data prevista para a instalação de 04 (postes) na Avenida Artur Bina da Silva, nas proximidades do TPJ Café e 01 (um) poste na Avenida João Vieira da Costa, nas proximidades do Centro de Educação Infantil e Ensino Fundamental Portal do Saber. Justifica-se a instalação dos postes o mais rápido possível devido essas vias públicas estarem muito escuras e fatos impróprios virem ocorrendo com frequência nestas localidades.</t>
   </si>
   <si>
     <t>4271</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4271/requerimento_52_000004.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4271/requerimento_52_000004.pdf</t>
   </si>
   <si>
     <t>Informações referentes ao serviço de dragagem/desassoreamento do Rio São João e construção da ponte da Rua Major Pereira, que vem sendo realizados no município.</t>
   </si>
   <si>
     <t>4272</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4272/requerimento_53_000005.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4272/requerimento_53_000005.pdf</t>
   </si>
   <si>
     <t>Relação constando todos os imóveis que o Executivo Municipal aluga para o funcionamento de setores públicos, especificando um a um, a localidade e o valor do aluguel.</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4310/requerimento_n._54.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4310/requerimento_n._54.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos se existe na Prefeitura Municipal dados e informações quanto a criação de plantas da cidade, bem como praças, logradouros, distritos e povoados, através de geoprocessamentos, para que os cidadãos tenham as informações via internet, e, ainda, cadastramento imobiliário._x000D_
 Obs: Conforme relatos, esses dados foram perdidos na enchente de janeiro de 2020, e caso afirmativo, peço que o Executivo Municipal providencie o mais rápido possível essas informações tão necessárias;</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4313/requerimento_n._55.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4313/requerimento_n._55.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao motivo do Executivo Municipal não ter cedido o  Ginásio Poliesportivo José Erasmo de Oliveira para sediar a COPA OURO 2021, haja vista ser um evento que acontece todos os anos em nosso município, não tendo ocorrido somente ano passado devido a pandemia. Ciente que a pandemia não acabou, mas que diversos eventos já estão ocorrendo no município, penso que o motivo não deva ser aglomeração e por isso fico no aguardo de resposta;</t>
   </si>
   <si>
     <t>4317</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4317/requerimento_n._56.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4317/requerimento_n._56.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a obra da Creche obra da Creche Proinfância que está localizada no bairro Novo Horizonte, conforme especificadas abaixo: Motivo da obra estar parada, sendo que o previsto para finalização seria no ano de 2018;	A empreiteira que deu início a obra irá retornar, finalizar a obra?	Quais providências estão sendo tomadas para finalizar essa obra e qual a previsão de término? Obs: Reiterando o pedido de outros edis desta Casa de Leis, fico no aguardo;</t>
   </si>
   <si>
     <t>4322</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4322/requerimento_n_57.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4322/requerimento_n_57.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a obra do Estádio Municipal Reinô Martins de Oliveira, conforme especificadas abaixo: Motivo dessa obra do estádio não estar concluída, sendo que segundo informações, já foi pago o valor total; Qual a providência o Executivo está tomando em relação a esse fato? Considerando que o pagamento total de uma obra não finalizada é prejuízo para os cofres públicos, e como representante do povo, quando questionado, necessito passar informações precisas sobre quais providências o Executivo está tomando para que a obra seja concluída o mais rápido possível.</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4324/requerimento_n_58.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4324/requerimento_n_58.2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos  sobre a procedência da obra de calçamento e da construção de calçada da Rua Nelson da Silva Valadão, sendo que houve licitação no mandato anterior para essa obra, e conforme visita realizada na rua, percebi que a rua está toda pavimentada, mas a calçada não foi totalmente finalizada, e o pagamento realizado foi total. No sentido de saber o motivo de não ter finalizado o serviço de construção da calçada, requeiro informações;</t>
   </si>
   <si>
     <t>4321</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4321/requerimento_59-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4321/requerimento_59-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, a folha de pagamento do Executivo Municipal, referente ao mês de julho do corrente, podendo ser encaminhada através do e-mail:  camarasec@esperafeliz.mg.leg.br.  Aproveito para solicitar que seja encaminhado mensalmente essa folha, ficando automático esse envio, a partir da presente data até a data de dezembro de 2024.</t>
   </si>
   <si>
     <t>4323</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4323/requerimento_60-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4323/requerimento_60-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do extrato bancário da conta livre e da conta geral na data de 30 de junho de 2021, e, ainda, cópia dos empenhos a pagar nessa mesma data. Requeiro ainda, cópia do extrato bancário da conta livre e da conta geral, na data atual.</t>
   </si>
   <si>
     <t>4334</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4334/requerimento_61-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4334/requerimento_61-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao Requerimento de N.: 52/2021 que segue cópia anexada, sendo reiterado devido ter requisitado diversos esclarecimentos nesse requerimento, e conforme resposta, que também segue cópia anexada, as questões solicitadas não foram atendidas na totalidade, portanto não sendo satisfatório. Destarte, fico no aguardo de todas as informações solicitadas no Requerimento de N: 52/2021;</t>
   </si>
   <si>
     <t>4335</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4335/requerimento_62-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4335/requerimento_62-2021.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes ao critério utilizado, em governos anteriores, de repasses para a COPA OURO, conforme consta no portal da transparência do Executivo Municipal. O questionamento se deve ao fato deste campeonato ser um evento particular.</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4343/requerimento_63.2021_000057.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4343/requerimento_63.2021_000057.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre o motivo pelo qual não será concedido o abono salarial aos professores do município,  advindo de Recursos do FUNDEB?</t>
   </si>
   <si>
     <t>4344</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4344/requerimento_64.2021_000058.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4344/requerimento_64.2021_000058.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando o nome de todas as empresas vencedoras de licitações, especificados por secretarias, em todas as modalidades, do período de janeiro de 2021 até a presente data.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Veto Parcial</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4264/veto_parcial_ao_projeto_de_lei_19-2021_000439.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4264/veto_parcial_ao_projeto_de_lei_19-2021_000439.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto Parcial ao Projeto de Lei nº 19/2021.</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Maria Izabel de Souza, Paulo Felipe, Rômolo Q. Donádio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4269/pelo_11.2021_edit.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4269/pelo_11.2021_edit.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre acrescentar o Art. 134 - A à Lei Orgânica do município de Espera Feliz.</t>
   </si>
   <si>
     <t>4342</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4342/projeto_de_emenda_a_lei_organica_n12.2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4342/projeto_de_emenda_a_lei_organica_n12.2021.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao §1º, ao §2º e acrescenta o §3º do art. 41 da Lei Orgânica do Município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3595/projeto_substitutivo_-_lei_ordinaria_10-2021_000122.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3595/projeto_substitutivo_-_lei_ordinaria_10-2021_000122.pdf</t>
   </si>
   <si>
     <t>Institui Gratificação Extraordinária aos Técnicos de Enfermagem durante a vigência da calamidade de saúde pública decorrente do Coronavírus (COVID-19), e dá outras providências.</t>
   </si>
   <si>
     <t>4189</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4189/projeto_de_lei_substitutivo_24-2021_000374.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4189/projeto_de_lei_substitutivo_24-2021_000374.pdf</t>
   </si>
   <si>
     <t>Regulamenta os valores e o trâmite formal para a aquisição das diárias dispostas no artigo 136 da Lei Complementar Municipal nº 13, de 27 de dezembro de 2013, e dá outras providências, revogando a Lei Municipal 876/2009, de 31 de agosto de 2009.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4229/projeto_substitutivo_no_30.2021_000395.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4229/projeto_substitutivo_no_30.2021_000395.pdf</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4552/projeto_substitutivo_37-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4552/projeto_substitutivo_37-2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta o serviço de transporte remunerado privado individual de passageiros por meio de sistema de tecnologia de transporte de comunicação em rede no município de Espera Feliz.</t>
   </si>
   <si>
     <t>4345</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4345/projeto_substitutivo_no_39-2021.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4345/projeto_substitutivo_no_39-2021.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5810,67 +5810,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/indicacao_01-2021_000002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3484/indicacao_02-2021_000003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3485/indicacao_03-2021_000004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/indicacao_04-2021_000005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/indicacao_05-2021_000006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3488/indicacao_06-2021_000007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_07-2021_000008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3490/indicacao_08-2021_000009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3491/indicacao_09-2021_000010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3492/indicacao_10-2021_000011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3493/indicacao_11-2021_000012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3494/indicacao_12-2021_000013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3495/indicacao_13-2021_000014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3496/indicacao_14-2021_000015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3497/indicacao_15-2021_000016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3498/indicacao_16-2021_000017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_17-2021_000018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_18-2021_000019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3501/indicacao_19-2021_000020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_20-2021_000021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_21-2021_000022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_22-2021_000023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_23-2021_000024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/indicacao_24-2021_000025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_25-2021_000026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_26-2021_000027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/indicacao_27-2021_000028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_28-2021_000029.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3511/indicacao_29-2021_000030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_30-2021_000031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_31-2021_000032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3527/indicacao_32-2021_000047.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_33-2021_000048.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_34-2021_000049.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_35-2021_000050.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_36-2021_000051.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_37-2021_000052.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3533/indicacao_38-2021_000053.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3534/indicacao_39-2021_000054.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3535/indicacao_40-2021_000055.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3536/indicacao_41-2021_000056.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3537/indicacao_42-2021_000057.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3538/indicacao_43-2021_000058.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_44-2021_000059.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3540/indicacao_45-2021_000060.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_46-2021_000061.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_47-2021_000062.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3543/indicacao_48-2021_000063.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_49-2021_000064.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3558/indicacao_50-2021_000085.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3559/indicacao_51-2021_000086.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3560/indicacao_52-2021_000087.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3561/indicacao_53-2021_000088.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3562/indicacao_54-2021_000089.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_55-2021_000090.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3564/indicacao_56-2021_000091.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3565/indicacao_57-2021_000092.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_58-2021_000093.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_59-2021_000094.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_60-2021_000095.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_61-2021_000096.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3570/indicacao_62-2021_000097.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3571/indicacao_63-2021_000098.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3572/indicacao_64-2021_000099.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3573/indicacao_65-2021_000100.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3574/indicacao_66-2021_000101.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3575/indicacao_67-2021_000102.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3576/indicacao_68-2021_000103.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3577/indicacao_69-2021_000104.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3578/indicacao_70-2021_000105.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_71-2021_000106.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_72-2021_000107.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_73-2021_000108.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3582/indicacao_74-2021_000109.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3583/indicacao_75-2021_000110.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3584/indicacao_76-2021_000111.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3585/indicacao_77-2021_000112.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3586/indicacao_78-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3605/indicacao_79-2021_000144.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3606/indicacao_80-2021_000145.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3607/indicacao_81-2021_000146.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3608/indicacao_82-2021_000147.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3609/indicacao_83-2021_000148.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_84-2021_000149.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_85-2021_000150.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_86-2021_000151.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_87-2021_000152.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3614/indicacao_88-2021_000153.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3615/indicacao_89-2021_000154.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3616/indicacao_90-2021_000155.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3617/indicacao_91-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3618/indicacao_92-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3619/indicacao_93-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3620/indicacao_94-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_95-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3622/indicacao_96-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3624/indicacao_98-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3625/indicacao_99-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3626/indicacao_100-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3627/indicacao_101-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3628/indicacao_102-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3629/indicacao_103-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3630/indicacao_104-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_105-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_106-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3633/indicacao_107-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3634/indicacao_108-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3635/indicacao_109-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3636/indicacao_110-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_111-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_112-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3639/indicacao_113-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3640/indicacao_114-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3653/indicacao_115-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3654/indicacao_116-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3655/indicacao_117-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3656/indicacao_118-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3657/indicacao_119-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3658/indicacao_120-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_121-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_122-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_123-2021_000179.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_124-2021_000180.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_125-2021_000181.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3664/indicacao_126-2021_000182.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_127-2021_000183.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_128-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_129-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3668/indicacao_130-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_131-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3671/indicacao_132-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3674/indicacao_133-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3675/indicacao_134-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_135-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_136-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3678/indicacao_137-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3679/indicacao_138-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3680/indicacao_139-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3681/indicacao_140-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3682/indicacao_141-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/indicacao_142-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_143-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_144-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_145-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_146-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_147-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_148-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_149-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_150-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_151-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_152.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/indicacao_153-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/indicacao_154-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_155-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_156-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3959/indicacao_157-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3960/indicacao_158-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3961/indicacao_159-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3962/indicacao_160-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3963/indicacao_161-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3964/indicacao_162-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3965/indicacao_163-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3966/indicacao_164-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3967/indicacao_165-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4120/indicacao_166-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4121/indicacao_167-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4122/indicacao_168-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4123/indicacao_169-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4124/indicacao_170-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4125/indicacao_171-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4126/indicacao_172-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4127/indicacao_173-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4128/indicacao_174-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4129/indicacao_175-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4130/indicacao_176-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4131/indicacao_177-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4132/indicacao_178-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4133/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4134/indicacao_180-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4135/indicacao_181-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4136/indicacao_182-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4137/indicacao_183-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4139/indicacao_184-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4140/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4141/indicacao_186-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4142/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4143/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4144/indicacao_189-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4145/indicacao_190-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4146/indicacao_191-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4147/indicacao_192-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4148/indicacao_193-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4149/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4150/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4151/indicacao_196-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4152/indicacao_197-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4153/indicacao_198-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4154/indicacao_199-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4155/indicacao_200-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4166/indicacao_201.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4167/indicacao_202.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4169/indicacao_203.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4170/indicacao_204.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4172/indicacao_205.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4174/indicacao_206-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4176/indicacao_207.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4177/indicacao_208.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4178/indicacao_209.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4180/indicacao_210.2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4182/indicacao_211.2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4164/indicacao_212.2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4165/indicacao_213.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4168/indicacao_214.2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4171/indicacao_215.2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4173/01012016_025802_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4175/01012016_025822_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4179/01012016_025906_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4181/01012016_030012_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4183/01012016_030034_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4184/01012016_030054_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4185/01012016_030135_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4198/04012016_044634_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4199/04012016_044738_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4200/04012016_044813_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4201/04012016_044948_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4202/04012016_045027_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4203/04012016_045044_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4204/04012016_045102_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4205/04012016_045122_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4206/04012016_045139_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4207/04012016_045158_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4208/04012016_045221_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4209/04012016_045327_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4210/04012016_045406_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4211/04012016_045441_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4212/04012016_045458_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4213/04012016_045530_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4214/04012016_045611_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4215/04012016_045631_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4216/04012016_045652_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4217/04012016_045710_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4218/04012016_045734_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4219/04012016_045823_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4220/04012016_045901_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4221/04012016_045919_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4222/04012016_045940_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4223/04012016_050000_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4224/04012016_050018_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4225/04012016_050120_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4226/04012016_050139_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4227/04012016_050159_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4228/04012016_050250_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4237/indicacao_254-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4238/indicacao_255-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4239/indicacao_256-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4240/indicacao_257-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4241/indicacao_258-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4243/indicacao_259-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4245/05012016_010152_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4246/05012016_010346_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4247/05012016_010437_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4248/05012016_010831_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4249/05012016_011011_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4250/05012016_011233_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4251/05012016_011420_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4252/05012016_011607_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4253/05012016_012053_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4254/05012016_012303_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4255/05012016_012409_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4256/05012016_012433_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4257/05012016_012451_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4259/05012016_012647_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4258/05012016_012955_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4273/indicacao_275.2021_000006.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4274/indicacao_276.2021_000007.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4275/indicacao_277.2021_000008.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4276/indicacao_278.2021_000009.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4277/indicacao_279.2021_000010.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4278/indicacao_280.2021_000011.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4279/indicacao_281.2021_000012.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4280/indicacao_282.2021_000013.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4282/indicacao_283.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4283/indicacao_284.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4284/indicacao_285.2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4285/indicacao_286.2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4286/indicacao_287.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4288/indicacao_288.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4289/indicacao_289.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4290/indicacao_290.2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4291/indicacao_291.2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4292/indicacao_292.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4293/indicacao_293.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4294/indicacao_294.2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4295/indicacao_295.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4296/indicacao_296.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4297/indicacao_297.2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4298/indicacao_298.2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4305/indicacao_299-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4306/indicacao_300-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4307/indicacao_301-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4308/indicacao_302-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4309/indicacao_303-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4311/indicacao_304-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4312/indicacao_305-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4314/indicacao_306-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4315/indicacao_307-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4316/indicacao_308-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4318/indicacao_309-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4319/indicacao_310-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4320/indicacao_311-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4325/indicacao_312-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4326/indicacao_313-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4327/indicacao_314-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4328/indicacao_315-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4329/indicacao_316-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4330/indicacao_317-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4331/indicacao_318-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4332/indicacao_319-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4346/indicacao_320.2021_000059.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4347/indicacao_321.2021_000060.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4348/indicacao_322.2021_000061.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4349/indicacao_323.2021_000062.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4350/indicacao_324.2021_000063.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4351/indicacao_325.2021_000064.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4352/indicacao_326.2021_000065.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4353/indicacao_327.2021_000066.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4354/indicacao_328.2021_000067.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4355/indicacao_329.2021_000068.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4359/indicacao_330-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4360/indicacao_331-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4361/indicacao_332-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4362/indicacao_333-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4363/indicacao_334-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4364/indicacao_335-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3642/mocao__jorge_carlos_gomes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_complementar_36-2021_000190.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4159/projeto_de_lei_complementar_37-2021_000330.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4187/projeto_de_lei_complementar_38-2021_000373.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4231/projeto_de_lei_complementar_39-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4233/projeto_de_lei_complementar_40-2021_000404.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4287/projeto_de_lei_complementar_41-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4338/projeto_de_lei_complementar_42-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4341/projeto_de_lei_complementar_43-2021.pdf.p.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3545/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3547/projeto_de_lei_03-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_de_lei_04-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_de_lei_05-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_de_lei_06-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_de_lei_07-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_de_lei_08-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3591/projeto_de_lei_09-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_de_lei_10-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3596/projeto_de_lei_11-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3597/projeto_de_lei_12-2021_000124.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3598/projeto_de_lei_13-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3600/projeto_de_lei_14-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3599/projeto_de_lei_15-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3601/projeto_de_lei_16-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_de_lei_17-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3683/projeto_de_lei_18-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3684/projeto_de_lei_19-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_20-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/projeto_de_lei_21-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3710/projeto_de_lei_22-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4138/projeto_de_lei_23-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4158/projeto_de_lei_24-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4160/projeto_de_lei_25-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4161/projeto_de_lei_26-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4186/projeto_de_lei_27-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4190/projeto_de_lei_28-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4191/projeto_de_lei_29-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4192/projeto_de_lei_30-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4232/projeto_de_lei_31-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4234/projeto_de_lei_32-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4266/pjlm.33.2021_000001.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4267/pjlm.34.2021_000002.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4265/pjlm.35.2021_000003.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4281/projeto_de_lei_36-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4299/projeto_de_lei_37-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4302/projeto_de_lei_38-20211.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4303/projeto_de_lei_39-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4300/projeto_de_lei_40-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4301/projeto_de_lei_41-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4304/projeto_de_lei_42-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4336/projeto_de_lei_43-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4337/projeto_de_lei_44-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4339/projeto_de_lei_45-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4356/projeto_de_lei_46-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4357/projeto_de_lei_47-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4358/projeto_de_lei_48-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4365/projeto_de_lei_49-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3593/projeto_de_resolucao_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4156/projeto_de_resolucao_02-2021_000309.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4157/projeto_de_resolucao_03-2021_000310.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4188/projeto_de_resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4230/projeto_de_resolucao_05-2021_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4235/projeto_de_resolucao_6-2021_000436.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4236/projeto_de_resolucao_7-2021_000437.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4340/projeto_de_resolucao_de_n_8-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/requerimento_01-2021_000001_-_copia.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_02-2021_000042.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3523/requerimento_03-2021_000043.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3524/requerimento_04-2021_000044.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3525/requerimento_05-2021_000045.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3526/requerimento_06-2021_000046.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_07-2021_000114.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3553/requerimento_08-2021_000115.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3554/requerimento_09-2021_000116.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3555/requerimento_10-2021_000117.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3556/requerimento_11-2021_000118.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3557/requerimento_12-2021_000119.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3602/requerimento_13-2021_000141.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3603/requerimento_14-2021_000142.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3604/requerimento_15-2021_000143.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3644/requerimento_16-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3645/requerimento_17-2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3646/requerimento_18-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_19-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_20-2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_21-2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_22-2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/requerimento_23-2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/requerimento_24-2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/requerimento_25-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/requerimento_26-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/requerimento_27-2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_28-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3709/requerimento_29-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3968/requerimento_30-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3969/requerimento_31-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3970/requerimento_32-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3971/requerimento_33-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3972/requerimento_34-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3973/requerimento_35-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4118/requerimento_36-2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4119/requerimento_37-2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4162/01012016_050532_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4163/01012016_050550_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4194/04012016_044412_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4195/04012016_044432_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4196/04012016_044450_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4197/04012016_044514_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4242/requerimento_44-2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4244/requerimento_45-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4260/05012016_005728_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4261/req_n_17.2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4262/05012016_005920_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4263/05012016_005938_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4268/requerimento_50_000002.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4270/requerimento_51_000003.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4271/requerimento_52_000004.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4272/requerimento_53_000005.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4310/requerimento_n._54.2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4313/requerimento_n._55.2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4317/requerimento_n._56.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4322/requerimento_n_57.2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4324/requerimento_n_58.2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4321/requerimento_59-2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4323/requerimento_60-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4334/requerimento_61-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4335/requerimento_62-2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4343/requerimento_63.2021_000057.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4344/requerimento_64.2021_000058.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4264/veto_parcial_ao_projeto_de_lei_19-2021_000439.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4269/pelo_11.2021_edit.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4342/projeto_de_emenda_a_lei_organica_n12.2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3595/projeto_substitutivo_-_lei_ordinaria_10-2021_000122.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4189/projeto_de_lei_substitutivo_24-2021_000374.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4229/projeto_substitutivo_no_30.2021_000395.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4552/projeto_substitutivo_37-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4345/projeto_substitutivo_no_39-2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3483/indicacao_01-2021_000002.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3484/indicacao_02-2021_000003.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3485/indicacao_03-2021_000004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3486/indicacao_04-2021_000005.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3487/indicacao_05-2021_000006.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3488/indicacao_06-2021_000007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3489/indicacao_07-2021_000008.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3490/indicacao_08-2021_000009.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3491/indicacao_09-2021_000010.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3492/indicacao_10-2021_000011.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3493/indicacao_11-2021_000012.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3494/indicacao_12-2021_000013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3495/indicacao_13-2021_000014.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3496/indicacao_14-2021_000015.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3497/indicacao_15-2021_000016.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3498/indicacao_16-2021_000017.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3499/indicacao_17-2021_000018.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3500/indicacao_18-2021_000019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3501/indicacao_19-2021_000020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3502/indicacao_20-2021_000021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3503/indicacao_21-2021_000022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3504/indicacao_22-2021_000023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3505/indicacao_23-2021_000024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3506/indicacao_24-2021_000025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3507/indicacao_25-2021_000026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3508/indicacao_26-2021_000027.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3509/indicacao_27-2021_000028.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3510/indicacao_28-2021_000029.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3511/indicacao_29-2021_000030.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3512/indicacao_30-2021_000031.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3513/indicacao_31-2021_000032.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3527/indicacao_32-2021_000047.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3528/indicacao_33-2021_000048.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3529/indicacao_34-2021_000049.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3530/indicacao_35-2021_000050.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3531/indicacao_36-2021_000051.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3532/indicacao_37-2021_000052.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3533/indicacao_38-2021_000053.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3534/indicacao_39-2021_000054.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3535/indicacao_40-2021_000055.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3536/indicacao_41-2021_000056.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3537/indicacao_42-2021_000057.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3538/indicacao_43-2021_000058.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3539/indicacao_44-2021_000059.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3540/indicacao_45-2021_000060.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3541/indicacao_46-2021_000061.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3542/indicacao_47-2021_000062.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3543/indicacao_48-2021_000063.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3544/indicacao_49-2021_000064.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3558/indicacao_50-2021_000085.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3559/indicacao_51-2021_000086.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3560/indicacao_52-2021_000087.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3561/indicacao_53-2021_000088.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3562/indicacao_54-2021_000089.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3563/indicacao_55-2021_000090.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3564/indicacao_56-2021_000091.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3565/indicacao_57-2021_000092.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3566/indicacao_58-2021_000093.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3567/indicacao_59-2021_000094.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3568/indicacao_60-2021_000095.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3569/indicacao_61-2021_000096.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3570/indicacao_62-2021_000097.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3571/indicacao_63-2021_000098.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3572/indicacao_64-2021_000099.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3573/indicacao_65-2021_000100.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3574/indicacao_66-2021_000101.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3575/indicacao_67-2021_000102.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3576/indicacao_68-2021_000103.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3577/indicacao_69-2021_000104.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3578/indicacao_70-2021_000105.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3579/indicacao_71-2021_000106.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3580/indicacao_72-2021_000107.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3581/indicacao_73-2021_000108.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3582/indicacao_74-2021_000109.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3583/indicacao_75-2021_000110.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3584/indicacao_76-2021_000111.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3585/indicacao_77-2021_000112.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3586/indicacao_78-2019_correto.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3605/indicacao_79-2021_000144.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3606/indicacao_80-2021_000145.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3607/indicacao_81-2021_000146.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3608/indicacao_82-2021_000147.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3609/indicacao_83-2021_000148.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3610/indicacao_84-2021_000149.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3611/indicacao_85-2021_000150.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3612/indicacao_86-2021_000151.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3613/indicacao_87-2021_000152.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3614/indicacao_88-2021_000153.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3615/indicacao_89-2021_000154.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3616/indicacao_90-2021_000155.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3617/indicacao_91-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3618/indicacao_92-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3619/indicacao_93-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3620/indicacao_94-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3621/indicacao_95-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3622/indicacao_96-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3624/indicacao_98-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3625/indicacao_99-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3626/indicacao_100-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3627/indicacao_101-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3628/indicacao_102-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3629/indicacao_103-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3630/indicacao_104-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3631/indicacao_105-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3632/indicacao_106-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3633/indicacao_107-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3634/indicacao_108-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3635/indicacao_109-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3636/indicacao_110-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3637/indicacao_111-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3638/indicacao_112-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3639/indicacao_113-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3640/indicacao_114-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3653/indicacao_115-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3654/indicacao_116-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3655/indicacao_117-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3656/indicacao_118-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3657/indicacao_119-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3658/indicacao_120-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3659/indicacao_121-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3660/indicacao_122-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3661/indicacao_123-2021_000179.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3662/indicacao_124-2021_000180.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3663/indicacao_125-2021_000181.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3664/indicacao_126-2021_000182.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3665/indicacao_127-2021_000183.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3666/indicacao_128-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3667/indicacao_129-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3668/indicacao_130-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3670/indicacao_131-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3671/indicacao_132-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3674/indicacao_133-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3675/indicacao_134-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3676/indicacao_135-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3677/indicacao_136-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3678/indicacao_137-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3679/indicacao_138-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3680/indicacao_139-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3681/indicacao_140-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3682/indicacao_141-2021_000156.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3688/indicacao_142-2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3689/indicacao_143-2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3690/indicacao_144-2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3691/indicacao_145-2021.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3692/indicacao_146-2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3693/indicacao_147-2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3694/indicacao_148-2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3695/indicacao_149-2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3696/indicacao_150-2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3697/indicacao_151-2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3698/indicacao_152.2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3699/indicacao_153-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3700/indicacao_154-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3701/indicacao_155-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3702/indicacao_156-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3959/indicacao_157-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3960/indicacao_158-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3961/indicacao_159-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3962/indicacao_160-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3963/indicacao_161-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3964/indicacao_162-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3965/indicacao_163-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3966/indicacao_164-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3967/indicacao_165-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4120/indicacao_166-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4121/indicacao_167-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4122/indicacao_168-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4123/indicacao_169-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4124/indicacao_170-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4125/indicacao_171-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4126/indicacao_172-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4127/indicacao_173-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4128/indicacao_174-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4129/indicacao_175-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4130/indicacao_176-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4131/indicacao_177-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4132/indicacao_178-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4133/indicacao_179-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4134/indicacao_180-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4135/indicacao_181-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4136/indicacao_182-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4137/indicacao_183-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4139/indicacao_184-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4140/indicacao_185-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4141/indicacao_186-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4142/indicacao_187-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4143/indicacao_188-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4144/indicacao_189-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4145/indicacao_190-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4146/indicacao_191-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4147/indicacao_192-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4148/indicacao_193-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4149/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4150/indicacao_194-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4151/indicacao_196-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4152/indicacao_197-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4153/indicacao_198-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4154/indicacao_199-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4155/indicacao_200-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4166/indicacao_201.2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4167/indicacao_202.2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4169/indicacao_203.2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4170/indicacao_204.2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4172/indicacao_205.2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4174/indicacao_206-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4176/indicacao_207.2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4177/indicacao_208.2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4178/indicacao_209.2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4180/indicacao_210.2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4182/indicacao_211.2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4164/indicacao_212.2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4165/indicacao_213.2021.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4168/indicacao_214.2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4171/indicacao_215.2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4173/01012016_025802_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4175/01012016_025822_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4179/01012016_025906_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4181/01012016_030012_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4183/01012016_030034_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4184/01012016_030054_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4185/01012016_030135_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4198/04012016_044634_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4199/04012016_044738_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4200/04012016_044813_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4201/04012016_044948_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4202/04012016_045027_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4203/04012016_045044_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4204/04012016_045102_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4205/04012016_045122_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4206/04012016_045139_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4207/04012016_045158_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4208/04012016_045221_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4209/04012016_045327_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4210/04012016_045406_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4211/04012016_045441_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4212/04012016_045458_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4213/04012016_045530_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4214/04012016_045611_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4215/04012016_045631_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4216/04012016_045652_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4217/04012016_045710_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4218/04012016_045734_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4219/04012016_045823_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4220/04012016_045901_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4221/04012016_045919_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4222/04012016_045940_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4223/04012016_050000_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4224/04012016_050018_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4225/04012016_050120_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4226/04012016_050139_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4227/04012016_050159_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4228/04012016_050250_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4237/indicacao_254-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4238/indicacao_255-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4239/indicacao_256-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4240/indicacao_257-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4241/indicacao_258-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4243/indicacao_259-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4245/05012016_010152_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4246/05012016_010346_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4247/05012016_010437_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4248/05012016_010831_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4249/05012016_011011_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4250/05012016_011233_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4251/05012016_011420_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4252/05012016_011607_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4253/05012016_012053_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4254/05012016_012303_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4255/05012016_012409_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4256/05012016_012433_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4257/05012016_012451_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4259/05012016_012647_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4258/05012016_012955_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4273/indicacao_275.2021_000006.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4274/indicacao_276.2021_000007.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4275/indicacao_277.2021_000008.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4276/indicacao_278.2021_000009.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4277/indicacao_279.2021_000010.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4278/indicacao_280.2021_000011.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4279/indicacao_281.2021_000012.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4280/indicacao_282.2021_000013.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4282/indicacao_283.2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4283/indicacao_284.2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4284/indicacao_285.2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4285/indicacao_286.2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4286/indicacao_287.2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4288/indicacao_288.2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4289/indicacao_289.2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4290/indicacao_290.2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4291/indicacao_291.2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4292/indicacao_292.2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4293/indicacao_293.2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4294/indicacao_294.2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4295/indicacao_295.2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4296/indicacao_296.2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4297/indicacao_297.2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4298/indicacao_298.2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4305/indicacao_299-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4306/indicacao_300-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4307/indicacao_301-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4308/indicacao_302-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4309/indicacao_303-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4311/indicacao_304-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4312/indicacao_305-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4314/indicacao_306-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4315/indicacao_307-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4316/indicacao_308-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4318/indicacao_309-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4319/indicacao_310-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4320/indicacao_311-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4325/indicacao_312-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4326/indicacao_313-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4327/indicacao_314-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4328/indicacao_315-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4329/indicacao_316-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4330/indicacao_317-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4331/indicacao_318-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4332/indicacao_319-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4346/indicacao_320.2021_000059.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4347/indicacao_321.2021_000060.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4348/indicacao_322.2021_000061.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4349/indicacao_323.2021_000062.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4350/indicacao_324.2021_000063.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4351/indicacao_325.2021_000064.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4352/indicacao_326.2021_000065.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4353/indicacao_327.2021_000066.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4354/indicacao_328.2021_000067.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4355/indicacao_329.2021_000068.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4359/indicacao_330-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4360/indicacao_331-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4361/indicacao_332-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4362/indicacao_333-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4363/indicacao_334-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4364/indicacao_335-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3642/mocao__jorge_carlos_gomes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3685/projeto_de_lei_complementar_36-2021_000190.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4159/projeto_de_lei_complementar_37-2021_000330.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4187/projeto_de_lei_complementar_38-2021_000373.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4231/projeto_de_lei_complementar_39-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4233/projeto_de_lei_complementar_40-2021_000404.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4287/projeto_de_lei_complementar_41-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4338/projeto_de_lei_complementar_42-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4341/projeto_de_lei_complementar_43-2021.pdf.p.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3545/projeto_de_lei_01-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3546/projeto_de_lei_02-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3547/projeto_de_lei_03-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3548/projeto_de_lei_04-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3549/projeto_de_lei_05-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3550/projeto_de_lei_06-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3551/projeto_de_lei_07-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3590/projeto_de_lei_08-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3591/projeto_de_lei_09-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3592/projeto_de_lei_10-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3596/projeto_de_lei_11-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3597/projeto_de_lei_12-2021_000124.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3598/projeto_de_lei_13-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3600/projeto_de_lei_14-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3599/projeto_de_lei_15-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3601/projeto_de_lei_16-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3641/projeto_de_lei_17-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3683/projeto_de_lei_18-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3684/projeto_de_lei_19-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3686/projeto_de_lei_20-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3687/projeto_de_lei_21-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3710/projeto_de_lei_22-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4138/projeto_de_lei_23-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4158/projeto_de_lei_24-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4160/projeto_de_lei_25-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4161/projeto_de_lei_26-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4186/projeto_de_lei_27-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4190/projeto_de_lei_28-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4191/projeto_de_lei_29-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4192/projeto_de_lei_30-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4232/projeto_de_lei_31-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4234/projeto_de_lei_32-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4266/pjlm.33.2021_000001.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4267/pjlm.34.2021_000002.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4265/pjlm.35.2021_000003.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4281/projeto_de_lei_36-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4299/projeto_de_lei_37-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4302/projeto_de_lei_38-20211.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4303/projeto_de_lei_39-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4300/projeto_de_lei_40-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4301/projeto_de_lei_41-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4304/projeto_de_lei_42-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4336/projeto_de_lei_43-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4337/projeto_de_lei_44-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4339/projeto_de_lei_45-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4356/projeto_de_lei_46-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4357/projeto_de_lei_47-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4358/projeto_de_lei_48-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4365/projeto_de_lei_49-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3593/projeto_de_resolucao_no_01-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4156/projeto_de_resolucao_02-2021_000309.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4157/projeto_de_resolucao_03-2021_000310.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4188/projeto_de_resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4230/projeto_de_resolucao_05-2021_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4235/projeto_de_resolucao_6-2021_000436.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4236/projeto_de_resolucao_7-2021_000437.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4340/projeto_de_resolucao_de_n_8-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3482/requerimento_01-2021_000001_-_copia.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3522/requerimento_02-2021_000042.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3523/requerimento_03-2021_000043.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3524/requerimento_04-2021_000044.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3525/requerimento_05-2021_000045.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3526/requerimento_06-2021_000046.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3552/requerimento_07-2021_000114.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3553/requerimento_08-2021_000115.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3554/requerimento_09-2021_000116.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3555/requerimento_10-2021_000117.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3556/requerimento_11-2021_000118.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3557/requerimento_12-2021_000119.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3602/requerimento_13-2021_000141.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3603/requerimento_14-2021_000142.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3604/requerimento_15-2021_000143.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3644/requerimento_16-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3645/requerimento_17-2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3646/requerimento_18-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3647/requerimento_19-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3648/requerimento_20-2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3649/requerimento_21-2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3650/requerimento_22-2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3703/requerimento_23-2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3704/requerimento_24-2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3705/requerimento_25-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3706/requerimento_26-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3707/requerimento_27-2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3708/requerimento_28-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3709/requerimento_29-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3968/requerimento_30-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3969/requerimento_31-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3970/requerimento_32-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3971/requerimento_33-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3972/requerimento_34-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3973/requerimento_35-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4118/requerimento_36-2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4119/requerimento_37-2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4162/01012016_050532_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4163/01012016_050550_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4194/04012016_044412_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4195/04012016_044432_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4196/04012016_044450_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4197/04012016_044514_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4242/requerimento_44-2021.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4244/requerimento_45-2021.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4260/05012016_005728_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4261/req_n_17.2021.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4262/05012016_005920_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4263/05012016_005938_brn3c2af42a09c6_0001.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4268/requerimento_50_000002.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4270/requerimento_51_000003.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4271/requerimento_52_000004.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4272/requerimento_53_000005.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4310/requerimento_n._54.2021.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4313/requerimento_n._55.2021.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4317/requerimento_n._56.2021.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4322/requerimento_n_57.2021.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4324/requerimento_n_58.2021.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4321/requerimento_59-2021.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4323/requerimento_60-2021.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4334/requerimento_61-2021.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4335/requerimento_62-2021.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4343/requerimento_63.2021_000057.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4344/requerimento_64.2021_000058.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4264/veto_parcial_ao_projeto_de_lei_19-2021_000439.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4269/pelo_11.2021_edit.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4342/projeto_de_emenda_a_lei_organica_n12.2021.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/3595/projeto_substitutivo_-_lei_ordinaria_10-2021_000122.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4189/projeto_de_lei_substitutivo_24-2021_000374.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4229/projeto_substitutivo_no_30.2021_000395.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4552/projeto_substitutivo_37-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2021/4345/projeto_substitutivo_no_39-2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H475"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="148" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>