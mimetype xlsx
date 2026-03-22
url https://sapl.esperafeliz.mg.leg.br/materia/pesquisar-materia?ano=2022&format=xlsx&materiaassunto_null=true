--- v0 (2025-10-25)
+++ v1 (2026-03-22)
@@ -54,3211 +54,3211 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4370</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4370/i_01.2022_000105.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4370/i_01.2022_000105.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma nova ponte na Comunidade do Angola, conforme local especificado na justificativa, sendo que a ponte que existia caiu, não tendo como realizar a travessia. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4371</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Paulinho do Salão, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4371/i_02.2022_000106.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4371/i_02.2022_000106.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua José Moreira, no bairro Vale do Sol, patrolando, ensaibrando, procedendo com limpeza, enfim, realizando manutenção da rua;</t>
   </si>
   <si>
     <t>4372</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4372/i_03.2022_000107.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4372/i_03.2022_000107.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral nas ruas que ficam localizadas abaixo do quiosque da água de coco, saída para Carangola, conforme especificadas abaixo: serviço de capina; retirada de entulho, operação tapa buracos, prevenção e controle de bichos peçonhentos;</t>
   </si>
   <si>
     <t>4373</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4373/i_04.2022_000108.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4373/i_04.2022_000108.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias no Bairro Novo Horizonte, conforme especificadas abaixo: Verificar a situação de um desmanche de carro que fica no início do bairro, prejudicando o trânsito tanto de motoristas quanto de pedestres, sendo que os veículos estão estacionados na via pública; Instalar tampas em todos os bueiros da Rua Carlos Grillo, haja vista estar perigoso para pedestres, principalmente crianças e idosos, transitarem; Providências na Rua Manoel Francisco Neves, sendo que tem uma parte da rua que está desabando, trazendo perigo para os moradores e, ainda, tendo a situação de terem sido instalados 03 (três) quebra-molas, nessa mesma rua,  em um espaço reduzido, muito próximos um do outro, sem nenhuma sinalização, o que vem causando transtorno para os motoristas;  Capina e retirada de lixo da Rua Nelson Silva Valadão, que está muito suja, gerando enormes transtornos aos moradores da localidade e aos transeuntes que por ali trafegam;</t>
   </si>
   <si>
     <t>4374</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4374/i_05.2022_000109.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4374/i_05.2022_000109.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recuperar parte da calçada na Rua Carlos Virgílio, próximo ao plano zelo, por estar desabando, oferecendo risco para os pedestres;</t>
   </si>
   <si>
     <t>4375</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4375/i_06.2022_000110.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4375/i_06.2022_000110.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar uma tela ou cerca na rua Ebenézer em Dores de Minas e, providenciar a troca da caixa d’ água de abastecimento que está muito danificada ou até mesmo limpeza e colocação de uma tampa na mesma, pois devido não estar tampada, a água está muito suja;</t>
   </si>
   <si>
     <t>4377</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4377/i_07.2022_000111.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4377/i_07.2022_000111.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma quadra de tênis na área de lazer, conforme segue foto do local, sendo que este espaço atualmente não está sendo utilizado.</t>
   </si>
   <si>
     <t>4381</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4381/indicacao_08-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4381/indicacao_08-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com a empresa responsável pela iluminação do bairro Vale do Sol II para que a mesma realize manutenção na Rua Delete Hortência, substituindo as lâmpadas queimadas, o que tornou a rua muito escura, e no ensejo revise as demais ruas do bairro;</t>
   </si>
   <si>
     <t>4382</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4382/indicacao_09-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4382/indicacao_09-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei e, após encaminhar à Casa para aprovação, tendo como finalidade instituir auxílio alimentação, de caráter indenizatório, para os Servidores do Executivo Municipal;</t>
   </si>
   <si>
     <t>4383</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4383/indicacao_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4383/indicacao_10-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com o corte da árvore que fica nas margens do Rio São João, atrás do prédio da Melhor Idade, conforme laudo da Defesa Civil, liberando o serviço, devido trazer risco para a população;</t>
   </si>
   <si>
     <t>4384</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4384/indicacao_11-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4384/indicacao_11-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria de Saúde, veja a viabilidade de aumentar o número de medicamentos da farmácia da policlínica e repor constantemente os remédios essenciais, os de controle e os mais básicos, haja vista a reclamação constante dos munícipes sobre a falta de remédios nessa localidade;</t>
   </si>
   <si>
     <t>4385</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4385/indicacao_12-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4385/indicacao_12-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto à Secretaria competente, veja a viabilidade realizar melhorias na estrada principal que liga o município de Espera Feliz à Comunidade da Chave e a estrada secundária, (paralela) que também dá acesso a Comunidade Chave, passando pela Pedreira Floresta e propriedade do Sr. Osmar Gomes da Silva;</t>
   </si>
   <si>
     <t>4386</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4386/indicacao_13-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4386/indicacao_13-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de manilhar e jogar saibro no trecho compreendido entre a entrada da Escola Municipal Alvaro de Sá Barbosa e o Parquinho, localizados na Comunidade da Vargem Alegre, e ainda realizar uma limpeza geral de capina, sendo que o mato está invadindo, quase cobrindo a escola. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4387</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Grécia Faria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4387/indicacao_14-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4387/indicacao_14-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com a construção de 03 (três) parquinhos infantis nos locais citados abaixo: CMEI Onéia Aparecida Fumian da Silva; Praça em frente ao Campestre Clube; Terreno que pertence ao Executivo Municipal, localizado no bairro do Roque, próximo ao ESF.</t>
   </si>
   <si>
     <t>4395</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Carla Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4395/indicacao_15-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4395/indicacao_15-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, se for de Vossa competência, providencie uma melhor sinalização no trevo de saída do município (sentido Dores do Rio Preto), e caso não seja, que entre em contato com o órgão competente, solicitando as devidas providências;</t>
   </si>
   <si>
     <t>4396</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4396/indicacao_16-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4396/indicacao_16-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com uma limpeza e capina na rua Álvaro de Sá Barbosa, conhecida como rua do buraco;</t>
   </si>
   <si>
     <t>4397</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4397/indicacao_17-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4397/indicacao_17-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, construa uma guarita na BR 482, na entrada do bairro Floresta, acesso à Pedreira do Deneir Pelegrine;</t>
   </si>
   <si>
     <t>4398</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4398/indicacao_18-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4398/indicacao_18-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com iluminação na ponte da BR 482 (entrada do Caparaó);</t>
   </si>
   <si>
     <t>4399</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4399/indicacao_19-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4399/indicacao_19-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, proceda com um serviço de repaginação e de paisagismo nos dois portais de entrada da cidade, sendo sugerido o portal de Alto Caparaó, ou ficando a critério de um arquiteto/engenheiro que o Executivo determinar;</t>
   </si>
   <si>
     <t>4400</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4400/indicacao_20-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4400/indicacao_20-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Gerson Gomes da Silva, conforme especificadas abaixo: Instalação de rede de esgoto na Rua Gerson Gomes da Silva, pois como pode ser observado através das fotos que seguem anexadas, o esgoto escorre a céu aberto; Limpeza geral da rua; Instalação de latões de lixo;</t>
   </si>
   <si>
     <t>4401</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4401/indicacao_21-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4401/indicacao_21-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com a família Zanon a fim de notificar o proprietário do loteamento que fica na Rua João Batista Zanon, no bairro Santa Cecília, solicitando que providencie a limpeza urgente desse terreno. Peço ainda a prefeitura que tome providências em relação a uma moita imensa de bambu que está ao lado do lote citado, sendo que está invadindo a rua, afetando os moradores;</t>
   </si>
   <si>
     <t>4402</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4402/indicacao_22-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4402/indicacao_22-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma reforma geral na rodoviária do nosso município, conforme especificadas abaixo:  Reparo no bebedouro, para que volte a funcionar da forma correta, sendo que está vazando muita água e ainda necessitando de uma limpeza urgente;  Limpeza diária dos banheiros e arredores do local; Troca de lâmpadas queimadas nos banheiros, sendo que estão muito escuros; Limpeza da rodoviária no todo e etc;</t>
   </si>
   <si>
     <t>4403</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4403/indicacao_23-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4403/indicacao_23-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar a Rua do Alambique e a Rua Projetada, que ficam localizadas no bairro Vale do Sol III;</t>
   </si>
   <si>
     <t>4404</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4404/indicacao_24-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4404/indicacao_24-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas que dão acesso às Comunidades especificadas abaixo: Areal; Bonfim; Córrego Zanirati; Chinelo; Córrego dos Magros.</t>
   </si>
   <si>
     <t>4405</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4405/i.25-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4405/i.25-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades construa uma ponte de concreto armado na Comunidade de São Domingos, na entrada do José Nilo, próxima a vila do novo calçamento;</t>
   </si>
   <si>
     <t>4406</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4406/i.26-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4406/i.26-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um projeto de Lei e encaminhar a essa Casa para estudo e apreciação, estabelecendo nova tabela de remuneração aos Conselheiros Tutelares do município.</t>
   </si>
   <si>
     <t>4407</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4407/i.27-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4407/i.27-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias em frente a entrada do prédio onde funciona o Karatê, dentro do parque de Exposições Alexandre Pereira de Souza.  Conforme relato de pais e alunos o acesso é prejudicado porque ficam muitos caminhões parados, montes de terra depositados e, quando chove, fica difícil transitar devido a lama. Peço providências, no sentido de retirar essa terra amontoada, que caminhões parem de uma forma que não prejudiquem o embarque e desembarque dos alunos, e, se, possível que seja calçado este trecho;</t>
   </si>
   <si>
     <t>4408</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4408/i.28-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4408/i.28-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar os canteiros que ficam localizados na área central do município, principalmente os da Rua Fioravante Padula, plantando flores coloridas tanto na parte alta, como no canteiro que fica na parte baixa. Sugiro ainda que, proceda com serviço de pintura nas barras de proteção e nos paredões/muros destes canteiros;</t>
   </si>
   <si>
     <t>4409</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Maria Izabel, Matusalém, Paulinho do Salão, Rômolo Donadio, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4409/i.29-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4409/i.29-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de trazer para o município o projeto de impermeabilização das estradas rurais, a fim de melhorar o acesso das vias. Destaco que esse projeto está em fase de teste no município de Montanha/ES, e o objetivo do projeto é um novo tipo de asfalto ecológico para estradas rurais, sendo mais durável e seis vezes mais barato que o asfalto tradicional;</t>
   </si>
   <si>
     <t>4410</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4410/i.30-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4410/i.30-17.03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza em um matagal na Rua Henrique Gripp Filho, em frente a Policlínica Municipal, (foto anexada), e também ver a possibilidade de utilizar esse local para um estacionamento, demarcando vagas e até mesmo vendo a possibilidade de calçar até certo ponto, sendo que esta área é muito próxima à margem do Rio São João;</t>
   </si>
   <si>
     <t>4411</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4411/i.31-17.03_000209.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4411/i.31-17.03_000209.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação em um trecho de terra que tem na Rua Governador Bias Fortes, tornando assim a rua toda pavimentada.  Informo ser um trecho muito pequeno, o que não irá onerar muito os cofres públicos.  Solicito também que seja realizado um serviço de poda das árvores deste trecho sendo que estão imensas, correndo o risco de desabarem e, ainda, capina geral na rua. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4412</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4412/i.32-17.03_000210.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4412/i.32-17.03_000210.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades entre em contato com as instâncias governamentais devidas – estadual e federal – Secretaria de Cultura e Turismo do Estado de Minas Gerais / Ministério do Turismo, solicitando a liberação de recursos, para que possamos implementar o projeto Rota Paraíso (cópia anexada) no município de Espera Feliz;</t>
   </si>
   <si>
     <t>4417</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4417/indicacao_33.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4417/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades realize reforma e ampliação do ESF Vargem Alegre com construção de sala de Vacina, reforma da cozinha, construção de mais um banheiro para funcionário e calçada no entorno;</t>
   </si>
   <si>
     <t>4418</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4418/indicacao_34.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4418/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e realize melhorias na caixa de alvenaria da captação da água na Comunidade São Domingos;</t>
   </si>
   <si>
     <t>4419</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4419/indicacao_35.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4419/indicacao_35.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente, e dentro das viabilidades solicite à secretaria de Esportes que preste mensalmente serviço de roçagem nos campos de futebol da Comunidade do Paraíso e do Distrito do São José da Pedra Menina;</t>
   </si>
   <si>
     <t>4420</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4420/indicacao_36.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4420/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e designe um Servidor da Secretaria de Obras específico, para atender a comunidade São Domingos;</t>
   </si>
   <si>
     <t>4421</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4421/indicacao_37.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4421/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de demarcar as vagas de estacionamento de veículos e motocicletas, em toda extensão da Rua Fioravante Padula, (parte alta e parte baixa), e um trecho da Rua João Sebastião de Amorim, (dos dois lados), iniciando na Praça da Bandeira e finalizando no Educandário Sacramentino (Seminário);</t>
   </si>
   <si>
     <t>4422</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4422/indicacao_38.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4422/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na rua onde o caminhão pipa do Executivo Municipal abastece, onde foi feito serviço de terraplanagem, (por cima da Rua do Buraco);</t>
   </si>
   <si>
     <t>4423</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4423/indicacao_39.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4423/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de trocar o lado de estacionamento da Rua Pedro Dias Neto, permitindo estacionar do lado esquerdo e não do lado direito como vem sendo atualmente;</t>
   </si>
   <si>
     <t>4424</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4424/indicacao_40.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4424/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir 02 banheiros na Praça José Alves, que fica localizada em frente ao Campestre Clube, devido estar funcionando um quiosque a noite nesta localidade e também por ter um  parquinho para crianças, estando sendo muito frequentada. Aproveito para parabenizar o Prefeito Oziel Gomes e ao Ex-Vereador Gilmar Augusto pela construção do parquinho infantil.  Segue foto anexada;</t>
   </si>
   <si>
     <t>4425</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4425/indicacao_41.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4425/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a praça situada na rodovia BR 482 (perímetro urbano), que fica em frente à entrada rural que dá acesso ao município de Caparaó. Segue foto anexada;</t>
   </si>
   <si>
     <t>4426</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4426/indicacao_42.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4426/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral na Rua Salermo e após manutenção. Sugiro ainda a colocação de um  refletor na escadaria dessa rua, que dá acesso a BR.  Segue foto anexada;</t>
   </si>
   <si>
     <t>4427</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4427/indicacao_43.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4427/indicacao_43.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ter um posto policial no terminal rodoviário de Espera Feliz, mantendo 02 policiais dia e noite, sendo aproveitado uma sala vazia que tem na própria localidade;</t>
   </si>
   <si>
     <t>4428</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4428/indicacao_44.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4428/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar as estradas que dão acesso às comunidades: São João da Farinha; Boa Esperança e Angola;</t>
   </si>
   <si>
     <t>4429</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4429/indicacao_45.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4429/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar 01(um) segurança na portaria do hospital de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4430</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4430/indicacao_46.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4430/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar a creche que está localizada no Bairro do Roque;</t>
   </si>
   <si>
     <t>4431</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4431/indicacao_47.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4431/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral e capina periódica no Morro São Francisco e na Rua Pereira;</t>
   </si>
   <si>
     <t>4432</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4432/indicacao_48.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4432/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de cercar a frente da Policlínica Municipal, onde ficam os pacientes esperando atendimento, propiciando assim mais privacidade e segurança, principalmente no período sembrol (madrugada) onde muitas pessoas passam a noite na fila. Peço também colocação de mais assentos nessa localidade;</t>
   </si>
   <si>
     <t>4440</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4440/indicacao_49-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4440/indicacao_49-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, proceda com serviço de calçamento na frente da Comunidade do Quicé, iniciando próximo à entrada da propriedade do Sr. Sebastião Pelegrine e finalizando onde será construído a escola;</t>
   </si>
   <si>
     <t>4441</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4441/indicacao_50-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4441/indicacao_50-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com serviço de reparo no calçamento da Rua Ana Paixão ou, na viabilidade, asfaltar;</t>
   </si>
   <si>
     <t>4442</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4442/indicacao_51-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4442/indicacao_51-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ser instalada 01(uma) faixa elevada de pedestre na rua Doze de Outubro (Escola Erênio), e também colocado placas de proibido estacionar ao redor da escola;</t>
   </si>
   <si>
     <t>4443</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4443/indicacao_52-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4443/indicacao_52-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um projeto paisagístico transformando a área da frente das Secretarias Municipais (estacionamento atual) em uma praça, colocando vasos de plantas, bancos, postinhos de luz etc, Seguem fotos do local;</t>
   </si>
   <si>
     <t>4444</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4444/indicacao_53-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4444/indicacao_53-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de asfaltar o calçamento do trilho da Rua Ernesto Grillo, sendo que conta com pedras soltas, totalmente irregular;</t>
   </si>
   <si>
     <t>4445</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4445/indicacao_54-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4445/indicacao_54-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de serem instalados redutores de velocidade com sinalização, na Vila Quicé;</t>
   </si>
   <si>
     <t>4446</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4446/indicacao_55-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4446/indicacao_55-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a banca de jornal que fica na Praça da Bandeira (em frente ao Banco do Brasil), sendo sugerido restaurá-la da mesma forma que foram restaurados os quiosques da Praça Cira Rosa, ficando assim padronizadas essas construções;</t>
   </si>
   <si>
     <t>4447</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4447/indicacao_56-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4447/indicacao_56-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, finalize o calçamento da Rua Wanderlei Cassimiro Campos, sendo que essa via pública já está quase toda pavimentada, faltando apenas um trecho;</t>
   </si>
   <si>
     <t>4448</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4448/indicacao_57-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4448/indicacao_57-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, proceda com melhorias na praça do bairro João Clara, com serviço de limpeza geral; serviço de capina, colocação de novos latões de lixo; construção de um pequeno parque infantil, etc.</t>
   </si>
   <si>
     <t>4470</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4470/indicacao_58-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4470/indicacao_58-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir um parque infantil na praça da Igreja da Comunidade do São Sebastião da Barra e, ainda, construir um parquinho infantil em todas as Comunidades rurais que apresentem um espaço adequado para instalação.</t>
   </si>
   <si>
     <t>4471</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4471/indicacao_59-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4471/indicacao_59-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar calha no telhado da rodoviária, do lado de embarque e desembarque de ônibus.</t>
   </si>
   <si>
     <t>4472</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4472/indicacao_60-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4472/indicacao_60-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma manutenção nas estradas da Comunidade do Córrego Grande, conforme especificadas abaixo: Alargar alguns trechos críticos, por ser uma estrada muito estreita;  Manilhar, para que tenha o escoamento correto da água de chuva, sendo que há locais que a água passa por cima da estrada;  Patrolar e ensaibrar.</t>
   </si>
   <si>
     <t>4473</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4473/indicacao_61-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4473/indicacao_61-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de pavimentar com bloquetes a Rua Giovani Labate, rua localizada no Bairro do Roque.</t>
   </si>
   <si>
     <t>4474</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4474/indicacao_62-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4474/indicacao_62-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral nas margens do córrego do bairro do Roque, pois conforme pode ser observado através das fotos que seguem anexadas, está com acúmulo de entulhos e matos.</t>
   </si>
   <si>
     <t>4477</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4477/indicacao_63-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4477/indicacao_63-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de pavimentar com bloquetes as ruas do povoado Santo Amaro, que fica localizado próximo ao posto fiscal da Polícia Rodoviária de Dores do Rio Preto e também ver a possibilidade de extensão da rede elétrica em alguns pontos dessa localidade.</t>
   </si>
   <si>
     <t>4478</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4478/indicacao_64-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4478/indicacao_64-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear o asfalto da Vila Aristóteles Gomes (beira-rio), em toda extensão dessa via pública.</t>
   </si>
   <si>
     <t>4482</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4482/indicacao_65-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4482/indicacao_65-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral, com serviço de capina, varrição, coleta de lixos, em todas as ruas do Bairro Novo Horizonte e após constante manutenção;</t>
   </si>
   <si>
     <t>4483</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4483/indicacao_66-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4483/indicacao_66-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral, com serviço de capina, varrição, coleta de lixos, em todas as ruas do Vale do Sol II e após constante manutenção;</t>
   </si>
   <si>
     <t>4484</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4484/indicacao_67-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4484/indicacao_67-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na rua Alto Caparaó, conforme especificadas abaixo: Calçamento; Recuperação das margens do rio com colocação de gabiões de pedras; Arborização;</t>
   </si>
   <si>
     <t>4485</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4485/indicacao_68-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4485/indicacao_68-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fazer uma passagem de nível unindo a calçada do Bradesco com a faixa de pedestre que dá acesso a loja Tavares, com o devido escoamento de águas pluviais. Observa-se a dificuldade que os cadeirantes enfrentam ao utilizarem essa faixa, do lado citado acima;</t>
   </si>
   <si>
     <t>4486</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4486/indicacao_69-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4486/indicacao_69-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com serviço de reparo no calçamento da Rua Wesser Lacerda de Amorim ou, nas possibilidades, asfaltar.</t>
   </si>
   <si>
     <t>4490</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_70-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_70-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com serviço de reparo no calçamento da Rua Murilo Máclovis Lopes ou, nas possibilidades, asfaltar essa via pública;</t>
   </si>
   <si>
     <t>4491</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_71-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_71-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar brinquedos adaptados e equipamentos especialmente desenvolvidos para lazer e recreação de crianças com deficiência e/ou portadoras de mobilidade reduzida e necessidades especiais, em praças e parques públicos, no âmbito do município de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4492</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Carla Nogueira, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_72-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_72-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de proceder com melhorias na Área de Lazer do município, conforme especificadas abaixo: Colocação de tenda no espaço utilizado para atividades da Melhor Idade; Construção de um espaço multiuso com capacidade para 1500 pessoas assentadas; Construção de 03 (três) quiosques; Construção de 02 banheiros (feminino e masculino); Troca de todo piso, colocando um piso colorido, retangular de 6 cm, 10x20; Reforma da pista de skate; Construção de uma Arena Baal;</t>
   </si>
   <si>
     <t>4494</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_73-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_73-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de instalar uma cobertura na quadra da Comunidade da Chave;</t>
   </si>
   <si>
     <t>4495</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_74-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_74-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de instalar uma cobertura na quadra da Comunidade da Vargem Alegre;</t>
   </si>
   <si>
     <t>4496</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Carla Nogueira, Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_75-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_75-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de instalar uma cobertura na quadra do Distrito do São José da Pedra Menina;</t>
   </si>
   <si>
     <t>4497</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_76-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_76-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de acimentar e cobrir a área externa do CMEI - Centro Muncipal de Educação Infantil Professora Onéia Aparecida da Silva Fumian;</t>
   </si>
   <si>
     <t>4498</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Carla Nogueira, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Matusalém, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_77-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_77-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de proceder com calçamento no contorno rodoviário (BR 482) que torneia a cidade de Espera Feliz, com bloquete de concreto;</t>
   </si>
   <si>
     <t>4499</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_78-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_78-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de proceder com calçamento Rua Projetada C, que fica localizada no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_79-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_79-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de proceder com manilhamento e melhorias na Rua Projetada D, que fica localizada no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_80-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_80-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de finalizar o calçamento da Rua Manoel Francisco Neves, que fica no bairro Novo Horizonte, sendo que tem um trecho de aproximadamente 130 metros que está sem pavimentação;</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4502/indicacao_81-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4502/indicacao_81-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento nas ruas especificadas abaixo: Rua Ebénezer, que fica em Dores de Minas e as Ruas do bairro Patronato;</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4503/indicacao_82-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4503/indicacao_82-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas na devida medida padrão, na Rua Fioravante Padula, sendo:  na parte alta, em frente à loja Jacqueline Modas, e na parte baixa, em frente a antiga loja Miguel Móveis;</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4504/indicacao_83-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4504/indicacao_83-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza geral nas ruas centrais do município, com uma varredura mais brusca, onde seja retirado os acúmulos de areias depositados nos cantos das ruas, e após fazendo uma lavagem geral, principalmente nas calçadas dos canteiros centrais e no calçadão;</t>
   </si>
   <si>
     <t>4505</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4505/indicacao_84-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4505/indicacao_84-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade do caminhão de lixo que atende a Comunidade da Vargem Alegre, passe na estrada que vai para o Sr. Ítalo Martins, atendendo assim os moradores dessa localidade;</t>
   </si>
   <si>
     <t>4506</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4506/indicacao_85-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4506/indicacao_85-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar latões de lixo na Rua Grimaldo Pinto de Queiróz, no bairro Vale do Sol 2.</t>
   </si>
   <si>
     <t>4519</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4519/indicacao_86-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4519/indicacao_86-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação asfáltica  nas ruas do bairro Triângulo, conforme especificadas abaixo: Rua Matheus Ignachiti; Rua dos Ferroviários; Rua Joaquim Rodrigues Filho;</t>
   </si>
   <si>
     <t>4520</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_87-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_87-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma guarita (ponto de ônibus) na saída para o município de Carangola, próximo ao Pórtico;</t>
   </si>
   <si>
     <t>4521</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>José Augusto</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_88-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_88-2022.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de calçar e iluminar a Vila dos Maia, na Comunidade de São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4522</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_89-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_89-2022.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir um playground (parque infantil) na praça que fica localizada ao lado da Igreja Católica, na Comunidade do São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4523</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_90-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_90-2022.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar o Cemitério da Comunidade do São Sebastião da Barra;</t>
   </si>
   <si>
     <t>4524</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_91-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_91-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal permaneça com o nome de “Escola Municipal Aristides Pinto de Oliveira” a nova escola que será construída na Comunidade do Quicé. Conforme a Lei de N.:08/78 de 13 de abril de 1978, que segue anexada, a escola atual do Quicé já foi denominada com este nome, e por isso peço que mantenha essa denominação;</t>
   </si>
   <si>
     <t>4525</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_92-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_92-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a secretaria competente ou demais órgãos, e veja a viabilidade de proibir estacionar de um dos lados da Rua Joaquim Rodrigues Filho, ficando a critério, o lado a ser instalada a placa. Observa-se que esta solicitação se deve ao fato de propiciar uma melhor coleta de lixo, sendo que há dificuldade do caminhão coletor transitar por essa via pública;</t>
   </si>
   <si>
     <t>4526</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_93-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_93-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento no final da Rua Wanderley Cassimiro (bairro do Waltair), sendo um pequeno trecho, e, ainda, verificar e resolver a situação de um bueiro que fica nessa rua, próximo a descida para a Rua do Café, haja vista que não está tendo o devido escoamento e a água estar causando erosão no barranco;</t>
   </si>
   <si>
     <t>4527</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_94-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_94-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de transformar a escadaria do bairro do Waltair (conhecida como escadão) em uma nova via pública, com devido calçamento. Observa-se que há espaço desperdiçado nesta localidade e a sugestão é que o Executivo proceda com este serviço, propiciando ao bairro mais acessibilidade, mesmo que seja sentido único. Os motoristas irão subir por essa nova via e descerão pela conhecida Rua do Café;</t>
   </si>
   <si>
     <t>4528</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_95-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_95-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Laura Gomes Ferraz;</t>
   </si>
   <si>
     <t>4529</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_96-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_96-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar tampas nas caçambas de coleta de lixo que estão espalhadas pela cidade, em especial nas que estão localizadas ao redor de escolas, posto de saúde e da beira-rio;</t>
   </si>
   <si>
     <t>4530</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_97-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_97-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com extensão da rede de esgoto em toda margem do Rio São João, e também, proceder com reparos onde essa rede foi amassada ou enterrada, devido a dragagem e limpeza do rio que foi realizada há pouco tempo na nossa cidade;</t>
   </si>
   <si>
     <t>4531</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_98-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_98-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com obra de ampliação/abertura do Córrego na Comunidade de São   Domingos próximo a Igreja Católica, para prevenção de enchentes;</t>
   </si>
   <si>
     <t>4532</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_99-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_99-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e destine latões para separação do Lixo Seco e Úmido e avalie a possibilidade de implementação da coleta seletiva em nosso município;</t>
   </si>
   <si>
     <t>4533</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_100-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_100-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade, junto à Secretaria competente, de construir um coreto em frente à Igreja Católica   e praça de convivência na comunidade Paraíso;</t>
   </si>
   <si>
     <t>4534</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_101-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_101-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal veja a viabilidade de instalar placas de advertência sobre a prática do crime de abandono de animais nas estradas rurais e vias urbanas de sua competência indicando as sanções penais e informando o correto encaminhamento de animais no município.</t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Paulinho do Salão, Rômolo Donadio, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4541/indicacao_102-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4541/indicacao_102-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tapar com lona o caminhão de lixo que faz o trajeto para o lixão, evitando assim que caiam lixos nas vias públicas;</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Dinei</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4542/indicacao_103-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4542/indicacao_103-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar 02 (dois) latões de lixo na Comunidade São Paulo (Joaquim Mineiro), próximo a propriedade do Paulinho Dendeco;</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4543/indicacao_104-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4543/indicacao_104-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de verificar junto a COPASA o motivo de não ter abastecimento de água no loteamento Santa Izabel, que fica localizado por cima da área de lazer, sendo que as caixas d’água já estão instaladas neste local;</t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4544/indicacao_105-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4544/indicacao_105-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar uma placa/letreiro na parte externa da Biblioteca do município indicando o seu devido nome:  Biblioteca Municipal Maclóvis Murilo Lopes;</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4545/indicacao_106-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4545/indicacao_106-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um projeto que visibilize um melhor aproveitamento das margens do rio São João que fica na Av. João Vieira da Costa e Av. Arthur bina da Silva (no trecho compreendido entre a ponte do Erênio e a nova ponte da Cemig) seguindo exemplo do município vizinho Guaçuí, que aproveitou este espaço tornando-o numa praça de caminhada /academia ao ar livre / parque infantil. Sugiro ainda plantações de folhagens e flores nesta localidade;</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_107-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_107-2022.pdf</t>
   </si>
   <si>
     <t>Reiterando a Indicação de n.: 64/2022 (anexada) que já foi encaminhada a este renomado Órgão Municipal, peço que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear o asfalto da Vila Aristóteles Gomes (beira-rio), em toda extensão dessa via pública;</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_108-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_108-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar novos bancos ou transformar alguns dos bancos existentes nas praças, adaptáveis ao encaixe de cadeiras de rodas, conforme segue o modelo através da foto anexada. Sendo sugerido instalação desses bancos, em todas as praças da cidade.</t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_109-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_109-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 02 (dois) quebra-molas/redutores de velocidade, na Rua Ana Paixão de Souza, no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_110-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_110-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar biclicletários no centro da cidade, sendo sugerido colocar em frente a Prefeitura Municipal e no entorno das Praças Cira Rosa de Assis e Praça da Bandeira, e onde mais o Executivo Municipal ver necessidade;</t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_111-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_111-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação no final da Rua Major Pereira, e, construção da rede de esgoto nesta mesma localidade;</t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_112-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_112-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de revitalizar a Praça Amenaide Vasconcelos Rocha, com iluminação semelhante a do Jardim da Igreja Católica; plantação de flores coloridas; pintura do portal de entrada da praça e dos quiosques; reformas dos bancos e mesas de cimento, e etc;</t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_113-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_113-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de reformar o CAPS - Centro de Atenção Psicossocial Dr. Homero Custódio Pereira Jr., que fica localizado na Rua Jovelino Bento;</t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_114-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_114-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias no cemitério São Francisco e no cemitério São João Batista, conforme especificadas abaixo: Limpeza geral, com serviço de capina; Pintura; Calçamento em um pequeno trecho do cemitério São João Batista (parte nova);</t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_115-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_115-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de promover manutenção da jardinagem e revitalização da praça da Igreja Santa Inês, que fica localizada no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4577/indicacao_116-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4577/indicacao_116-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma praça com jardim em frente à Igreja Católica que fica localizada na Comunidade de Fátima, com bancos, grama, flores, árvores etc;</t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4578/indicacao_117-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4578/indicacao_117-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Maria Moreira, no bairro Vale do Sol II;</t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4579/indicacao_118-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4579/indicacao_118-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, construa uma passarela paralela ao Pontilhão de Ferro (ponte) que fica localizado na estrada que dá acesso ao município de Caiana/MG. Ciente que esse pontilhão é tombado pelo Patrimônio Histórico e Cultural, peço que junto ao Conselho Municipal do Patrimônio busque autorização para realização dessa obra, ou até mesmo veja a possibilidade do próprio Conselho construir essa passarela, com recursos próprios.</t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4583/indicacao_119-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4583/indicacao_119-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade do caminhão de lixo realizar coleta na Comunidade da Pedra Negra, pelo menos uma vez por semana;</t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4584/indicacao_120-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4584/indicacao_120-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um projeto e após colocá-lo em prática, em relação ao abastecimento adequado e suficiente de água potável, na Comunidade do Quicé;</t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4585/indicacao_121-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4585/indicacao_121-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com uma operação tapa buraco na descida da Rua Rio de Janeiro, localizada no Bairro João Clara. Segue foto anexa;</t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4586/indicacao_122-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4586/indicacao_122-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de restaurar o calçamento da Rua Álvaro de Sá Barbosa (conhecida como Rua do Buraco). Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_123-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_123-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Educação e veja a viabilidade do ônibus escolar buscar alunos na Rua Gerson Gomes Martins, sendo que há um número considerável de estudantes que residem nessa rua;</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_124-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_124-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma pracinha na calçada em frente ao Lar São Sebastião, com bancos, mesas, jardinagem (sendo elaborado um projeto paisagístico);</t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_125-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_125-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 01 (um) ponto de ônibus no início da Rodovia Estrada Parque Agostinho Patrus (estrada do Paraíso), próximo ao trevo.</t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_126-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_126-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de distribuir 06 (seis) latões de lixo em toda extensão da Comunidade do Cruzeiro;</t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_127-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_127-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com serviço de reforma na ponte que dá acesso a Comunidade do Bananal, realizando a troca dos pranchões;</t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4596/indicacao_128-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4596/indicacao_128-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma guarita (ponto de ônibus) na BR 482, na entrada que dá acesso a Pedreira Floresta;</t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_129-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_129-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) redutor de velocidade na Rua Cira Rosa de Assis, nas proximidades do Lar São Sebastião;</t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_130-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_130-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar 01 (uma) placa identificativa – COMUNIDADE DO LIMOEIRO -  na entrada da estrada vicinal que dá acesso a esta Comunidade, a fim de orientar e facilitar o tráfego dos motoristas;</t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_131-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_131-2022.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de iluminar a quadra de areia (campinho) do Bairro João Clara;</t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_132-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_132-2022.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de transformar a escadaria do morro do Sr. Chagrinha em rampa, a fim de acessibilidade;</t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_133-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_133-2022.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (uma) caixa d’água no alto da Rua Major Pereira (por cima da Igreja São Francisco).</t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4610/indicacao_134-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4610/indicacao_134-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, proceda com uma limpeza geral no valão (córrego) do Bairro do Roque, limpando as margens, retirando sedimentos do fundo, etc. e ainda, dentro das viabilidades, que seja canalizado esse córrego;</t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_135-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_135-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, contrate um vigia ou até mesmo disponibilize um servidor do Executivo Municipal, para vigiar a Praça José Alves Costa (Praça do Campestre) no período noturno;</t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_136-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_136-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de retornar com o Semáforo, instalando um novo equipamento, na mesma localidade;</t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_137-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_137-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar latões de lixo na esquina da Rua Pedro Toledo com a Rua José Moreira de Lacerda, no bairro Vale do Sol;</t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_138-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_138-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma sede própria para o Centro de Atendimento Educacional Especializado - CAEE, sendo sugerido proceder com essa construção no espaço social Klabin.</t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4621/indicacao_139-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4621/indicacao_139-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar o calçamento da Chave/Pedra Menina, nas proximidades da escola e do posto de saúde;</t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4622/indicacao_140-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4622/indicacao_140-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Comunidade da Vargem Alegre, sendo no trecho compreendido entre o asfalto e o Posto de Saúde;</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4623/indicacao_141-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4623/indicacao_141-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Comunidade do Cruzeiro, nas proximidades da Escola e do Posto de Saúde;</t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_142-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_142-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, proceda com atualização, revisão e dentro das necessidades, ampliação do Plano Diretor Participativo do Município de Espera Feliz. Ressalto que o plano vigente, resultado da Lei Municipal 744/2006 de 09 de outubro de 2006, completou 16 (dezesseis) anos, e necessita de uma nova lei que venha abranger o processo de transformações de nossa cidade;</t>
   </si>
   <si>
     <t>4627</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_143-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_143-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto à Secretaria competente, elabore um projeto de iluminação pública para a Comunidade do Paraíso, no trecho compreendido entre o campo do Paraíso e a entrada do Córrego Santa Rita;</t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4628/indicacao_144-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4628/indicacao_144-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto à Secretaria competente, elabore um projeto de iluminação pública para a Comunidade de Fátima, no sentido de saber a quantidade de postes a serem fixados no trecho compreendido entre o 1º quebra-molas antes da Escola e a Igreja;</t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4631/indicacao_145-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4631/indicacao_145-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria Municipal  de Agricultura veja a viabilidade de  participar do Programa de Melhoramento Genético da Raça Girolando - PMGG com  recebimento de doação de sêmen da Associação Brasileira dos Criadores de Girolando em parceria com o Ministério da Agricultura, Pecuária e Abastecimento – MAPA para  concessão gratuita   aos produtores rurais como forma de incentivo à produção de leite e melhoramento genético do rebanho de gado leiteiro no município de Espera Feliz – MG;</t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_146-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_146-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, dentro das viabilidades, junto à Secretaria competente, proceda com instalação de redutores de velocidade (quebra-molas e faixa elevada para pedestres) na Comunidade do Paraíso, em frente às seguintes localidades: Loja LR (faixa elevada de pedestres); Estratégia Saúde da Família (faixa elevada de pedestres, próximo a Escola Estadual Fazenda Paraíso); Casa do Sr. José Nunes – Quebra-molas (próximo à ponte de entrada para Pedra menina); Loja Lacerda Agrícola Quebra Molas; Ponte de entrada para Pedra Menina – Faixa elevada de pedestres (próximo à casa do Sr. Alvino) e que proceda com preenchimento das laterais do quebra-molas já existentes nessas localidades, observando a evasão de água para que não há acúmulo. Seguem anexo, fotos das localidades.</t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_147-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_147-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no CAICEF- Centro de Apoio e Integração da Criança e do Adolescente de Espera Feliz, cimentando a área onde estão instalados os brinquedos e retornar com a horta;</t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_148-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_148-2022.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na entrada do cemitério da Comunidade do São Gonçalo;</t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4636/indicacao_149-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4636/indicacao_149-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear o asfalto da Vila Aristóteles Gomes, ou na inviabilidade no momento, proceder com uma operação tapa-buraco;</t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_150-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_150-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma manutenção nas estradas que dão acesso a Comunidade do Bananal, patrolando, ensaibrando e efetuando limpeza e roçagem do mato das margens dessas estradas;</t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_151-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_151-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma manutenção geral em todas as ruas localizadas no bairro Vale do Sol (Maria Moreira; Alambique; Projetada e etc), com serviço de capina, limpeza e patrolamento das vias, e, ainda dentro das possibilidades, proceder com calçamento nessas vias públicas, principalmente na Rua Maria Moreira.</t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Grécia Faria, Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4641/indicacao_152-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4641/indicacao_152-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar concurso público para o preenchimento de vagas do quadro de pessoal do Executivo Municipal e do Legislativo Municipal, a fim de assegurar o princípio da isonomia, onde todas as pessoas têm o direito de concorrer a vagas de serviços públicos;</t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4642/indicacao_153-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4642/indicacao_153-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua Maclóvis Murilo Lopes;</t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4643/indicacao_154-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4643/indicacao_154-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de concluir a obra de instalação de um bueiro iniciada na Rua José Siqueira e que não foi finalizada até o presente momento;</t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4644/indicacao_155-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4644/indicacao_155-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei e encaminhar a esta Casa para apreciação, discussão e votação, referente isentar o pagamento de IPTU e taxa de iluminação pública às pessoas que pagam até 100 kwh na conta de luz.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>Carla Nogueira, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4652/indicacao_156-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4652/indicacao_156-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de iluminar a BR 482, iniciando na Comunidade do São Sebastião da Barra até a entrada da Pedreira Floresta;</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4653/indicacao_157-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4653/indicacao_157-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma cobertura na área de lazer no espaço que vem sendo utilizado para atividades físicas monitoradas, ou na inviabilidade, que o Executivo Municipal adquira uma tenda bem ampla, para ser instalada neste local.  Sugiro ainda que seja colocado um piso adequado neste local, para que possam realizar a modalidade esportiva com maior segurança. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4654/indicacao_158-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4654/indicacao_158-2022.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, após estudos devidos, elabore um Projeto de Lei que regulamente o corte e poda das árvores em área pública, no perímetro urbano da cidade de Espera Feliz/MG e dá outras providências. Segue em anexo modelo de Projeto de Lei.</t>
   </si>
   <si>
     <t>4393</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4393/mocao_1-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4393/mocao_1-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos ao Sr. Albenzio Chambela.</t>
   </si>
   <si>
     <t>4414</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4414/m.02-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4414/m.02-17.03.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Ilustríssima Karin Peres de Oliveira Ortolan.</t>
   </si>
   <si>
     <t>4434</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4434/mocao_03-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4434/mocao_03-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos ao Ex-Vereador Gilmar Augusto de Oliveira;</t>
   </si>
   <si>
     <t>4435</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Grécia Faria, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/mocao_04-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/mocao_04-2022.pdf</t>
   </si>
   <si>
     <t>Nós, Vereadores que subscrevemos, eleitos através do voto democrático e direto, na condição de legítimos representantes do povo de Espera Feliz/MG, remetemos a Vossa Excelência esta Moção de Apoio à greve dos servidores da educação básica do estado de Minas Gerais, a ser encaminhada ao Plenário Geral desta Casa e, sendo aprovada pelos nobres Vereadores, seja destinada ao Sindicato Único dos Trabalhadores em Educação de Minas Gerais (SIND-UTE) para manifestar o nosso apoio aos profissionais da educação básica e ao direito à recomposição salarial. Os professores merecem respeito, dignidade e valorização.</t>
   </si>
   <si>
     <t>4450</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4450/mocao_05-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4450/mocao_05-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignado Moção de Aplausos para o Ilustríssimo Sr. Wellington Alves e do grupo teatral CIA Feliz;</t>
   </si>
   <si>
     <t>4451</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4451/mocao_06-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4451/mocao_06-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignado Moção de Aplausos para a equipe ESF Dinâmica.</t>
   </si>
   <si>
     <t>4548</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4548/mocao_07-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4548/mocao_07-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Secretaria de Agricultura (através da Secretária Sra. Mariana Gomes e sua equipe) pelo novo formato da Feira Livre da Agricultura Familiar que acontece todas as quartas-feiras no período noturno e aos sábados no período matutino, na Praça Cira Rosa de Assis e, para a Secretaria de Educação e Cultura (através da Secretária Sra. Mirian Louzada e do Diretor de Cultura Sr. Welington Alves) pelo Projeto Giro Cultural implantado nesta feira;</t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4549/mocao_08-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4549/mocao_08-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o sistema de cooperativas de crédito do Brasil -  SICOOB CREDISUDESTE pela parceria firmada com a Secretaria de Agricultura e a Secretaria de Educação e Cultura no novo formato da Feira Livre da Agricultura Familiar, que acontece todas as quartas-feiras no período noturno e aos sábados no período matutino, na Praça Cira Rosa de Assis.</t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4550/mocao_09-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4550/mocao_09-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o Conselho Particular Santa Luiza de Marilac (Vicentinos) de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4551/mocao_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4551/mocao_10-2022.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o SAMU – Serviço de Atendimento Móvel de Urgência, pelos relevantes serviços prestados ao município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4367</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Oziel Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4367/plc_01-2022_-_cria_cargos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4367/plc_01-2022_-_cria_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/13 e 012/13, cria novos cargos e dá outras providências.</t>
   </si>
   <si>
     <t>4378</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4378/plc_02-2022_-_atualizacao_planilha_salarial_professores.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4378/plc_02-2022_-_atualizacao_planilha_salarial_professores.pdf</t>
   </si>
   <si>
     <t>Autoriza atualização da planilha salarial dos Profissionais do Magistério e dá outras providências.</t>
   </si>
   <si>
     <t>4379</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4379/plc_03-2022_-_vencimentos_medicos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4379/plc_03-2022_-_vencimentos_medicos.pdf</t>
   </si>
   <si>
     <t>Autoriza adequação dos vencimentos dos Médicos de provimento efetivo, altera a Lei Complementar 62/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4380</t>
   </si>
   <si>
     <t>Maria Izabel de Souza, Paulo Felipe, Rômolo Q. Donádio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4380/plc_04-2022_-_plano_de_carreira_servidores_legislativo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4380/plc_04-2022_-_plano_de_carreira_servidores_legislativo.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Carreira dos Servidores Públicos do Poder Legislativo do Município de Espera Feliz/MG, Lei Complementar nº 25/2015, de 25 de dezembro de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>4415</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4415/pcl_05-2022_-_diarias_servidores_publicos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4415/pcl_05-2022_-_diarias_servidores_publicos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias aos servidores públicos da Prefeitura Municipal de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4481</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4481/plc_06-2022_-_regime_de_previdencia_complementar.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4481/plc_06-2022_-_regime_de_previdencia_complementar.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal n º 60/2022, de 16 de dezembro de 2021, que institui o Regime de Previdência Complementar no âmbito do município; fixa o limite máximo para concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdências complementar e dá outras providências.</t>
   </si>
   <si>
     <t>4511</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4511/plc_07-2022_-__adequacao_vencimentos_agentes_comunitarios.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4511/plc_07-2022_-__adequacao_vencimentos_agentes_comunitarios.pdf</t>
   </si>
   <si>
     <t>Autoriza, adequação dos vencimentos dos Agentes Comunitários de Saúde e dos Agente de Combates às Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>4515</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4515/plc_08-2022_-_adequacao_de_cargos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4515/plc_08-2022_-_adequacao_de_cargos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/2013 e 012/2013, cria novos cargos e dá outras providências.</t>
   </si>
   <si>
     <t>4517</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4517/plc_09-2022_-_adequacao_carga_horaria_e_vencimentos_medicos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4517/plc_09-2022_-_adequacao_carga_horaria_e_vencimentos_medicos.pdf</t>
   </si>
   <si>
     <t>Autoriza adequação da carga horária e dos vencimentos dos Médicos e dá outras providências.</t>
   </si>
   <si>
     <t>4540</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_10-2022_-_uso_e_parcelamento_do_solo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_10-2022_-_uso_e_parcelamento_do_solo.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 36/2018, de 18 de maio de 2018, que dispõe sobre o uso e parcelamento do solo urbano e rural do município de Espera Feliz/Mg e dá outras providências.</t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4609/plc_11-2022_-_reestruturacao_previdencia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4609/plc_11-2022_-_reestruturacao_previdencia.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 34, de 30 de agosto de 2017, que dispõe sobre a reestruturação do Regime Próprio de Previdência Social dos Servidores do município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4626/plc_12-2022_-_alteracao_plano_de_carreira_servidores.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4626/plc_12-2022_-_alteracao_plano_de_carreira_servidores.pdf</t>
   </si>
   <si>
     <t>Altera o Plano de Carreira dos Servidores Públicos do Poder Legislativo do Município de Espera Feliz/MG, Lei Complementar 25/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4629/plc_13-2022_-_alteracao_lei_diarias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4629/plc_13-2022_-_alteracao_lei_diarias.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.271/2018, que trata sobre as viagens oficiais e a concessão de diárias aos vereadores e servidores do poder legislativo municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>Paulinho do Salão, Dinei, Grécia Faria, José Augusto</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4632/plc_14-2022_-_fogos_codigo_de_posturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4632/plc_14-2022_-_fogos_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 28/2016, de 31 de março de 2016, que institui o Código de Posturas do Município de Espera Feliz/MG, altera a tabela do anexo I e dá outras providências.</t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4633/plc_15-2022_-_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4633/plc_15-2022_-_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal nº 35/2017, e dá outras providências.</t>
   </si>
   <si>
     <t>4366</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4366/projeto_de_lei_01_de_2022_recomposicao_servidores_executivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4366/projeto_de_lei_01_de_2022_recomposicao_servidores_executivo.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>4368</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4368/projeto_de_lei_02-2022_-_revisao_servidores_camara.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4368/projeto_de_lei_02-2022_-_revisao_servidores_camara.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual de Vencimento aos servidores do Poder Legislativo do Município de Espera Feliz/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>4369</t>
   </si>
   <si>
     <t>Maria Izabel de Souza, Paulo Sérgio Felipe, Rômolo Q. Donádio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4369/projeto_de_lei_03-2022_-_revisao_subsidios_vereadores.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4369/projeto_de_lei_03-2022_-_revisao_subsidios_vereadores.pdf</t>
   </si>
   <si>
     <t>Recompõe o subsídio do Presidente e dos Vereadores do Poder Legislativo do Município de Espera Feliz/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>4376</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4376/projeto_de_lei_04_de_2022_acordo_judicial_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4376/projeto_de_lei_04_de_2022_acordo_judicial_1.pdf</t>
   </si>
   <si>
     <t>Autoriza acordo em processo judicial que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4391</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4391/projeto_de_lei_05-2022_-_convenio_com_caiana.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4391/projeto_de_lei_05-2022_-_convenio_com_caiana.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Espera Feliz a celebrar convênio com o município de Caiana e com o Departamento de Estradas de Rodagem do Estado de Minas Gerais, para abertura das laterais da pista de rolamento, e dá outras providências.</t>
   </si>
   <si>
     <t>4392</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4392/projeto_de_lei_06-2022_-_credito_adicional_40.000.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4392/projeto_de_lei_06-2022_-_credito_adicional_40.000.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>4416</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4416/projeto_de_lei_07-2022_-_altera_lei_875-09_diarias.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4416/projeto_de_lei_07-2022_-_altera_lei_875-09_diarias.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 875/09 e dá outras providências.</t>
   </si>
   <si>
     <t>4437</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4437/projeto_de_lei_08-2022_-_subvencao_social_associacao_de_mulheres_rurais.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4437/projeto_de_lei_08-2022_-_subvencao_social_associacao_de_mulheres_rurais.pdf</t>
   </si>
   <si>
     <t>Autoriza subvenção social à Associação de Mulheres Rurais de Espera Feliz para realização da XL Festa Regional do Trabalho.</t>
   </si>
   <si>
     <t>4438</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4438/projeto_de_lei_09-2022_-_rota_turistica_paraiso.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4438/projeto_de_lei_09-2022_-_rota_turistica_paraiso.pdf</t>
   </si>
   <si>
     <t>Institui a Rota Turística Paraíso e dá outras providências.</t>
   </si>
   <si>
     <t>4439</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4439/projeto_de_lei_10-2022_-_ldo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4439/projeto_de_lei_10-2022_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração e execução da Lei Orçamentária do exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>4466</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_11-2022_-_campanha_do_agasalho.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_11-2022_-_campanha_do_agasalho.pdf</t>
   </si>
   <si>
     <t>Institui a "Campanha do Agasalho - Aqueça um coração Esperafelicense", no município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4467/projeto_de_lei_12-2022_-_fogos_de_estampidos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4467/projeto_de_lei_12-2022_-_fogos_de_estampidos.pdf</t>
   </si>
   <si>
     <t>Proíbe a queima e soltura de fogos de estampidos e de artifícios, assim como de quaisquer artefatos pirotécnicos de efeito sonoro ruidoso no âmbito do município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4468</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4468/projeto_de_lei_13-2022_-_credito_especial.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4468/projeto_de_lei_13-2022_-_credito_especial.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4469</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4469/projeto_de_lei_14-2022_-_contrato_bdmg.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4469/projeto_de_lei_14-2022_-_contrato_bdmg.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz/MG, a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operação de crédito com outorga de garantia e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4479/projeto_de_lei_15-22022_-_subvencao_social_2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4479/projeto_de_lei_15-22022_-_subvencao_social_2.pdf</t>
   </si>
   <si>
     <t>Autoriza subvenção social complementar à Associação de Mulheres Rurais de Espera Feliz para realização da XL Festa Regional do Trabalho.</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4480/projeto_de_lei_16-2022_-_altera_lei_1.295-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4480/projeto_de_lei_16-2022_-_altera_lei_1.295-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.395/2022, de 05 de maio de 2022, que autoriza o município de Espera Feliz/Mg, a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operação de crédito com outorga de garantia e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>4509</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4509/projeto_de_lei_17-2022_-_convenio_terraplanagem_br_482.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4509/projeto_de_lei_17-2022_-_convenio_terraplanagem_br_482.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Espera Feliz/MG a ratificar o convênio celebrado com o Departamento de Estradas de Rodagem do Estado de Minas Gerais, para obras de terraplanagem, compactação, conservação e outros serviços, na rodovia BR-482, trecho compreendido entre os Km 9 e 11, e dá outras providências.</t>
   </si>
   <si>
     <t>4510</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4510/projeto_de_lei_18-2022_-_abertura_de_credito_correto.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4510/projeto_de_lei_18-2022_-_abertura_de_credito_correto.pdf</t>
   </si>
   <si>
     <t>4512</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4512/projeto_de_lei_19-2022_-_campo_futebol_paraiso.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4512/projeto_de_lei_19-2022_-_campo_futebol_paraiso.pdf</t>
   </si>
   <si>
     <t>Autoriza a permissão de uso, a título precário e por tempo determinado, do campo de futebol do Paraíso para realização de evento cultural e dá outras providências.</t>
   </si>
   <si>
     <t>4513</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4513/projeto_de_lei_20-2022_-_alera_lei_1.274_de_2018.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4513/projeto_de_lei_20-2022_-_alera_lei_1.274_de_2018.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.274/2018, de 13 de dezembro de 2018 e dá outras providências.</t>
   </si>
   <si>
     <t>4514</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4514/projeto_de_lei_21-2022_-_ceder_descascadores_para_associacao_da_agricultura_familiar.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4514/projeto_de_lei_21-2022_-_ceder_descascadores_para_associacao_da_agricultura_familiar.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, mediante termo de cessão de uso, descascadores para café cereja, para a Associação Estadual da Agricultura Familiar e dá outras providências.</t>
   </si>
   <si>
     <t>4518</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4518/projeto_de_lei_22-2022_-_denominacao_rua_do_cafe.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4518/projeto_de_lei_22-2022_-_denominacao_rua_do_cafe.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua do café).</t>
   </si>
   <si>
     <t>4516</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4516/projeto_de_lei_23-2022_-_credito_adicional.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4516/projeto_de_lei_23-2022_-_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial e dá outras providências. (R$420.644,80 - Quatrocentos e vinte mil, seiscentos e quarenta e quatro reais e oitenta centavos).</t>
   </si>
   <si>
     <t>4535</t>
   </si>
   <si>
     <t>Dinei, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4535/projeto_de_lei_24-2022_-_denominacao_escola_municipal_prefeito_osmar_gomes_da_silva.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4535/projeto_de_lei_24-2022_-_denominacao_escola_municipal_prefeito_osmar_gomes_da_silva.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Escola que especifica. (Escola Municipal Osmar Gomes da Silva).</t>
   </si>
   <si>
     <t>4536</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4536/projeto_de_lei_25-2022_-_denominacao_rua_carlos_gomes_de_souza.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4536/projeto_de_lei_25-2022_-_denominacao_rua_carlos_gomes_de_souza.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Carlos Gomes de Souza).</t>
   </si>
   <si>
     <t>4537</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4537/projeto_de_lei_26-2022_-_denominacao_rua_abel_magro.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4537/projeto_de_lei_26-2022_-_denominacao_rua_abel_magro.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua Abel Magro).</t>
   </si>
   <si>
     <t>4538</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4538/projeto_de_lei_27-2022_-_denominacao_rua_osmar_paixao_de_souza.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4538/projeto_de_lei_27-2022_-_denominacao_rua_osmar_paixao_de_souza.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Osmar Paixão Souza).</t>
   </si>
   <si>
     <t>4539</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4539/projeto_de_lei_28-2022_-_operacao_credito_caixa.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4539/projeto_de_lei_28-2022_-_operacao_credito_caixa.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.373/2021, de 25 de outubro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4565/projeto_de_lei_29-2022_-_consorcio_intermunicipal_de_saude.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4565/projeto_de_lei_29-2022_-_consorcio_intermunicipal_de_saude.pdf</t>
   </si>
   <si>
     <t>Autoriza e ratifica a participação do Município de Espera Feliz, Estado de Minas Gerais no Consórcio Intermunicipal de Saúde da Mata Leste - CISLESTE, sob a forma de associação pública, nos termos da Lei Federal nº 11.107, de 06 de abril de 2005, do Decreto Federal nº 6.017, de 17 de janeiro de 2007 e da Lei Estadual n º 18.036, de 12 de janeiro de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4566/projeto_de_lei_30-2022_-_credito_adicional.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4566/projeto_de_lei_30-2022_-_credito_adicional.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial  e dá outras providências.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4567/projeto_de_lei_31-2022_-_fixa_despesas_do_municipio_de_espera_feliz.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4567/projeto_de_lei_31-2022_-_fixa_despesas_do_municipio_de_espera_feliz.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4580/projeto_de_lei_32-2022_-_criar_orgao_assistencia_judiciaria.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4580/projeto_de_lei_32-2022_-_criar_orgao_assistencia_judiciaria.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a criar órgão de Assistência Judiciária Gratuita para pessoas hipossuficientes no município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4582/projeto_de_lei_33-2022_-_desapropriacao_imovel.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4582/projeto_de_lei_33-2022_-_desapropriacao_imovel.pdf</t>
   </si>
   <si>
     <t>Autoriza Desapropriação de Imóvel Residencial que especifica.</t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4603/projeto_de_lei_34-2022_-_delimitacao_perimetro_urbano_espera_feliz.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4603/projeto_de_lei_34-2022_-_delimitacao_perimetro_urbano_espera_feliz.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação do novo perímetro urbano do município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4604/projeto_de_lei_35-2022_-_regulamentacao_bairros.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4604/projeto_de_lei_35-2022_-_regulamentacao_bairros.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação e delimitação dos bairros da sede do município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4605/projeto_de_lei_36-2022_-_delimitacao_perimetro_urbano_sao_jose.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4605/projeto_de_lei_36-2022_-_delimitacao_perimetro_urbano_sao_jose.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a delimitação do perímetro urbano do Distrito de São José da Pedra Menina dá outras providências.</t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4606/projeto_de_lei_37-2022_-_expansao_urbana_sao_goncalo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4606/projeto_de_lei_37-2022_-_expansao_urbana_sao_goncalo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão urbana do povoado de São Gonçalo e dá outras providências.</t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4607/projeto_de_lei_38-2022_-_criacao_distrito_sao_sebastiao.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4607/projeto_de_lei_38-2022_-_criacao_distrito_sao_sebastiao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Distrito de São Sebastião da Barra e dá outras providências.</t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4608/projeto_de_lei_39-2022_-_altera_a_lei_1282-2019.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4608/projeto_de_lei_39-2022_-_altera_a_lei_1282-2019.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.282/2019, de 28 de março de 2019 e dá outras providências.</t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4616/projeto_de_lei_40-2022_-_denominacao_rua_wellington_cassimiro_campos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4616/projeto_de_lei_40-2022_-_denominacao_rua_wellington_cassimiro_campos.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Wellington Cassimiro Campos).</t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/projeto_de_lei_41-2022_-_rua_wanderley_cassimiro_campos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/projeto_de_lei_41-2022_-_rua_wanderley_cassimiro_campos.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Wanderley Cassimiro Campos).</t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4618/projeto_de_lei_42-2022_-_denominacao_rua_santa_cecilia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4618/projeto_de_lei_42-2022_-_denominacao_rua_santa_cecilia.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Santa Cecília).</t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4619/projeto_de_lei_43-2022_-_denominacao_rua_piracicaba.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4619/projeto_de_lei_43-2022_-_denominacao_rua_piracicaba.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Piracicaba).</t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4620/projeto_de_lei_44-2022_-_cessao_de_servidores.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4620/projeto_de_lei_44-2022_-_cessao_de_servidores.pdf</t>
   </si>
   <si>
     <t>Autoriza o município a celebrar convênio para cessão de servidores públicos municipais e dá outras providências.</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_lei_45-2022_-_ceder_automovel_para_apae.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_lei_45-2022_-_ceder_automovel_para_apae.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a ceder, mediante Termo de cessão de uso, um automóvel VW/Gol 2022, para a APAE de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4645/pl_46.2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4645/pl_46.2022.pdf</t>
   </si>
   <si>
     <t>Revoga Lei Municipal nº 1.084/2014, de 30 de abril de 2014, que criou a Escola do Legislativo Municipal de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4647/projeto_de_lei_47-2022_-_lei_original_obrigatorio_em_projeto_que_a_modifique.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4647/projeto_de_lei_47-2022_-_lei_original_obrigatorio_em_projeto_que_a_modifique.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de o Executivo Municipal disponibilizar Lei original anexada em Projeto de Lei que a altera e dá outras providências.</t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4650/projeto_de_lei_48-2022_-_declaracao_de_utilidade_publica.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4650/projeto_de_lei_48-2022_-_declaracao_de_utilidade_publica.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública a associação que especifica. (Associação Espera Feliz).</t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4651/pl_49.2022__redacao_final.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4651/pl_49.2022__redacao_final.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Rua Maria Luzia de Araújo Moreira).</t>
   </si>
   <si>
     <t>4436</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4436/projeto_de_resolucao_01-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4436/projeto_de_resolucao_01-2022.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço de Orientação e Defesa do Consumidor - Procon Câmara - no âmbito da Câmara Municipal de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4508</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4508/projeto_de_resolucao_02-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4508/projeto_de_resolucao_02-2022.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2023 da Câmara Municipal de Espera Feliz e contém outras providências.</t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/projeto_de_resolucao_03-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/projeto_de_resolucao_03-2022.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Espera Feliz, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_resolucao_04-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_resolucao_04-2022.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo "Professora Maria do Carmo Rocha Rezende", no âmbito da Câmara Municipal de Espera Feliz, Estado de Minas Gerais e dá outras providências.</t>
   </si>
   <si>
     <t>4388</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4388/requerimento_01-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4388/requerimento_01-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, resultado do processo seletivo realizado em dezembro de 2021, constando os nomes dos selecionados, a lista de chamada do processo, e, se houve alguma contratação fora do processo seletivo no ano de 2022;</t>
   </si>
   <si>
     <t>4389</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4389/requerimento_02-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4389/requerimento_02-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando o número de Servidores contratados e comissionados da Prefeitura Municipal referente aos meses de dezembro 2021 e janeiro de 2022, especificando os nomes e, ainda, informando onde estão lotados. Observa-se a existência dessas informações no Portal da Transparência, mas mediante a dificuldade de acesso, perante a exclusão digital, solicito as informações citadas acima, na forma impressa;</t>
   </si>
   <si>
     <t>4390</t>
   </si>
   <si>
     <t>Maria Izabel, Paulinho do Salão, Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4390/requerimento_03-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4390/requerimento_03-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, Parágrafo XIV, que informe a esta Casa sobre a cobrança de Taxa/Custeio de Iluminação Pública, respondendo as seguintes questões: a) Como é feito o cálculo para a cobrança da taxa/custeio acima citada e qual o percentual utilizado? b) Essa taxa/custeio é cobrada de todas as pessoas, ou existe um valor mínimo de utilização que não prevê a cobrança? c) É possível colocar na conta de luz especificado a forma como é feita e o percentual utilizado na cobrança? d) Nas ruas que não tem iluminação pública, os moradores são isentos dessa taxa/custeio?</t>
   </si>
   <si>
     <t>4394</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4394/requerimento_4-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4394/requerimento_4-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao ofício recebido do Deputado Mário Heringer de N.: 855/2021-MH (anexo), no sentido de saber se esse recurso se encontra na conta do Executivo e se esse valor será investido na reforma da quadra da Comunidade do Taboão e construção do poço artesiano na Comunidade Boa Esperança. Se afirmativo, requeiro ainda a data de previsão do início das obras.</t>
   </si>
   <si>
     <t>4413</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4413/r.05-17.03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4413/r.05-17.03.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando as denominações de todos os logradouros do município, sendo ruas e praças, (tanto na área urbana quanto na área rural).  Peço ainda que, além de encaminharem o nome da área de lazer do município, encaminhem as denominações de logradouros existentes dentro desse espaço, pois conforme informações existe mais de um nome nesta localidade.</t>
   </si>
   <si>
     <t>4433</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4433/requerimento_no_06.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4433/requerimento_no_06.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando quantas cotas o CISVERDE – Consórcio Intermunicipal de Saúde,  libera mensalmente para consultas/exames, e , ainda, qual o teto de gastos mensal da  Secretaria de Saúde com esses atendimentos, especificando valores individuais de cada procedimento realizado.</t>
   </si>
   <si>
     <t>4449</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4449/requerimento_07-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4449/requerimento_07-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, o saldo atual da Secretaria de Saúde e, ainda, uma relação constando o destino desse valor, com especificações. _x000D_
 Ex: Qual valor destinado para medicamentos? Qual valor destinado para consultas? Qual valor destinado para exames? E assim por diante, especificando onde será empregado esse dinheiro.</t>
   </si>
   <si>
     <t>4475</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4475/requerimento_08-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4475/requerimento_08-2022.pdf</t>
   </si>
   <si>
     <t>Requerem que após ouvido o plenário, seja solicitado ao Executivo Municipal que seja informada a tabela vigente referente ao pagamento de diárias ao Prefeito, Vice-Prefeito, Secretários e Assessores da Prefeitura Municipal de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4476</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4476/requerimento_09-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4476/requerimento_09-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a situação do morro da Igreja Católica, conforme especificadas abaixo: Previsão de data para restaurar essa via pública; se veio algum parecer de Belo Horizonte a respeito deste fato, e, caso contrário, quais atitudes o Executivo está tomando para agilizar este processo; A população está sendo prejudicada com o fato, principalmente as pessoas que moram no entorno ou próximas a ele. Como representante do povo, sou indagado por moradores e por isso necessito de informações precisas, para que possa prestar os devidos esclarecimentos.</t>
   </si>
   <si>
     <t>4487</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/requerimento_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/requerimento_10-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre o Parque Municipal que será construído na saída da cidade (sentido Carangola), no sentido de saber se as propostas apresentadas estão sendo cumpridas, quais investimentos estão sendo feitos, previsão de início e finalização da obra, e, ainda, cópia do projeto.</t>
   </si>
   <si>
     <t>4488</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4488/requerimento_11-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4488/requerimento_11-2022.pdf</t>
   </si>
   <si>
     <t>Solicitam ao Excelentíssimo Prefeito Municipal, que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as seguintes informações: - Sobre os recursos financeiros para a construção da Ponte do Bairro Santa Cecília, são de recurso próprio? No caso de negativo, estes recursos são advindos de convênio Estadual ou Federal? - Se os recursos forem de convênio Federal, será protocolado junto a plataforma+Brasil? Se for positivo, favor informar o número do processo para acompanhamento da solicitação do Executivo; - Se os recursos forem de convênio Estadual, será protocolado junto a plataforma SIGCON? Se for positivo, favor informar o número do processo para acompanhamento da solicitação do Executivo; - Os recursos para construção da ponte estão provisionados em uma dessas fontes financeiras (projetos/atividades) abaixo? 00002015.1545100341.013 - CONSTRUÇÃO DE MUROS, GABIÕES, PONTES, PAVIMENTAÇÃO DE RUAS 00002015.1545100341.027 -CONSTRUÇÃO/RECUPERAÇÃO PONTES SOBRE RIO SÃO JOÃO 00002015.2678200241.016 - CONSTRUÇÃO E AMPLIAÇÃO DE PONTES E ESTRADAS VICINAIS 00002015.2678200242.120 - MANUTENÇÃO DAS ATIVIDADES DE CONSTRUÇÃO E AMPLIAÇÃO DE PONTES E ESTRADAS VICINAIS  - No caso de utilização de umas dessas fontes financeiras (projetos/atividades), por quê, o executivo não consegue construir com recurso próprio? - A aprovação do projeto, na Caixa Econômica Federal (C.E.F) é para a liberação do recurso para financiamento da construção? Se positivo, este recurso irá criar uma ficha orçamentária própria ou integrará em alguma das fichas já mencionadas? - Esta deliberação pela C.E.F, posteriormente precisará de aprovação de algum projeto de lei pela Câmara Municipal para contrair algum tipo de empréstimo ou caução ou autorização? Se positivo, qual seria a matéria da lei? - Qual o prazo estipulado, através de estudo técnico para iniciar a obra e o término (tempo de duração)? - Qual a motivação para a demolição da ponte, sem ter o projeto sido aprovado pela C.E.F? - Há um plano de contingência, caso a C.E.F negue o projeto? Se positivo, disponibilizar estudo técnico de contingência.</t>
   </si>
   <si>
     <t>4507</t>
   </si>
   <si>
     <t>Carla Nogueira, Grécia Faria, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4507/requerimento_12-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4507/requerimento_12-2022.pdf</t>
   </si>
   <si>
     <t>As Vereadoras que este subscrevem, após tramitação regimental, requerem que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações pertinentes a obra do Estádio Municipal Reinô Martins de Oliveira, no sentido de saber quais as providências o Executivo Municipal está tomando em relação ao fato, para que esta obra tenha continuidade e a população não fique no prejuízo, sendo que foi gasto dinheiro público; Diversos Vereadores dessa Casa encaminharam requerimentos a respeito deste assunto, com diversas indagações, e o Executivo responde que a empresa faliu, não realizando o serviço.   Requeremos uma resposta precisa no sentido de saber quais são as providências o Executivo está tomando em relação ao fato, pois como representantes da população, somos a todo instante questionados sobre os atos da administração pública.</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4590/requerimento_13-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4590/requerimento_13-2022.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, após tramitação regimental, requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando matrícula de alunos por ano de escolaridade, de todas as escolas municipais;</t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4591/requerimento_14-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4591/requerimento_14-2022.pdf</t>
   </si>
   <si>
     <t>Os membros da Comissão de Legislação, Justiça e Redação Final,  tendo em vista o Projeto de Lei Complementar  Nº 08/2022 – Do Executivo Municipal –  Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/2013 e 012/2013, cria novos cargos e dá outras providências, nos termos regimentais, REQUEREM que após ouvido o plenário, seja solicitado ao Executivo Municipal as seguintes informações: A quantidade de vagas referentes ao  cargo de motorista existentes no Plano de Cargos e Salários do Executivo Municipal; A quantidade de servidores ocupantes do cargo de motorista no quadro do Poder Executivo Municipal; A quantidade de motoristas que exercem atividade noturna; A quantidade de automóveis disponíveis para serem utilizados por estes motoristas; Os setores para os quais serão direcionados os servidores ocupantes das vagas de motoristas  a serem criadas;</t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4592/requerimento_15-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4592/requerimento_15-2022.pdf</t>
   </si>
   <si>
     <t>Os membros da Comissão de Legislação, Justiça e Redação Final,  tendo em vista o Projeto de Lei Complementar  Nº 08/2022 – Do Executivo Municipal –  Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/2013 e 012/2013, cria novos cargos e dá outras providências, nos termos regimentais, REQUEREM que após ouvido o plenário, seja solicitado ao Executivo Municipal as seguintes informações: O motivo pelo qual se pretende atualizar a  planilha salarial dos profissionais do magistério? CMA III, CMA II, CMA I; Qual são as atribuições dos cargos CMA III, CMA II, CMA I? Qual a carga horária semanal atual do Secretário Escolar nível III? Qual o valor da remuneração referente ao cargo de Secretário Escolar nível III pago atualmente?</t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/requerimento_16-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/requerimento_16-2022.pdf</t>
   </si>
   <si>
     <t>Os membros da Comissão de Legislação, Justiça e Redação Final, tendo em vista o Projeto de Lei Complementar  Nº 08/2022 – Do Executivo Municipal –  Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/2013 e 012/2013, cria novos cargos e dá outras providências, nos termos regimentais, REQUEREM que após ouvido o plenário, seja solicitado ao Executivo Municipal as seguintes informações: O motivo pelo qual se pretende atualizar  a carga horária do cargo de Assistente Social- NASF.; Qual é a atual carga horária semanal  do cargo de  Assistente Social- NASF? Qual o valor da remuneração referente ao cargo de Assistente Social- NASF pago atualmente?</t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4602/requerimento_17-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4602/requerimento_17-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos a respeito do motivo da ACOBAJOCLA - Associação Comunitária do Bairro João Clara que funcionava na Rua Álvaro Rezende estar fechada há mais ou menos uns 03 (três) anos, conforme dito por moradora do bairro? Peço ainda, que seja informado quando foi a última vez que o Executivo Municipal encaminhou recursos para essa Associação?</t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4615/requerimento_18-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4615/requerimento_18-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a Creche Pro-infância (creche popular), que está sendo construída no Bairro Novo Horizonte, conforme especificadas abaixo: •Valores gastos na construção dessa creche no mandato anterior; (2017-2020); •Valores gastos neste mandato, até a presente data, com a construção dessa obra; • Houve licitação para o retorno dessa obra? Se afirmativo, cópia de todo o processo licitatório, constando a empresa responsável por dar continuidade a obra; •	Data prevista para retornar com essa construção, e, ainda, data de finalização desta obra.</t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4639/requerimento_19-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4639/requerimento_19-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações pertinentes a reforma da Praça Cira Rosa de Assis, conforme especificadas abaixo: Motivo dessa reforma não ter sido finalizada, sendo que o chafariz não foi reativado, a capela não foi reaberta, os bancos não foram trocados, sendo que estão em péssimo estado, as pedras portuguesas não foram alinhadas e as pacas não foram fixadas nem no local de origem e nem em outro local; Qual o valor que chegou para os cofres públicos a ser usado nessa reforma; quanto foi gasto; e se há crédito em conta.</t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4646/requerimento_20-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4646/requerimento_20-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos especificados abaixo: Qual o motivo de não terem sido instalados novos bebedouros na rodoviária, sendo que os atuais estão em péssimo estado; Qual o motivo da reforma do ponto de táxi que fica localizado na rodoviária não ter tido início em fevereiro do corrente, conforme estava previsto, segundo informações de terceiros; Existe uma previsão para iniciar essa obra? Se afirmativo, qual a data prevista?</t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4648/requerimento_21-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4648/requerimento_21-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que 6 encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as informações especificadas abaixo: Consta no Executivo Municipal uma lei que isente o idoso de pagar IPTU? Se afirmativo, encaminhar uma cópia dessa Lei a esta Casa; Caso não haja essa Lei, requeiro informações no sentido de saber se há possibilidade do Executivo criá-la dentro dos trâmites legais;</t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4649/requerimento_22-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4649/requerimento_22-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referente as transferências não reconhecidas pela prefeitura municipal, através do Internet Banking Caixa, no valor de R$102.339,13 ( cento e dois mil reais, trezentos e trinta e nove mil, treze centavos) conforme explanado pelo Secretário de Administração Sr. Nilton Cesar Martins na tribuna da Reunião Ordinária do dia 23/11/2022 e ainda, através do ofício de N.: 320/2022 do Executivo Municipal protocolado na Secretaria, onde foi informado que a Caixa abriu protocolo para a recomposição das transferências e a Secretaria de Administração, Fazenda e Planejamento está monitorando o caso e articulando ações para que o montante retorne aos cofres públicos. Mediante o exposto, haja vista terem passados 15 dias que tivemos ciência do ocorrido, REQUEIRO a este renomado Órgão que encaminhe a esta Casa, informações no sentido de saber se esse montante já retornou aos cofres públicos; se já consta na conta do Executivo Municipal, e caso contrário, quais providências estão sendo tomadas e qual a previsão de data para esse retorno?</t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4655/requerimento_no_23-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4655/requerimento_no_23-2022.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao CONSEP – Conselho de Segurança Pública de Espera Feliz, haja vista o trânsito do município estar caótico, no sentido de saber: O Executivo tem algum vínculo com o CONSEP? Se afirmativo, o que compete ao município? Quais as funções que a Secretaria de Obras desempenha no trânsito de nossa cidade?; Algum representante do Executivo Municipal faz parte desse Conselho? Se afirmativo, nome do representante; O Executivo teria como se envolver mais com o Conselho, realizando um estudo a fim de melhorar o sistema de trânsito da cidade? Há previsão de data para instalação do novo sinal de trânsito no centro da cidade;</t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Veto Parcial</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4553/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4553/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10/2022 do Executivo Municipal - Emenda Aditiva Ticket-Feira.</t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4555/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4555/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva Polícia Mirim.</t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4556/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4556/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva Home Care.</t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4557/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4557/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 -  Emenda Aditiva Ampliação e Extensão da Rede Elétrica.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4558/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4558/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva construção de parquinhos infantis na Zona Rural.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4559/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4559/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva Instalação de Câmeras de Segurança.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4560/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4560/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva custeio do Museu Laura Mota Nacarati.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4561/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4561/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva manutenção de espaço de exposição e galeria de arte e cultura.</t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4562/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4562/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva pesquisas e diagnósticos com populações vulneráveis.</t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4563/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4563/veto_parcial_ao_projeto_de_lei_10-2022.pdf</t>
   </si>
   <si>
     <t>Veto parcial ao Projeto de Lei nº 10-2022 - Emenda Aditiva campanhas e ações de cuidado autista.</t>
   </si>
   <si>
     <t>4489</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Matusalém, Paulinho do Salão, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4489/projeto_de_emenda_a_lei_organica_13-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4489/projeto_de_emenda_a_lei_organica_13-2022.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 68 da Lei Orgânica Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_emenda_a_lei_organica_14-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_emenda_a_lei_organica_14-2022.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. 6º da Lei Orgânica do Município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4788/substitutivo_n_4.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4788/substitutivo_n_4.2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI A ESCOLA DO LEGISLATIVO RUDACY ALVES FARIA, NO ÂMBITO DA CÂMARA MUNICIPAL DE ESPERA FELIZ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4554/projeto_substitutivo_lei_complementar_09-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4554/projeto_substitutivo_lei_complementar_09-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza adequação de carga horária e dos vencimentos dos médicos dá outras providências.</t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4564/projeto_substitutivo_lei_complementar_10-2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4564/projeto_substitutivo_lei_complementar_10-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 36/2018, de 18 de maio de 2018, que dispõe sobre o uso e parcelamento do solo urbano e rural do Município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4452</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Dinei, Grécia Faria, José Augusto, Maria Izabel, Paulinho do Salão, Rômolo Donadio, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4452/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4452/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>Emendas destinadas à Lei de Diretrizes Orçamentárias - LDO - Projeto de Lei nº 10/2022.</t>
   </si>
   <si>
     <t>4453</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4453/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4453/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4454</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4454/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4454/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4455</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4455/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4455/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4456</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4457</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4457/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4457/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4458</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4458/emendas_a_ldo.docx</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4458/emendas_a_ldo.docx</t>
   </si>
   <si>
     <t>4459</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4459/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4459/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4460</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4460/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4460/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4461</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4461/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4461/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4462</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4462/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4462/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4463</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4463/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4463/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4464</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4464/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4464/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
   <si>
     <t>4465</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4465/emendas_a_ldo_-_8_assinaturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4465/emendas_a_ldo_-_8_assinaturas.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3562,67 +3562,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4370/i_01.2022_000105.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4371/i_02.2022_000106.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4372/i_03.2022_000107.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4373/i_04.2022_000108.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4374/i_05.2022_000109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4375/i_06.2022_000110.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4377/i_07.2022_000111.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4381/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4382/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4383/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4384/indicacao_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4385/indicacao_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4386/indicacao_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4387/indicacao_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4395/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4396/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4397/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4398/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4399/indicacao_19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4400/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4401/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4402/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4403/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4404/indicacao_24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4405/i.25-17.03.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4406/i.26-17.03.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4407/i.27-17.03.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4408/i.28-17.03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4409/i.29-17.03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4410/i.30-17.03.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4411/i.31-17.03_000209.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4412/i.32-17.03_000210.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4417/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4418/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4419/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4420/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4421/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4422/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4423/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4424/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4425/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4426/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4427/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4428/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4429/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4430/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4431/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4432/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4440/indicacao_49-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4441/indicacao_50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4442/indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4443/indicacao_52-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4444/indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4445/indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4446/indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4447/indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4448/indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4470/indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4471/indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4472/indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4473/indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4474/indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4477/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4478/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4482/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4483/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4484/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4485/indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4486/indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4502/indicacao_81-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4503/indicacao_82-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4504/indicacao_83-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4505/indicacao_84-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4506/indicacao_85-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4519/indicacao_86-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_87-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_88-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_89-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_90-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_91-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_92-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_93-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_94-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_95-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_96-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_97-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_98-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_99-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_100-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_101-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4541/indicacao_102-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4542/indicacao_103-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4543/indicacao_104-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4544/indicacao_105-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4545/indicacao_106-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_107-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_108-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_109-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_110-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_111-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_112-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_113-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_114-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_115-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4577/indicacao_116-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4578/indicacao_117-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4579/indicacao_118-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4583/indicacao_119-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4584/indicacao_120-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4585/indicacao_121-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4586/indicacao_122-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_123-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_124-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_125-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_126-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_127-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4596/indicacao_128-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_129-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_130-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_131-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_132-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_133-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4610/indicacao_134-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_135-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_136-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_137-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_138-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4621/indicacao_139-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4622/indicacao_140-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4623/indicacao_141-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_142-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_143-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4628/indicacao_144-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4631/indicacao_145-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_146-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_147-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_148-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4636/indicacao_149-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_151-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4641/indicacao_152-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4642/indicacao_153-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4643/indicacao_154-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4644/indicacao_155-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4652/indicacao_156-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4653/indicacao_157-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4654/indicacao_158-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4393/mocao_1-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4414/m.02-17.03.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4434/mocao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/mocao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4450/mocao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4451/mocao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4548/mocao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4549/mocao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4550/mocao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4551/mocao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4367/plc_01-2022_-_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4378/plc_02-2022_-_atualizacao_planilha_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4379/plc_03-2022_-_vencimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4380/plc_04-2022_-_plano_de_carreira_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4415/pcl_05-2022_-_diarias_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4481/plc_06-2022_-_regime_de_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4511/plc_07-2022_-__adequacao_vencimentos_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4515/plc_08-2022_-_adequacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4517/plc_09-2022_-_adequacao_carga_horaria_e_vencimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_10-2022_-_uso_e_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4609/plc_11-2022_-_reestruturacao_previdencia.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4626/plc_12-2022_-_alteracao_plano_de_carreira_servidores.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4629/plc_13-2022_-_alteracao_lei_diarias.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4632/plc_14-2022_-_fogos_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4633/plc_15-2022_-_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4366/projeto_de_lei_01_de_2022_recomposicao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4368/projeto_de_lei_02-2022_-_revisao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4369/projeto_de_lei_03-2022_-_revisao_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4376/projeto_de_lei_04_de_2022_acordo_judicial_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4391/projeto_de_lei_05-2022_-_convenio_com_caiana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4392/projeto_de_lei_06-2022_-_credito_adicional_40.000.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4416/projeto_de_lei_07-2022_-_altera_lei_875-09_diarias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4437/projeto_de_lei_08-2022_-_subvencao_social_associacao_de_mulheres_rurais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4438/projeto_de_lei_09-2022_-_rota_turistica_paraiso.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4439/projeto_de_lei_10-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_11-2022_-_campanha_do_agasalho.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4467/projeto_de_lei_12-2022_-_fogos_de_estampidos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4468/projeto_de_lei_13-2022_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4469/projeto_de_lei_14-2022_-_contrato_bdmg.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4479/projeto_de_lei_15-22022_-_subvencao_social_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4480/projeto_de_lei_16-2022_-_altera_lei_1.295-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4509/projeto_de_lei_17-2022_-_convenio_terraplanagem_br_482.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4510/projeto_de_lei_18-2022_-_abertura_de_credito_correto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4512/projeto_de_lei_19-2022_-_campo_futebol_paraiso.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4513/projeto_de_lei_20-2022_-_alera_lei_1.274_de_2018.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4514/projeto_de_lei_21-2022_-_ceder_descascadores_para_associacao_da_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4518/projeto_de_lei_22-2022_-_denominacao_rua_do_cafe.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4516/projeto_de_lei_23-2022_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4535/projeto_de_lei_24-2022_-_denominacao_escola_municipal_prefeito_osmar_gomes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4536/projeto_de_lei_25-2022_-_denominacao_rua_carlos_gomes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4537/projeto_de_lei_26-2022_-_denominacao_rua_abel_magro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4538/projeto_de_lei_27-2022_-_denominacao_rua_osmar_paixao_de_souza.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4539/projeto_de_lei_28-2022_-_operacao_credito_caixa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4565/projeto_de_lei_29-2022_-_consorcio_intermunicipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4566/projeto_de_lei_30-2022_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4567/projeto_de_lei_31-2022_-_fixa_despesas_do_municipio_de_espera_feliz.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4580/projeto_de_lei_32-2022_-_criar_orgao_assistencia_judiciaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4582/projeto_de_lei_33-2022_-_desapropriacao_imovel.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4603/projeto_de_lei_34-2022_-_delimitacao_perimetro_urbano_espera_feliz.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4604/projeto_de_lei_35-2022_-_regulamentacao_bairros.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4605/projeto_de_lei_36-2022_-_delimitacao_perimetro_urbano_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4606/projeto_de_lei_37-2022_-_expansao_urbana_sao_goncalo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4607/projeto_de_lei_38-2022_-_criacao_distrito_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4608/projeto_de_lei_39-2022_-_altera_a_lei_1282-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4616/projeto_de_lei_40-2022_-_denominacao_rua_wellington_cassimiro_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/projeto_de_lei_41-2022_-_rua_wanderley_cassimiro_campos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4618/projeto_de_lei_42-2022_-_denominacao_rua_santa_cecilia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4619/projeto_de_lei_43-2022_-_denominacao_rua_piracicaba.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4620/projeto_de_lei_44-2022_-_cessao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_lei_45-2022_-_ceder_automovel_para_apae.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4645/pl_46.2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4647/projeto_de_lei_47-2022_-_lei_original_obrigatorio_em_projeto_que_a_modifique.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4650/projeto_de_lei_48-2022_-_declaracao_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4651/pl_49.2022__redacao_final.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4436/projeto_de_resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4508/projeto_de_resolucao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/projeto_de_resolucao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_resolucao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4388/requerimento_01-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4389/requerimento_02-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4390/requerimento_03-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4394/requerimento_4-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4413/r.05-17.03.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4433/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4449/requerimento_07-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4475/requerimento_08-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4476/requerimento_09-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/requerimento_10-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4488/requerimento_11-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4507/requerimento_12-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4590/requerimento_13-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4591/requerimento_14-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4592/requerimento_15-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/requerimento_16-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4602/requerimento_17-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4615/requerimento_18-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4639/requerimento_19-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4646/requerimento_20-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4648/requerimento_21-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4649/requerimento_22-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4655/requerimento_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4553/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4555/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4556/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4557/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4558/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4559/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4560/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4561/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4562/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4563/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4489/projeto_de_emenda_a_lei_organica_13-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_emenda_a_lei_organica_14-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4788/substitutivo_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4554/projeto_substitutivo_lei_complementar_09-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4564/projeto_substitutivo_lei_complementar_10-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4452/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4453/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4454/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4455/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4457/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4458/emendas_a_ldo.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4459/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4460/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4461/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4462/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4463/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4464/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4465/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4370/i_01.2022_000105.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4371/i_02.2022_000106.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4372/i_03.2022_000107.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4373/i_04.2022_000108.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4374/i_05.2022_000109.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4375/i_06.2022_000110.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4377/i_07.2022_000111.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4381/indicacao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4382/indicacao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4383/indicacao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4384/indicacao_11-2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4385/indicacao_12-2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4386/indicacao_13-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4387/indicacao_14-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4395/indicacao_15-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4396/indicacao_16-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4397/indicacao_17-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4398/indicacao_18-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4399/indicacao_19-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4400/indicacao_20-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4401/indicacao_21-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4402/indicacao_22-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4403/indicacao_23-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4404/indicacao_24-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4405/i.25-17.03.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4406/i.26-17.03.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4407/i.27-17.03.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4408/i.28-17.03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4409/i.29-17.03.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4410/i.30-17.03.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4411/i.31-17.03_000209.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4412/i.32-17.03_000210.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4417/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4418/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4419/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4420/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4421/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4422/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4423/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4424/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4425/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4426/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4427/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4428/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4429/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4430/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4431/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4432/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4440/indicacao_49-2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4441/indicacao_50-2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4442/indicacao_51-2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4443/indicacao_52-2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4444/indicacao_53-2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4445/indicacao_54-2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4446/indicacao_55-2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4447/indicacao_56-2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4448/indicacao_57-2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4470/indicacao_58-2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4471/indicacao_59-2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4472/indicacao_60-2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4473/indicacao_61-2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4474/indicacao_62-2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4477/indicacao_63-2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4478/indicacao_64-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4482/indicacao_65-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4483/indicacao_66-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4484/indicacao_67-2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4485/indicacao_68-2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4486/indicacao_69-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4490/indicacao_70-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4491/indicacao_71-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4492/indicacao_72-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4494/indicacao_73-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4495/indicacao_74-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4496/indicacao_75-2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4497/indicacao_76-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4498/indicacao_77-2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4499/indicacao_78-2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4500/indicacao_79-2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4501/indicacao_80-2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4502/indicacao_81-2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4503/indicacao_82-2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4504/indicacao_83-2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4505/indicacao_84-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4506/indicacao_85-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4519/indicacao_86-2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4520/indicacao_87-2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4521/indicacao_88-2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4522/indicacao_89-2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4523/indicacao_90-2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4524/indicacao_91-2022.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4525/indicacao_92-2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4526/indicacao_93-2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4527/indicacao_94-2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4528/indicacao_95-2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4529/indicacao_96-2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4530/indicacao_97-2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4531/indicacao_98-2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4532/indicacao_99-2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4533/indicacao_100-2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4534/indicacao_101-2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4541/indicacao_102-2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4542/indicacao_103-2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4543/indicacao_104-2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4544/indicacao_105-2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4545/indicacao_106-2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4546/indicacao_107-2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4547/indicacao_108-2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4570/indicacao_109-2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4571/indicacao_110-2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4572/indicacao_111-2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4573/indicacao_112-2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4574/indicacao_113-2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4575/indicacao_114-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4576/indicacao_115-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4577/indicacao_116-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4578/indicacao_117-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4579/indicacao_118-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4583/indicacao_119-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4584/indicacao_120-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4585/indicacao_121-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4586/indicacao_122-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4587/indicacao_123-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4588/indicacao_124-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4589/indicacao_125-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4594/indicacao_126-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4595/indicacao_127-2022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4596/indicacao_128-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4597/indicacao_129-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4598/indicacao_130-2022.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4599/indicacao_131-2022.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4600/indicacao_132-2022.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4601/indicacao_133-2022.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4610/indicacao_134-2022.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4611/indicacao_135-2022.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4612/indicacao_136-2022.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4613/indicacao_137-2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4614/indicacao_138-2022.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4621/indicacao_139-2022.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4622/indicacao_140-2022.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4623/indicacao_141-2022.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4625/indicacao_142-2022.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4627/indicacao_143-2022.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4628/indicacao_144-2022.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4631/indicacao_145-2022.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4630/indicacao_146-2022.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4634/indicacao_147-2022.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4635/indicacao_148-2022.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4636/indicacao_149-2022.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4637/indicacao_150-2022.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4638/indicacao_151-2022.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4641/indicacao_152-2022.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4642/indicacao_153-2022.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4643/indicacao_154-2022.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4644/indicacao_155-2022.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4652/indicacao_156-2022.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4653/indicacao_157-2022.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4654/indicacao_158-2022.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4393/mocao_1-2022.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4414/m.02-17.03.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4434/mocao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4435/mocao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4450/mocao_05-2022.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4451/mocao_06-2022.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4548/mocao_07-2022.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4549/mocao_08-2022.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4550/mocao_09-2022.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4551/mocao_10-2022.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4367/plc_01-2022_-_cria_cargos.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4378/plc_02-2022_-_atualizacao_planilha_salarial_professores.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4379/plc_03-2022_-_vencimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4380/plc_04-2022_-_plano_de_carreira_servidores_legislativo.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4415/pcl_05-2022_-_diarias_servidores_publicos.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4481/plc_06-2022_-_regime_de_previdencia_complementar.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4511/plc_07-2022_-__adequacao_vencimentos_agentes_comunitarios.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4515/plc_08-2022_-_adequacao_de_cargos.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4517/plc_09-2022_-_adequacao_carga_horaria_e_vencimentos_medicos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4540/plc_10-2022_-_uso_e_parcelamento_do_solo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4609/plc_11-2022_-_reestruturacao_previdencia.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4626/plc_12-2022_-_alteracao_plano_de_carreira_servidores.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4629/plc_13-2022_-_alteracao_lei_diarias.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4632/plc_14-2022_-_fogos_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4633/plc_15-2022_-_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4366/projeto_de_lei_01_de_2022_recomposicao_servidores_executivo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4368/projeto_de_lei_02-2022_-_revisao_servidores_camara.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4369/projeto_de_lei_03-2022_-_revisao_subsidios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4376/projeto_de_lei_04_de_2022_acordo_judicial_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4391/projeto_de_lei_05-2022_-_convenio_com_caiana.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4392/projeto_de_lei_06-2022_-_credito_adicional_40.000.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4416/projeto_de_lei_07-2022_-_altera_lei_875-09_diarias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4437/projeto_de_lei_08-2022_-_subvencao_social_associacao_de_mulheres_rurais.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4438/projeto_de_lei_09-2022_-_rota_turistica_paraiso.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4439/projeto_de_lei_10-2022_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4466/projeto_de_lei_11-2022_-_campanha_do_agasalho.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4467/projeto_de_lei_12-2022_-_fogos_de_estampidos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4468/projeto_de_lei_13-2022_-_credito_especial.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4469/projeto_de_lei_14-2022_-_contrato_bdmg.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4479/projeto_de_lei_15-22022_-_subvencao_social_2.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4480/projeto_de_lei_16-2022_-_altera_lei_1.295-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4509/projeto_de_lei_17-2022_-_convenio_terraplanagem_br_482.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4510/projeto_de_lei_18-2022_-_abertura_de_credito_correto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4512/projeto_de_lei_19-2022_-_campo_futebol_paraiso.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4513/projeto_de_lei_20-2022_-_alera_lei_1.274_de_2018.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4514/projeto_de_lei_21-2022_-_ceder_descascadores_para_associacao_da_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4518/projeto_de_lei_22-2022_-_denominacao_rua_do_cafe.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4516/projeto_de_lei_23-2022_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4535/projeto_de_lei_24-2022_-_denominacao_escola_municipal_prefeito_osmar_gomes_da_silva.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4536/projeto_de_lei_25-2022_-_denominacao_rua_carlos_gomes_de_souza.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4537/projeto_de_lei_26-2022_-_denominacao_rua_abel_magro.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4538/projeto_de_lei_27-2022_-_denominacao_rua_osmar_paixao_de_souza.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4539/projeto_de_lei_28-2022_-_operacao_credito_caixa.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4565/projeto_de_lei_29-2022_-_consorcio_intermunicipal_de_saude.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4566/projeto_de_lei_30-2022_-_credito_adicional.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4567/projeto_de_lei_31-2022_-_fixa_despesas_do_municipio_de_espera_feliz.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4580/projeto_de_lei_32-2022_-_criar_orgao_assistencia_judiciaria.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4582/projeto_de_lei_33-2022_-_desapropriacao_imovel.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4603/projeto_de_lei_34-2022_-_delimitacao_perimetro_urbano_espera_feliz.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4604/projeto_de_lei_35-2022_-_regulamentacao_bairros.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4605/projeto_de_lei_36-2022_-_delimitacao_perimetro_urbano_sao_jose.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4606/projeto_de_lei_37-2022_-_expansao_urbana_sao_goncalo.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4607/projeto_de_lei_38-2022_-_criacao_distrito_sao_sebastiao.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4608/projeto_de_lei_39-2022_-_altera_a_lei_1282-2019.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4616/projeto_de_lei_40-2022_-_denominacao_rua_wellington_cassimiro_campos.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4617/projeto_de_lei_41-2022_-_rua_wanderley_cassimiro_campos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4618/projeto_de_lei_42-2022_-_denominacao_rua_santa_cecilia.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4619/projeto_de_lei_43-2022_-_denominacao_rua_piracicaba.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4620/projeto_de_lei_44-2022_-_cessao_de_servidores.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4640/projeto_de_lei_45-2022_-_ceder_automovel_para_apae.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4645/pl_46.2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4647/projeto_de_lei_47-2022_-_lei_original_obrigatorio_em_projeto_que_a_modifique.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4650/projeto_de_lei_48-2022_-_declaracao_de_utilidade_publica.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4651/pl_49.2022__redacao_final.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4436/projeto_de_resolucao_01-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4508/projeto_de_resolucao_02-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4569/projeto_de_resolucao_03-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4624/projeto_de_resolucao_04-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4388/requerimento_01-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4389/requerimento_02-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4390/requerimento_03-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4394/requerimento_4-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4413/r.05-17.03.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4433/requerimento_no_06.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4449/requerimento_07-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4475/requerimento_08-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4476/requerimento_09-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4487/requerimento_10-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4488/requerimento_11-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4507/requerimento_12-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4590/requerimento_13-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4591/requerimento_14-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4592/requerimento_15-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4593/requerimento_16-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4602/requerimento_17-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4615/requerimento_18-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4639/requerimento_19-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4646/requerimento_20-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4648/requerimento_21-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4649/requerimento_22-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4655/requerimento_no_23-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4553/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4555/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4556/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4557/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4558/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4559/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4560/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4561/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4562/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4563/veto_parcial_ao_projeto_de_lei_10-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4489/projeto_de_emenda_a_lei_organica_13-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4581/projeto_de_emenda_a_lei_organica_14-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4788/substitutivo_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4554/projeto_substitutivo_lei_complementar_09-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4564/projeto_substitutivo_lei_complementar_10-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4452/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4453/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4454/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4455/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4456/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4457/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4458/emendas_a_ldo.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4459/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4460/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4461/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4462/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4463/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4464/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2022/4465/emendas_a_ldo_-_8_assinaturas.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H289"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="160.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="159.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>