--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -54,3584 +54,3584 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Carla Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_01-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_01-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de elaborar 02 projetos de Lei e após encaminhar a Casa para estudo e aprovação, conforme especificados abaixo: 1 - Projeto de Lei que vise implantar energia solar sustentável na Prefeitura Municipal, atendendo todas as demandas da prefeitura e das secretarias; 2 – Projeto de lei que isente os contribuintes do município de Espera Feliz de pagar a taxa de iluminação pública.</t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Grécia Faria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao__02-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao__02-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com uma revisão no Plano Diretor do município, alterando o mapa de zoneamento do município, com delimitações e denominações corretas dos bairros e suas respectivas ruas;</t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Dinei</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_03-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_03-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, entre em contato com o CONSEP – Conselho de Segurança Pública e veja a viabilidade de instalar uma placa indicando as praias e as cidades vizinhas do Espírito Santo (Cachoeiro do Itapemirim, Guaçuí, Dores do Rio Preto, etc,) em frente a esquina que fica uma sorveteira e o Bar do Banana;</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_04-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_04-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de substituir a caçamba que está localizada na Rua Major Pereira, próximo a Igreja São Francisco, por latões de lixo;</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_05-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_05-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de patrolar e ensaibrar a estrada do Córrego dos Moreira;</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_06-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_06-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja viabilidade de proceder com pintura em todos os quebra-molas/lombadas e reforçar as pinturas das faixas de pedestres de todas as ruas do município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind_n_07.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind_n_07.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de implantar na Policlínica Municipal, carga horária de 02 turnos entre os servidores municipais e aumentar o horário de atendimento da policlínica, sendo de 06:00 h às 18:00 h.;</t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/indicacao_08-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/indicacao_08-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei e encaminhar a esta Casa para a devida tramitação, tornando obrigatória a instalação de câmera de monitoramento de segurança nas dependências e cercanias de todas as creches e escolas públicas municipais;</t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_09-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_09-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pintura de demarcação do piso da quadra esportiva da Comunidade do Taboão;</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_10-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_10-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas que dão acesso a Comunidade do Taboão;</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_11-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_11-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de transformar o grupo escolar localizado entre as Comunidades do São Gonçalo e Taboão (próximo a roda d’água) que atualmente está fechado, em uma creche escolar;</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_12-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_12-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir 02 (duas) guaritas na Rua João Sebastião de Amorim, sendo uma nas proximidades do Seminário a e a outra nas proximidades do Centrão Materiais de Construção;</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_13-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_13-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza no córrego do Bairro do Roque e, ainda, canalização desse córrego;</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/ind_n_14.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/ind_n_14.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma manutenção do calçamento das casinhas populares (Conjunto Habitacional Santa Inês), bem como retirar o lixo/entulhos dessas ruas; serviço de capina e limpeza dos bueiros;</t>
   </si>
   <si>
     <t>4678</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/ind_n_15.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/ind_n_15.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas/redutores de velocidade na Rua Ana Paixão de Souza, sendo que após a retirada do calçamento, que deu lugar ao asfalto, essa via pública ficou perigosa, devido os veículos passarem em alta velocidade. Informo que as placas indicando os redutores de velocidade já foram fixadas, faltando a instalação dos redutores;</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/ind_n_16.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/ind_n_16.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento no trecho compreendido entre o Patronato e o asfalto (em frente a Vila Klabin);</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/ind_n_17.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/ind_n_17.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente veja a possibilidade de melhorar o tráfego dos pacientes que buscam atendimentos e exames em cidades da região, vendo a viabilidade de colocar um veículo saindo na parte da manhã e o outro na parte da tarde, fazendo com que os pacientes que estão marcados para a parte da manhã não tenham que ficar o dia todo no local, aguardando a consultas dos outros pacientes;</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/indicacao_18_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/indicacao_18_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, construa um muro de arrimo com pedra no Bairro João Clara, nas margens da BR 482.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/indicacao_19_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/indicacao_19_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar o calçamento da Avenida Artur Bina da Silva e a recuperação das margens do rio, ao longo das Avenidas Artur Bina e João Vieira da Costa.</t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/indicacao_20_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/indicacao_20_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na Rua Antônio Vieira Bastos, localizada atrás da Vidraçaria Alumil</t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/indicacao_21_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/indicacao_21_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar uma limpeza geral no Loteamento Porto Nobre, com serviço de capina;</t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_22_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_22_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com a troca do reservatório de água da Comunidade do São Sebastião da Barra, ou na inviabilidade no momento, que seja feito uma manutenção urgente;</t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_23_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_23_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade do caminhão de lixo que faz a coleta no Taboão, estender o trajeto, sendo que atualmente a coleta é feita até a quadra esportiva, e os moradores solicitam que seja procedida até as proximidades da propriedade do Ex-Vereador Acácio Siqueira;</t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/indicacao_24_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/indicacao_24_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias no bairro  João Clara, conforme especificadas abaixo: Limpeza geral em todas as ruas do bairro, retirando lixos e entulhos; Serviço de capina em todas as ruas do bairro; Melhorias no campo de areia, com colocação de  areia, refletores, serviço de capina; Providências no esgoto a céu aberto na Rua Olavo Gomes; Providências urgentes na cratera imensa da Rua Manoel Cabral (rua próxima a creche); Recuperação do asfalto em todo o bairro, especialmente na Rua Dormiro Santos, onde o asfalto está cedendo próximo a margem do Rio São João.</t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/indicacao_25_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/indicacao_25_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com limpeza geral e manutenção de todos os bueiros da cidade de Espera Feliz.</t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/indicacao_26_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/indicacao_26_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das possibilidades viabilize recursos para a organização do evento Conexão Caparaó que será realizado em Espera Feliz, no Córrego Santa Rita (Comunidade do Paraíso) em janeiro de 2024;</t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/indicacao_27_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/indicacao_27_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades intensifique a fiscalização sobre o volume das propagandas volantes na cidade de Espera Feliz, e, ainda, emita um ofício informativo sobre a legislação,  aos profissionais da área;</t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/indicacao_28_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/indicacao_28_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades, proceda com obras de calçamento em todas as ruas do Distrito do São José da Pedra Menina, ratificando as indicações de 2021 e 2022 encaminhadas a este Órgão Municipal;</t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/indicacao_29_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/indicacao_29_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com o Órgão competente e solicitar fixação de placas indicativas na cidade, em pontos estratégicos, indicando: Hospital/ Policlínica Municipal/ Prefeitura/ Câmara/ Cemitério/ Fórum/ Delegacia e os bairros da cidade;</t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/indicacao_30_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/indicacao_30_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, verifique junto ao fiscal de postura do município, uma forma de reorganizar o estacionamento em frente às secretárias municipais, que ficam localizadas na Praça Dr. José Augusto,  bem como o fiscal observar e tomar providências se necessário, de uma rampa que foi feita em frente a nova loteria, sendo que está obstruindo a calçada, tirando a acessibilidade de cadeirantes;</t>
   </si>
   <si>
     <t>4700</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/indicacao_31_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/indicacao_31_-_2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de retirar ou podar algumas plantas dos canteiros do trevo que dá acesso ao município de Carangola.  (Trevo em frente Auto Posto do Trevo).</t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_32-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_32-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria de Educação e Cultura, conceda 02 (dois) professores e 01 (um) estagiário para APAE – Associação de Pais e Amigos dos Excepcionais de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/indicacao_33-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/indicacao_33-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, proceda com melhorias na Rua do Alambique, no bairro Vale do Sol III, conforme especificadas abaixo: Calçamento da rua, e na inviabilidade, que seja patrolada e ensaibrada, com posterior manutenção de saibro; Manilhamento na rua, e na inviabilidade, que proceda com serviço de limpeza de valeta e obstrução da manilha nas proximidades das residências das fotos que seguem anexadas;</t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/indicacao_34-2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/indicacao_34-2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral na Rua Aurora Lopes, no bairro Vale do Sol II, com serviço de capina e retirada de lixos.   Segue foto anexada da localidade;</t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/indicacao_35_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/indicacao_35_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma operação tapa-buracos em toda extensão da cidade de Espera Feliz/MG, nas ruas e nos pontos necessários, dando atenção especial para a Rua João Sebastião de Amorim, em frente ao Estádio Reinô Martins de Oliveira, prosseguindo até a saída para o município de Caiana/MG;</t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/indicacao_36_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/indicacao_36_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar equipamentos de segurança nas escolas municipais como: portas eletrônicas com detectores de metais; cercas elétricas por toda a extensão dos muros, vídeomonitoramento e também seguranças, sendo sugerindo usar recursos do FUNDEB para custeio destes equipamentos. Sugiro ainda ao Executivo Municipal, a concessão de incentivo fiscal, como a isenção de IPTU ou de Imposto sobre Serviços de Qualquer Natureza (ISSQN), aos estabelecimentos de ensino particulares, a fim de contribuir para a compra destes equipamentos, garantindo também a segurança dos alunos e professores da rede privada;</t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/indicacao_37_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/indicacao_37_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de reformar o campo de futebol da Comunidade da Chave, dando atenção especial aos banheiros/vestiário;</t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4724/indicacao_38_2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4724/indicacao_38_2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar um corrimão/guarda-mão na calçada da Rua Manoel Moura Filho (subida morro do hospital) do lado esquerdo de quem está subindo.</t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_39_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_39_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Manoel Francisco Neves, no bairro Vale do Sol, conforme especificadas abaixo: Serviço de capina; Retirada de lixo, com uma limpeza geral; Restauração do calçamento;</t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/indicacao_40_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/indicacao_40_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar um Projeto de Lei e encaminhar a esta Casa para apreciação e votação, tornando obrigatório a castração de animais no município, como vem sendo atualmente no canil;</t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/indicacao_41_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/indicacao_41_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar um muro localizado na Rua Manoel Francisco Neves, no bairro Vale do Sol, conforme pode ser visto através das fotos que seguem anexadas;</t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/indicacao_42_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/indicacao_42_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de restaurar um muro na Avenida Américo Sobrinho, no bairro Vale do Sol I, nas proximidades da residência de n.: 459;</t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/indicacao_43_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/indicacao_43_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar pulverização de inseticida com carro fumacê em todos os bairros, ruas, praças etc. do município de Espera Feliz;</t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/indicacao_44_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/indicacao_44_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de remover o portão dos fundos do Poliesportivo José Erasmo de Oliveira e instalá-lo no final da parede lateral deste ginásio.  Segue foto anexada do local a ser instalado;</t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/indicacao_45_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/indicacao_45_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Pereira/Morro São Francisco, conforme especificadas abaixo: Limpeza geral com retirada de entulhos; Serviço de capina; Restauração do calçamento;</t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/indicacao_46_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/indicacao_46_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com cobertura de concreto por toda extensão do córrego no Bairro João do Roque;</t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/indicacao_47_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/indicacao_47_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na Rua Bruno Monteiro Cabral, no bairro João do Roque;</t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/indicacao_48_fotos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/indicacao_48_fotos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de proceder com uma limpeza geral nas margens do córrego que fica atrás da secretaria de obras (Rua Álvaro de Sá Barbosa – Rua da Mineradora), com serviço de retirada de entulhos, roçagem etc. Seguem fotos anexadas do local.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_49.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com ampliação do cemitério de São José da Pedra Menina;</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_50.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, adquira 01 (um) terreno na Comunidade do Paraíso a fim de se tornar uma área de eventos nesta localidade;</t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/indicacao_51.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de cercar o campo do Distrito do São José da Pedra Menina e construir um vestiário que atenda tanto o campo de futebol, quanto a quadra;</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/indicacao_52.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com roçagem e limpeza em um lote que fica localizado atrás da Policlínica, ou na oportunidade notificar o proprietário, visando a realização da limpeza do terreno, haja vista que ele possui muitos lotes na cidade e sempre transfere esta responsabilidade para o Órgão público;</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/indicacao_53.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Obras e o CONSEP (Conselho de Segurança Pública de Espera Feliz) e veja a viabilidade de instalar uma placa indicando parada de ônibus no início do parapeito do jardim da Paróquia de São Sebastião (do lado do açougue do Lolico);</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/indicacao_54.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tampar um buraco localizado na Rua Fioravante Padula, em frente a galeria Espera feliz. Segue foto anexada;</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_55.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento e infra-estrutura na rua Manoel Faria Alves no bairro São Francisco, como também serviços de capina e limpeza em todo o bairro;</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/indicacao_56.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/indicacao_56.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral e retirada de entulhos no bairro do Waltair;</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_57.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar barras de proteção, sendo sugerido de acrílica e transparente, entre a recepção e os pacientes e entre a sala de vacinas e os pacientes, no PSF Vida. Solicito ainda que sejam instaladas barras de proteção em todos os outros PSFs do município que não possuem esta medida de segurança. Segue foto com modelo de tela de acrílico;</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_58.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza geral de capina na rua conhecida como Servidão (rua que fica localizada por baixo da rua da água de coco), a fim de acabar com criadouros de escorpiões.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/indicacao_59.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com calçamento no morro que dá acesso à APAE, (próximo ao Pontilhão de Ferro);</t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/indicacao_60.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades instale corrimões na escadaria e na rua estreita (morro) do Distrito do São José da Pedra Menina, conforme seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/indicacao_61.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/indicacao_61.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de calçar com bloquetes o entorno da Igreja da Comunidade Pedra Negra;</t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/indicacao_62.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/indicacao_62.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção no calçadão localizado na área central de Espera Feliz, com concertos dos bancos, pinturas dos quiosques, cuidados com as flores dos vasos, iluminação;</t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/indicacao_63.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/indicacao_63.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de comprar (01) um terreno para construir uma sede própria para o PSF Vida;</t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/indicacao_64.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/indicacao_64.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma reforma geral no PSF Pioneira (bairro João Clara), incluindo extensão da marquise ou colocação de telha colonial, como também instalação de bancos;</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/indicacao_65.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/indicacao_65.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar/estender a rede de esgoto do Rio São João, em toda a sua extensão;</t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>José Augusto</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/indicacao_66.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/indicacao_66.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma faixa de pedestre elevada na Praça da Bandeira, nas duas ruas, tanto para quem desce, como para quem sobe, tendo como referência a Drogaria Viviane;</t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/indicacao_67.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/indicacao_67.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar marcação no chão com o símbolo dos cadeirantes, dando acessibilidade aos cadeirantes, nos locais onde o comércio fez adaptações, como exemplo, o Açougue do Mauro;</t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/indicacao_68.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/indicacao_68.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de contratar um engenheiro de tráfego, a fim de realizar um estudo na cidade e após elaborar um projeto de estruturação do trânsito do município;</t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/indicacao_69.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/indicacao_69.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de entrar em contato com as empresas que ganharam as licitações de transportes escolares e solicitar que coloquem monitores em todos os veículos que realizam o transporte escolar municipal.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/indicacao_70.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento no entorno da Igreja Católica da Comunidade da Chave;</t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/indicacao_71.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento no entorno da Igreja Católica da Comunidade Bonfim/Areal;</t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/indicacao_72.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, proceda com serviço de poda das árvores do Morro do Waltair (localizadas no início do morro).</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4792/indicacao_73.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4792/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a possibilidade de buscar, através de Deputados Federais e Estaduais (emendas parlamentares), recursos para aquisição de equipamentos de hemodiálise, montando um centro de hemodiálise no Hospital de Espera Feliz, procedendo assim com as sessões;</t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4793/indicacao_74.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4793/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir 02 (dois) banheiros (feminino e masculino), na Praça Cira Rosa de Assis, seguindo o modelo arquitetônico da localidade;</t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4794/indicacao_75.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4794/indicacao_75.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, realize as seguintes ações na Vila do Quicé: Após estudo sobre a viabilidade, proceda com a instalação de poço artesiano na Vila, objetivando melhoria no abastecimento de água das residências e da escola que está em construção; Designe funcionário para realizar serviço de varrição, capina e outras manutenções que se fizerem necessárias para a limpeza da Vila;</t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4795/indicacao_76.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4795/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, viabilize a instalação de  redutores de velocidade no trajeto que corresponde ao contorno rodoviário (em construção). Solicito ainda que após estudo sobre o melhor método a ser utilizado, também seja feita  instalação de   dispositivo de contenção  neste mesmo trajeto,  nos trechos onde houver risco de  acidentes, conforme ocorrido no dia 24 de julho do corrente ano, quando um carro que trafegava pelo contorno caiu nas proximidades da  Praça Cira Rosa de Assis;</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4796/indicacao_77.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4796/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, após análise sobre o melhor método a ser utilizado, viabilize uma demarcação ou até mesmo uma rotatória no cruzamento das ruas João Sebastião de Amorim e João Alves de Barros;</t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4797/indicacao_78.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4797/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, juntamente com o CONSEP (Conselho De Seguranca Pública Do Município De Espera Feliz), veja a viabilidade de colocar uma placa  indicando “Caparaó”, na Saída de São Domingos, sentido Alto das Três Cruzes;</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4798/indicacao_79.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4798/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, juntamente com o CONSEP (Conselho De Segurança Pública Do Município de Espera Feliz), viabilize a colocação de placas na Rua Cira Rosa de Assis,  informando que trata-se de via de mão única, no trecho compreendido entre o laboratório de Análises Clínicas Dr. Adriano Peixoto Moraes até a  subida do hospital;</t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4799/indicacao_80.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4799/indicacao_80.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a instalação de placas de identificação de logradouros, visando sanar os transtornos causados pela falta  de sinalização;</t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_81.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_81.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, intensifique as atividades no Bairro Novo Horizonte, no que diz respeito a capina, retirada de entulhos e varrição;</t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_82.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, intensifique as atividades no Bairro Vale do Sol II, no que diz respeito a capina, retirada de entulhos e varrição;</t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4802/indicacao_83.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4802/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, viabilize a construção de rede de esgoto na Rua Projetada D, situada no Bairro Vale do Sol III e que, juntamente com o órgão competente, busque condições para a instalação de rede de água potável nesta rua;</t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4803/indicacao_84.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4803/indicacao_84.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com colocação de faixa de pedestres em frente a Loja Constrular, na Rua Doutor José Paixão;</t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4804/indicacao_85.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4804/indicacao_85.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, viabilize o calçamento do trecho correspondente ao final da Rua Major Pereira, conhecido como Morro São Francisco;</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4805/indicacao_86.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4805/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a instalação do corrimão na ponte que liga a Comunidade de São José à Comunidade Pedra Menina;</t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4806/indicacao_87.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4806/indicacao_87.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a construção de vestiário da comunidade São José,  para uso dos atletas que utilizam a quadra e o campo do local;</t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4807/indicacao_88.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4807/indicacao_88.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a colocação de quebra-molas na Comunidade São José, próximo aos correios;</t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4808/indicacao_89.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4808/indicacao_89.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a instalação de placa de contramão na praça da Comunidade São José, na rua localizada embaixo do cruzamento entre a praça e a Igreja Católica;</t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4809/indicacao_90.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4809/indicacao_90.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, proceda com a instalação de dois quebra-molas na Comunidade do Paraíso, antes da ponte de que dá acesso à Forquilha do Rio, sendo um quebra-molas em frente a casa do Sr. Robson  e o outro a aproximadamente 150m;</t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4810/indicacao_91.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4810/indicacao_91.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, viabilize a demarcação de vagas para estacionamento na Rua Roque Ferreira de Castro, na Rua Pedro Dias Neto e  no trecho compreendido entre a  Praça da Bandeira e o Seminário.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4825/indicacao_92.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4825/indicacao_92.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção no calçamento da rua Piracicaba, bairro do Waltair, e, na oportunidade, peço que faça retirada de entulhos e serviço de capina. Segue fotos anexadas;</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4826/indicacao_93.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4826/indicacao_93.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Rua Wanderlei Cassimiro Campos (conhecida como Morro da Mangueira), no bairro do Waltair, conforme especificadas abaixo: Tomar providências em relação a um bueiro que não está fazendo a captação da água que vem do morro do café há muitos anos, causando alagamento; Ver a possibilidade de canalizar a água que desce dessa rua em direção a BR 482, a fim de evitar erosão e desabamento do morro; Asfaltar, sendo que atualmente já é calçada, mas devido ser uma rua a pique, as pedras são escorregadias.</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4827/indicacao_94.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4827/indicacao_94.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de estarem verificando sobre as câmeras de monitoramento instaladas na cidade, principalmente as da área central, sendo que muitas não estão funcionando, necessitando com urgência de manutenção e reparo;</t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4828/indicacao_95.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4828/indicacao_95.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar câmeras de monitoramento em locais estratégicos nos cemitérios municipais São João Batista e São Francisco;</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4829/indicacao_96.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4829/indicacao_96.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de plantar grama e árvores nas margens do Rio São João, em toda extensão da área urbana.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_97.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_97.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com ampliação e reforma no PSF de São Sebastião da Barra, incluindo a extensão de uma varanda no local de chegada;</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_98.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_98.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a secretária competente, veja a viabilidade do caminhão da coleta de lixo estar adentrando a Comunidade Córrego da Prata, realizando a coleta, e, também colocação de lixeiras em pontos específicos;</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4843/indicacao_99.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4843/indicacao_99.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal junto a Secretaria competente, veja a viabilidade de elaborar um projeto que preveja melhorias no morro que dá acesso a uma parte da Comunidade São Felipe, conforme as necessidades dessa localidade;</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4844/indicacao_100.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4844/indicacao_100.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal junto a Secretaria competente, veja a viabilidade de estudar uma forma de trazer segurança para os moradores da rua José Chagrinha, na parte da escadaria, construindo um muro de arrimo ou outro tipo de estrutura que dê sustentação a esse local. Solicito ainda que essa escada seja transformada em rampa, a fim de acessibilidade;</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4845/indicacao_101.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4845/indicacao_101.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal junto a Secretaria competente, veja a viabilidade de estarem analisando e após ver qual o procedimento tomar em relação a raiz de uma arvore localizada na calçada da Escola CME, sendo que estourou a calçada e está dificultando acessibilidade de pessoas e causando transtornos para os alunos da referida escola;</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_102.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_102.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com serviço de poda em todas as árvores da Avenida Jaime Toledo, observando que a época está totalmente propícia;</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_103.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_103.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades construa uma passarela para pedestres na ponte que liga o Distrito do São José à Pedra Menina, e, retire o corrimão, sendo que está inviável pois a torna estreita, impedindo de transitarem os veículos agrícolas;</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_104.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_104.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades, após decisões do STF na ADI 7222, tome providências para o cumprimento do Piso Nacional da Enfermagem, a organização orçamentária e financeira para o recebimento dos repasses para o pagamento dos enfermeiros, técnicos e auxiliares de enfermagem e parteiras do município de Espera Feliz, nos termos dos artigos 15 e seguintes da Lei Federal n. 7.498 de 1986, alterada pela Lei 14.434 de 2022;</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_105.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_105.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalação de estacionamento para motocicletas, como parte de infraestrutura de apoio a essa modalidade de transporte, em frente a Padaria e Confeitaria Zine;</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_106.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_106.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de elaborar uma agenda datando os dias de coleta de entulhos das ruas do município, com a devida divulgação.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4855/indicacao_107.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4855/indicacao_107.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma limpeza geral no Bairro Patronato, realizando serviços de capina, retirada de entulhos, varrição, colocação de latões de lixo etc;</t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Sandrinha Donadio, Carla Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4856/indicacao_108.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4856/indicacao_108.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade, aproveitando que a Praça Área de Lazer Américo Carlos de Souza está em reforma, de fazer uma revitalização geral nessa localidade, plantando mais flores nos canteiros, instalando mais bancos em vários locais; procedendo com plantio de árvores e colocação de mais postes, tendo assim uma iluminação mais adequada, e, ainda, reforma do avião, com devida limpeza e se houver necessidade,  pintura;</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4857/indicacao_109.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4857/indicacao_109.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção no Parque Infantil que fica localizado na Vila Braz Grillo, Comunidade da Vargem Alegre, mantendo o local sempre limpo, iluminado, brinquedos reformados, plantio de flores, vigia, etc.;</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4858/indicacao_110.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4858/indicacao_110.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fazer a ligação da rede de esgoto na Rua Juscelino Kubitschek, no bairro Patronato, e, ainda, desentupir os bueiros;</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4859/indicacao_111.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4859/indicacao_111.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de proceder com instalação de cobertura na quadra de esportes localizada na Comunidade da Vargem Alegre, que fica entre a Igreja Católica e o Posto de Saúde. Destaco estar ratificando a Indicação de n.: 74/2022 da Vereadora Sandra Donadio de Carvalho Coelho e a solicitação do Vereador Claudinei Roberto de Souza ao Deputado Estadual Rafael Martins, através do ofício de N.:08/2021;</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4860/indicacao_112.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4860/indicacao_112.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de providenciar manutenção da estrada rural que liga a Comunidade do Córrego do Chinelo à Comunidade da Vargem Alegre, ensaibrando;</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4861/indicacao_113.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4861/indicacao_113.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma limpeza nas margens do Rio São João, retirando pneus em toda a extensão desse rio, na parte que compete ao município de Espera Feliz, principalmente na Avenida Artur Bina da Silva e Avenida João Vieira da Costa;</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4862/indicacao_114.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4862/indicacao_114.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, entre em contato com a COPASA e veja a viabilidade de adquirirem equipamentos/peças reservas necessários ao abastecimento de água do município, para que não ocorra mais o fato de haver danos nos equipamentos e a população ficar sem água, conforme ocorrido recentemente;</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4863/indicacao_115.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4863/indicacao_115.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção das estradas que dão acesso a Comunidade do São Gonçalo, patrolando, ensaibrando e realizando serviço de capina nas margens;</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4864/indicacao_116.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4864/indicacao_116.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de verificar a situação dos banheiros masculino e feminino do Poliesportivo José Erasmo de Oliveira que encontram-se sem portas. Solicito que sejam tomadas providências, instalando portas nesses banheiros, a fim de serem evitadas situações constrangedoras;</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4865/indicacao_117.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4865/indicacao_117.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar placas indicativas nas entradas de todas as Comunidades rurais do nosso município, com suas devidas denominações e distância;</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4866/indicacao_118.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4866/indicacao_118.pdf</t>
   </si>
   <si>
     <t>Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir uma praça no Bairro do Roque, a fim de ter um local de recreação para os moradores. Destaco estar reiterando esse pedido, pois já foi encaminhada essa solicitação ao Executivo, através do Vereador Claudinei Roberto de Souza e demais Vereadores;</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_119.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_119.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar melhorias na Rua José Natal, no bairro Patronato, conforme especificadas abaixo: - Instalar uma placa indicativa com a devida denominação na entrada da Rua José Natal, no bairro Patronato; - Resolver a questão da água que não está sendo suficiente para atender aos moradores; - Pavimentação;</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_120.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_120.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar uma limpeza geral na Rua Ernesto Grillo, com retirada de entulhos e serviço de capina;</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_121.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_121.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar uma limpeza geral na Nelson da Silva Valadão, com retirada de entulhos, serviço de capina etc;</t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4870/indicacao_122.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4870/indicacao_122.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Desenvolvimento Social e veja a viabilidade de instalar em nosso município uma Casa de Passagem para o acolhimento provisório de pessoas em situação de rua, desabrigo por abandono, migração e ausência de residência ou pessoas em trânsito sem condições de sustento;</t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4871/indicacao_123.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4871/indicacao_123.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fazer melhorias na Rua São João, localizada no Bairro do Roque, conforme especificadas abaixo: Pavimentação; Serviço de capina; Retirada de entulhos;</t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4876/indicacao_124.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4876/indicacao_124.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de elaborar um Projeto de Lei alterando o sentido de trânsito em via pública urbana, passando de mão dupla para sentido único a Avenida João Vieira da Costa. Segue em anexo um documento a mim apresentado, pelo munícipe Sr. Claudio de Faria Rodrigues, contendo normas a serem inclusas no projeto e a justificativa para proceder com tal feito;</t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4877/indicacao_125.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4877/indicacao_125.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com reparos nas calçadas, nos bancos e nos muros da Praça Amenaide Vasconcelos Rocha, bem como uma pintura geral em toda a localidade.  Solicito ainda, atenção a iluminação da praça, pedindo que não haja esquecimento quanto a ligação do disjuntor, não havendo assim, o risco da praça ficar escura;</t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4878/indicacao_126.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4878/indicacao_126.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tomar providências em relação ao contorno rodoviário, no sentido de instalar redutores de velocidade/quebra-molas em frente à residência de n. 957 e proximidades, e, ainda,  passar o  caminhão pipa 3 vezes ao dia, sendo que atualmente passam 2 vezes. Solicito que passe um caminhão na parte da manhã, outro logo após o almoço e o outro no final da tarde, ressaltando que passe não somente nos dias de semana, mas também aos sábados e domingos;</t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4879/indicacao_127.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4879/indicacao_127.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tomar providências em relação a um local da Rua Jurema Ventura Marinho, (antigo local de mica), em frente à residência do Joãozinho do Banco do Brasil, haja vista que os moradores alegam que tem está muito sujo, causando receio de bichos peçonhentos/cobras, mosquito da dengue, insetos no geral, etc.  Ciente que é um local particular, peço ao Executivo que veja quem é o proprietário e o notifique solicitando que faça a limpeza;</t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4880/indicacao_128.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4880/indicacao_128.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de melhorar a subida para a Comunidade da Chave, patrolando e ensaibrando;</t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4881/indicacao_129.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4881/indicacao_129.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar guarita/ponto de ônibus coberto na saída para Carangola. Ciente que diversos Vereadores já solicitaram esse pedido, reitero no sentido de reforço;</t>
   </si>
   <si>
     <t>4882</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4882/indicacao_130.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4882/indicacao_130.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto as Secretarias competentes, veja a viabilidade de tomar providências urgentes em relação as brigas que vem ocorrendo na Praça Cira Rosa de Assis, durante os momentos culturais que acontecem todas as quartas-feiras, colocando seguranças no local;</t>
   </si>
   <si>
     <t>4883</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4883/indicacao_131.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4883/indicacao_131.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto as Secretaria competente, veja a viabilidade de instalar uma tela de proteção ou grades nas laterais da  ponte que fica próxima à Escola Estadual Erênio de Souza Castro, evitando assim que possíveis acidentes ocorram com crianças da referida escola e demais crianças e idosos que circulam por esse local;</t>
   </si>
   <si>
     <t>4884</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4884/indicacao_132.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4884/indicacao_132.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto as Secretaria competente, veja a viabilidade de realizar melhorias na estrada que adentra a Comunidade do Limoeiro, (ao lado da Igreja), patrolando e ensaibrando;</t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4885/indicacao_133.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4885/indicacao_133.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de calçar o morro conhecido como “Morro do Sr. Orlando”, localizado na Comunidade do Paraíso, e ainda, desviar o curso d’água que desce nesse morro. Informo que estou ratificando Indicações encaminhadas ao Executivo nos anos anteriores de 2021 e 2022;</t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4886/indicacao_134.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4886/indicacao_134.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de colocar iluminação pública no trecho compreendido entre o campo da  Comunidade do Paraíso até  a entrada do Córrego Santa Rita, realizando um estudo e vendo a necessidade da quantidade de postes a serem instalados.  Ratificando indicações dos anos anteriores de 2021 e 2022;</t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4887/indicacao_135.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4887/indicacao_135.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com a polícia militar de Espera Feliz e solicitar que intensifique a ronda policial na Praça Amenaide Vasconcelos, passando as viaturas mais vezes durante o período noturno, evitando assim atos de vandalismos e atos obscenos nessa localidade;</t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4888/indicacao_136.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4888/indicacao_136.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de fazer valer a Lei de N.: 918/2010 e a Lei do Código de Postura que regulamentam as propagandas volantes sonoras nas vias públicas de Espera Feliz/MG e dá outras providências. (Seguem cópias das Leis) ;</t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4889/indicacao_137.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4889/indicacao_137.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de entrar em contato com o Órgão competente e solicitar que sejam instaladas placas indicando o Hospital de Espera Feliz, sendo sugerido instalar: na Avenida Jaime Toledo, nas proximidades do Educandário Sacramentino e nas proximidades do Posto Ipiranga; próximo a Academia Ó2 Fitness; na subida do Morro do Hospital e mais locais que o Executivo ver necessidade;</t>
   </si>
   <si>
     <t>4890</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4890/indicacao_138.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4890/indicacao_138.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, através da Secretaria competente, veja a viabilidade de entrar em contato com a operadora claro e ver a situação da torre de telefonia móvel instalada no Distrito do São Sebastião de Espera Feliz, no sentido de saber qual a previsão para começar a funcionar;</t>
   </si>
   <si>
     <t>4891</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_139.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_139.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma reforma geral na Praça localizada no Distrito do São Sebastião da Barra de Espera Feliz, melhorando a iluminação, construindo um parquinho/playground para as crianças, realizando pintura, etc.</t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Sandrinha Donadio, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_140.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_140.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Setor responsável e veja a viabilidade de melhorar a iluminação da Vila Braz Grillo, que fica localizada na Comunidade Vargem Alegre;</t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>Carla Nogueira, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_141.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_141.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente, e veja a viabilidade de construir 01 (um) caxambu, na Comunidade da Chave, a fim de promover a segurança hídrica, canalizando a água e evitando assim, possíveis contaminações. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4897/indicacao_142.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4897/indicacao_142.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Órgão responsável e veja a viabilidade de instalar uma faixa de pedestre com uma dimensão maior em largura, em frente ao portão maior da Escola Estadual Júlio de Carvalho, ciente que a faixa que existe atualmente em frente ao portão de entrada não está dando vazão, devido ao aumento significativo do número de alunos nos últimos anos.</t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_143.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_143.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de soldar a grelha/grade de captação de águas pluviais que está instalada na subida do morro do Waltair, sendo que estão totalmente soltas.  Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_144.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_144.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, construa quebra/molas ou faixa de pedestre elevada na Rua Leopoldina José do Amaral, nos locais necessários;</t>
   </si>
   <si>
     <t>4900</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4900/indicacao_145.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4900/indicacao_145.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na praça Padre Jésus que fica no entorno da igreja Santa Inês no bairro Vale do Sol, conforme especificadas abaixo: Projeto arquitetônico que embeleze a praça; Colocações de lixeiras/ bancos / luminárias; Vasos com flores; Câmeras de monitoramento.</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_146.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_146.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias no bairro Novo Horizonte, conforme especificadas abaixo: Troca das lâmpadas dos postes por lâmpadas fluorescentes, haja vista que os postes se encontram com lâmpadas amarelas, o que torna o local mais escuro;    Melhorias nos quebra-molas, sendo que estão irregulares;  Melhorias no abastecimento de água da Rua Vereador Carlos Grillo, sendo que falta água, na atualidade; Ver qual o procedimento pode ser tomado em relação as sucatas de veículos que ficam nas ruas;  Tomar providências em relação a obra de um muro que foi iniciada, sendo tirada uma parte de terra e a mesma estar sobre a rua.   Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_147.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_147.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com extensão de rede elétrica, instalando 02 (dois) postes na Rua José Moreira Lacerda, atrás da igreja Santa Inês. Segue foto anexada;</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_148.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_148.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Obras,  e veja a viabilidade de realizarem um mutirão para limpeza do  Bairro Waltair na Rua do Escadão/ Piracicaba/Morro do Café; Wanderlei Cassemiro, com serviço de capina  e retirada de entulhos;  varredura; desentupimento de bueiros; podas de árvores; e, ainda,  na oportunidade,  reitero pedidos anteriores não somente meus,  como de outros colegas de Vereança, da retirada do escadão,  tornando assim a rua plana, o que propiciará  mais acessibilidade. Segue foto anexada;</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_149.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_149.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades proceda com uma reforma geral (incluindo telhado) na Casa de Estuque Rayanne de Souza Augusto Oliveira, a casa de barro da Área de lazer do município de Espera Feliz, (conhecida como nave mãe). Segue foto anexada.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_150.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_150.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral no Córrego que desce da rua conhecida como Rua do Buraco e passa atrás do Parque de Exposições, com serviço de roçagem nas margens e, ainda, passar uma máquina para retirar a sujeira do fundo desse córrego;</t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4919/indicacao_151.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4919/indicacao_151.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar mais uma vez, o Cemitério São João Batista, com demarcações de mais túmulos, no espaço vago localizado entre o cemitério e o Cemitério Memorial Vida, que está sendo utilizado nos tempos atuais como estacionamento;</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4920/indicacao_152.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4920/indicacao_152.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Órgão responsável e veja a viabilidade de proceder com melhorias na ponte que dá acesso a algumas propriedades e residências localizadas na Comunidade do Angola, conforme seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4921/indicacao_153.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4921/indicacao_153.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Órgão responsável e veja a viabilidade de instalar mais postes na Rua Ary Romano de Souza, conforme a necessidade, sendo que moradores estão receosos em transitarem no período noturno. Peço ainda que proceda com a poda de uma árvore dessa rua, sendo que está muito frondosa, contribuindo também para tornar o local escuro, sendo que está tampando a claridade do poste próximo;</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4922/indicacao_154.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4922/indicacao_154.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de repassar mensalmente para o Projeto Viver (projeto de acolhimento a pessoas), um valor a ser estipulado por este renomado órgão Municipal, ou se não for possível no momento, que inclua esse projeto em convênios para receber verbas/repasses, considerando que tem declaração de utilidade pública, tanto municipal, quanto estadual;</t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4923/indicacao_155.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4923/indicacao_155.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral e serviço de capina no Morro São Francisco. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4924/indicacao_156.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4924/indicacao_156.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Vila Adonai, que fica localizada no bairro Patronato, conforme especificadas abaixo:  Instalação de 02 (dois) latões de lixo; Limpeza geral, com retirada de entulho, varrição e serviço de capina; Calçamento, e se não for possível no momento, que a rua dessa vila seja ensaibrada o mais rápido possível.</t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4925/indicacao_157.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4925/indicacao_157.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral na Rua Gerson Gomes Martins que fica localizada no Patronato e, ainda, desentupir as caixas de esgoto que ficam próximas aos bueiros da rua, sendo que estão transbordando, entupindo os bueiros e deixando esgoto a céu aberto pela rua;</t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4926/indicacao_158.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4926/indicacao_158.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento na Rua José Natal, no bairro Patronato. Se não houver possibilidade no momento de calçar essa rua, que seja patrolada e ensaibrada;</t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>Grécia Faria, Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4927/indicacao_159.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4927/indicacao_159.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com o Setor responsável e solicite que sejam instaladas placas regulamentando o limite máximo de velocidade permitida, na Rua Joao Sebastião de Amorim, no trecho compreendido entre o Estádio Municipal Reinô Martins de Oliveira e a saída para o município de Caiana, nos dois sentidos;</t>
   </si>
   <si>
     <t>4928</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4928/indicacao_160.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4928/indicacao_160.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de transformar em estacionamento para motocicletas, o espaço existente entre o novo Coreto e o canteiro Central da Praça da Bandeira;</t>
   </si>
   <si>
     <t>4929</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4929/indicacao_161.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4929/indicacao_161.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma manutenção na comporta instalada no córrego do Bairro do Roque e também conforme sugestão de vigilantes de endemias, que seja instalada uma 2ª comporta um pouco acima dessa comporta existente, tendo como objetivo a limpeza do córrego e proteção contra riscos de alagamento/enchentes;</t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4940/indicacao_n_162.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4940/indicacao_n_162.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar um estudo/análise detalhada de todas as árvores da cidade, dando prioridade as localizadas nos canteiros centrais da Rua Fioravante Padula, por estarem muito altas, o que traz receio e insegurança para os munícipes, destacando o fato ocorrido recentemente de uma árvore que caiu e trouxe grande transtorno.  Solicito que seja vista esta situação, verificando os galhos muito altos que necessitam de podas e a retirada de folhas secas/cascas das palmeiras; que seja olhada a situação dos canteiros onde as árvores estão plantadas, se há necessidade de reparos; e que seja averiguado se há alguma árvore comprometida e caso afirmativo, que seja retirada e plantada imediatamente outra no mesmo local. Após todas essas verificações, que sejam tomadas as atitudes necessárias por parte deste renomado Órgão Municipal;</t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4941/indicacao_no._163.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4941/indicacao_no._163.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de restaurar o calçamento no Bairro do Roque, próximo a um bueiro localizado ao lado do ESF Saúde Harmonia, pois conforme pode ser constatado através da foto que segue anexada, tem pedras soltas ao redor do bueiro e isto causou problema, trazendo o entupimento. Aproveitando o ensejo solicito que faça a limpeza do bueiro, sendo desentupido;</t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4942/indicacao_no._164.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4942/indicacao_no._164.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das viabilidades invista no setor turístico do nosso município, conforme sugestões abaixo: Instalação de placas sinalizando todas as cachoeiras do nosso município; Criar um centro de atendimento/informações turísticas próximo a rodoviária; Deixar um veículo à disposição da Secretaria de turismo 01 (uma) vez por semana; Instalação de totens de sinalização indicando as Comunidades da região do Paraíso; Taboão; São Sebastião, com a respectiva Km; Substituir os pontos antigos de ônibus da cidade por pontos de ônibus novos, que condizem com uma cidade turística, seguindo um padrão; Buscar patrocínio junto ao comércio local para trocar os adesivos dos outdoors das duas entradas da cidade (Espera Feliz a Carangola) ( Espera Feliz a Dores do Rio Preto) noticiando que o nosso café está entre os melhores cafés do Brasil.</t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4943/indicacao_no.165.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4943/indicacao_no.165.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de acelerar a obra que está sendo realizada na Escola Municipal da Vargem Alegre, pois segundo relato de servidor e de pais de alunos o telhado é muito baixo e com estas ondas de calores intensos que estamos vivenciando, os alunos estão ficando prejudicados nos estudos, sendo que dentro das salas de aula o calor está insuportável. Observa-se a necessidade urgente em agilizar essa obra, pois com certeza levantando o telhado, as salas ficarão mais arejadas;</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/indicacao_no._166.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/indicacao_no._166.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de estarem roçando o parquinho infantil da comunidade da Vargem Alegre, onde os principais usuários são as crianças da Escola Municipal e, segundo a direção existe o perigo de animais peçonhentos, sendo que o mato está alto. Na oportunidade solicito ainda, a pedido de moradores e funcionários da Escola, que o Executivo veja a possibilidade de assumir a manutenção desse parque, visando o bem do coletivo, considerando que a pessoa que o construiu mora fora do país e encontra restrições em mantê-lo como deveria;</t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4945/indicacao_no._167.023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4945/indicacao_no._167.023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de estender o calçamento da rua Nilton Ferreira Castro, que fica localizada no Bairro do Roque, como também promover uma limpeza nessa rua, com retirada de entulhos. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4946/indicacao_n_168.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4946/indicacao_n_168.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias na Comunidade do São Gonçalo, conforme especificadas abaixo, entre outros problemas que a Comunidade enfrenta:  Limpeza geral dentro da Comunidade do São Gonçalo; Pavimentação da subida que dá acesso ao cemitério local;  Estender um pouco mais o asfalto trazendo-o antes da primeira casa; Desentupir o bueiro/manilha que fica próximo a Igreja Católica e o bueiro que fica nas proximidades da Escola Pedro Inácio Nogueira, em frente a um terreno, verificando ainda situação da rede de esgoto.</t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4947/indicacao_no._169.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4947/indicacao_no._169.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias nas proximidades da Praça da Bandeira, em frente ao Hotel Montanhês e Bar Central (onde funciona estacionamento atualmente), sendo sugerido a construção de uma pequena praça com mesas, bancos, vasos de plantas, deixando espaço para estacionamento com as devidas demarcações;</t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4948/indicacao_no._170.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4948/indicacao_no._170.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de verificar a situação que está ocorrendo em frente ao prédio das Secretarias, sendo que fica uma água empossada por não haver o correto escoamento, e após tomar as devidas providências para solucionar essa problemática.  Segue foto anexada do local onde ocorre o fato;</t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4949/indicacao_n_171.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4949/indicacao_n_171.2023.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, analise o que pode ser feito para impedir os caminhões que realizam entregas nos depósitos do Supermercado Jacaré e do Supermercado Vivenci (Sacolão), localizados na Avenida João Vieira da Costa, subam nas calçadas e as danifiquem, como vem ocorrendo frequentemente, e após sejam tomadas a devidas providências.</t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4958/indicacao_172.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4958/indicacao_172.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma revitalização geral na Praça Pedro de Oliveira com serviço de jardinagem, pintura, iluminação, reforma dos bancos etc., sendo que é um dos cartões postais de nossa cidade e muito frequentada por moradores e visitantes.</t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4959/indicacao_173.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4959/indicacao_173.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma limpeza geral por baixo do Córrego do Roque, na Rua Roque Ferreira de Castro (na parte que conta com diversos pontos comerciais e residências), haja vista que tem como descer através de abertura que fica entre as construções.  Observa-se que essa solicitação é necessária sendo que conforme informações há muita sujeira nessa parte do córrego, inclusive pneus localizados, o que afeta o devido escoamento da água.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Carla Nogueira, Grécia Faria, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4960/indicacao_174.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4960/indicacao_174.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, dentro das viabilidades, busque através do Governo de Minas Gerais – Secretaria de Estado de Planejamento e Gestão de Minas Gerais – SEPLAG, implantar em nosso município o Programa UAI – Unidade de atendimento.</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4961/indicacao_175.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4961/indicacao_175.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral na estrada de acesso ao Portal do Parque Nacional do Caparaó – Forquilha do Rio, com varrição de folhas secas, retirada de terras, serviço de capina, etc.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4962/indicacao_176.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4962/indicacao_176.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias no campo de futebol da Comunidade Boa Esperança, com construção de vestiários e banheiros; iluminação; instalação de bancos de madeira ao redor do campo, etc.</t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4970/indicacao_177.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4970/indicacao_177.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, entre em contato com a antiga TELEMAR, e veja a viabilidade desta empresa retornar para a Prefeitura Municipal o estabelecimento/residência localizado na Praça Dr. José Augusto, n. 20, para se tornar a sede da UAI – Unidade de Atendimento Integrado, considerando que solicitamos ao Executivo, através de Indicação, que seja instalado este posto de atendimento em nossa cidade;</t>
   </si>
   <si>
     <t>4971</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4971/indicacao_178.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4971/indicacao_178.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir 01 (uma) quadra poliesportiva no Bairro Vale do Sol (em local a ser definido pelo Executivo), atendendo as necessidades esportivas de todos os bairros adjacentes;</t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4972/indicacao_179.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4972/indicacao_179.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a Padre Jésus (praça pública) que fica no entorno da igreja Santa Inês no bairro Vale do Sol, conforme especificadas abaixo: Projeto arquitetônico que embeleze a praça; Colocações de lixeiras/ bancos / luminárias; Vasos com flores/ plantio de árvores; Câmeras de monitoramento;</t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4973/indicacao_180.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4973/indicacao_180.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de estender o telhado/marquise da rodoviária, tendo como finalidade facilitar o embarque e desembarque dos passageiros em dias de chuva;</t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4974/indicacao_181.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4974/indicacao_181.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear todas as ruas do bairro João Clara;</t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4975/indicacao_182.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4975/indicacao_182.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recapear todas as ruas dos bairros Santa Cecília e Major Pereira;</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4976/indicacao_183.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4976/indicacao_183.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de restaurar o calçamento da Avenida João Vieira da Costa, entre o depósito do Supermercado Jacaré e o Supermercado Sacolão;</t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4977/indicacao_184.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4977/indicacao_184.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com manutenção da estrada que liga a Comunidade da Chave ao Alto das Três Cruzes, patrolando, ensaibrando e realizando serviço de contenção de águas de chuva (enxurrada);</t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4978/indicacao_185.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4978/indicacao_185.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fornecer para os servidores públicos que realizam o serviço de roçagem de gramas dos canteiros da cidade, uma tela de proteção, a fim de evitar que estilhaços e pedras se desloquem através da hélice do equipamento, e sejam atirados em uma distância considerável no momento da roçagem, podendo atingir pessoas que estejam passando pela localidade;</t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4979/indicacao_186.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4979/indicacao_186.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com obras de infraestrutura nas ruas Maria Luzia; Sabrina Barros; Abel Magro, localizadas no bairro Vale do Sol III, conforme especificadas abaixo: Calçamento; Meio-fio; Boca de lobo; Rede de esgoto.</t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4814/mocao_01_paulo_santa_luzia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4814/mocao_01_paulo_santa_luzia.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Agremiação Esportiva “Santa Luzia Futebol Clube”;</t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4815/mocao_02_paulo_elenco_fabuloso_-_copia.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4815/mocao_02_paulo_elenco_fabuloso_-_copia.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Agremiação Esportiva “Elenco Fabuloso”.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4831/mocao_03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4831/mocao_03.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para os profissionais do CREAS Paulo Lopes Braga, pelos relevantes serviços prestados ao município de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4832/mocao_04.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4832/mocao_04.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o time de futebol Balão Futsal, em reconhecimento aos relevantes serviços prestados ao esporte de Espera Feliz/MG, como forma de entretenimento e divulgação do nome de nossa cidade em várias localidades onde estão participando e ganhando jogos e campeonatos, trazendo orgulho para a população.</t>
   </si>
   <si>
     <t>4913</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4913/mocao_05.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4913/mocao_05.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Coordenação da Comunidade Nossa Senhora Aparecida;</t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4914/mocao_06.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4914/mocao_06.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o Secretário de Saúde Municipal Sr. Rogério Mendes Ferreira;</t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4915/mocao_07_arq.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4915/mocao_07_arq.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a renomada Academia Zine Body Center;</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4916/mocao_08_arq.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4916/mocao_08_arq.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o jovem casal Mateus Oliveira dos Santos e Renata Ivina Borges Rúbio;</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4917/mocao_09.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4917/mocao_09.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para os Servidores da Câmara Municipal.</t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4952/mocao_no_10.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4952/mocao_no_10.2023.pdf</t>
   </si>
   <si>
     <t>Seja consignado Moção de Aplausos para a Equipe dos Agentes de Combate a Endemias.</t>
   </si>
   <si>
     <t>4963</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4963/mocao_11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4963/mocao_11.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Sra. Silvana Bianca Rodrigues Chambella dos Santos pelos 35 anos de relevantes serviços prestados a EMATER de Espera Feliz/MG;</t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4964/mocao_12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4964/mocao_12.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Ilustre Professora de Educação Física – NASF, Sra. Raquel da Silva Carere, pelos relevantes serviços prestados na área de saúde do município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Oziel Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/plc_01.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/plc_01.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de coordenador Municipal de Proteção e Defesa Civil e dá outras providências</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Maria Izabel, Paulinho do Salão, Rômolo Donadio, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/plc_02.2023_000145.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/plc_02.2023_000145.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 28/2016, de 31 de março de 2016, Código de Posturas e dá outras providências.</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/plc_n_3.2023_-_altera_codigo_de_posturas.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/plc_n_3.2023_-_altera_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Nº 28/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/plc_n_4.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/plc_n_4.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a adequar níveis salariais em função da MP 1.172/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/plc_n_5.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/plc_n_5.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a adequar níveis salariais em função da MP 1.172/2023 e dá Outras Providências.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4836/plc_n_6.2023_.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4836/plc_n_6.2023_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações nas aposentadorias e pensões do Regime Próprio de Previdência Social de Espera Feliz, altera a Lei Complementar n° 34, de 30 de agosto de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4840/plc_n_7.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4840/plc_n_7.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a realizar pagamento de Assistência Financeira Complementar, em cumprimento a Emenda Constitucional N.: 124/2022 e a Lei N.: 14.434/2022 aos profissionais ocupantes dos cargos e empregos públicos de enfermeiros, técnicos de enfermagem e auxiliar de enfermagem e dá outras providências</t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4874/plc_08_de_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4874/plc_08_de_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reestruturação dos Planos de Cargos, Carreira e Salários, Leis Municipais Complementares 011/2013 e 012/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4912/plc_n_9.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4912/plc_n_9.2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Poder Executivo do município de Espera Feliz/MG, a gratificação de incentivo aos indicadores de Desempenho da Saúde Bucal, com base na Portaria GM/MS N° 960/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/pl_n_01.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/pl_n_01.2023.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá outras providências</t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>Carla Nogueira, Matusalém, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/pl_n_02.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/pl_n_02.2023.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores da Câmara Municipal e dá outras providências</t>
   </si>
   <si>
     <t>4658</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/pl_n_3.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/pl_n_3.2023.pdf</t>
   </si>
   <si>
     <t>Recompõe o subsídio do Presidente e dos Vereadores da Câmara Municipal</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/plo_n_4.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/plo_n_4.2023.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA "SABRINA BARROS FERNANDES BARBOSA" A RUA PROJETADA I VALE DO SOL III</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/plo_ne_5.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/plo_ne_5.2023.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA  " RUA VEREADOR JAIR PORTES DA SILVA" NO BAIRRO VALE DO SOL III</t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/plo_n_6.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/plo_n_6.2023.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA "RUA SIDNEY ROCHA LANES" A RUA QUE ATUALMENTE É CONHECIDA COMO RUA PROJETADA D NO VALE DO SOL III</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/plo_07.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/plo_07.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências</t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/plo_08.2023_000140.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/plo_08.2023_000140.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz - MG, a contratar com o Banco de Desenvolvimento de Minas Gerais S/A - BDMG, operação de crédito com outorga de garantia e dá outras providências</t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/plo_09.2023_000146.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/plo_09.2023_000146.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da alternância e proporcionalidade de gênero na denominação de ruas e logradouros e dá outras providências.</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/plo_n_10.2023_-_executivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/plo_n_10.2023_-_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração e execução da Lei Orçamentária do exercício financeiro de 2024</t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/projeto_11_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/projeto_11_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar contrato para instalação de bicicletário no município de Espera Feliz/MG e dá outras providências;</t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/projeto_12_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/projeto_12_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar contrato para a instalação de sinalização semafórica no município de Espera Feliz/MG e dá outras providências;</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/pl_n_13.2023_c_rf.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/pl_n_13.2023_c_rf.pdf</t>
   </si>
   <si>
     <t>Dá denominação à quadra que especifica (JAIR PORTES DA SILVA)</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/projeto_14_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/projeto_14_2023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos e datas comemorativas do município de Espera Feliz "O dia da Bíblia" e dá outras providências.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/pl_n_15.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/pl_n_15.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com a Secretaria de Estado de Educação de Minas Gerais, visando a municipalização das turmas vinculadas dos anos iniciais das Escolas Estaduais Fazenda Paraíso e São Sebastião e dá outras providências.</t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/projeto_16_23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/projeto_16_23.pdf</t>
   </si>
   <si>
     <t>Autoriza Chefe do Poder Executivo Municipal a efetuar pagamento de acordo extrajudicial e dá outras providências.</t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/pl_n_17.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/pl_n_17.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Sistema Municipal de Cultura, altera a Lei n° 901/09 que cria o Conselho Municipal da Cultura e o Fundo Municipal de Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/pl_n_18.2023_-_executivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/pl_n_18.2023_-_executivo.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária municipal e autoriza a abertura de Crédito Adicional Especial ao orçamento anual de 2023.</t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/pl_n_19.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/pl_n_19.2023.pdf</t>
   </si>
   <si>
     <t>Aprova contrato de doação com encargos que entre si celebram o município de Espera Feliz-MG, e Cooperativa de Crédito Credisudeste Ltda – Sicoob – Credisudeste.</t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4787/pl_n_20.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4787/pl_n_20.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a repassar Incentivo Financeiro Adicional aos Agentes Comunitários de Saúde e aos Agentes de Combate às Endemias e dá outras providências.</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4790/pl_21.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4790/pl_21.2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação à quadra de esportes que especifica (Quadra Poliesportiva Vereador João Pereira Brum)</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4791/pl_22.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4791/pl_22.2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica. (Rua Rudacy da Natividade Alves Faria)</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4816/proj_paulinho_social.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4816/proj_paulinho_social.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a disponibilizar Assistência Técnica pública e gratuita às famílias de baixa renda para o projeto e a construção/reforma de habitação de interesse social e dá outras providências.</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4817/pl_24.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4817/pl_24.2023.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de Espera Feliz, a entrada gratuita para as pessoas com autismo, e dá outras providências.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4819/pl_25.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4819/pl_25.2023.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Rua Pastor Gerson de Paula Lima).</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4818/pl_26.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4818/pl_26.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1406/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4821/pl_n_27.2023_c_rf.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4821/pl_n_27.2023_c_rf.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1237/2017 e dá outras providências</t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4822/projeto_de_lei_28-23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4822/projeto_de_lei_28-23.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Dorcelina Soares Nogueira)</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4823/projeto_de_lei_29-23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4823/projeto_de_lei_29-23.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Avenida que especifica (Antônio Gomes da Silva)</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4824/pl_n_30.2023_c_rf.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4824/pl_n_30.2023_c_rf.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Professor Luiz Gomes)</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4833/projeto_de_lei_31-23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4833/projeto_de_lei_31-23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo a ceder de área de terreno que especifica, e dá outras providências</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4834/pl_n_32.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4834/pl_n_32.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.433 e dá outras providências.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4837/pl_n_33.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4837/pl_n_33.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECONHECIMENTO DE UTILIDADE PÚBLICA NO MUNICÍPIO DE ESPERA FELIZ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4838/pl_n_34.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4838/pl_n_34.2023.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4839/ldo_000329.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4839/ldo_000329.pdf</t>
   </si>
   <si>
     <t>Estima Receita e Fixa Despesas do Município de Espera Feliz para o Exercício Financeiro de 2024 e dá outras providências</t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4872/pl_n_36.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4872/pl_n_36.2023.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA." (Associação Recreativa Cultural Brincando e Criando)</t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4873/pl_n_37.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4873/pl_n_37.2023.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a Área que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4875/pl_n_38.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4875/pl_n_38.2023.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial de Eventos e Datas Comemorativas, o dia de Nossa Senhora da Glória e dá outras providências.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4905/pl_n_39.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4905/pl_n_39.2023.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4906/pl_n_40.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4906/pl_n_40.2023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO CORETO MUNICIPAL DA PRAÇA DA BANDEIRA.</t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4908/pl_n_41.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4908/pl_n_41.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza a venda de imóvel público de propriedade do município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4909/pl_n_42.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4909/pl_n_42.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.417/2022, de 28 de novembro de 20022 e dá outras providências.</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4911/pl_n_43.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4911/pl_n_43.2023.pdf</t>
   </si>
   <si>
     <t>Autoriza pagamento de indenização que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4936/pl_44.2023_dinei.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4936/pl_44.2023_dinei.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA (Praça Pedro de Oliveira)</t>
   </si>
   <si>
     <t>4937</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4937/plo_n_45.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4937/plo_n_45.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1.421/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4938/plo_n_46.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4938/plo_n_46.2023.pdf</t>
   </si>
   <si>
     <t>Ratifica, na forma do art. 12 da Lei n° 11.107, de 06 de abril de 2005, a extinção do Consórcio Intermunicipal de Desenvolvimento Socioambiental e Infraestrutura providências.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4939/plo_n_47.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4939/plo_n_47.2023.pdf</t>
   </si>
   <si>
     <t>Estabelece novo prazo para conclusão de Loteamento e dá outras providências.</t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4953/plo_48.2023_ex.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4953/plo_48.2023_ex.pdf</t>
   </si>
   <si>
     <t>Cria o Parque Natural Municipal Aldo Luiz Gularte no Município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_49.2023_bel.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_49.2023_bel.pdf</t>
   </si>
   <si>
     <t>Institui, no calendário de eventos do município de Espera Feliz, a “Semana da Agricultura Familiar", e dá outras providências.</t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4955/plo_50.2023_bel.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4955/plo_50.2023_bel.pdf</t>
   </si>
   <si>
     <t>“Institui o programa municipal de apoio aos catadores de materiais recicláveis, e dá outras providências”.</t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_n_51.2023_psf.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_n_51.2023_psf.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO DIA MUNICIPAL DAS RELIGIÕES DE MATRIZ AFRICANA, A SER COMEMORADO ANUALMENTE, EM 21 DE MARÇO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_n_52.2023_mis.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_n_52.2023_mis.pdf</t>
   </si>
   <si>
     <t>Institui a política municipal de aquisição de alimentos e produtos da agricultura familiar no município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4965/plo_53.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4965/plo_53.2023.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO QUE ESPECIFICA. (Associação Esperafelicense de Teatro)</t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4966/pl_54.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4966/pl_54.2023.pdf</t>
   </si>
   <si>
     <t>Recepciona, no âmbito do Município de Espera Feliz, Estado de Minas Gerais, a declaração de direitos de liberdade econômica, prevista na Lei Federal n° 13.874, de 20 de setembro de 2019, incentivando a livre iniciativa e o livre exercício de atividade econômica e dá outras providências.</t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4967/pl_n_55.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4967/pl_n_55.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.417/2022 de 28 de novembro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4968/pl_n_56.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4968/pl_n_56.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.461/2023 e dá outras providências.</t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4969/pl_n_57.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4969/pl_n_57.2023.pdf</t>
   </si>
   <si>
     <t>Regulamenta a designação de pregoeiros no âmibito do Município de Espera Feliz e dá outras providências.</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4980/projeto_de_lei_58_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4980/projeto_de_lei_58_2023.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PUBLICA A ASSOCIAÇÃO QUE ESPECIFICA." (OSCS BRIGADA SERRA DO CAPARAÓ)</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CARLA NOGUEIRA, Matusalém Marques de Oliveira, Sandra Donadio de Carvalho Coelho</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/pjr_n_01.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/pjr_n_01.2023.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2024 da Câmara Municipal de Espera Feliz e Contém Outras Providências.</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>Matusalém Marques de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4820/resolucao_n_243.2023_.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4820/resolucao_n_243.2023_.pdf</t>
   </si>
   <si>
     <t>Aprova as contas da Prefeitura Municipal de Espera Feliz relativa ao exercício de 2021</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Gilmarzinho da Ambulância, Grécia Faria, José Augusto, Maria Izabel, Matusalém, Paulinho do Salão, Rômolo Donadio, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4853/pr_n_03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4853/pr_n_03.pdf</t>
   </si>
   <si>
     <t>Estabelece o Regimento Interno da Câmara Municipal de Espera Feliz.</t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4935/pr_n_4.2023_carla.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4935/pr_n_4.2023_carla.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Espera Feliz-MG</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/req_n_01.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/req_n_01.2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, relatório contendo os valores gastos no Carnaval de 2023, com suas respectivas notas fiscais, especificando todos os gastos, como:	Valor gasto com bandas; Blocos; montagem de palco, som etc.. Requeiro ainda:  1 -  Cópia dos processos licitatórios, constando; a)     - Se houve concorrência ou carta convite?; b) - Quem participou? c) -	Quais foram as propostas? 2- Informações referentes ao trabalho que a Secretaria de Educação e Cultura, especialmente a de Cultura, desenvolveu nesse Carnaval, sendo que esta festa é uma manifestação cultural.</t>
   </si>
   <si>
     <t>4701</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/requerimento_02_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/requerimento_02_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao motivo do CRAS – Centro de Referência de Assistência Social, ter mudado de local, sendo que funcionava na Rua Jair de Souza Castro (próximo a Escola Estadual Altivo Leopoldino de Souza) e agora passou para a  Rua Raimunda Filomena de Amorim.  Solicito ainda que encaminhe o valor que era pago no estabelecimento anterior e quanto está pagando no estabelecimento atual;</t>
   </si>
   <si>
     <t>4702</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/requerimento_03_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/requerimento_03_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, vislumbrando a busca de recursos para o desenvolvimento das políticas públicas no município, informações sobre quais os conselhos municipais estão instituídos no município, encaminhando ainda a cópia de suas respectivas leis de criação;</t>
   </si>
   <si>
     <t>4703</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/requerimento_04_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/requerimento_04_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, vislumbrando a busca de recursos para as organizações da Sociedade Civil, informações sobre quais são as Associações cadastradas na Prefeitura Municipal e se recebem incentivo financeiro.  Caso afirmativo, quais os valores repassados às mesmas?</t>
   </si>
   <si>
     <t>4704</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/requerimento_05_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/requerimento_05_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos precisos sobre como serão construídas as 02 (duas) pontes da cidade (uma próxima ao Plano Vida e a outra próxima a Cemig), no sentido de saber se o recurso para essas obras será através de verba parlamentar ou financiamento?  Conforme dito por Vossa Excelência na Reunião Ordinária do dia 07/02/2023, o Executivo buscou financiamento junto à Caixa para construção dessas obras, sendo alegado que o município precisa terminar as obras do estádio Reinô Martins de Oliveira e da creche Pró-Infância.  Meu questionamento tem como objetivo saber o motivo de Vossa Excelência ter tentado buscar este financiamento, pois conforme conversa com Vossa Excelência no gabinete, foi dito que o Deputado Federal Misael Varella havia liberado verba para a construção dessas duas pontes, estando inclusive o recurso em conta, e mediante o exposto, está havendo controvérsias nas informações;</t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/requerimento_06_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/requerimento_06_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao imposto ITBI, conforme especificadas abaixo: Cálculo de ITBI; Tabela Vigente e as variáveis desenvolvidas no cálculo;</t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/requerimento_07_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/requerimento_07_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a construção do muro de gabião que será construído nas margens do rio São João,  BR 482 no trecho compreendido entre a ponte do bairro João Clara e a ponte próxima da Distribuidora Coca-Cola, considerando que o projeto para liberação de financiamento para essa obra,  tramitou nessa Casa de Leis em agosto de 2022, sendo aprovado;</t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/requerimento_08_-_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/requerimento_08_-_2023.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes as contratações dos editais da Secretaria de Educação.  Esclareço que fui procurado por 03 (pessoas) que alegaram terem ido em edital recente e não foram contratadas, e pessoas que estavam atrás na classificação, foram contratadas. _x000D_
 Destaco que essas pessoas procuraram a Secretária de Educação e foi informado que elas não foram chamadas devido o Excelentíssimo Prefeito Municipal ter ocupado as vagas com cargos de confiança. Ciente que realmente o Prefeito Municipal tem todo direito em contratar pessoas como cargo de confiança, tendo como exemplo: Diretoras, Coordenadoras etc., surgiu uma dúvida e por isso solicito esclarecimentos. Requeiro informações no sentido de saber se o Executivo tem o direito de chamar pessoas para ocuparem os cargos na área de educação, como cargo de confiança ou se quando aberto o edital, como foi procedido, tem que seguir a ordem de classificação?</t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/requerimento_9.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/requerimento_9.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações relacionadas ao transporte público escolar, conforme especificadas abaixo:_x000D_
 Valor dos gastos atuais com vencimentos dos motoristas da rede transporte escolar; Quantos motoristas desempenham essa função? Valor dos gastos com combustíveis com esses veículos? Existe alguma parcela de transporte municipal escolar terceirizado? Número de veículos que circulam em função do transporte escolar? Existem veículos parados, em manutenção, restauração, reforma etc.? Vagas totais disponibilizadas para os alunos?</t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/requerimento_10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao município ter sido comtemplado através do Governo Federal, através de ações do Meio Ambiente, com casas populares, conforme especificadas abaixo: Valor do recurso advindo através do Governo Federal para construção das casas? O recurso já consta na conta do Executivo Municipal? Previsão de início e término das obras? Quantas casas serão construídas? Qual critério será ou foi utilizado para escolha das famílias? Se foram escolhidas as famílias a serem beneficiadas com as casas, que encaminhe o nome do beneficiário; A escolha das famílias tendeu a beneficiar as pessoas atingidas pelas enchentes ou as pessoas carentes?</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/requerimento_11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao dinheiro público pago as empreiteiras que ganharam a licitação no Governo anterior para reforma do Estádio Reinô Martins de Oliveira e a Creche Pró-Infância, considerando que as obras não foram concluídas. Requeiro que o Executivo Municipal esclareça se as empreiteiras devolveram o dinheiro para os cofres públicos, sendo que não concluíram as obras? Se afirmativo, peço cópia do extrato bancário constando as devoluções, e caso contrário, quais providências o Executivo está tomando em relação ao fato?</t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/requerimento_12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a data prevista para o início das obras no Bairro João Clara com operação tapa-buraco, limpeza do bairro, troca de manilhas da rede de esgoto, muro de arrimo etc., sendo que conforme dito por Vossa Excelência em áudio, já sabemos que será no mês  de abril, mas necessitamos saber o dia, e se a equipe da prefeitura já está se organizando para dar início a essas obras, sendo que estamos finalizando o mês de março;</t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/requerimento_13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/requerimento_13.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação informando quantos caminhões de saibro o município de Espera Feliz gastou no ano de 2022 nos meses de agosto, setembro, outubro, novembro e dezembro e no ano de 2023, nos meses de janeiro e fevereiro;</t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/requerimento_14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/requerimento_14.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Presidente da Câmara, que convoque a Secretária de Educação e Cultura Sra. Mirian Louzada de Souza Castro, conforme  Regimento Interno desta Casa, Art. 230 - A Câmara poderá convocar os Secretários Municipais ou ocupantes de cargos da mesma natureza, para prestarem informações sobre a Administração Municipal, para tratar de assuntos  relacionados a nucleação de escolas rurais; municipalização de escolas; terceirização de transporte público escolar;</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/requerimento_15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/requerimento_15.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal, que dentro das viabilidades encaminhe a esta Casa de Leis, informações sobre os 08 (oito) refletores que foram retirados da quadra de esporte da Comunidade do Taboão, na época em que ela foi reformada. Requeiro informações no sentido de saber onde estão esses refletores, se serão recolocados na quadra ou se o Executivo Municipal irá comprar novos refletores?</t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4725/requerimento_16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4725/requerimento_16.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a pavimentação do morro da igreja, no sentido de saber quais as providências estão sendo tomadas para a concretização dessa obra. Peço informações precisas ao órgão competente, pois conforme comentários, o processo que estava em Belo Horizonte retornou para o município e o Executivo Municipal terá que marcar uma reunião com o Conselho do Patrimônio Histórico Cultural para decidirem juntos sobre a questão se retornam com o calçamento ou se pode ser asfaltado essa via.  Requeiro saber se o Executivo já entrou em contato com o Conselho, se há data marcada para essa reunião, ou até mesmo se houve essa reunião se já há um parecer, e, ainda, qual a data de previsão de início dessa obra?</t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/requerimento_17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/requerimento_17.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações relacionadas ao transporte público escolar, conforme especificadas abaixo: Valor dos gastos atuais com vencimentos dos motoristas da rede transporte escolar; Quantos motoristas desempenham essa função? Valor dos gastos com combustíveis com esses veículos? Existe alguma parcela de transporte municipal escolar terceirizado? Número de veículos que circulam em função do transporte escolar? Existem veículos parados, em manutenção, restauração, reforma etc.? Vagas totais disponibilizadas para os alunos?</t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
     <t>ESA - Comissão de Educação, Saúde e Assistência, Gilmarzinho da Ambulância, Grécia Faria, Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/requerimento_18_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/requerimento_18_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal, que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao incentivo financeiro para ACS -Agentes Comunitários de Saúde e para os ACE - Agentes de Combate às Endemias, como está sendo aplicado este recurso recebido através do Ministério da Saúde/Governo Federal;</t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/requerimento_19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/requerimento_19.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações precisas sobre onde será empregada a devolução que o Legislativo fez para o Executivo na reunião Ordinária do dia 04/04/2023, no valor de R$450.000,00 (quatrocentos e cinquenta mil reais), diante da transparência na aplicação de recursos públicos;</t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/requerimento_20.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/requerimento_20.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Presidente do Legislativo, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, a informação especificada abaixo: -  Através de quais fichas orçamentárias desta Casa de Leis saiu o valor de R$450.000,00 (quatrocentos e cinquenta mil reais), devolvido para o Executivo Municipal na reunião Ordinária do dia 04/04/2023.</t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/requerimento_21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/requerimento_21.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao motivo de não terem médicos plantonistas no Hospital de Espera Feliz nos dias de quarta-feira e quinta-feira? Em visita ao hospital de Espera Feliz para atendimento médico observei que nos dias de quarta e quinta feira não tem médico plantonista e por isso requeiro a informação acima e aproveito para solicitar ao Executivo que coloque médicos plantonistas também nesses dias, sugerindo um clínico geral e um pediatra, haja vista que há demanda.</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4755/requerimento_22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4755/requerimento_22.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre a data prevista para o início das obras no Bairro João Clara com operação tapa-buraco, limpeza do bairro, troca de manilhas da rede de esgoto, muro de arrimo etc., sendo que conforme dito por Vossa Excelência em áudio, essas obras seriam realizadas no mês de abril.  Necessito saber o dia que irá iniciar, se a equipe da prefeitura já está se organizando para adentrar o bairro, sendo que finalizamos o mês de abril e até o presente momento, nada foi realizado;</t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/requerimento_23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/requerimento_23.pdf</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/requerimento_24.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/requerimento_24.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao dinheiro público gasto com as empreiteiras que ganharam a licitação no Governo anterior para reforma do Estádio Reinô Martins de Oliveira e a Creche Pró-Infância, considerando que as obras não foram concluídas. Requeiro que o Executivo Municipal esclareça se as empreiteiras devolveram dinheiro para os cofres públicos, sendo que conforme dito pelo Excelentíssimo Prefeito Municipal em vídeo postado na rede social, foi comprado material em 2020, as obras foram pagas e não foram concluídas e o governo atual está gastando novamente dinheiro público para conclusão dessas obras. Destaco que caso tenha sido devolvido os valores gastos para os cofres públicos, por parte das empreiteiras, que encaminhe a cópia do extrato bancário constatando, e caso contrário, quais as providências o Executivo tomará</t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/requerimento_25.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes a obra do contorno rodoviário, especificadas abaixo: a) - Com certeza foi feito um projeto de engenharia para construção dessa obra, certo? Se afirmativo, que encaminhe a esta Casa de leis, uma cópia desse projeto; b) - Qual o motivo da obra estar parada? c) - Creio que no projeto deve ter sido aprovado a colocação de bloquetes por terem dado pavimentado um trecho com bloquete e de repente, foram retirados e levados para a área rural; Qual a procedência desta atitude? d) - O contorno será pavimentado com asfalto ou com bloquetes? e) - Qual o prazo para retornarem com a obra? f) - Qual o prazo para conclusão da mesma?</t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/requerimento_26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes ao motivo do Executivo Municipal não estar concedendo licença para o funcionamento da Carreta Big Star (carreta da alegria) circular no município, conforme circulava em anos anteriores.</t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/requerimento_27.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/requerimento_27.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre a reforma da quadra de esportes da Comunidade do Taboão, Zona Rural de Espera Feliz/MG, sendo que conforme constava na placa que foi retirada da obra (segue foto anexada), essa quadra teria uma estrutura com vestiários e arquibancadas, o que não ocorreu. Outro fato que chamou atenção e necessita de esclarecimentos é o valor que o Excelentíssimo Prefeito Municipal falou em vídeo postado, que gastou com essa reforma, sendo o valor de R$358.316,00. Relato que este valor causou estranheza, pois quando Prefeito Interino fiz orçamentos de cobertura metálicas para quadras e o valor era bem menor (conforme seguem notas), e, mesmo tendo total consciência que já faz um tempo e que tudo subiu, fiquei assustado.  Mas, para que sejam esclarecidas todas essas dúvidas e eu possa estar passando para a Comunidade informações precisas e transparentes dos gastos públicos, peço que encaminhe a esta Casa, cópia de todo o processo licitatório da reforma dessa quadra.</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4812/requerimento_28_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4812/requerimento_28_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as seguintes informações referentes ao serviço de desassoreamento do rio que foi realizado recentemente: Foi feito um projeto para execução do trabalho? Se sim, requeiro cópia do projeto; Quem é o engenheiro ou outro profissional responsável por acompanhar o trabalho realizado? De quanto em quanto tempo será realizado este serviço? Qual é a garantia de que o serviço realizado é seguro no que diz respeito a impacto ambiental?</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4813/requerimento_29.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4813/requerimento_29.pdf</t>
   </si>
   <si>
     <t>seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as seguintes informações: Qual foi a quantia arrecadada com a  cobrança pela utilização de sanitários durante a XLI Exposição Agropecuária de Espera Feliz? Para onde e quando será destinada esta quantia?</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4830/requerimento_30.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4830/requerimento_30.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal, que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações se há algum embargo junto ao MINISTÉRIO PÚBLICO referente a uma área (MAPA ANEXO) na LOCALIDADE VALE DO SOL, devido a deslizamento de terras ocorrido aproximadamente entre 2016 e 2020, no qual, várias ruas e casas foram atingidas por lama. Certo que este documento terá a devida atenção necessária, aguardo, colocando-me a disposição para quaisquer esclarecimentos ou dúvidas em relação ao mesmo.</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4851/requerimento_31.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4851/requerimento_31.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, 01 (uma) relação constando o nome de todos os servidores efetivos do Executivo Municipal, com as respectivas datas de nascimento e de posse, o cargo que ocupa e em qual secretaria é lotado. Requeiro ainda informações se entre esses servidores efetivos, houve quem trabalhou como contratado/comissionado antes de tomar posse. Caso afirmativo, solicito a cópia dos contratos.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4852/requerimento_32.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4852/requerimento_32.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações inerentes a todos os gastos obtidos com a reforma da Farmácia Popular. Requeiro esses dados, mediante a transparência dos gastos públicos.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4854/requerimento_33.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4854/requerimento_33.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes as apresentações musicais que acontecem todas as quartas feiras na Praça Cira Rosa de Assis, na Feira Livre da Agricultura Familiar, requerendo saber se os cantores recebem algum valor da Secretaria de Cultura ou se fazem suas apresentações voluntariamente. Deixo registrado que se porventura a Secretaria de Cultura repassa algum valor para os cantores, sou totalmente favorável, sendo que dessa forma o Município está oportunizando reconhecimento aos nossos cantores locais.</t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4892/requerimento_34.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4892/requerimento_34.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes a reforma que vem sendo feita na Área de Lazer Américo Carlos de Souza, no sentido de saber se a verba que está sendo usada veio especificamente para reformar este local ou se era verba livre que poderia ter sido usada em outras localidades/praças. Destaco que parabenizo a administração pelos serviços que vêm sendo realizados nessa área, local de grande entretenimento da população, e informo que esse requerimento tem como finalidade esclarecimentos de atos públicos, prestando assim meu papel de fiscalizador e representante do povo;</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4893/requerimento_35.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4893/requerimento_35.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao Semáforo que será ligado em poucos dias em nosso município, no sentido de saber se consta sistema de som efeito sonoro, para passagem de deficientes visuais. Observa-se que essa tecnologia é fundamental para garantir a segurança, boas condições de mobilidade urbana, e sobretudo o exercício pleno dos direitos das pessoas com deficiência e segundo a Lei Brasileira de Inclusão da Pessoa com Deficiência, acessibilidade é um atributo essencial do ambiente que garante a melhoria da qualidade de vida das pessoas.</t>
   </si>
   <si>
     <t>4930</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4930/requerimento_36_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4930/requerimento_36_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do contrato celebrado entre a COPASA e o Executivo Municipal, referente ao abastecimento de água do município de Espera Feliz/MG. Destarte, fico no aguardo;</t>
   </si>
   <si>
     <t>4931</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4931/requerimento_37_3.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4931/requerimento_37_3.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o critério utilizado ou o real motivo que levou a administração atual proceder com a finalização dos contratos dos servidores da educação na data de 15 de dezembro e não na data de 31 de dezembro. Destaco ter total ciência que o Executivo está totalmente legalizado com esse ato, não cometendo nenhum tipo de infração, só que em todas as gestões/mandatos anteriores os contratos venciam em 31 de dezembro, o que é também totalmente legalizado. Mediante, como representante da população sou indagado sobre esta questão e para que passe informações precisas aos munícipes, requeiro esse esclarecimento, no sentido de saber o que levou Vossa Excelência a tomar essa atitude, que com certeza virá prejudicar os Servidores;</t>
   </si>
   <si>
     <t>4932</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4932/requerimento_38_arquivado.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4932/requerimento_38_arquivado.pdf</t>
   </si>
   <si>
     <t>Seja solicitado a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o critério que vem sendo utilizado no Legislativo Municipal para deferir ou indeferir solicitações de diárias para Belo Horizonte ou demais localidades, em busca de cursos/especialização ou visitas a gabinetes de deputados a fim de solicitar emendas parlamentares para o nosso município. Requeiro esse esclarecimento mediante um fato ocorrido no Legislativo, onde solicitei 04 diárias para ir a Belo Horizonte, tendo visitas agendadas no gabinete da Deputada Federal Nely Aquino, no gabinete do Deputado Estadual José Guilherme Ferreira Aquino e no gabinete do Secretário Chefe de Estado da Casa Civil de Minas Gerais – Sr. Marcelo Aro, conforme a agenda dos mesmos, e o meu pedido foi deferido parcialmente, sendo que solicitei 04 diárias e o Sr. Presidente deferiu somente 02 (duas). Mediante, surgiu uma dúvida, pois conforme pode ser constatado através dos documentos anexados, o Sr. Presidente viajou para Belo Horizonte no período de 14 a 17 de março em busca de curso de licitação realizado na data de 15 e 16 de março, junto ao Diretor da Casa, e recebeu o valor de 04 diárias. Requeiro esse esclarecimento no sentido de saber o critério que vem sendo utilizado, porque para um pode e para o outro não, sendo que conforme Instrução Normativa n.: 01 o direito de diárias é igual para todos;</t>
   </si>
   <si>
     <t>4933</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4933/requerimento_39_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4933/requerimento_39_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao motivo de não estar em funcionamento as 02 (duas) máquinas de ultrassom da Secretaria de Saúde. Observa-se que a Secretaria adquiriu através de emendas parlamentares esses equipamentos, e há uns 5 a 6 meses não são realizados exames de ultrassom na policlínica.  Requeiro o motivo de não estarem sendo realizados os exames, sendo que a demanda de pedidos de ultrassom é enorme. Seguem fotos anexadas.</t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4950/requerimento_matusalem_criterio_diarias_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4950/requerimento_matusalem_criterio_diarias_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre o critério que vem sendo utilizado no Legislativo Municipal para deferir ou indeferir solicitações de diárias para Belo Horizonte ou demais localidades, em busca de cursos/especialização ou visitas a gabinetes de deputados a fim de solicitar emendas parlamentares para o nosso município. Requeiro esse esclarecimento mediante um fato ocorrido no Legislativo, onde solicitei 03 diárias para ir a Belo Horizonte, tendo visitas agendadas no gabinete da Deputada Federal Nely Aquino, no gabinete do Deputado Estadual José Guilherme Ferreira Aquino e no gabinete do Secretário Chefe de Estado da Casa Civil de Minas Gerais – Sr. Marcelo Aro, de acordo com a agenda dos mesmos, e o meu pedido foi deferido parcialmente. Conforme pode ser constatado através dos documentos anexados, o Sr. Presidente viajou para Belo Horizonte no período de 14 a 17 de março em busca de curso de licitação realizado na data de 15 e 16 de março, e visitas a Assembleia Legislativa na data de 14 e 17 de março, junto ao Diretor da Casa, e recebeu o valor de 04 diárias, sendo mais do que justo. Mediante este fato surgiu uma dúvida sobre o critério que vem sendo utilizado, observando que conforme a Instrução Normativa n.: 01 do Legislativo Municipal o direito de diárias é igual para todos e não foi cumprido;</t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4951/requerimento_n._41.2023_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4951/requerimento_n._41.2023_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes ao critério que a Secretaria de Obras utiliza para agendamentos de serviços de máquina, caminhões, tratores, em atendimentos particulares na área urbana do município;</t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>VP</t>
   </si>
   <si>
     <t>Veto Parcial</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/of_n_126.2023_-_executivo_vetos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/of_n_126.2023_-_executivo_vetos.pdf</t>
   </si>
   <si>
     <t>Com suporte nas prerrogativas a mim conferidas, acolhendo o texto aprovado, não obstante, por força do Art. 48 da Lei Orgánica Municipal, vejo-me, no entanto, na contingência de vetar, os dispositivos inseridos na norma em questão em anexo.</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4835/pelo_n_15.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4835/pelo_n_15.2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Orgânica Municipal para tratar do sistema de previdência social assegurado pelo Regime Próprio de Previdência Social do Município de Espera Feliz, Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/subs_plc_n_10.2022.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/subs_plc_n_10.2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 36/2018, de 18 de maio de 2018, que dispõe sobre o uso e parcelamento do solo urbano e rural do Municipio de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/subst_38.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/subst_38.2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do distrito denominado de São Sebastião da Barra de Espera Feliz. Dá redação à descrição das novas confrontações do distrito-sede de Espera Feliz, e dá outras providências.</t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>EMEND</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4894/emenda_da_comissao_de_legislacao_justica_e_redacao_final_ao_projeto_de_lei_complementar_n_3_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4894/emenda_da_comissao_de_legislacao_justica_e_redacao_final_ao_projeto_de_lei_complementar_n_3_2023.pdf</t>
   </si>
   <si>
     <t>EMENDA DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL AO PROJETO DE LEI COMPLEMENTAR N° 3/2023 - Altera a Lei Complementar n° 28/2016 e dá outras providências.</t>
   </si>
   <si>
     <t>4934</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento, CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4934/emenda_modificativa_ao_plc_n_8.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4934/emenda_modificativa_ao_plc_n_8.2023.pdf</t>
   </si>
   <si>
     <t>Dê-se ao §5° e §6° do Art. 2° a seguinte redação</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de Minas Gerais - TCE</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4789/prestacao_de_contas_n_1.2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4789/prestacao_de_contas_n_1.2023.pdf</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de Minas Gerais para esta Casa comunicando a emissão do Parecer Prévio sobre as contas do Município, disponibilizado no Diário Oficial de Contas de 17/05/2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3938,67 +3938,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao__02-_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind_n_07.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/ind_n_14.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/ind_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/ind_n_16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/ind_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/indicacao_18_-_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/indicacao_19_-_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/indicacao_20_-_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/indicacao_21_-_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_22_-_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_23_-_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/indicacao_24_-_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/indicacao_25_-_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/indicacao_26_-_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/indicacao_27_-_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/indicacao_28_-_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/indicacao_29_-_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/indicacao_30_-_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/indicacao_31_-_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/indicacao_35_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/indicacao_36_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/indicacao_37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4724/indicacao_38_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_39_fotos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/indicacao_40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/indicacao_41_fotos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/indicacao_42_fotos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/indicacao_43_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/indicacao_44_fotos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/indicacao_45_fotos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/indicacao_46_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/indicacao_47_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/indicacao_48_fotos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4792/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4793/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4794/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4795/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4796/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4797/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4798/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4799/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4802/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4803/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4804/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4805/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4806/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4807/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4808/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4809/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4810/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4825/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4826/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4827/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4828/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4829/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4843/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4844/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4845/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4855/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4856/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4857/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4858/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4859/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4860/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4861/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4862/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4863/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4864/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4865/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4866/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4870/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4871/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4876/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4877/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4878/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4879/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4880/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4881/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4882/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4883/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4884/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4885/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4886/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4887/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4888/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4889/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4890/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4897/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4900/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4919/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4920/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4921/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4922/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4923/indicacao_155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4924/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4925/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4926/indicacao_158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4927/indicacao_159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4928/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4929/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4940/indicacao_n_162.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4941/indicacao_no._163.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4942/indicacao_no._164.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4943/indicacao_no.165.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/indicacao_no._166.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4945/indicacao_no._167.023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4946/indicacao_n_168.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4947/indicacao_no._169.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4948/indicacao_no._170.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4949/indicacao_n_171.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4958/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4959/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4960/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4961/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4962/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4970/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4971/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4972/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4973/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4974/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4975/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4976/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4977/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4978/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4979/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4814/mocao_01_paulo_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4815/mocao_02_paulo_elenco_fabuloso_-_copia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4831/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4832/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4913/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4914/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4915/mocao_07_arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4916/mocao_08_arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4917/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4952/mocao_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4963/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4964/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/plc_01.2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/plc_02.2023_000145.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/plc_n_3.2023_-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/plc_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/plc_n_5.2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4836/plc_n_6.2023_.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4840/plc_n_7.2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4874/plc_08_de_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4912/plc_n_9.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/pl_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/pl_n_02.2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/pl_n_3.2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/plo_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/plo_ne_5.2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/plo_n_6.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/plo_07.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/plo_08.2023_000140.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/plo_09.2023_000146.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/plo_n_10.2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/projeto_11_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/projeto_12_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/pl_n_13.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/projeto_14_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/pl_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/projeto_16_23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/pl_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/pl_n_18.2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/pl_n_19.2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4787/pl_n_20.2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4790/pl_21.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4791/pl_22.2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4816/proj_paulinho_social.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4817/pl_24.2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4819/pl_25.2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4818/pl_26.2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4821/pl_n_27.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4822/projeto_de_lei_28-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4823/projeto_de_lei_29-23.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4824/pl_n_30.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4833/projeto_de_lei_31-23.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4834/pl_n_32.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4837/pl_n_33.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4838/pl_n_34.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4839/ldo_000329.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4872/pl_n_36.2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4873/pl_n_37.2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4875/pl_n_38.2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4905/pl_n_39.2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4906/pl_n_40.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4908/pl_n_41.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4909/pl_n_42.2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4911/pl_n_43.2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4936/pl_44.2023_dinei.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4937/plo_n_45.2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4938/plo_n_46.2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4939/plo_n_47.2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4953/plo_48.2023_ex.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_49.2023_bel.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4955/plo_50.2023_bel.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_n_51.2023_psf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_n_52.2023_mis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4965/plo_53.2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4966/pl_54.2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4967/pl_n_55.2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4968/pl_n_56.2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4969/pl_n_57.2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4980/projeto_de_lei_58_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/pjr_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4820/resolucao_n_243.2023_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4853/pr_n_03.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4935/pr_n_4.2023_carla.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/req_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/requerimento_02_-_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/requerimento_03_-_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/requerimento_04_-_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/requerimento_05_-_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/requerimento_06_-_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/requerimento_07_-_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/requerimento_08_-_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4725/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/requerimento_18_1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4755/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4812/requerimento_28_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4813/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4830/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4851/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4852/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4854/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4892/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4893/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4930/requerimento_36_1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4931/requerimento_37_3.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4932/requerimento_38_arquivado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4933/requerimento_39_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4950/requerimento_matusalem_criterio_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4951/requerimento_n._41.2023_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/of_n_126.2023_-_executivo_vetos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4835/pelo_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/subs_plc_n_10.2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/subst_38.2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4894/emenda_da_comissao_de_legislacao_justica_e_redacao_final_ao_projeto_de_lei_complementar_n_3_2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4934/emenda_modificativa_ao_plc_n_8.2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4789/prestacao_de_contas_n_1.2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4659/indicacao_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4660/indicacao__02-_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4661/indicacao_03-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4662/indicacao_04-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4663/indicacao_05-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4664/indicacao_06-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4670/ind_n_07.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4671/indicacao_08-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4672/indicacao_09-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4673/indicacao_10-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4674/indicacao_11-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4675/indicacao_12-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4676/indicacao_13-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4677/ind_n_14.2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4678/ind_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4679/ind_n_16.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4680/ind_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4681/indicacao_18_-_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4685/indicacao_19_-_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4686/indicacao_20_-_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4687/indicacao_21_-_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4688/indicacao_22_-_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4689/indicacao_23_-_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4690/indicacao_24_-_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4691/indicacao_25_-_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4695/indicacao_26_-_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4696/indicacao_27_-_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4697/indicacao_28_-_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4698/indicacao_29_-_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4699/indicacao_30_-_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4700/indicacao_31_-_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4709/indicacao_32-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4710/indicacao_33-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4711/indicacao_34-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4721/indicacao_35_1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4722/indicacao_36_1.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4723/indicacao_37_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4724/indicacao_38_2.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4732/indicacao_39_fotos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4733/indicacao_40_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4734/indicacao_41_fotos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4735/indicacao_42_fotos.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4736/indicacao_43_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4737/indicacao_44_fotos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4738/indicacao_45_fotos.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4739/indicacao_46_1.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4740/indicacao_47_1.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4741/indicacao_48_fotos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4745/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4746/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4747/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4748/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4749/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4750/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4751/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4752/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4753/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4754/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4766/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4767/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4768/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4769/indicacao_62.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4770/indicacao_63.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4771/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4772/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4773/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4774/indicacao_67.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4775/indicacao_68.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4776/indicacao_69.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4781/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4782/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4783/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4792/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4793/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4794/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4795/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4796/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4797/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4798/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4799/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4800/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4801/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4802/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4803/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4804/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4805/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4806/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4807/indicacao_88.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4808/indicacao_89.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4809/indicacao_90.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4810/indicacao_91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4825/indicacao_92.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4826/indicacao_93.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4827/indicacao_94.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4828/indicacao_95.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4829/indicacao_96.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4841/indicacao_97.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4842/indicacao_98.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4843/indicacao_99.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4844/indicacao_100.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4845/indicacao_101.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4846/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4847/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4848/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4849/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4850/indicacao_106.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4855/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4856/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4857/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4858/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4859/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4860/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4861/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4862/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4863/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4864/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4865/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4866/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4867/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4868/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4869/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4870/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4871/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4876/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4877/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4878/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4879/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4880/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4881/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4882/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4883/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4884/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4885/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4886/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4887/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4888/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4889/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4890/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4891/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4895/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4896/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4897/indicacao_142.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4898/indicacao_143.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4899/indicacao_144.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4900/indicacao_145.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4901/indicacao_146.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4902/indicacao_147.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4903/indicacao_148.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4904/indicacao_149.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4918/indicacao_150.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4919/indicacao_151.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4920/indicacao_152.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4921/indicacao_153.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4922/indicacao_154.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4923/indicacao_155.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4924/indicacao_156.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4925/indicacao_157.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4926/indicacao_158.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4927/indicacao_159.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4928/indicacao_160.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4929/indicacao_161.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4940/indicacao_n_162.2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4941/indicacao_no._163.2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4942/indicacao_no._164.2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4943/indicacao_no.165.2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4944/indicacao_no._166.2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4945/indicacao_no._167.023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4946/indicacao_n_168.2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4947/indicacao_no._169.2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4948/indicacao_no._170.2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4949/indicacao_n_171.2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4958/indicacao_172.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4959/indicacao_173.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4960/indicacao_174.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4961/indicacao_175.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4962/indicacao_176.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4970/indicacao_177.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4971/indicacao_178.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4972/indicacao_179.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4973/indicacao_180.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4974/indicacao_181.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4975/indicacao_182.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4976/indicacao_183.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4977/indicacao_184.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4978/indicacao_185.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4979/indicacao_186.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4814/mocao_01_paulo_santa_luzia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4815/mocao_02_paulo_elenco_fabuloso_-_copia.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4831/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4832/mocao_04.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4913/mocao_05.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4914/mocao_06.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4915/mocao_07_arq.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4916/mocao_08_arq.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4917/mocao_09.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4952/mocao_no_10.2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4963/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4964/mocao_12.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4683/plc_01.2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4693/plc_02.2023_000145.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4743/plc_n_3.2023_-_altera_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4763/plc_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4764/plc_n_5.2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4836/plc_n_6.2023_.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4840/plc_n_7.2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4874/plc_08_de_2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4912/plc_n_9.2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4656/pl_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4657/pl_n_02.2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4658/pl_n_3.2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4667/plo_n_4.2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4668/plo_ne_5.2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4669/plo_n_6.2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4684/plo_07.2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4692/plo_08.2023_000140.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4694/plo_09.2023_000146.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4720/plo_n_10.2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4730/projeto_11_2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4731/projeto_12_2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4744/pl_n_13.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4761/projeto_14_2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4762/pl_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4778/projeto_16_23.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4779/pl_n_17.2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4780/pl_n_18.2023_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4785/pl_n_19.2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4787/pl_n_20.2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4790/pl_21.2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4791/pl_22.2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4816/proj_paulinho_social.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4817/pl_24.2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4819/pl_25.2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4818/pl_26.2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4821/pl_n_27.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4822/projeto_de_lei_28-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4823/projeto_de_lei_29-23.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4824/pl_n_30.2023_c_rf.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4833/projeto_de_lei_31-23.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4834/pl_n_32.2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4837/pl_n_33.2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4838/pl_n_34.2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4839/ldo_000329.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4872/pl_n_36.2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4873/pl_n_37.2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4875/pl_n_38.2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4905/pl_n_39.2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4906/pl_n_40.2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4908/pl_n_41.2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4909/pl_n_42.2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4911/pl_n_43.2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4936/pl_44.2023_dinei.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4937/plo_n_45.2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4938/plo_n_46.2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4939/plo_n_47.2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4953/plo_48.2023_ex.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4954/pl_49.2023_bel.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4955/plo_50.2023_bel.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4956/pl_n_51.2023_psf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4957/pl_n_52.2023_mis.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4965/plo_53.2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4966/pl_54.2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4967/pl_n_55.2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4968/pl_n_56.2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4969/pl_n_57.2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4980/projeto_de_lei_58_2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4765/pjr_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4820/resolucao_n_243.2023_.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4853/pr_n_03.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4935/pr_n_4.2023_carla.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4682/req_n_01.2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4701/requerimento_02_-_2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4702/requerimento_03_-_2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4703/requerimento_04_-_2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4704/requerimento_05_-_2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4705/requerimento_06_-_2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4706/requerimento_07_-_2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4707/requerimento_08_-_2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4712/requerimento_9.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4713/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4714/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4715/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4716/requerimento_13.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4717/requerimento_14.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4718/requerimento_15.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4725/requerimento_16.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4726/requerimento_17.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4727/requerimento_18_1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4728/requerimento_19.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4729/requerimento_20.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4742/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4755/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4756/requerimento_23.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4757/requerimento_24.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4759/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4760/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4784/requerimento_27.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4812/requerimento_28_1.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4813/requerimento_29.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4830/requerimento_30.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4851/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4852/requerimento_32.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4854/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4892/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4893/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4930/requerimento_36_1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4931/requerimento_37_3.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4932/requerimento_38_arquivado.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4933/requerimento_39_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4950/requerimento_matusalem_criterio_diarias_1.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4951/requerimento_n._41.2023_1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4777/of_n_126.2023_-_executivo_vetos.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4835/pelo_n_15.2023.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4708/subs_plc_n_10.2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4786/subst_38.2023.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4894/emenda_da_comissao_de_legislacao_justica_e_redacao_final_ao_projeto_de_lei_complementar_n_3_2023.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4934/emenda_modificativa_ao_plc_n_8.2023.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2023/4789/prestacao_de_contas_n_1.2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H318"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="153.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="172.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>