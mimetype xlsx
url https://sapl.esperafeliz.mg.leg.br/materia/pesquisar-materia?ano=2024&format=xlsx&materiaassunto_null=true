--- v0 (2025-10-25)
+++ v1 (2026-03-21)
@@ -54,2750 +54,2750 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4986/indicacao_01.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4986/indicacao_01.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de criar um projeto que contenha melhorias no campo de areia do bairro João Clara, bem como projetos de embelezamento do bairro; melhorias nos calçamentos ou até mesmo, na viabilidade, asfaltar as vias públicas; melhorias na praça ao lado da quadra, dentre outras coisas necessárias. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4987/indicacao_02.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4987/indicacao_02.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento ou, pavimentação asfáltica no trecho compreendido entre a BR 482 e a comunidade Boa Esperança e na oportunidade, estender até a Comunidade do Taboão;</t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4988/indicacao_03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4988/indicacao_03.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias de infra- estrutura e calçamentos no bairro patronato, nas ruas especificadas:   Rua José Natal, Rua do galpão do Casati e Vila Adonai. Peço ainda, melhorias em toda extensão da Rua Major Pereira, sendo a rua principal que atravessa todo o bairro. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4989/indicacao_04.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4989/indicacao_04.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria de Obras e juntamente com o fiscal de postura do município, sejam tomadas providências referente à algumas residências da Rua Gerson Gomes (Bairro Patronato) em questão de algumas casas estarem abandonadas desde a época da enchente de 2020, oferecendo perigo em desabarem.  Segundo relato de morador, há casa nessa localidade com a viga amarrada em poste da Cemig;</t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4990/indicacao_05.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4990/indicacao_05.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com coleta de lixo semanal, na Vila Zanon, localizada na Comunidade da Vargem Alegre;</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4991/indicacao_06.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4991/indicacao_06.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de reformar o parquinho infantil localizado na Comunidade da Vargem Alegre;</t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4995/indicacao_07.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4995/indicacao_07.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com serviço de pavimentação asfáltica nas ruas Matheus Ignachiti; Braz Martins e Rua dos Ferroviários, ruas essas, localizadas atrás da praça Cira Rosa de Assis;</t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4996/indicacao_08.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4996/indicacao_08.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias nas estradas que dão acesso a Comunidade Angola, tais como:  patrolamento e ensaibramento;</t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4997/indicacao_09.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4997/indicacao_09.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, veja a viabilidade de disponibilizar através da Secretária de Obras (01) uma equipe ou mais, a fim de proceder com limpeza e manutenção dos bueiros dos bairros e do centro da cidade, não somente na época das águas, mas periodicamente, como eram realizados em anos anteriores;</t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4998/indicacao_10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4998/indicacao_10.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, juntamente com o encarregado responsável pela zona rural, veja a viabilidade de proceder com melhorias na estrada do Setor Paraíso, no trecho compreendido entre o calçamento da Comunidade do Paraíso à propriedade dos Querubim, conforme seguem fotos anexas;</t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4999/indicacao_11_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4999/indicacao_11_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da secretaria competente, viabilize melhorias na rua Manoel Américo de Amorim (subida para a caixa d'água, no Vale do Sol I), procedendo com serviço de calçamento.  Na inviabilidade no momento, que seja patrolada e ensaibrada.</t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>José Augusto</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5001/pdf_scanner-22_02_2024-03_31_16_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5001/pdf_scanner-22_02_2024-03_31_16_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, após tramitação regimental, solicita que seja encaminhada a seguinte Indicação ao Excelentissimo Prefeito Municipal._x000D_
 _x000D_
 Que o Excelentissimo Prefeito Municipal, entre em contato com a Secretaria de saúde e veja a viabilidade de adquirir para o municipio de Espera Feliz a solução inovadora Aedes do Bem, sendo que é altamente eficaz no controle do mosquito Aedes Aegypti, transmissor da dengue, zika, chikungunya e febre amarela. Segue informativo contendo as informações necessárias sobre o Aedes do Bem._x000D_
 _x000D_
 Justificativa:_x000D_
 _x000D_
 Considerando que este Vereador está muito preocupado com a situação da dengue que se agrava por todo país, inclusive em nosso municipio, mesmo com todos os cuidados que a Prefeitura vem tomando, sugiro que a Secretaria de Saúde adquira essa solução Aedes do Bem no intuito de combater e impedir a proliferação do mosquito da dengue._x000D_
 _x000D_
 Sendo assim, peço aprovação aos demais edis na proposição apresentada e ao Executivo que tome as devidas providências em relação a sugestão.</t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Dinei</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5003/indicacao_13.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5003/indicacao_13.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento ou na inviabilidade no momento, trilhos de bloquete no final da rua Ermínio Nascimento (morro), sendo que essa rua dá acesso ao Morro do Cruzeiro onde estão localizadas as torres da operadora Claro e da operadora Vivo. Seguem fotos da localidade;</t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5004/indicacao_14.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5004/indicacao_14.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de dar continuidade a construção da Escola Municipal Álvaro de Sá Barbosa que fica localizada na Comunidade da Vargem Alegre, com recursos próprios do município.   Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5005/indicacao_15.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5005/indicacao_15.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar câmaras de monitoramento/vigilância, no entorno da rodoviária, sendo distribuídas estrategicamente;</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Carla Nogueira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5006/indicacao_16.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5006/indicacao_16.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de adquirir equipamentos decibelímetros ou medidores de nível de pressão sonora, a fim de fiscalizar a medição dos níveis de pressão sonora e, também ruídos de motocicletas no município;</t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5007/indicacao_17.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5007/indicacao_17.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas que dão acesso a Comunidade do Bananal, sendo perceptível a necessidade de uma manutenção em regime de urgência;</t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5008/indicacao_18.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5008/indicacao_18.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com recuperação de várias crateras existentes na pavimentação da Rua Fioravante Padula, principalmente em frente aos comércios;</t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5009/indicacao_19.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5009/indicacao_19.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de adquirir 01 (um) ônibus para a Secretaria de Esportes, destacando ser de grande utilidade para os atletas/jogadores locomoverem para cidades vizinhas e comunidades, especialmente em época de campeonatos rurais que acontecem no município;</t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5010/indicacao_20.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5010/indicacao_20.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de adquirir 01(um) terreno com finalidade de construção do ESF VIDA, sendo que atualmente funciona em um estabelecimento alugado, e o que é pior, em situação precária;</t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5011/indicacao_21.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5011/indicacao_21.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de implantar um ESF no bairro Vale do Sol.</t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5014/indicacao_22.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5014/indicacao_22.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com recapeamento asfáltico na Rua José Grillo. Segue foto anexada;</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5015/indicacao_23.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5015/indicacao_23.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar e modernizar os pórticos de entrada da cidade de Espera Feliz/MG.  Segue foto anexada;</t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5016/indicacao_24.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5016/indicacao_24.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a praça localizada na rodovia BR 482 (perímetro urbano, em frente à entrada rural que dá acesso ao município de Caparaó), próxima ao contorno Rodoviário Antônio Gomes da Silva, conforme sugestão que segue na foto anexada;</t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5017/indicacao_25.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5017/indicacao_25.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de pintar o piso da Praça Área de Lazer Américo Carlos de Souza, conforme sugestão que segue em foto anexada, aproveitando que está sendo revitalizado esse espaço de entretenimento;</t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5018/indicacao_26.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5018/indicacao_26.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com recapeamento asfáltico na Rua Raimunda Filomena de Amorim;</t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Maria Izabel</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5019/indicacao_27.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5019/indicacao_27.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas rurais da Comunidade de São Domingos, sendo elas: Córrego dos Leandros, Alto das Três Cruzes, estrada de acesso ao Catu e Córrego do Brejo;</t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5020/indicacao_28.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5020/indicacao_28.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas rurais da Comunidade do Paraíso, sendo: Alto Paraíso, Córrego dos Nunes e Córrego Santa Rita;</t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5021/indicacao_29.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5021/indicacao_29.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma cozinha no posto de saúde da comunidade de São José;</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5022/indicacao_30.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5022/indicacao_30.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar uma reforma e de instalar cobertura no posto de saúde da comunidade do Paraíso;</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Rômolo Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5023/indicacao_31.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5023/indicacao_31.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com o término da obra da Praça José Alves Costa (Praça do Campestre), murar o espaço destinado às crianças, pois é um local próximo ao asfalto sendo extremamente perigoso para as mesmas, sugiro que os muros acompanhem a arquitetura no estilo rústico, de pau a pique, por exemplo; onde encontram-se os brinquedos colocar areia de acordo com o projeto inicial, para evitar que os pequeninos se machuquem minimizando o impacto ao caírem. Colocar um letreiro com os dizeres “Eu amo Espera Feliz” seguindo a arquitetura do lugar. Peço ainda que o Executivo disponibilize um servidor público para atuar como vigia nessa praça para zelar pelo bem público.</t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5024/indicacao_32.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5024/indicacao_32.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de patrolar e ensaibrar as estradas das Comunidades do setor São Gonçalo, como: Boa Esperança, Angola, Ventania, Córrego Grande, Marianinho, São João da Farinha, Nossa Senhora de Lourdes, Taboão, São Gonçalo, Santa Clara, etc., o serviço foi realizado em partes da via que dá acesso a Boa Esperança, porém ao passar a máquina deixaram muitas terras soltas próximo aos barrancos, em todo trajeto, caso chova, ficará mais difícil de trafegar; peço que limpem as caixas de contenção, façam vazantes em pontos críticos, como nos morros para evitar estragos no caminho quando as chuvas ocorrerem, minimizando assim a manutenção e economizando dinheiro público, uma vez que o serviço está sendo realizado que seja de qualidade. Que haja uma fiscalização após a realização desses reparos.</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5025/indicacao_33.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5025/indicacao_33.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar varrição e capina no calçamento da Rua Matheus Ignachiti.</t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5026/indicacao_34.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5026/indicacao_34.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar quebra-molas/redutores de velocidade em frente ao Centro Municipal de Educação Crescendo e Aprendendo (CME), localizado próximo a Escola Estadual Altivo Leopoldino de Souza. Segue foto anexada.</t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5027/indicacao_35.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5027/indicacao_35.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, tome providências urgentes com relação ao trecho compreendido entre Espera Feliz/Comunidade Chave, tendo em vista a necessidade de patrolamento/ensaibramento, roçagem e demais melhorias.</t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5028/indicacao_36.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5028/indicacao_36.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, realize a recuperação da estrada compreendida entre a Comunidade da Chave e Comunidade de Fátima, através de patrolamento/ensaibramento e demais melhorias.</t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5029/indicacao_37.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5029/indicacao_37.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, veja a viabilidade de substituir as lâmpadas amarelas dos postes de iluminação pública das ruas  situadas atrás da “Praça do Chafariz” por lâmpadas brancas de led.</t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5030/indicacao_38.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5030/indicacao_38.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, veja a viabilidade de realizar melhorias na Comunidade da Vila Zanon (Vargem Alegre), disponibilizando patrolamento/ensaibramento e demais serviços necessários.</t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5031/indicacao_39.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5031/indicacao_39.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através do setor competente, veja a viabilidade de realizar melhorias no Bairro Waltair, realizando poda de árvores, serviço de capina e transformando o escadão em rua, para melhorar o acesso dos moradores.</t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5034/indicacao_40.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5034/indicacao_40.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de demarcar estacionamentos no solo para idosos próximos a pontos estratégicos, tais como: bancos, posto de saúde, clínicas, etc.</t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5035/indicacao_41.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5035/indicacao_41.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral de capina, varrição, retirada de entulhos, na Rua Gerson Gomes Martins que fica localizada no Patronato;</t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5036/indicacao_42.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5036/indicacao_42.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral e serviço de capina no morro São Francisco. Seguem fotos anexadas;</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5037/indicacao_43.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5037/indicacao_43.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com podas das árvores na Beira Rio, Santa Cecília e bairro do Roque.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5044/indicacao_44.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5044/indicacao_44.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de fazer uma contenção com sacos de ráfia para Rip Rap e, ainda, plantação de gramas nos barrancos da Rua Carangola, conforme locais que seguem anexados através das fotos;</t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5045/indicacao_45.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5045/indicacao_45.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação asfáltica na Rua Carangola, no trecho compreendido entre a fábrica de bloquete da família do Sr.Tarcísio/Material de Construção e a esquina da residência da família do Sr. Jonas Amaral. Seguem fotos anexas;</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5046/indicacao_46.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5046/indicacao_46.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com pavimentação asfáltica e principalmente melhorias nas redes pluviais da Rua Major Pereira, especialmente na esquina da residência dos Amaral (conforme foto anexada) sendo que o calçamento é mais baixo que o restante da via e os bueiros existentes não dão conta quando chove, formando uma piscina na localidade, o que causa grandes transtornos para os moradores, pedestres, ciclistas e motoristas.  Segue foto do local;</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5047/indicacao_47.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5047/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de realizar melhorias na Rua João Sebastião de Amorim, conforme especificadas abaixo: Retornar a faixa de pedestre que tinha na Roque Ferreira de Castro, entre a Drogaria Americana e a Stillus Calçados;  Retornar a faixa de pedestre que ficava entre a farmácia do Pacheco e o calçadão;  Rampas de acesso para cadeirantes nessas faixas de pedestres;  Sinalização mais visível no chão ou até mesmo uma rotatória no local que foi tirado o obelisco;</t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5048/indicacao_48.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5048/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com extensão da rede de energia elétrica para colocação de 02 (dois) postes e luminárias na praça que fica localizada em frente a quadra da comunidade do Taboão. Seguem fotos anexadas da localidade onde realmente pode ser observado a escuridão deste local;</t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5049/indicacao_49.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5049/indicacao_49.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, dentro das possibilidades, proceda com melhorias na Comunidade São Felipe, conforme especificadas abaixo: Transporte escolar; Coleta de lixo com maior frequência; Instalação de lixeiras; Manutenção da estrada;</t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5050/indicacao_50.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5050/indicacao_50.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com revisão salarial dos motoristas da saúde, concedendo um aumento real ou, que seja feito em forma de gratificação;</t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_51.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_51.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com revisão salarial dos motoristas que trabalham em todos os setores da Prefeitura Municipal, concedendo um aumento real ou, que seja feito em forma de gratificação;</t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5052/indicacao_52.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5052/indicacao_52.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades realize melhorias no espaço de atendimento da Saúde que fica localizado na Comunidade do Areal, com ampliação, reforma na estrutura, pintura, manutenção, etc.;</t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5053/indicacao_53.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5053/indicacao_53.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com calçamento da estrada que liga a Comunidade São Domingos ao Alto das Três Cruzes;</t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5054/indicacao_54.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5054/indicacao_54.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com instalação de placas indicativas na Rodovia Agostinho Patrus, sendo na entrada da Comunidade do São Domingos e na entrada do Distrito de São José da Pedra Menina.</t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5060/indicacao_55.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5060/indicacao_55.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir um playground (parque infantil) na praça que fica localizada ao lado da Igreja Católica, no Distrito de São Sebastião da Barra de Espera Feliz;</t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5061/indicacao_56.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5061/indicacao_56.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma iluminação geral na Praça Área de Lazer Américo Carlos de Souza que está muito escura e, ainda, ver uma forma de fechar com portões, mesmo que provisórios, essa localidade, sendo que como está sendo reformada e fica aberta o tempo todo, pessoas invadem esse espaço no período noturno, praticando atos indevidos;</t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_57.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_57.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade melhorar a estrada que dá acesso a Comunidade do Marianinho (Taboão);</t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5063/indicacao_58.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5063/indicacao_58.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria de Saúde, veja a viabilidade de adquirir mobília para o Centro de Convivência, situado na Rua Pio XII, sendo: mesa para refeições, bancos, cadeiras, fogão, ventiladores, televisão, dentre outros equipamentos;</t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5064/indicacao_59.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5064/indicacao_59.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de resolverem a situação de um bueiro que está localizado próximo a Escola Estadual Pedro Inácio Nogueira;</t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5065/indicacao_60.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5065/indicacao_60.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de estarem mudando a resolução que regulamenta os horários de funeral, haja vista que os horários estipulados causam certos constrangimentos nas famílias que necessitam dos serviços do Executivo para enterrarem seus entes queridos, por serem reduzidos.</t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5076/livia_indicacao_61-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5076/livia_indicacao_61-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das possibilidades, viabilize um projeto de iluminação pública no trecho compreendido entre a Comunidade do Paraíso e o Córrego Santa Rita. Informo que estou reiterando indicações de anos anteriores (2021; 2022 e 2023) enviadas ao Executivo, nas quais já solicitei esta medida;</t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5080/livia_indicacao_62-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5080/livia_indicacao_62-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das possibilidades, viabilize um projeto de iluminação pública para a Comunidade de Fátima.  Informo que estou reiterando indicações de anos anteriores (2021; 2022 e 2023) enviadas ao Executivo, nas quais já solicitei esta medida;</t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5081/livia_indicacao_63-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5081/livia_indicacao_63-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com a construção de uma sede/espaço próprio para a Banda Pedro Bernardes da Veiga e para a Fanfarra da Escola Altivo Leopoldino de Souza;</t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5082/livia_indicacao_64-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5082/livia_indicacao_64-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de implantar um escovódromo na Creche CMEI NOSSO LAR Lucia Helena Simiqueli;</t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5083/indicacao_65_anexos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5083/indicacao_65_anexos.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, providencie o desmembramento da Rua São João e Avenida Daniel de Oliveira, localizadas no Bairro do Roque, afixando placas denominativas no início das referidas ruas;</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5084/livia_indicacao_66-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5084/livia_indicacao_66-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de serem instaladas lixeiras de madeira ou latões em pontos estratégicos na Comunidade Chalé, principalmente próximo a escola;</t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5085/livia_indicacao_67-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5085/livia_indicacao_67-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com coleta de lixo 2 (duas) vezes por semana nas Comunidades rurais, principalmente nas que tem escolas municipal ou estadual, devido acumularem muitos resíduos por causa da merenda escolar;</t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5086/livia_indicacao_68-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5086/livia_indicacao_68-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de realizar melhorias nas ruas:  Hélio de Souza; Sebastião Lúcio de Souza e Antônio Germano Buters, localizadas no bairro Vale do Sol I, com pavimentação asfáltica ou na inviabilidade no momento que seja feito um serviço de restauração deste calçamento, sendo que está todo irregular, contando com pedras elevadas, pedras soltas, pedras faltando, enfim, muito descuidado;</t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5087/livia_indicacao_69-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5087/livia_indicacao_69-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com calçamento ou pavimentação asfáltica no Bairro São Francisco em um pequeno trecho da Rua Manoel Faria e no final da Rua Tiradentes. Aproveitando o ensejo peço que veja a possibilidade de asfaltar todas as ruas desse bairro.</t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5089/indicacao_70.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5089/indicacao_70.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de desentupir o bueiro da Rua Izaltina Ferreira da Silva, no bairro Vale do Sol II;</t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5090/indicacao_71.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5090/indicacao_71.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com uma limpeza geral na Rua Antônio Simiqueli (rua que fica por baixo da água de coco), com serviço de limpeza e principalmente serviço de capina.   Segue foto anexada da localidade;</t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5091/indicacao_72.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5091/indicacao_72.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar 01 (um) corrimão na escadaria que fica entre a Rua Ary Romano de Souza e a Rua Antônio Simiqueli. Segue foto anexada;</t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5092/indicacao_73.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5092/indicacao_73.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com calçamento da rua Manoel Francisco Neves (rua sem saída), no bairro Novo Horizonte, na altura da residência do n.: 364 (fundos).  Segue foto anexada;</t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Carla Nogueira, Dinei, Grécia Faria, José Augusto, Maria Izabel, Paulinho do Salão, Sandrinha Donadio, Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5093/indicacao_74.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5093/indicacao_74.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades proceda com adequações em todos os parques infantis e área de lazer e esporte do município, adquirindo e instalando brinquedos adaptados ao uso de crianças com deficiência, próximos aos outros brinquedos, evitando assim exclusão.  Segue anexa cópia da Lei Federal n.: 10.098/2000 que versa sobre os parques públicos adaptarem no mínimo 5% de cada brinquedo e equipamento, nos espaços de entretenimento públicos;</t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5094/indicacao_75.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5094/indicacao_75.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de colocar em regime de urgência uma tela de proteção na Rua Dom Silvério (como medida paliativa), no trecho onde o calçamento cedeu e não há mais meio-fio, sendo que está extremamente perigoso crianças, idosos e até mesmo adultos transitarem por essa localidade.   Observa-se que para que resolva essa problemática da melhor forma possível o Executivo tem que proceder com a construção de um muro de arrimo nessa localidade, evitando assim que o calçamento ceda cada dia mais, o que pode acarretar em inúmeros problemas para moradores e transeuntes que circulam nessa via.</t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5102/indicacao_76.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5102/indicacao_76.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de restaurar o bueiro da Rua Oscar Amaral de Souza, (loteamento Santa Izabel), pois conforme pode ser observado através da foto que segue anexada, o bueiro afundou e a tampa não está mais sendo encaixada, o que traz perigo para os transeuntes;</t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5103/indicacao_77.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5103/indicacao_77.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar 02 (duas) faixas elevadas de pedestre na Rua Roque Ferreira de Castro, esquina com a Rua Cira Rosa de Assis, no trecho compreendido entre a Mercearia Brasinha e o Consultório do Dr. Emerson (dentista), e entre o Consultório do Dr. Emerson e o Salão e Barbearia Romério e Tiago, conforme delimitado aproximadamente através do foto do google maps que segue anexada;</t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5104/indicacao_78.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5104/indicacao_78.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar 01 (uma) faixa elevada de pedestre na Rua Cira Rosa de Assis, esquina com a Rua José Grillo, nas proximidades da feirinha do Bertulino, conforme delimitado aproximadamente através de foto do google maps que segue anexada;</t>
   </si>
   <si>
     <t>5105</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5105/indicacao_79.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5105/indicacao_79.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na estrada que dá acesso a Comunidade do Quicé, iniciando na entrada (BR 482) e finalizando na venda do Sr. Paulo Teixeira.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5106/indicacao_80.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5106/indicacao_80.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com pavimentação asfáltica na estrada que dá acesso ao Chacreamento Buritis, no trecho compreendido entre a entrada na BR 482 (radar), até a entrada dos Buritis;</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5107/indicacao_81.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5107/indicacao_81.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de melhorar o sistema de placas informativas do nosso município, principalmente próximo ao cruzamento da Rua João Sebastião de Amorim/Henrique Gripe Filho /Avenida Jaime Toledo. Observa-se que antes de retirar os canteiros centrais próximo ao Seminário, havia uma placa que indicava cidades do Espirito Santo, e, na atualidade só há uma placa próxima a Rádio Café. Diante disso vem ocorrendo de muitos motoristas com destino ao Espírito Santo, passarem direto, sentido Caiana, quando na verdade querem ir para as cidades capixabas. Solicito que sejam colocados braços nesse cruzamento com indicação de INSS, Caiana, Espírito Santo etc, com letras maiores e legíveis, sendo que as nossas placas atuais contam com letras pequenas e, ainda estão desbotadas, merecendo serem trocadas. Anexo modelo de placa, como sugestão;</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5108/indicacao_82.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5108/indicacao_82.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de cimentar os fundos do PSF Luz e Vanguarda, aproveitando esse espaço para instalação de um biclicletário. Seguem fotos anexas da localidade;</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5109/indicacao_83.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5109/indicacao_83.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente (obras), veja a viabilidade de jogar um cascalho ou saibro no morro do Córrego Escuridão;</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5110/indicacao_84.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5110/indicacao_84.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de substituir as lâmpadas amarelas dos postes localizados em todas as ruas que ficam atrás da Praça do Chafariz, por lâmpadas de led (brancas);</t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5111/indicacao_85.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5111/indicacao_85.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de adquirir 01 (um) ônibus para a Secretaria Municipal de Esportes;</t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5112/indicacao_86.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5112/indicacao_86.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de realizar um estudo e após elaborar um projeto que ofereça aos nossos universitários, custear todas as despesas de transporte para as faculdades de cidades vizinhas ou até mesmo, na inviabilidade, uma ajuda de custo em relação a esse transporte;</t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5113/indicacao_87.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5113/indicacao_87.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, dentro das viabilidades, proceda com a construção de um parquinho na comunidade do São Gonçalo com a instalação de diversos brinquedos infantis, e também que sejam instalados no mínimo 5% brinquedos adaptados ao uso de crianças com deficiência, conforme rege a Lei Federal n.: 10.098/2000.</t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5125/indicacao_88_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5125/indicacao_88_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento de bloquete ou pavimentação asfáltica no trecho compreendido entre a Comunidade do Paraíso à Cachoeira do Chiador;</t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5126/indicacao_89_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5126/indicacao_89_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na Rua José Moreira de Lacerda (morro). Segue foto anexada;</t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5127/indicacao_90_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5127/indicacao_90_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir uma praça por toda extensão da beira-rio no bairro Santa Cecília, com colocação de bancos, mesas, luminárias, flores etc;</t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5128/indicacao_91_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5128/indicacao_91_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de colocar iluminação pública na rua Ebenezer (Dores de Minas) realizando um estudo juntamente com a Cemig e assim vendo a necessidade da quantidade de postes a serem instalados;</t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5129/indicacao_92_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5129/indicacao_92_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de padronizar e adequar os quebra-molas/redutores instalados em nossa cidade, conforme as disposições do Conselho Nacional de Trânsito - CONTRAN, definidas na Resolução nº 600, de 24 de maio de 2016;</t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5130/indicacao_93_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5130/indicacao_93_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar redutor de velocidade/ quebra-molas, e uma faixa de pedestre na estrada que liga Espera Feliz ao município de Caiana, nas proximidades da Vila Klabin, conforme local indicado na foto que segue anexada.  Obs: Se porventura não for competência do Executivo realizar tal feito, peço que entre em contato com o DER e solicite essa medida;</t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5131/indicacao_94_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5131/indicacao_94_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de instalar redutor de velocidade/ quebra-molas, e uma faixa de pedestre na rodovia que liga Espera Feliz a Dores do Rio Preto, aproximadamente em frente à Rua Ebenézer, conforme pode ser visto através da foto que segue anexada. Obs: Se porventura não for competência do Executivo realizar tal feito, peço que entre em contato com o DER e solicite essa medida;</t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5132/indicacao_95_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5132/indicacao_95_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recuperar o asfalto da via pública que fica em frente ao Supermercado Miranda (saída para Carangola), sendo que conforme pode ser visto através de foto anexada, o buraco está cada dia maior, o que vem dificultando a saída dos veículos do supermercado e também dos motoristas que circulam por essa localidade;</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5133/indicacao_96_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5133/indicacao_96_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com calçamento na Comunidade da Chave, no trecho compreendido entre o PSF da Chave até a virada do morro da Igreja, sendo aproximadamente 100 metros;</t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5134/indicacao_97_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5134/indicacao_97_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de construir um muro Rip Rap (solo cimento ensacado) no trecho compreendido entre a saída do bairro João Clara à ponte do estabelecimento comercial da empresa Coca-Cola;</t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5135/indicacao_98_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5135/indicacao_98_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de estarem realizando serviço de poda nas árvores do canteiro central da Rua Fioravante Padula, no trecho compreendido entre a Formullare Farmácia de Manipulação à Drogaria Pico da Bandeira;</t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5136/indicacao_99_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5136/indicacao_99_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de ter ciclovia no contorno rodoviário Antônio Gomes da Silva;</t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5137/indicacao_100_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5137/indicacao_100_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com recapeamento asfáltico em todas as ruas do Bairro Santa Cecília;</t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5138/indicacao_101_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5138/indicacao_101_de_2024.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de elaborar um projeto e após o colocar em prática, construindo uma calçada/pista de caminhada na Avenida João Vieira da Costa, no trecho compreendido entre o Supermercado Vivenci e a Escola Estadual Erênio de Souza Castro.</t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>Grécia Faria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5146/indicacao_102_-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5146/indicacao_102_-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria   competente, veja a viabilidade de criar um Memorial na quadra poliesportiva da área de lazer que será denominada Quadra Poliesportiva Oliveira Nunes da Silva Neto (Oliveirinha) conforme tramita projeto na Casa, constando todos os troféus, taças e medalhas deste ídolo, como forma de homenagem e reconhecimento. Observa-se que esta sugestão veio da própria família que se prontificou em doar todas as condecorações para este espaço;</t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5147/indicacao_103-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5147/indicacao_103-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de realizar melhorias na área central do nosso município, conforme especificadas abaixo: Troca das lâmpadas queimadas do calçadão Dilson Araújo Porto; Limpeza das folhas/cascas secas dos coqueiros do calçadão Dilson Araújo Porto; Retirada dos coqueiros dos canteiros centrais da Rua Fioravante Padula, observando que cada coqueiro retirado seja plantado no local árvores, tendo como sugestão Ipês ou Manacás da Serra.</t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5148/indicacao_104_-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5148/indicacao_104_-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de adquirir um terreno que está localizado no cruzamento da Rua Major Pereira com a Rua Carangola, próximo a ponte da Cemig, para um futuro projeto de construção de uma praça pública;</t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5149/indicacao_105-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5149/indicacao_105-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de entrar em contato com o setor responsável em Belo Horizonte ou mesmo com Deputados Estaduais, solicitando 01 (uma) academia ao ar livre e (01) um parquinho infantil, para serem instalados na Comunidade da Boa Esperança;</t>
   </si>
   <si>
     <t>5150</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5150/indicacao_106-2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5150/indicacao_106-2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de fixar placas indicando os nomes de ruas e nomes dos bairros, em todas as localidades do município, onde não haja essa fixação;</t>
   </si>
   <si>
     <t>5151</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5151/indicacao_107-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5151/indicacao_107-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de instalar guaritas padronizadas em pontos de ônibus estratégicos, tanto na zona urbana quanto na zona rural do município.  Observa-se que outros Vereadores fizeram indicações semelhantes a esta, e eu solicito novamente, reiterando, pois com certeza é de suma importância;</t>
   </si>
   <si>
     <t>5152</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5152/indicacao_108-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5152/indicacao_108-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de trocar os bloquetes quebrados da Avenida Américo Cândido de Souza, localizados em frente a Associação de Moradores do Vale do Sol;</t>
   </si>
   <si>
     <t>5153</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5153/indicacao_109-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5153/indicacao_109-1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de oferecer apoio psicológico as mães de crianças com Transtorno Espectro Autista (TEA), contratando uma psicóloga para a AMAFELIZ, onde serão realizados os atendimentos necessários.</t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5161/1726687763556.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5161/1726687763556.pdf</t>
   </si>
   <si>
     <t>Que o Presidente da Câmara veja a viabilidade de ofertar todos os móveis do Legislativo para o Executivo (após realizar compra dos novos móveis) e, que, após o recebimento o Executivo doe parte desses móveis para o Centro de Convivência e parte para a Secretaria de Assistência Social, sendo distribuídos conforme a necessidade de cada localidade.</t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5163/indicacao_111.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5163/indicacao_111.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalação de tela alambrado ao redor do campo de futebol Estádio Municipal Reinô Martins de Oliveira, e, instalação de portões para entrada dos jogadores e demais pessoas necessárias a ficarem nessa área durante as partidas de futebol;</t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5164/indicacao_112.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5164/indicacao_112.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de elaborar um projeto luminotécnico para o Estádio Municipal Reinô Martins de Oliveira e após colocá-lo em prática, iluminando assim essa localidade;</t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5165/indicacao_113.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5165/indicacao_113.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de retirar o canteiro do trevo que dá acesso as cidades do Espírito Santo (localizado em frente a Auto Elétrica Trevo) e imediatamente construir uma rotatória nesse local, para que o trânsito possa fluir melhor, haja vista que esse trevo dá acesso ao contorno rodoviário. Segue foto do local com o canteiro atual e com sugestão da rotatória;</t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5166/indicacao_114.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5166/indicacao_114.pdf</t>
   </si>
   <si>
     <t>Que o Presidente da Câmara, caso adquira móveis para a nova sede do Legislativo, ciente que os móveis antigos terão que ser passados para o Executivo, conforme cessão de uso de bem móvel regulamentada por Lei, bens inservíveis, solicite ao Sr. Prefeito que parte desses móveis sejam ofertados para o Centro de Convivência e parte para a Secretaria de Assistência Social, sendo distribuídos conforme a necessidade de cada localidade.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5170/indicacao_115_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5170/indicacao_115_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, reiterando a Indicação de N.: 46/2023 de minha autoria, veja a viabilidade de proceder com cobertura de concreto por toda extensão do córrego no Bairro João do Roque;</t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5171/indicacao_116_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5171/indicacao_116_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de instalar 01 (uma) faixa elevada de pedestre na BR 482, no trevo que dá acesso ao Estado do Espírito Santo, entre a oficina Auto Elétrica Trevo e o comércio Quatro Rodas (entrada do Bairro do Roque);</t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5172/indicacao_117_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5172/indicacao_117_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de providenciar a instalação de uma academia ao ar livre, no terreno baldio que fica em frente à sede dos Vicentinos, próximo da Igreja Católica, no Bairro do Roque;</t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5173/indicacao_118_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5173/indicacao_118_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com limpeza na Vila Quicé, realizando serviço de capina e retirada de lixos.   Segue foto anexa;</t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>José Augusto, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5174/indicacao_119-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5174/indicacao_119-1.pdf</t>
   </si>
   <si>
     <t>Que o Excelentíssimo Prefeito Municipal, entre em contato com a Secretaria competente e o CONSEP e veja a viabilidade de realizarem um estudo a respeito da sinalização no contorno rodoviário que torneia a cidade de Espera Feliz e ver o que melhor pode ser feito para evitarmos acidentes, haja vista que em tão pouco tempo de liberação para circulação dos veículos já ocorreram acidentes neste trecho. Sugerimos que sejam instaladas placas de sinalização por todo o contorno regulamentando o limite de velocidade máxima de 40 Km, instalação de radares, redutores de velocidade, guard rail (barreira de segurança metálica), a serem instalados nos pontos mais críticos e conforme a necessidade.</t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>Dinei, Sandrinha Donadio</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5175/indicacao_120_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5175/indicacao_120_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder serviço de capina e limpeza na Rua Milton Ferreira de Castro (Bairro do Roque) e ainda retirada de um bueiro que fica na frente da residência de n.: 54, por não ter escoamento e estar sempre entupido, instalando esse mesmo bueiro na rua próxima, sendo a rua principal do bairro, no local que o Executivo achar mais viável. Segue foto anexa;</t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5176/indicacao_121_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5176/indicacao_121_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma guarita na BR 482, na entrada do bairro Floresta, acesso à Pedreira Floresta;</t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5177/indicacao_122_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5177/indicacao_122_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de analisar o que pode ser feito  e  após tomar providência em relação ao entroncamento da Rua Raimunda Filomena de Amorim com a BR 482 (contorno rodoviário);</t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5179/indicacao_123_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5179/indicacao_123_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com o proprietário de terrenos baldios localizados na Vila do Quicé, vendo a possibilidade dele ceder/doar um desses lotes para a construção de um parquinho infantil, e após se concretizado este ato, que sejam instalados diversos brinquedos infantis, inclusive com no mínimo 5% de brinquedos adaptados ao uso de crianças com deficiência, conforme rege a Lei Federal n.: 10.098/2000 e da Lei Municipal N.: 1507/2024. Na inviabilidade de doação do terreno que o Executivo entre em acordo com o proprietário para ver a possibilidade de aquisição por parte da Prefeitura;</t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5180/indicacao_124_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5180/indicacao_124_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de revitalizar a Praça Amenaide Vasconcelos Rocha, com serviço de pintura, plantio de flores, construção de novas mesas e bancos, contratação de um segurança, etc. Segue foto do antes e foto com sugestão do pós-revitalização;</t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5181/indicacao_125_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5181/indicacao_125_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de propiciar maior mobilidade nas ruas do município, reparando e restaurando as calçadas para que as pessoas tenham mais facilidade em transitarem;</t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5182/indicacao_126_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5182/indicacao_126_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com melhorias na Vila Quicé, conforme especificada abaixo:  Serviço de varredura e capina nas ruas pois conforme pode ser observado através das fotos anexadas, existe esta necessidade urgente; Contratação de um profissional na área de limpeza pública para fazer a limpeza diária nessa Comunidade, mantendo-a assim sempre limpa.</t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5183/indicacao_127_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5183/indicacao_127_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de construir uma praça ou instalar uma academia ao ar livre na Comunidade da Chave, no local que pode ser observado através da foto que segue anexa;</t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Matusalém</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5184/indicacao_128_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5184/indicacao_128_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de entrar em contato com o proprietário do lote baldio localizado na esquina da Avenida Artur Bina da Silva com Rua Major Pereira, próximo a ponte do Banco do Brasil, solicitando 02 (dois) metros desse terreno para expansão da Rua Major Pereira, pois conforme pode ser observado através de fotos que seguem anexadas nessa localidade a rua está muito estreita, dificultando o trânsito dos motoristas que circulam por este local,  principalmente os que trafegam pela ponte. Destaco que se porventura não seja viável proceder com acordo com o proprietário que o Executivo desaproprie esses 02 metros nesse terreno, sendo que será um feito que irá promover benefícios para o coletivo;</t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5185/indicacao_129_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5185/indicacao_129_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com melhorias nas ruas especificadas abaixo: Instalação de quebra-molas ou redutores de velocidade na Rua Wesser Lacerda de Amorim; Instalação de quebra-molas ou redutores de velocidade na Rua Maclovis Murilo Lopes; Placa de sinalização de mão e contra-mão na Rua Maclovis Murilo Lopes; Ampliação da Rua Maclovis Murilo Lopes;</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5186/indicacao_130_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5186/indicacao_130_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de instalar no início das Comunidades Rurais e Distritos do município, placas de sinalização indicando seus devidos nomes;</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5187/indicacao_131_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5187/indicacao_131_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de patrolar e ensaibrar a estrada que dá acesso a Comunidade do Bananal;</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5188/indicacao_132_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5188/indicacao_132_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com calçamento em um trecho da estrada que liga o Patronato a Vila Klabin. Ciente que essa estrada foi quase toda calçada, faltando somente um pequeno trecho, peço que continuem o calçamento, fazendo assim com que fique totalmente calçada;</t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5189/indicacao_133_2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5189/indicacao_133_2.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de, proceder com melhorias nas estradas rurais que dão acesso a Comunidade do São João da Farinha, com patrolamento, cascalhamento, manilhamento, caixas de contenção de águas pluviais conforme a necessidade, etc.;</t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5193/indicacao_134.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5193/indicacao_134.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de ampliar o setor de fiscalização do nosso município, criando mais cargos para o setor de fiscal de obras e postura, garantindo assim a qualidade e a segurança dos projetos e obras dentro do município, sendo que a demanda é grande e a quantidade de servidor é insuficiente;</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5194/indicacao_135.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5194/indicacao_135.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de recuperar a ponte da Comunidade do Quicé (estrada D. Oresta) instalando novos pranchões e algo mais que houver necessidade, destacando que os pranchões antigos estão danificados, conforme pode ser observado através das fotos anexas;</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5195/indicacao_136.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5195/indicacao_136.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de aterrar as crateras e valetas da Rua Nelson Silva Valadão com terra e cascalho, pois conforme pode ser observado através das fotos anexadas, está praticamente intransitável os motoristas circularem por essa localidade.;</t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5196/indicacao_137.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5196/indicacao_137.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ter a presença de uma ambulância juntamente com uma equipe devidamente capacitada e equipada, a fim de prestar atendimento de qualidade, caso seja necessário, em todos os eventos do município, principalmente nos eventos esportivos;</t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5197/indicacao_138.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5197/indicacao_138.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, veja a viabilidade de proceder com sistema de drenagem pluvial nas áreas urbanas do município, a fim de evitar enchentes, alagamentos, danos ambientais, deslizamentos e, inclusive, proliferação de doenças;</t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5198/indicacao_139.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5198/indicacao_139.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de podar as árvores plantadas ao longo da beira rio, compreendidas entre a Avenida Artur Bina da Silva, Avenida João Vieira da Costa e Bairro Santa Cecília;</t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5199/indicacao_140.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5199/indicacao_140.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de espalhar o saibro que está depositado na estrada do Angola que dá acesso a Comunidade do São João da Farinha, ficando assim a estrada ensaibrada;</t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5200/indicacao_141.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5200/indicacao_141.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, junto a Secretaria competente, proceder com limpeza de todos os bueiros da cidade, principalmente os bueiros localizados em pontos mais críticos onde as ruas inundam com chuvas mais fortes.</t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5208/indicacao_142_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5208/indicacao_142_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar o Cemitério São João Batista, com demarcações de mais túmulos, no espaço vago localizado entre o cemitério e o Cemitério Memorial Vida, que está sendo utilizado nos tempos atuais como estacionamento;</t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5209/indicacao_143_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5209/indicacao_143_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de proceder com melhorias no cemitério da Comunidade do São Gonçalo, conforme especificadas abaixo: calçamento; limpeza; murar todo o local; abertura do morro que dá acesso ao cemitério, sendo que é muito estreito, o que dificulta para os motoristas.</t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5210/indicacao_144_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5210/indicacao_144_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de ampliar o cemitério do Distrito do São José da Pedra Menina;</t>
   </si>
   <si>
     <t>5211</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5211/indicacao_145_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5211/indicacao_145_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade proceder com contenção de sacarias por baixo da rampa que dá acesso as casas de cima da Rua Carangola, haja vista que o barranco está cedendo, o que tornou esse local extremamente perigoso para os transeuntes;</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5212/indicacao_146_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5212/indicacao_146_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de tomar providências em relação as pedras localizadas no morro que fica em frente a Imobiliária Morada (Rua Major Pereira), sendo que há uma calçada por baixo desse morro, que foi recuperada, (o que por sinal ficou muito boa), e as pessoas transitam muito por essa localidade, e a minha preocupação é que essas pedras, por estarem soltas, rolem e atinjam os transeuntes.</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5215/indicacao_147_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5215/indicacao_147_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, através da Secretaria competente, veja a viabilidade de proceder com uma limpeza de roçagem e capina por todas as ruas do Bairro do Roque e principalmente nas margens do córrego. Peço se possível, que seja realizada em regime de urgência.</t>
   </si>
   <si>
     <t>5216</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5216/indicacao_148_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5216/indicacao_148_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades instale placa denominativa no logradouro público da Comunidade do São Domingos, “Posto de Saúde Neuza de Souza Rúbio”, conforme regulamentado através da Lei de N.: 1385/2021 (cópia anexada);</t>
   </si>
   <si>
     <t>5217</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5217/indicacao_149_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5217/indicacao_149_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades instale placa denominativa no logradouro público da Comunidade de Fátima “Posto de Saúde Otília Rezende de Oliveira”. (Segue cópia do projeto);</t>
   </si>
   <si>
     <t>5218</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5218/indicacao_150_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5218/indicacao_150_1.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e dentro das viabilidades instale placa denominativa no espaço público “Campo de Futebol da Comunidade do Paraíso Ex-Vereador José Moreira de Lacerda”. (Segue cópia do projeto)</t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que o Executivo Municipal, entre em contato com a Secretaria competente e veja a viabilidade de construir uma pracinha no bairro Vale do Sol II, com instalação de um playground e academia ao ar livre.</t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5056/livia_mocao_012.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5056/livia_mocao_012.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a empresa Acesse Comunicação pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o jornalista Paulo Roberto de Souza pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>5077</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5077/livia_mocao_03-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5077/livia_mocao_03-1.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Sra. Maria Madalena Paula Alves;</t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5078/livia_mocao_04-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5078/livia_mocao_04-1.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Capoeira do Leomar;</t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5079/livia_mocao_05-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5079/livia_mocao_05-1.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Banda Pedro Bernardes da Veiga.</t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5098/mocao_06_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5098/mocao_06_1.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a Direção da Escola Estadual Interventor Júlio de Carvalho;</t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5099/mocao_07.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5099/mocao_07.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a SPAEF – Sociedade Protetora dos Animais de Espera Feliz.</t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para a CAPSOL – Casa do Acolhimento Portal do Sol.</t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5205/mocao_09_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5205/mocao_09_1.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para o grupo de capoeira NAGOAS;</t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5206/mocao_10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5206/mocao_10.pdf</t>
   </si>
   <si>
     <t>Seja consignada Moção de Aplausos para Sra. Alice Maria Nascimento Milhiolo.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5213/mocao_oral_n_11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5213/mocao_oral_n_11.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, após tramitação regimental, solicita que seja consignada Moção de Aplausos para O Projeto Bom Samaritano: Salvando Vidas Resgatando Almas pelo belíssimo trabalho em igrejas, clubes sociais e comunidades realizando cursos gratuitos de Primeiros Socorros.</t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Oziel Gomes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4984/plc_01_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4984/plc_01_de_2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal Complementar  011/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_lei_complementar_02_2023.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_lei_complementar_02_2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 34, de 30 de agosto de 2017 e altera a Lei Complementar nº 83, de 15 de fevereiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5088/plc_03_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5088/plc_03_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação de cargos das Leis Municipais Complementares 011/2013 e 012/2013 e dá outras providências.</t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5117/projeto_de_lei_complementar_n_4.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5117/projeto_de_lei_complementar_n_4.2024.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ESPERA FELIZ O INCENTIVO DO COMPONENTE DE QUALIDADE PARA AS ESF, ESB E EMULTI NO ÂMBITO DA ATENÇÃO PRIMÁRIA À SAÚDE CONFORME PORTARIA GM/MS N° 3493, DE 10 DE ABRIL DE 2024 E REVOGA A LEI MUNICIPAL DE N° 1.295/2019, DE 28 DE JUNHO 2019 E A LEI COMPLEMENTAR N° 82/2023, DE 21 DE DEZEMBRO DE 2023, QUE INSTITUIU RESPECTIVAMENTE O INCENTIVO DE METAS DO PROGRAMA PREVINE BRASIL E DO PAGAMENTO POR DESEMPENHO DA SAÚDE BUCAL.</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5156/projeto_de_lei_complementar_no_05_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5156/projeto_de_lei_complementar_no_05_de_2024.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 013 DE 27 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5162/plc_06_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5162/plc_06_de_2024.pdf</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>Matusalém Marques de Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5214/plc_07_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5214/plc_07_2024.pdf</t>
   </si>
   <si>
     <t>Altera o plano de carreira dos servidores públicos do Poder Legislativo do Município de Espera Feliz/MG, Lei Complementar 25/2015 e dá outras providências.</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4981/projeto_de_lei_01_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4981/projeto_de_lei_01_de_2024.pdf</t>
   </si>
   <si>
     <t>Concede Recomposição Salarial aos Servidores do Município e dá outras providências.</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4982/projeto_de_lei_02_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4982/projeto_de_lei_02_2024.pdf</t>
   </si>
   <si>
     <t>Recompõe o Subsídio do Presidente e dos Vereadores do Poder Legislativo do Município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4983/projeto_de_lei_03_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4983/projeto_de_lei_03_2024.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral Anual de Vencimento aos Servidores do Poder Legislativo do Município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4994/pl_n_4.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4994/pl_n_4.2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica.</t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>Dinei, Grécia Faria</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5002/pl_n_05.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5002/pl_n_05.2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Quadra que especifica. (Oliveira Nunes da Silva Neto)</t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5012/projeto_06_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5012/projeto_06_2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação à sede da Câmara Municipal de Espera Feliz.</t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5032/pl_n_7.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5032/pl_n_7.2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação à Rua que especifica. (Geraldina Maria Barbosa)</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5038/plo_08_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5038/plo_08_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a desafetação dos lotes que especifica pertencentes ao Município para fins de moradias populares, autoriza o Poder Executivo a aliená-los na forma da lei e dá outras providências.</t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5039/plo_09_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5039/plo_09_2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n. 940/2010 de 20 de dezembro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5040/projeto_10_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5040/projeto_10_2024.pdf</t>
   </si>
   <si>
     <t>Formaliza-se o logotipo da Secretaria Municipal de Educação e Cultura do município de Espera Feliz/MG e dá outras providências.</t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5041/pl_n_11.2024_.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5041/pl_n_11.2024_.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração e execução da Lei Orçamentária do exercício financeiro de 2025</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>CARLA NOGUEIRA, Matusalém Marques de Oliveira, Sandra Donadio de Carvalho Coelho</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5043/adobe_scan_16_de_abr_de_2024_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5043/adobe_scan_16_de_abr_de_2024_1.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios do Prefeito e do Vice-Prefeito e dos Secretários do Município de Espera Feliz/MG para o mandato que se inicia em 1° de Janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5057/projeto_de_lei_13_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5057/projeto_de_lei_13_de_2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Permanente de Controle Reprodutivo de Cães e Gatos do Município de Espera Feliz, Estado de Minas Gerais, e dá outras providências.</t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5058/projeto_de_lei_14_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5058/projeto_de_lei_14_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Espera Feliz a integrar o consórcio intermunicipal multifinalitário dos municípios da microregião do médio Rio Pomba - CIMERP, podendo assinar o protocolo de intenções, e dá outras providências.</t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5059/projeto_de_lei_15_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5059/projeto_de_lei_15_de_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do Serviço de Inspeção Municipal - SIM no município de Espera Feliz, define os procedimentos de inspeção sanitária em estabelecimento que produzam produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5073/pl_n_16.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5073/pl_n_16.2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFICA. (Antônio Gomes Netto)</t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5072/pl_n_17.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5072/pl_n_17.2024.pdf</t>
   </si>
   <si>
     <t>Dá denominação à rua que especifica (Ernesto Grillo)</t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5075/of_n_114.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5075/of_n_114.2024.pdf</t>
   </si>
   <si>
     <t>Define a faixa não edificante localizada às margens dos corpos hídricos situados na área urbana do município de Espera Feliz -MG e dá outras providências.</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5074/of_n_115.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5074/of_n_115.2024.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal n° 1413/2022, de 21 de outubro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5101/projeto_lei_n._20.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5101/projeto_lei_n._20.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de dar publicidade de parecer favorável a corte e supressão de árvores no Município de Espera Feliz/MG.</t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5119/pl_x2.2024_bel.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5119/pl_x2.2024_bel.pdf</t>
   </si>
   <si>
     <t>Dá denominação ao posto de saúde que especifica (Vereador Júlio Maria do Amaral).</t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5121/pl_n_22.2024_executivo.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5121/pl_n_22.2024_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza cessão de área de terreno que especifica.</t>
   </si>
   <si>
     <t>5122</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5122/pl_n_23.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5122/pl_n_23.2024.pdf</t>
   </si>
   <si>
     <t>Declara de Expansão Urbana a área que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>5123</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5123/dinei_spl_n_1.2023-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5123/dinei_spl_n_1.2023-1.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À QUADRA QUE ESPECIFÍCA. (Marco Antônio Teixeira)</t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5140/projeto_de_lei_25_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5140/projeto_de_lei_25_de_2024.pdf</t>
   </si>
   <si>
     <t>Prorroga, até 31 de dezembro de 2025, a vigência do Plano Municipal de Educação, aprovado por meio da Lei n° 1146/15, com base na Lei Federal n° 13.005, de 25 de junho de 2014.</t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5142/projeto_de_lei_26_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5142/projeto_de_lei_26_de_2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À QUADRA QUE ESPECIFICA</t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5143/projeto_de_lei_27_de_2024_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5143/projeto_de_lei_27_de_2024_1.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a reconhecer o caráter educacional e formativo da capoeira em suas manifestações culturais e esportivas e permite a celebração de parcerias para o seu ensino nos estabelecimentos de educação.</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5141/projeto_de_lei_28_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5141/projeto_de_lei_28_de_2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTALAÇÃO, EM ESPAÇOS PÚBLICOS, DE BRINQUEDOS ADAPTADOS PARA LAZER E RECREAÇÃO DE PESSOAS COM DEFICIÊNCIA, INCLUSIVE VISUAL OU COM MOBILIDADE REDUZIDA, NO MUNICÍPIO DE ESPERA FELIZ/MG.</t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5144/projeto_29_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5144/projeto_29_de_2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA QUE ESPECIFÍCA.</t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5145/projeto_30_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5145/projeto_30_de_2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO TREVO QUE ESPECIFÍCA.</t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5157/projeto_de_lei_no_31_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5157/projeto_de_lei_no_31_de_2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFÍCA.</t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5158/pl_n_32.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5158/pl_n_32.2024.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Espera Feliz para o Exercício Financeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5159/projeto_de_lei_33_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5159/projeto_de_lei_33_de_2024.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRAÇA QUE ESPECIFÍCA (Praça do bairro do Roque)</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5169/pl_342024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5169/pl_342024.pdf</t>
   </si>
   <si>
     <t>Altera a redação para ampliar o prazo estabelecido na Lei n° 249/1996, de 06 de setembro de 1996 para empresa responsável pelo Loteamento Novo Horizonte execute as obras de infraestruturas.</t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5178/pl_n_35.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5178/pl_n_35.2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do conselho Municipal de Direitos da Pessoa Idosa, do Fundo Municipal da Pessoa Idosa e dá outras Providências.</t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>Grécia Faria, Maria Izabel, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5190/projeto_de_lei_n_36.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5190/projeto_de_lei_n_36.2024.pdf</t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5192/pl_x2.2024_bel_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5192/pl_x2.2024_bel_1.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO POSTO DE SAÚDE QUE ESPECIFÍCA.</t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>Dá denominação ao campo de futebol que especifica. (José Moreira de Lacerda)</t>
   </si>
   <si>
     <t>5219</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5219/projeto_de_lei_39_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5219/projeto_de_lei_39_de_2024.pdf</t>
   </si>
   <si>
     <t>DECLARA DE EXPANSÃO URBANA A ÁREA QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5220/projeto_de_lei_40_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5220/projeto_de_lei_40_de_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Créditos Adicionais Suplementares.</t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5013/pr_1.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5013/pr_1.2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Espera Feliz relativa ao Exercício de 2019.</t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5042/adobe_scan_16_de_abr_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5042/adobe_scan_16_de_abr_de_2024.pdf</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Espera Feliz/MG, para a Legislatura que se inicia em 1° de janeiro de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5100/projeto_de_resolucao_03_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5100/projeto_de_resolucao_03_2024.pdf</t>
   </si>
   <si>
     <t>Fixa Dotações Orçamentárias para o Exercício Financeiro de 2025 da Câmara Municipal de Espera Feliz e Contém Outras Providências.</t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5118/projeto_de_resolucao_n_4_de_2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5118/projeto_de_resolucao_n_4_de_2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Espera Feliz relativa ao Exercício de 2017</t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5160/pr_n_5.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5160/pr_n_5.2024.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas da Prefeitura Municipal de Espera Feliz relativa ao Exercício de 2020</t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
     <t>CLJRF - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5191/projeto_de_resolucao_n_06.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5191/projeto_de_resolucao_n_06.2024.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O PARÁGRAFO ÚNICO AO ART. 54 DO REGIMENTO INTERNO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5221</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5221/altera_o_art._7o_do_regimento_interno.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5221/altera_o_art._7o_do_regimento_interno.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ESPERA FELIZ, ESTADO DE MINAS GERAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4992/requerimento_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4992/requerimento_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações precisas sobre a situação do loteamento Zanon que fica localizado na Comunidade da  Vargem Alegre, considerando que esse loteamento conta com mais de 60 residências e lamentavelmente há moradores que  não conseguem ter energia própria em suas residências,  dentre outros problemas,  como água e calçamentos;</t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4993/requerimento_02.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4993/requerimento_02.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Presidente, que encaminhe uma solicitação de apoio da Câmara Municipal de Espera Feliz devidamente assinada por todos os Vereadores, à Emenda à Constituição Estadual que dá nova redação ao caput do artigo 34 da Constituição do Estado de Minas Gerais e acrescenta os §11 e 12 ao mesmo diploma legal. Segue modelo anexado.</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5055/requerimento_03.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5055/requerimento_03.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do procedimento licitatório N.: 302/2020, destacando que este documento é de interesse público e essencial para o desempenho das atividades legislativas, possibilitando a análise detalhada dos processos licitatórios em conformidade com as normas vigentes. A fim de esclarecimento: Observa-se que o Vereador que subscreve fez esse pedido ao Executivo através do ofício de N.: 01/2024 e o Executivo encaminhou a resposta através do ofício de N.: 60/2024, mas a resposta veio incompleta, sendo que solicitei cópia dos procedimentos licitatórios 148/2021 e 302/2020 e veio somente a cópia do processo 148/2021. Mediante o fato, justifico requerer novamente.</t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5066/requerimento_04.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5066/requerimento_04.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre os loteamentos Vale do Sol I e Vale do Sol II, no sentido de saber: A responsabilidade com infraestrutura básica dos loteamentos como meio fio, calçamento, rede de esgoto, rede elétrica, etc, é de quem? Do Executivo Municipal, do proprietário do loteamento que vendeu os terrenos ou das pessoas que adquiriram? Os moradores podem se dirigir ao setor de tributação solicitando documentos necessários para regularizarem esses terrenos, e, assim terem escritura, ou há impedimentos? Se afirmativo, favor informar o impedimento?</t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5067/requerimento_05.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5067/requerimento_05.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre os postes comprados durante o período que fiquei no Executivo Municipal como Prefeito Interino, sendo definido na época que seriam instalados na ponte próxima a entrada que dá acesso ao município de Caparaó. Requeiro esse esclarecimento no sentido de saber onde estão esses postes, porque não foram instalados no local que havia sido definido e, se foram alojados em outro local que seja informada a localidade.  De antemão, informo que não foram colocados durante o tempo que fiquei como Prefeito interino por ter sido um curto período, não dando tempo nem para instalá-los e nem mesmo para proceder com o pagamento, confirmando que foram pagos pelo prefeito atual;</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
     <t>Zé Francisco</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5069/requerimento_06.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5069/requerimento_06.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações atinentes aos equipamentos de maquinário do Executivo Municipal no sentido de saber as questões especificadas abaixo: 1 - As máquinas adquiridas através do PAC 2 trabalham em qual setor do Executivo Municipal? Esse maquinário pode ser usado na obra do contorno rodoviário? Não seria obrigação da empresa que ganhou o processo licitatório garantir todo o serviço de maquinário? 2 – Passou por esta Casa de Leis no ano de 2017 um Projeto de Lei referente a um programa onde o produtor rural é beneficiado com desconto em serviços de máquinas e implementos agrícolas em suas propriedades, sendo permitido máximo de 08 horas de serviço, podendo ser excedido em até 02 horas. O esclarecimento que necessito é se esse programa continua em vigor?</t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5070/requerimento_07.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5070/requerimento_07.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações sobre o motivo de ter sido removido o canteiro central da Rua João Sebastião de Amorim, com início no Seminário, em direção ao Estádio Municipal. Peço esclarecimentos sobre o motivo e também se há um projeto de obra para essa localidade? Se afirmativo, peço cópia do projeto, com data de previsão de início e término da obra.</t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5071/requerimento_08_anexos.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5071/requerimento_08_anexos.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, respostas das letras “D” – “E” e “F” do requerimento 25/2023 (segue cópia anexada). Esclareço que esse requerimento foi respondido pelo Executivo parcialmente, sendo informado através de ofício (cópia anexada) que não poderia responder as alíneas acima sendo que o projeto de pavimentação se encontrava em fase de adaptação junto ao DER/MG, para posterior abertura de processo licitatório. Obstante as obras terem dado início, peço ao Executivo que esclareça as questões requeridas.</t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5095/requerimento_09.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5095/requerimento_09.pdf</t>
   </si>
   <si>
     <t>Requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos se está sendo cumprido em nosso município a Resolução N.: 600 de 24 de maio de 2016 do CONTRAN – Conselho Nacional de Trânsito que estabelece os padrões e critérios para a instalação de ondulação transversal (lombada física) em vias públicas.</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5096/requerimento_10.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5096/requerimento_10.pdf</t>
   </si>
   <si>
     <t>Requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, através da Secretaria de Educação e Cultura, informações referentes aos alunos autistas que estudam na rede pública de ensino do município, conforme especificadas abaixo: Nome completo do aluno; Idade; Série; Nome da escola que estuda; Esclarecimento se são acompanhados por professores de apoio/monitores? Se afirmativo, os nomes dos alunos com os respectivos nomes dos professores de apoio/ monitores;</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5097/requerimento_11.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5097/requerimento_11.pdf</t>
   </si>
   <si>
     <t>Requer que, ouvido o plenário, seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, cópia do processo licitatório que definiu a empresa responsável pela execução dos serviços de pavimentação asfáltica que vem ocorrendo no município nos últimos meses em várias ruas da cidade e principalmente nas ruas especificadas abaixo; Rua Caiana; Rua Jovelino Bento; Rua Nicolau de Freitas; Rua Arsênio Sobrinho; Rua Oscar do Amaral e Souza; Ruas Roque Ferreira de Castro (mais conhecidas como ruas do Corguinho)</t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5114/requerimento_12.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5114/requerimento_12.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, considerando que o piso nacional do magistério é regulamentado pela Lei Federal 11.738, de 2008, e que, em 2024, o Ministério da Educação (MEC) determinou um reajuste de 3,62%, retroativo a janeiro, elevando o valor para R$ 4.580,57 para uma jornada de até 40 horas semanais; e que, em Minas Gerais, a Lei 21.710, de 2015, estabeleceu a carga horária de 24 horas semanais como referência no Estado, REQUER que o Executivo Municipal, por meio da Secretaria de Educação, informe se o Município de Espera Feliz/MG está cumprindo o pagamento do piso salarial aos profissionais do magistério (professores e pedagogos) conforme disposto na Portaria Federal n° 61, de 31 de janeiro de 2024, e, em caso negativo, esclareça o motivo do descumprimento.</t>
   </si>
   <si>
     <t>5154</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5154/requerimento_13_-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5154/requerimento_13_-1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as solicitações abaixo: Número total de servidores públicos ativos, (comissionados, contratados e efetivos), no Executivo Municipal? Número de servidores públicos (contratados, comissionados e efetivos) afastados do serviço público por problemas de saúde? Especificar a causa do afastamento, não sendo necessário citar nomes, somente números. Ex:  10 servidores afastados por problemas cardíacos; 15 servidores afastados por acidentes de trabalho, e assim por diante.</t>
   </si>
   <si>
     <t>5155</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5155/requerimento_14_-1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5155/requerimento_14_-1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as citações abaixo: Relação constando os nomes dos membros que fazem parte da Comissão de Avaliação de Desempenho dos Servidores Efetivos do Executivo Municipal; Esclarecimentos sobre a forma como é feita essa avaliação de desempenho dos servidores efetivos, se é procedida através de formulário? Em caso afirmativo, esses formulários são padronizados para todas as secretarias ou cada secretaria segue seu próprio modelo? Cópias do modelo desse formulário   ou cópias dos modelos dos formulários, caso não sejam padronizados.</t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5167/requerimento_15_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5167/requerimento_15_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, uma relação constando os gastos pagos aos consórcios de saúde Cisverde, Cisleste e Cisdeste, ou outros que houver, bem como relatório de pacientes e procedimentos realizados que justificaram o pagamento dos meses de janeiro a julho de 2024;</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5168/1726692400139.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5168/1726692400139.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, os itens especificados abaixo: Relação patrimonial de bens permanentes e de bens de consumo da PMEF; Relação de servidores desvinculados do Executivo Municipal após concurso público de 2024 e relação dos servidores que tomaram posse até a presente data.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>Gilmarzinho da Ambulância, Paulinho do Salão</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5201/requerimento_17_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5201/requerimento_17_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, as informações abaixo especificadas: - A Secretaria de Meio Ambiente e Defesa Civil encaminhou algum projeto para a Câmara Municipal de Espera Feliz, referente à situação das escavações nas margens da BR-482, acima do bairro João Clara? Se positivo, favor encaminhar cópia destes projetos.  - A Secretaria de Meio Ambiente e Defesa Civil contatou algum vereador desta Casa, ou se reuniu com alguma Comissão para tratar dessa situação? - A Secretaria de Meio Ambiente e Defesa Civil acompanhou as escavações ou emitiu autorização para que fosse realizada? Se positivo, favor encaminhar cópia da autorização. - Quando a Secretaria de Meio Ambiente e Defesa Civil tomou ciência dos deslizamentos de terra naquele local, quais providências foram tomadas? - A Secretaria de Meio Ambiente e Defesa Civil realizou estudos de impacto ambiental sobre as escavações? Se sim, quais foram as conclusões? - A Secretaria de Meio Ambiente e Defesa Civil emitiu licenças ou autorizações para as escavações? Se sim, quais são os termos e condições e para quem foi dada a autorização? - A Secretaria de Meio Ambiente e Defesa Civil realiza monitoramento regular das escavações para garantir a segurança e o meio ambiente? - A Secretaria de Meio Ambiente e Defesa Civil informou a comunidade local sobre os riscos potenciais e as medidas de segurança tomadas? - Existe um plano de contingência em caso de deslizamentos de terra ou outros acidentes? - Quem é responsável pela supervisão e fiscalização das escavações? - As escavações estão em conformidade com a legislação ambiental e de segurança vigente?  - O projeto de engenharia foi apresentado por quem?</t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5202/requerimento_18_2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5202/requerimento_18_2.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos sobre a obra da Escola da Comunidade do Quicé conforme especificadas abaixo: A obra está parada desde quando? Nome da Empresa/Construtora que ganhou a licitação?  Qual motivo dessa obra estar parada? Qual a previsão para retornarem com os serviços? Os funcionários da obra alegam que não receberam e por isso querem saber quando irão receber o pagamento? A responsabilidade de pagar os funcionários é de quem? Da Prefeitura ou da Empresa?</t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5203/requerimento_19_1.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5203/requerimento_19_1.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, informações referentes ao último concurso público realizado pelo Executivo Municipal, conforme especificadas abaixo: Posição quando irão retornar com a chamada dos aprovados, previsão de data; Previsão da data de posse; Especificar o número de pessoas chamadas até o momento para assumirem os cargos, especificando por secretarias; Número de vagas que não foram preenchidas até o presente momento, especificando por secretarias.</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5204/requerimento_20_2.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5204/requerimento_20_2.pdf</t>
   </si>
   <si>
     <t>Seja solicitado ao Excelentíssimo Prefeito Municipal que encaminhe a esta Casa de Leis, respeitando o prazo regimental, conforme Art. 66 da Lei Orgânica, parágrafo XIV, esclarecimentos referentes a finalização da obra da  ponte que dá acesso ao bairro Santa Cecília ( ponte do Plano Vida), no sentido de saber quando irão fazer os acabamentos finais por baixo da ponte, como por exemplo, muro de contenção e algo mais que houver necessidade. Segue foto anexada;</t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5116/projeto_de_resolucao_substitutivo_n._03.2024.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5116/projeto_de_resolucao_substitutivo_n._03.2024.pdf</t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>Prestação de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas do Estado de Minas Gerais - TCE</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4985/prestacao_de_contas_executivo_municipal.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4985/prestacao_de_contas_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal - Exercício 2019</t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5115/prestacao_de_contas_n.2_de_2017.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5115/prestacao_de_contas_n.2_de_2017.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo - Exercício 2017</t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
-    <t>https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5120/prestacao_de_contas_do_executivo_2020.pdf</t>
+    <t>http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5120/prestacao_de_contas_do_executivo_2020.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal de Espera Feliz.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3104,67 +3104,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4986/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4987/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4988/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4989/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4990/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4991/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4995/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4996/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4997/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4998/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4999/indicacao_11_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5001/pdf_scanner-22_02_2024-03_31_16_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5003/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5004/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5005/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5006/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5007/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5008/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5009/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5010/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5011/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5014/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5015/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5016/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5017/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5018/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5019/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5020/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5021/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5022/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5023/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5024/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5025/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5026/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5027/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5028/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5029/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5030/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5031/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5034/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5035/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5036/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5037/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5044/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5045/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5046/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5047/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5048/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5049/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5050/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5052/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5053/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5054/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5060/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5061/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5063/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5064/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5065/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5076/livia_indicacao_61-1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5080/livia_indicacao_62-1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5081/livia_indicacao_63-1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5082/livia_indicacao_64-1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5083/indicacao_65_anexos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5084/livia_indicacao_66-1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5085/livia_indicacao_67-1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5086/livia_indicacao_68-1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5087/livia_indicacao_69-1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5089/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5090/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5091/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5092/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5093/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5094/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5102/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5103/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5104/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5105/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5106/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5107/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5108/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5109/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5110/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5111/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5112/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5113/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5125/indicacao_88_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5126/indicacao_89_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5127/indicacao_90_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5128/indicacao_91_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5129/indicacao_92_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5130/indicacao_93_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5131/indicacao_94_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5132/indicacao_95_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5133/indicacao_96_de_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5134/indicacao_97_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5135/indicacao_98_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5136/indicacao_99_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5137/indicacao_100_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5138/indicacao_101_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5146/indicacao_102_-1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5147/indicacao_103-2.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5148/indicacao_104_-1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5149/indicacao_105-2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5150/indicacao_106-2.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5151/indicacao_107-1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5152/indicacao_108-1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5153/indicacao_109-1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5161/1726687763556.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5163/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5164/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5165/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5166/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5170/indicacao_115_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5171/indicacao_116_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5172/indicacao_117_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5173/indicacao_118_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5174/indicacao_119-1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5175/indicacao_120_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5176/indicacao_121_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5177/indicacao_122_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5179/indicacao_123_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5180/indicacao_124_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5181/indicacao_125_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5182/indicacao_126_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5183/indicacao_127_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5184/indicacao_128_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5185/indicacao_129_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5186/indicacao_130_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5187/indicacao_131_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5188/indicacao_132_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5189/indicacao_133_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5193/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5194/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5195/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5196/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5197/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5198/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5199/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5200/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5208/indicacao_142_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5209/indicacao_143_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5210/indicacao_144_1.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5211/indicacao_145_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5212/indicacao_146_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5215/indicacao_147_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5216/indicacao_148_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5217/indicacao_149_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5218/indicacao_150_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5056/livia_mocao_012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5077/livia_mocao_03-1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5078/livia_mocao_04-1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5079/livia_mocao_05-1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5098/mocao_06_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5099/mocao_07.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5205/mocao_09_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5206/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5213/mocao_oral_n_11.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4984/plc_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_lei_complementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5088/plc_03_de_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5117/projeto_de_lei_complementar_n_4.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5156/projeto_de_lei_complementar_no_05_de_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5162/plc_06_de_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5214/plc_07_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4981/projeto_de_lei_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4982/projeto_de_lei_02_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4983/projeto_de_lei_03_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4994/pl_n_4.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5002/pl_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5012/projeto_06_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5032/pl_n_7.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5038/plo_08_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5039/plo_09_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5040/projeto_10_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5041/pl_n_11.2024_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5043/adobe_scan_16_de_abr_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5057/projeto_de_lei_13_de_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5058/projeto_de_lei_14_de_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5059/projeto_de_lei_15_de_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5073/pl_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5072/pl_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5075/of_n_114.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5074/of_n_115.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5101/projeto_lei_n._20.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5119/pl_x2.2024_bel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5121/pl_n_22.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5122/pl_n_23.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5123/dinei_spl_n_1.2023-1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5140/projeto_de_lei_25_de_2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5142/projeto_de_lei_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5143/projeto_de_lei_27_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5141/projeto_de_lei_28_de_2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5144/projeto_29_de_2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5145/projeto_30_de_2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5157/projeto_de_lei_no_31_de_2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5158/pl_n_32.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5159/projeto_de_lei_33_de_2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5169/pl_342024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5178/pl_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5190/projeto_de_lei_n_36.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5192/pl_x2.2024_bel_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5219/projeto_de_lei_39_de_2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5220/projeto_de_lei_40_de_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5013/pr_1.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5042/adobe_scan_16_de_abr_de_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5100/projeto_de_resolucao_03_2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5118/projeto_de_resolucao_n_4_de_2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5160/pr_n_5.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5191/projeto_de_resolucao_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5221/altera_o_art._7o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4992/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4993/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5055/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5066/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5067/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5069/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5070/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5071/requerimento_08_anexos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5095/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5096/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5097/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5114/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5154/requerimento_13_-1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5155/requerimento_14_-1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5167/requerimento_15_1.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5168/1726692400139.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5201/requerimento_17_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5202/requerimento_18_2.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5203/requerimento_19_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5204/requerimento_20_2.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5116/projeto_de_resolucao_substitutivo_n._03.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4985/prestacao_de_contas_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5115/prestacao_de_contas_n.2_de_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5120/prestacao_de_contas_do_executivo_2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4986/indicacao_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4987/indicacao_02.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4988/indicacao_03.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4989/indicacao_04.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4990/indicacao_05.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4991/indicacao_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4995/indicacao_07.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4996/indicacao_08.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4997/indicacao_09.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4998/indicacao_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4999/indicacao_11_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5001/pdf_scanner-22_02_2024-03_31_16_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5003/indicacao_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5004/indicacao_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5005/indicacao_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5006/indicacao_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5007/indicacao_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5008/indicacao_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5009/indicacao_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5010/indicacao_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5011/indicacao_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5014/indicacao_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5015/indicacao_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5016/indicacao_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5017/indicacao_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5018/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5019/indicacao_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5020/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5021/indicacao_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5022/indicacao_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5023/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5024/indicacao_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5025/indicacao_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5026/indicacao_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5027/indicacao_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5028/indicacao_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5029/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5030/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5031/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5034/indicacao_40.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5035/indicacao_41.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5036/indicacao_42.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5037/indicacao_43.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5044/indicacao_44.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5045/indicacao_45.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5046/indicacao_46.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5047/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5048/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5049/indicacao_49.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5050/indicacao_50.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5051/indicacao_51.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5052/indicacao_52.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5053/indicacao_53.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5054/indicacao_54.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5060/indicacao_55.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5061/indicacao_56.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5062/indicacao_57.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5063/indicacao_58.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5064/indicacao_59.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5065/indicacao_60.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5076/livia_indicacao_61-1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5080/livia_indicacao_62-1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5081/livia_indicacao_63-1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5082/livia_indicacao_64-1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5083/indicacao_65_anexos.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5084/livia_indicacao_66-1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5085/livia_indicacao_67-1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5086/livia_indicacao_68-1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5087/livia_indicacao_69-1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5089/indicacao_70.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5090/indicacao_71.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5091/indicacao_72.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5092/indicacao_73.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5093/indicacao_74.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5094/indicacao_75.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5102/indicacao_76.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5103/indicacao_77.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5104/indicacao_78.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5105/indicacao_79.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5106/indicacao_80.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5107/indicacao_81.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5108/indicacao_82.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5109/indicacao_83.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5110/indicacao_84.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5111/indicacao_85.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5112/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5113/indicacao_87.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5125/indicacao_88_de_2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5126/indicacao_89_de_2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5127/indicacao_90_de_2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5128/indicacao_91_de_2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5129/indicacao_92_de_2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5130/indicacao_93_de_2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5131/indicacao_94_de_2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5132/indicacao_95_de_2024.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5133/indicacao_96_de_2024.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5134/indicacao_97_de_2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5135/indicacao_98_de_2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5136/indicacao_99_de_2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5137/indicacao_100_de_2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5138/indicacao_101_de_2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5146/indicacao_102_-1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5147/indicacao_103-2.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5148/indicacao_104_-1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5149/indicacao_105-2.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5150/indicacao_106-2.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5151/indicacao_107-1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5152/indicacao_108-1.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5153/indicacao_109-1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5161/1726687763556.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5163/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5164/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5165/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5166/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5170/indicacao_115_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5171/indicacao_116_1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5172/indicacao_117_1.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5173/indicacao_118_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5174/indicacao_119-1.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5175/indicacao_120_1.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5176/indicacao_121_1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5177/indicacao_122_1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5179/indicacao_123_1.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5180/indicacao_124_1.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5181/indicacao_125_1.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5182/indicacao_126_1.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5183/indicacao_127_1.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5184/indicacao_128_1.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5185/indicacao_129_1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5186/indicacao_130_1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5187/indicacao_131_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5188/indicacao_132_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5189/indicacao_133_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5193/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5194/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5195/indicacao_136.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5196/indicacao_137.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5197/indicacao_138.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5198/indicacao_139.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5199/indicacao_140.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5200/indicacao_141.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5208/indicacao_142_1.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5209/indicacao_143_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5210/indicacao_144_1.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5211/indicacao_145_1.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5212/indicacao_146_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5215/indicacao_147_1.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5216/indicacao_148_1.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5217/indicacao_149_1.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5218/indicacao_150_1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5056/livia_mocao_012.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5077/livia_mocao_03-1.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5078/livia_mocao_04-1.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5079/livia_mocao_05-1.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5098/mocao_06_1.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5099/mocao_07.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5205/mocao_09_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5206/mocao_10.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5213/mocao_oral_n_11.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4984/plc_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5033/projeto_de_lei_complementar_02_2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5088/plc_03_de_2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5117/projeto_de_lei_complementar_n_4.2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5156/projeto_de_lei_complementar_no_05_de_2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5162/plc_06_de_2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5214/plc_07_2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4981/projeto_de_lei_01_de_2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4982/projeto_de_lei_02_2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4983/projeto_de_lei_03_2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4994/pl_n_4.2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5002/pl_n_05.2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5012/projeto_06_2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5032/pl_n_7.2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5038/plo_08_2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5039/plo_09_2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5040/projeto_10_2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5041/pl_n_11.2024_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5043/adobe_scan_16_de_abr_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5057/projeto_de_lei_13_de_2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5058/projeto_de_lei_14_de_2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5059/projeto_de_lei_15_de_2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5073/pl_n_16.2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5072/pl_n_17.2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5075/of_n_114.2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5074/of_n_115.2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5101/projeto_lei_n._20.2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5119/pl_x2.2024_bel.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5121/pl_n_22.2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5122/pl_n_23.2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5123/dinei_spl_n_1.2023-1.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5140/projeto_de_lei_25_de_2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5142/projeto_de_lei_26_de_2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5143/projeto_de_lei_27_de_2024_1.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5141/projeto_de_lei_28_de_2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5144/projeto_29_de_2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5145/projeto_30_de_2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5157/projeto_de_lei_no_31_de_2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5158/pl_n_32.2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5159/projeto_de_lei_33_de_2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5169/pl_342024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5178/pl_n_35.2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5190/projeto_de_lei_n_36.2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5192/pl_x2.2024_bel_1.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5219/projeto_de_lei_39_de_2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5220/projeto_de_lei_40_de_2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5013/pr_1.2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5042/adobe_scan_16_de_abr_de_2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5100/projeto_de_resolucao_03_2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5118/projeto_de_resolucao_n_4_de_2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5160/pr_n_5.2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5191/projeto_de_resolucao_n_06.2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5221/altera_o_art._7o_do_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4992/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4993/requerimento_02.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5055/requerimento_03.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5066/requerimento_04.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5067/requerimento_05.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5069/requerimento_06.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5070/requerimento_07.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5071/requerimento_08_anexos.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5095/requerimento_09.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5096/requerimento_10.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5097/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5114/requerimento_12.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5154/requerimento_13_-1.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5155/requerimento_14_-1.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5167/requerimento_15_1.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5168/1726692400139.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5201/requerimento_17_1.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5202/requerimento_18_2.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5203/requerimento_19_1.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5204/requerimento_20_2.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5116/projeto_de_resolucao_substitutivo_n._03.2024.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/4985/prestacao_de_contas_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5115/prestacao_de_contas_n.2_de_2017.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperafeliz.mg.leg.br/media/sapl/public/materialegislativa/2024/5120/prestacao_de_contas_do_executivo_2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="101.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>